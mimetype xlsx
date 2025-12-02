--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -431,276 +431,279 @@
   <si>
     <t>3 Orang paket</t>
   </si>
   <si>
     <t>Tim Teknis Pengadaan Jasa Kontruksi ( 1 Sekretaris dan 2 orang Anggota ) Spesifikasi: Nilai Pagu Dana Diatas Rp. 50 Juta Sd. Rp. 200 Juta</t>
   </si>
   <si>
     <t>Narasumber/ Pembahas Peraturan terkait SDI tingkat Kabupaten/Kota</t>
   </si>
   <si>
     <t>09/09/2025</t>
   </si>
   <si>
     <t>20/09/2025 22:12:23</t>
   </si>
   <si>
     <t>2 Orang / Jam</t>
   </si>
   <si>
     <t>Narasumber/ Pembahas Spesifikasi: Pejabat Eselon IV kebawah /yang disetarakan</t>
   </si>
   <si>
     <t>20/09/2025 22:11:10</t>
   </si>
   <si>
+    <t>Belanja Langganan Jurnal/ Surat Kabar/ Majalah</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>13/09/2025 15:42:11</t>
+  </si>
+  <si>
+    <t>Belanja Langganan Jurnal/ Surat Kabar/ Majalah Tarif Surat Kabar/ koran/ majalah spesifikasi: kategori 1</t>
+  </si>
+  <si>
+    <t>13/09/2025 15:41:45</t>
+  </si>
+  <si>
+    <t>13/09/2025</t>
+  </si>
+  <si>
+    <t>13/09/2025 15:40:54</t>
+  </si>
+  <si>
+    <t>Uang harian;</t>
+  </si>
+  <si>
+    <t>14/09/2025</t>
+  </si>
+  <si>
+    <t>14/09/2025 01:02:35</t>
+  </si>
+  <si>
+    <t>14/09/2025 22:53:10</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak</t>
+  </si>
+  <si>
+    <t>17/09/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 21:51:17</t>
+  </si>
+  <si>
+    <t>Karbon Spesifikasi: Pembulatan</t>
+  </si>
+  <si>
+    <t>17/09/2025 23:13:22</t>
+  </si>
+  <si>
+    <t>18 orang</t>
+  </si>
+  <si>
+    <t>2 orang moderator lokal; 4 orang narasumber pembahas kepala daerah; 4 orang narasumber pembahas pejabat eselon II; 2 orang pembawa acara lokal; 2 orang pembaca doa</t>
+  </si>
+  <si>
+    <t>Honorarium Tim Penyusunan Jurnal, Buletin, Majalah, Pengelola Teknologi Informasi dan Pengelola Website</t>
+  </si>
+  <si>
+    <t>10 orang</t>
+  </si>
+  <si>
+    <t>4 orang Dewan Direksi LPPL Radio Wika FM; 2 orang Dewan Pengawas LPPL Radio Wika FM; 4 orang Dewan Pengawas LPPL Radio Wika FM</t>
+  </si>
+  <si>
+    <t>1 tahun perjalanan dinas</t>
+  </si>
+  <si>
+    <t>1975 E Toll; 10 orang Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi Fungsional Umum Golongan II/I; 34 orang Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi Fungsional Umum Non Pegawai Negeri Sipil; 8 orang Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi Pejabat Eselon III/Pengawas Pemerintahan Madya/Auditor Madya; 9 orang Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi Pejabat Eselon IV/Pengawas Pemerintahan Muda/Auditor Muda; 4 orang biaya taksi; 4 orang biaya kereta api; 2 orang penginapan dalam negeri; 5 orang tiket pesawat kelas ekonomi; 10 orang Uang Harian Dalam Negeri (Luar Kota) Spesifikasi D.K.I. JAKARTA</t>
+  </si>
+  <si>
+    <t>785 orang</t>
+  </si>
+  <si>
+    <t>300 orang Uang Harian Dalam Kota (&gt; Dari 8 Jam); 435 orang Uang Harian Pertemuan Diluar Kantor - Dalam Kota Spesifikasi Full Day/Half Day; 50 orang uang harian</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Administrasi</t>
+  </si>
+  <si>
+    <t>2 orang</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Administrasi Spesifikasi : Pengelola Data Diskominfo</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Informasi dan Teknologi Spesifikasi : Pengolah Informasi dan Komunikasi Diskominfo</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Informasi dan Teknologi Spesifikasi : Perancang Grafis Diskominfo</t>
+  </si>
+  <si>
+    <t>22 orang</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Pembantu Informasi dan Teknologi Spesifikasi : Pengolah Data Layanan Informasi Diskominfo</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Pembantu Informasi dan Teknologi Spesifikasi : Analis Berita Diskominfo</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Pembantu Informasi dan Teknologi Spesifikasi : Perancang Grafis Diskominfo</t>
+  </si>
+  <si>
+    <t>20/09/2025</t>
+  </si>
+  <si>
+    <t>20/09/2025 22:47:02</t>
+  </si>
+  <si>
+    <t>20/09/2025 22:48:54</t>
+  </si>
+  <si>
+    <t>20/09/2025 22:50:55</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pembantu Informasi dan Teknologi - Pengolah Data Layanan Informasi Kominfo</t>
+  </si>
+  <si>
+    <t>25/09/2025</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:57:20</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pembantu Informasi dan Teknologi Spesifikasi: Pengolah Data Layanan Informasi Kominfo</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pembantu Informasi dan Teknologi - Analis Berita Diskominfo</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:57:09</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Informasi dan Teknologi - Perancang Grafis Diskominfo</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:56:57</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Informasi dan Teknologi Spesifikasi: Perancang Grafis Diskominfo</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Informasi dan Teknologi - Pengolah Informasi dan Komunikasi Diskominfo</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:56:44</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Informasi dan Teknologi Spesifikasi: Pengolah Informasi dan Komunikasi Diskominfo</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga pembantu Informasi dan Teknologi - Perancang Grafis</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:56:33</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga pembantu Informasi dan Teknologi Spesifikasi: Perancang Grafis</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:56:21</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Administrasi Spesifikasi: Pengelola Data Diskominfo</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:56:08</t>
+  </si>
+  <si>
+    <t>Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Pertemuan Diluar Kantor - Dalam Kota Spesifikasi: Full Day/Half Day; Uang harian Spesifikasi: Bantuan transport peserta;</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:55:56</t>
+  </si>
+  <si>
+    <t>Biaya Taksi Spesifikasi: D.K.I. Jakarta; Biaya Tiket Kereta Api Spesifikasi: Mojokerto - Jakarta; Penginapan Dalam Negeri - Pejabat Eselon III/Golongan IV Spesifikasi: D.K. I. JAKARTA; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I Spesifikasi: D.K. I. JAKARTA; Tiket Pesawat Kelas Ekonomi Spesifikasi: ASN dan Non ASN; Uang Harian Dalam Negeri (Luar Kota) Spesifikasi: D.K.I. JAKARTA; Tarif E-Tol; Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Fungsional Umum Golongan II/I; Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Fungsional Umum Non Pegawai Negeri Sipil; Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Pejabat Eselon III/Pengawas Pemerintahan Madya/Auditor Madya; Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Pejabat Eselon IV/Pengawas Pemerintahan Muda/Auditor Muda;</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:55:43</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Moderator Lokal; Narasumber/ Pembahas; Pembaca Doa;</t>
+  </si>
+  <si>
+    <t>26/09/2025</t>
+  </si>
+  <si>
+    <t>26/09/2025 13:22:00</t>
+  </si>
+  <si>
+    <t>28/09/2025</t>
+  </si>
+  <si>
+    <t>28/09/2025 11:38:00</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Tiket Kereta Api; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
+  </si>
+  <si>
+    <t>28/09/2025 12:01:16</t>
+  </si>
+  <si>
+    <t>28/09/2025 23:48:43</t>
+  </si>
+  <si>
+    <t>28/09/2025 23:59:38</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>02/10/2025 09:50:52</t>
+  </si>
+  <si>
     <t>Belanja Jasa Tenaga Pembantu Penyiaran</t>
   </si>
   <si>
-    <t>12/09/2025</t>
-[...2 lines deleted...]
-    <t>13/09/2025 15:42:42</t>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>03/11/2025 09:39:16</t>
   </si>
   <si>
     <t>14820 jam</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Pembantu Penyiaran spesifikasi: Pranata Siaran Diskominfo</t>
-  </si>
-[...211 lines deleted...]
-    <t>02/10/2025 09:50:52</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3378,1493 +3381,1493 @@
       </c>
       <c r="I57" s="5" t="s">
         <v>134</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>138</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>41044339</v>
+        <v>41044357</v>
       </c>
       <c r="C58" s="4" t="s">
         <v>139</v>
       </c>
       <c r="D58" s="6">
-        <v>192660000</v>
+        <v>935500</v>
       </c>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>140</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>141</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N58" s="4" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>41044357</v>
+        <v>41044359</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>144</v>
+        <v>47</v>
       </c>
       <c r="D59" s="6">
-        <v>935500</v>
+        <v>24700</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>140</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N59" s="4" t="s">
-        <v>146</v>
+        <v>48</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>41044359</v>
+        <v>41044362</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="D60" s="6">
-        <v>24700</v>
+        <v>0</v>
       </c>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N60" s="4" t="s">
-        <v>48</v>
+        <v>146</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>41044362</v>
+        <v>41045318</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D61" s="6">
-        <v>0</v>
+        <v>14509700</v>
       </c>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="J61" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="J61" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K61" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="4" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N61" s="4" t="s">
-        <v>150</v>
+        <v>34</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>41045318</v>
+        <v>41047314</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="D62" s="6">
-        <v>14509700</v>
+        <v>488</v>
       </c>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="4" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="N62" s="4" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>41047314</v>
+        <v>41063542</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>23</v>
+        <v>150</v>
       </c>
       <c r="D63" s="6">
-        <v>488</v>
+        <v>5718</v>
       </c>
       <c r="E63" s="4"/>
       <c r="F63" s="4"/>
       <c r="G63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>151</v>
       </c>
       <c r="J63" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="K63" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L63" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M63" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N63" s="4" t="s">
         <v>153</v>
-      </c>
-[...10 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>41063542</v>
+        <v>41063574</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>154</v>
+        <v>27</v>
       </c>
       <c r="D64" s="6">
-        <v>5718</v>
+        <v>12500000</v>
       </c>
       <c r="E64" s="4"/>
       <c r="F64" s="4"/>
       <c r="G64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="K64" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L64" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M64" s="4" t="s">
         <v>155</v>
       </c>
-      <c r="J64" s="5" t="s">
+      <c r="N64" s="4" t="s">
         <v>156</v>
-      </c>
-[...10 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>41063574</v>
+        <v>41063579</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>27</v>
+        <v>157</v>
       </c>
       <c r="D65" s="6">
-        <v>12500000</v>
+        <v>15400000</v>
       </c>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J65" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="K65" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L65" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M65" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="K65" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M65" s="4" t="s">
+      <c r="N65" s="4" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>41063579</v>
+        <v>41063609</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>161</v>
+        <v>34</v>
       </c>
       <c r="D66" s="6">
-        <v>15400000</v>
+        <v>47080500</v>
       </c>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="4" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="N66" s="4" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>41063609</v>
+        <v>41063617</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D67" s="6">
-        <v>47080500</v>
+        <v>96500000</v>
       </c>
       <c r="E67" s="4"/>
       <c r="F67" s="4"/>
       <c r="G67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="4" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="N67" s="4" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>41063617</v>
+        <v>41063618</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>30</v>
+        <v>164</v>
       </c>
       <c r="D68" s="6">
-        <v>96500000</v>
+        <v>3500000</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="N68" s="4" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>41063618</v>
+        <v>41063644</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>168</v>
+        <v>93</v>
       </c>
       <c r="D69" s="6">
         <v>3500000</v>
       </c>
       <c r="E69" s="4"/>
       <c r="F69" s="4"/>
       <c r="G69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="4" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="N69" s="4" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>41063644</v>
+        <v>41063649</v>
       </c>
       <c r="C70" s="4" t="s">
         <v>93</v>
       </c>
       <c r="D70" s="6">
-        <v>3500000</v>
+        <v>6000000</v>
       </c>
       <c r="E70" s="4"/>
       <c r="F70" s="4"/>
       <c r="G70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="4" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="N70" s="4" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="5">
-        <v>41063649</v>
+        <v>41063653</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="D71" s="6">
-        <v>6000000</v>
+        <v>38500000</v>
       </c>
       <c r="E71" s="4"/>
       <c r="F71" s="4"/>
       <c r="G71" s="5" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>169</v>
       </c>
       <c r="N71" s="4" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>41063653</v>
+        <v>41063656</v>
       </c>
       <c r="C72" s="4" t="s">
         <v>122</v>
       </c>
       <c r="D72" s="6">
-        <v>38500000</v>
+        <v>30000000</v>
       </c>
       <c r="E72" s="4"/>
       <c r="F72" s="4"/>
       <c r="G72" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J72" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="K72" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L72" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M72" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="K72" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N72" s="4" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>41063656</v>
+        <v>41063658</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>122</v>
       </c>
       <c r="D73" s="6">
         <v>30000000</v>
       </c>
       <c r="E73" s="4"/>
       <c r="F73" s="4"/>
       <c r="G73" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J73" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="K73" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L73" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M73" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="K73" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N73" s="4" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>41063658</v>
+        <v>41074304</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>122</v>
+        <v>30</v>
       </c>
       <c r="D74" s="6">
-        <v>30000000</v>
+        <v>12600000</v>
       </c>
       <c r="E74" s="4"/>
       <c r="F74" s="4"/>
       <c r="G74" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>158</v>
+        <v>174</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M74" s="4" t="s">
-        <v>162</v>
+        <v>25</v>
       </c>
       <c r="N74" s="4" t="s">
-        <v>176</v>
+        <v>33</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>41074304</v>
+        <v>41074310</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D75" s="6">
-        <v>12600000</v>
+        <v>64746000</v>
       </c>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N75" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>41074310</v>
+        <v>41074312</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="D76" s="6">
-        <v>64746000</v>
+        <v>15720000</v>
       </c>
       <c r="E76" s="4"/>
       <c r="F76" s="4"/>
       <c r="G76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N76" s="4" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>41074312</v>
+        <v>41094704</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>43</v>
+        <v>177</v>
       </c>
       <c r="D77" s="6">
-        <v>15720000</v>
+        <v>0</v>
       </c>
       <c r="E77" s="4"/>
       <c r="F77" s="4"/>
       <c r="G77" s="5" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J77" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="K77" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L77" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M77" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="N77" s="4" t="s">
         <v>180</v>
-      </c>
-[...10 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>41094704</v>
+        <v>41094724</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>181</v>
       </c>
       <c r="D78" s="6">
         <v>0</v>
       </c>
       <c r="E78" s="4"/>
       <c r="F78" s="4"/>
       <c r="G78" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="J78" s="5" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N78" s="4" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>41094724</v>
+        <v>41094751</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D79" s="6">
         <v>0</v>
       </c>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
       <c r="G79" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>41094751</v>
+        <v>41094769</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D80" s="6">
         <v>0</v>
       </c>
       <c r="E80" s="4"/>
       <c r="F80" s="4"/>
       <c r="G80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N80" s="4" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>41094769</v>
+        <v>41094779</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D81" s="6">
         <v>0</v>
       </c>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="5" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N81" s="4" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>41094779</v>
+        <v>41094796</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D82" s="6">
         <v>0</v>
       </c>
       <c r="E82" s="4"/>
       <c r="F82" s="4"/>
       <c r="G82" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N82" s="4" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>41094796</v>
+        <v>41094815</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>196</v>
+        <v>30</v>
       </c>
       <c r="D83" s="6">
         <v>0</v>
       </c>
       <c r="E83" s="4"/>
       <c r="F83" s="4"/>
       <c r="G83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="4" t="s">
-        <v>66</v>
+        <v>25</v>
       </c>
       <c r="N83" s="4" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>41094815</v>
+        <v>41094824</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D84" s="6">
         <v>0</v>
       </c>
       <c r="E84" s="4"/>
       <c r="F84" s="4"/>
       <c r="G84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N84" s="4" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>41094824</v>
+        <v>41094831</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D85" s="6">
         <v>0</v>
       </c>
       <c r="E85" s="4"/>
       <c r="F85" s="4"/>
       <c r="G85" s="5" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>16</v>
+        <v>128</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M85" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N85" s="4" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>41094831</v>
+        <v>41100962</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D86" s="6">
-        <v>0</v>
+        <v>2000000</v>
       </c>
       <c r="E86" s="4"/>
       <c r="F86" s="4"/>
       <c r="G86" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>182</v>
+        <v>201</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N86" s="4" t="s">
-        <v>204</v>
+        <v>33</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>41100962</v>
+        <v>41105273</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D87" s="6">
-        <v>2000000</v>
+        <v>34250000</v>
       </c>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="K87" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L87" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M87" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N87" s="4" t="s">
         <v>205</v>
-      </c>
-[...13 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>41105273</v>
+        <v>41105295</v>
       </c>
       <c r="C88" s="4" t="s">
         <v>34</v>
       </c>
       <c r="D88" s="6">
-        <v>34250000</v>
+        <v>16851000</v>
       </c>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N88" s="4" t="s">
-        <v>209</v>
+        <v>34</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>41105295</v>
+        <v>41106045</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>34</v>
       </c>
       <c r="D89" s="6">
-        <v>16851000</v>
+        <v>26654000</v>
       </c>
       <c r="E89" s="4"/>
       <c r="F89" s="4"/>
       <c r="G89" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="J89" s="5" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N89" s="4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>41106045</v>
+        <v>41106046</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D90" s="6">
-        <v>26654000</v>
+        <v>6000000</v>
       </c>
       <c r="E90" s="4"/>
       <c r="F90" s="4"/>
       <c r="G90" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="J90" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="J90" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K90" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M90" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N90" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>41106046</v>
+        <v>41106054</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="D91" s="6">
-        <v>6000000</v>
+        <v>18690</v>
       </c>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
       <c r="G91" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M91" s="4" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="N91" s="4" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>41106054</v>
+        <v>41127927</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="D92" s="6">
-        <v>18690</v>
+        <v>300000</v>
       </c>
       <c r="E92" s="4"/>
       <c r="F92" s="4"/>
       <c r="G92" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M92" s="4" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="N92" s="4" t="s">
-        <v>26</v>
+        <v>48</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>41127927</v>
+        <v>41270671</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>47</v>
+        <v>211</v>
       </c>
       <c r="D93" s="6">
-        <v>300000</v>
+        <v>189670000</v>
       </c>
       <c r="E93" s="4"/>
       <c r="F93" s="4"/>
       <c r="G93" s="5" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J93" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="J93" s="5" t="s">
+      <c r="K93" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L93" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M93" s="4" t="s">
         <v>214</v>
       </c>
-      <c r="K93" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N93" s="4" t="s">
-        <v>48</v>
+        <v>215</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="7" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B94" s="8"/>
       <c r="C94" s="8"/>
       <c r="D94" s="9">
-        <v>1966862660</v>
+        <v>1963872660</v>
       </c>
       <c r="E94" s="8"/>
       <c r="F94" s="8"/>
       <c r="G94" s="8"/>
       <c r="H94" s="8"/>
       <c r="I94" s="8"/>
       <c r="J94" s="8"/>
       <c r="K94" s="8"/>
       <c r="L94" s="8"/>
       <c r="M94" s="8"/>
       <c r="N94" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A94:C94"/>
     <mergeCell ref="E94:N94"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>