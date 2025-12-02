--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -209,53 +209,50 @@
   <si>
     <t>15/09/2025 09:51:03</t>
   </si>
   <si>
     <t>Uang harian; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Dalam Kota (&gt; Dari 8 Jam);</t>
   </si>
   <si>
     <t>Honorarium Pengamanan (TNI/POLRI/LINMAS/POL PP)</t>
   </si>
   <si>
     <t>15/09/2025 10:04:34</t>
   </si>
   <si>
     <t>5200 Orang / Kegiatan</t>
   </si>
   <si>
     <t>Honorarium Pengamanan (TNI/POLRI/LINMAS/POL PP);</t>
   </si>
   <si>
     <t>15/09/2025 10:06:11</t>
   </si>
   <si>
     <t>Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
   </si>
   <si>
-    <t>15/09/2025 10:14:26</t>
-[...1 lines deleted...]
-  <si>
     <t>15/09/2025 10:20:08</t>
   </si>
   <si>
     <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
   </si>
   <si>
     <t>15/09/2025 10:24:45</t>
   </si>
   <si>
     <t>Narasumber/ Pembahas; Pembaca Doa; Narasumber/ Pembahas; Narasumber/ Pembahas; Moderator;</t>
   </si>
   <si>
     <t>15/09/2025 10:38:20</t>
   </si>
   <si>
     <t>15/09/2025 11:54:38</t>
   </si>
   <si>
     <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang harian; Uang Harian Dalam Kota (&gt; Dari 8 Jam);</t>
   </si>
   <si>
     <t>Narasumber/ Pembahas; Narasumber/ Pembahas; Moderator; Instruktur senam; Honor Instruktur; Narasumber/ Pembahas; Narasumber/ Pembahas; Pembaca Doa; Narasumber/ Pembahas;</t>
   </si>
   <si>
     <t>15/09/2025 14:00:10</t>
@@ -321,50 +318,56 @@
     <t>Kab. Mojokerto</t>
   </si>
   <si>
     <t>SATUAN POLISI PAMONG PRAJA</t>
   </si>
   <si>
     <t>18/09/2025 15:42:18</t>
   </si>
   <si>
     <t>Pajak Stnk Kendaraan Dinas; Pajak Stnk Kendaraan Dinas; Pajak Stnk Kendaraan Dinas;</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
     <t>19/09/2025 10:23:11</t>
   </si>
   <si>
     <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; -; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Tarif E-Tol; Penginapan Luar Kota Dalam Provinsi Jawa timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
   </si>
   <si>
     <t>19/09/2025 11:37:17</t>
   </si>
   <si>
     <t>19/09/2025 11:40:16</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>23/10/2025 12:13:35</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1798,1052 +1801,1052 @@
       </c>
       <c r="I26" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>41048596</v>
+        <v>41048643</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D27" s="6">
-        <v>15640000</v>
+        <v>5978100</v>
       </c>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>65</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>41048643</v>
+        <v>41048677</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="D28" s="6">
-        <v>5978100</v>
+        <v>8100000</v>
       </c>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>41048677</v>
+        <v>41048763</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="D29" s="6">
-        <v>8100000</v>
+        <v>17320000</v>
       </c>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>41048763</v>
+        <v>41048800</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D30" s="6">
-        <v>17320000</v>
+        <v>4500</v>
       </c>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N30" s="4" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>41048800</v>
+        <v>41049496</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D31" s="6">
-        <v>4500</v>
+        <v>28100000</v>
       </c>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>70</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>30</v>
+        <v>71</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>41049496</v>
+        <v>41049544</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D32" s="6">
-        <v>28100000</v>
+        <v>19850000</v>
       </c>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>41049544</v>
+        <v>41050198</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="D33" s="6">
-        <v>19850000</v>
+        <v>138080000</v>
       </c>
       <c r="E33" s="4"/>
       <c r="F33" s="4"/>
       <c r="G33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>41050198</v>
+        <v>41050216</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D34" s="6">
-        <v>138080000</v>
+        <v>20520000</v>
       </c>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N34" s="4" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>41050216</v>
+        <v>41050241</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="D35" s="6">
-        <v>20520000</v>
+        <v>843721920</v>
       </c>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>41050241</v>
+        <v>41050251</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>76</v>
+        <v>29</v>
       </c>
       <c r="D36" s="6">
-        <v>843721920</v>
+        <v>16840</v>
       </c>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>41050251</v>
+        <v>41054099</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D37" s="6">
-        <v>16840</v>
+        <v>943</v>
       </c>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>54</v>
+        <v>77</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>41054099</v>
+        <v>41059520</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D38" s="6">
-        <v>943</v>
+        <v>62360000</v>
       </c>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>41059520</v>
+        <v>41060632</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D39" s="6">
-        <v>62360000</v>
+        <v>63054000</v>
       </c>
       <c r="E39" s="4"/>
       <c r="F39" s="4"/>
       <c r="G39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>41060632</v>
+        <v>41060733</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D40" s="6">
-        <v>63054000</v>
+        <v>248700000</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N40" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>41060733</v>
+        <v>41062112</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D41" s="6">
-        <v>248700000</v>
+        <v>45600000</v>
       </c>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>41062112</v>
+        <v>41062130</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="D42" s="6">
-        <v>45600000</v>
+        <v>12120000</v>
       </c>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>87</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N42" s="4" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>41062130</v>
+        <v>41067841</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="D43" s="6">
-        <v>12120000</v>
+        <v>100</v>
       </c>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>41067841</v>
+        <v>41067968</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D44" s="6">
-        <v>100</v>
+        <v>846</v>
       </c>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>91</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>41067968</v>
+        <v>41068211</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="D45" s="6">
-        <v>846</v>
-[...2 lines deleted...]
-      <c r="F45" s="4"/>
+        <v>15147800</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>94</v>
+      </c>
       <c r="G45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>41068211</v>
+        <v>41070139</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>93</v>
+        <v>14</v>
       </c>
       <c r="D46" s="6">
-        <v>15147800</v>
-[...6 lines deleted...]
-      </c>
+        <v>10100000</v>
+      </c>
+      <c r="E46" s="4"/>
+      <c r="F46" s="4"/>
       <c r="G46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>41070139</v>
+        <v>41070163</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="D47" s="6">
-        <v>10100000</v>
+        <v>6919600</v>
       </c>
       <c r="E47" s="4"/>
       <c r="F47" s="4"/>
       <c r="G47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="J47" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="J47" s="5" t="s">
+      <c r="K47" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L47" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M47" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N47" s="4" t="s">
         <v>99</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>41070163</v>
+        <v>41070171</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D48" s="6">
-        <v>6919600</v>
+        <v>19200000</v>
       </c>
       <c r="E48" s="4"/>
       <c r="F48" s="4"/>
       <c r="G48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="J48" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="J48" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K48" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>100</v>
+        <v>36</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>41070171</v>
+        <v>41070715</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D49" s="6">
-        <v>19200000</v>
+        <v>101</v>
       </c>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>41070715</v>
+        <v>41070725</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D50" s="6">
-        <v>101</v>
+        <v>400</v>
       </c>
       <c r="E50" s="4"/>
       <c r="F50" s="4"/>
       <c r="G50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>101</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>41070725</v>
+        <v>41225314</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D51" s="6">
-        <v>400</v>
+        <v>15640000</v>
       </c>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B52" s="8"/>
       <c r="C52" s="8"/>
       <c r="D52" s="9">
         <v>2866679190</v>
       </c>
       <c r="E52" s="8"/>
       <c r="F52" s="8"/>
       <c r="G52" s="8"/>
       <c r="H52" s="8"/>
       <c r="I52" s="8"/>
       <c r="J52" s="8"/>
       <c r="K52" s="8"/>
       <c r="L52" s="8"/>
       <c r="M52" s="8"/>
       <c r="N52" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A52:C52"/>
     <mergeCell ref="E52:N52"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>