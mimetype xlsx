--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -245,113 +245,107 @@
   <si>
     <t>Moderator; Moderator; Narasumber/ Pembahas; Narasumber/ Pembahas; Moderator; Moderator Lokal; Narasumber/ Pembahas; Narasumber; Moderator Lokal; Narasumber/ Pembahas; Narasumber; Narasumber; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber; Narasumber/ Pembahas; Narasumber/ Pembahas;</t>
   </si>
   <si>
     <t>14/01/2025</t>
   </si>
   <si>
     <t>14/01/2025 14:30:20</t>
   </si>
   <si>
     <t>14/01/2025 12:12:16</t>
   </si>
   <si>
     <t>Belanja Pembayaran Pajak, Bea, dan Perizinan</t>
   </si>
   <si>
     <t>Pajak Stnk Kendaraan Dinas; Pajak Stnk Kendaraan Dinas; Pajak Stnk Kendaraan Dinas;</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>14/01/2025 08:57:34</t>
   </si>
   <si>
+    <t>16/01/2025</t>
+  </si>
+  <si>
+    <t>16/01/2025 14:10:08</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Sopir</t>
+  </si>
+  <si>
+    <t>08/01/2025</t>
+  </si>
+  <si>
+    <t>08/01/2025 10:23:07</t>
+  </si>
+  <si>
+    <t>1 paket</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Sopir</t>
+  </si>
+  <si>
+    <t>08/01/2025 10:47:09</t>
+  </si>
+  <si>
+    <t>14/01/2025 11:26:23</t>
+  </si>
+  <si>
+    <t>Karbon : Pembulatan</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Kebersihan</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi</t>
+  </si>
+  <si>
     <t>15/01/2025</t>
   </si>
   <si>
-    <t>15/01/2025 08:46:17</t>
-[...40 lines deleted...]
-  <si>
     <t>15/01/2025 09:14:03</t>
   </si>
   <si>
     <t>Jasa Tenaga Administrasi</t>
   </si>
   <si>
     <t>24/01/2025</t>
   </si>
   <si>
     <t>24/01/2025 13:10:16</t>
   </si>
   <si>
     <t>05/02/2025</t>
   </si>
   <si>
-    <t>05/02/2025 09:15:25</t>
-[...1 lines deleted...]
-  <si>
     <t>05/02/2025 14:18:41</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Biasa</t>
   </si>
   <si>
     <t>11/04/2025</t>
   </si>
   <si>
     <t>11/04/2025 11:27:23</t>
   </si>
   <si>
     <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Dalam Kota</t>
   </si>
   <si>
     <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
   </si>
   <si>
     <t>14/04/2025</t>
   </si>
   <si>
     <t>14/04/2025 10:25:12</t>
@@ -455,213 +449,240 @@
   <si>
     <t>lembar</t>
   </si>
   <si>
     <t>Karbon</t>
   </si>
   <si>
     <t>Belanja Jasa Konsultansi Lainnya-Jasa Konsultansi Estimasi Nilai Lahan dan Bangunan</t>
   </si>
   <si>
     <t>paket</t>
   </si>
   <si>
     <t>Jasa Penyusunan Dokumen Perencanaan Pengadaan Tanah</t>
   </si>
   <si>
     <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik</t>
   </si>
   <si>
     <t>buah</t>
   </si>
   <si>
     <t>Jasa Penyusunan Dokumen Feasibility</t>
   </si>
   <si>
+    <t>06/08/2025</t>
+  </si>
+  <si>
+    <t>06/08/2025 11:02:38</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang harian; Uang harian; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
+  </si>
+  <si>
+    <t>06/08/2025 11:54:01</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator,Pembawa Acara dan Panitia</t>
+  </si>
+  <si>
+    <t>Orang/jam</t>
+  </si>
+  <si>
+    <t>Narasumber, Moderator</t>
+  </si>
+  <si>
+    <t>07/08/2025</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:11:32</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Di luar Kantor</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:42:28</t>
+  </si>
+  <si>
+    <t>Uang Harian Diluar Kantor - Dalam Kota;</t>
+  </si>
+  <si>
+    <t>07/08/2025 11:26:39</t>
+  </si>
+  <si>
+    <t>Uang harian luar kota dlm Provinsi Jawa Timur</t>
+  </si>
+  <si>
+    <t>08/08/2025</t>
+  </si>
+  <si>
+    <t>08/08/2025 08:35:42</t>
+  </si>
+  <si>
+    <t>08/08/2025 10:50:41</t>
+  </si>
+  <si>
+    <t>08/08/2025 11:17:34</t>
+  </si>
+  <si>
+    <t>11/08/2025</t>
+  </si>
+  <si>
+    <t>11/08/2025 10:08:43</t>
+  </si>
+  <si>
+    <t>Karbon, Map</t>
+  </si>
+  <si>
+    <t>12/08/2025</t>
+  </si>
+  <si>
+    <t>12/08/2025 08:56:02</t>
+  </si>
+  <si>
+    <t>12/08/2025 10:19:24</t>
+  </si>
+  <si>
+    <t>12/08/2025 10:43:32</t>
+  </si>
+  <si>
+    <t>12/08/2025 11:39:50</t>
+  </si>
+  <si>
+    <t>karbon</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>13/08/2025 13:32:56</t>
+  </si>
+  <si>
+    <t>Spidol, karbon</t>
+  </si>
+  <si>
+    <t>13/08/2025 13:33:15</t>
+  </si>
+  <si>
+    <t>13/08/2025 13:33:48</t>
+  </si>
+  <si>
+    <t>Belanja hadiah yang bersifat perlombaan</t>
+  </si>
+  <si>
+    <t>14/08/2025</t>
+  </si>
+  <si>
+    <t>14/08/2025 09:59:17</t>
+  </si>
+  <si>
+    <t>kali</t>
+  </si>
+  <si>
+    <t>Biaya hadiah lomba juara 1</t>
+  </si>
+  <si>
+    <t>Honorarium Tim Pelaksana Kegiatan dan Sekretariat Tim Pelaksana Kegiatan</t>
+  </si>
+  <si>
+    <t>14/08/2025 10:04:40</t>
+  </si>
+  <si>
+    <t>Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah;</t>
+  </si>
+  <si>
+    <t>19/08/2025</t>
+  </si>
+  <si>
+    <t>19/08/2025 10:28:50</t>
+  </si>
+  <si>
+    <t>19/08/2025 10:48:47</t>
+  </si>
+  <si>
+    <t>Honorarium pengajar yang berasal dari luar SKPD penyelenggara</t>
+  </si>
+  <si>
+    <t>19/08/2025 12:23:15</t>
+  </si>
+  <si>
+    <t>Belanja honorarium penanggungjawaban pengelola keuangan</t>
+  </si>
+  <si>
+    <t>PPTK</t>
+  </si>
+  <si>
+    <t>Orang/kegiatan</t>
+  </si>
+  <si>
+    <t>Narasumber/ pembawa acara</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>08/09/2025 13:29:20</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>10/09/2025 10:58:26</t>
+  </si>
+  <si>
+    <t>11/11/2025</t>
+  </si>
+  <si>
+    <t>11/11/2025 09:18:54</t>
+  </si>
+  <si>
+    <t>11/11/2025 09:26:28</t>
+  </si>
+  <si>
+    <t>Hadiah Lomba Kebersihan dan Kesiapsiagaan Bencana</t>
+  </si>
+  <si>
     <t>Belanja Alat/Bahan untuk kegiatan Kantor-Bahan Cetak</t>
   </si>
   <si>
-    <t>06/08/2025</t>
-[...158 lines deleted...]
-    <t>10/09/2025 10:58:26</t>
+    <t>11/11/2025 11:22:32</t>
+  </si>
+  <si>
+    <t>Karbon ( Pembulatan )</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>18/11/2025 08:16:04</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>26/11/2025 11:29:46</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1022,54 +1043,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N108"/>
+  <dimension ref="A1:N110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E108" sqref="E108:N108"/>
+      <selection activeCell="E110" sqref="E110:N110"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="102.546" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="565.005" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
@@ -2495,2909 +2516,2989 @@
       </c>
       <c r="I36" s="5" t="s">
         <v>70</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>76</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>38749785</v>
+        <v>38749962</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D37" s="6">
-        <v>27400</v>
+        <v>875</v>
       </c>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>77</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>38749962</v>
+        <v>38917636</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="D38" s="6">
-        <v>875</v>
+        <v>417600000</v>
       </c>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="4" t="s">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>33</v>
+        <v>83</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>38917636</v>
+        <v>38919704</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="D39" s="6">
-        <v>417600000</v>
+        <v>100800000</v>
       </c>
       <c r="E39" s="4"/>
       <c r="F39" s="4"/>
       <c r="G39" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M39" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="J39" s="5" t="s">
+      <c r="N39" s="4" t="s">
         <v>83</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>38919704</v>
+        <v>39093785</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="D40" s="6">
-        <v>100800000</v>
+        <v>453120</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="K40" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M40" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="J40" s="5" t="s">
+      <c r="N40" s="4" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>39093785</v>
+        <v>39103514</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>29</v>
+        <v>87</v>
       </c>
       <c r="D41" s="6">
-        <v>453120</v>
+        <v>21924480</v>
       </c>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>70</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>39103514</v>
+        <v>39134112</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>89</v>
       </c>
       <c r="D42" s="6">
-        <v>21924480</v>
+        <v>197320320</v>
       </c>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="N42" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>39134112</v>
+        <v>39482339</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D43" s="6">
-        <v>197320320</v>
+        <v>1732800000</v>
       </c>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>39482339</v>
+        <v>39689739</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>89</v>
       </c>
       <c r="D44" s="6">
-        <v>1732800000</v>
+        <v>172622400</v>
       </c>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="N44" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>39676466</v>
+        <v>40581599</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="D45" s="6">
-        <v>3032400000</v>
+        <v>3000000</v>
       </c>
       <c r="E45" s="4"/>
       <c r="F45" s="4"/>
       <c r="G45" s="5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="4" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>39689739</v>
+        <v>40581619</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="D46" s="6">
-        <v>172622400</v>
+        <v>3900000</v>
       </c>
       <c r="E46" s="4"/>
       <c r="F46" s="4"/>
       <c r="G46" s="5" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="4" t="s">
-        <v>84</v>
+        <v>20</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>40581599</v>
+        <v>40589082</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D47" s="6">
-        <v>3000000</v>
+        <v>3200000</v>
       </c>
       <c r="E47" s="4"/>
       <c r="F47" s="4"/>
       <c r="G47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>40581619</v>
+        <v>40589464</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D48" s="6">
-        <v>3900000</v>
+        <v>1420000</v>
       </c>
       <c r="E48" s="4"/>
       <c r="F48" s="4"/>
       <c r="G48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>40589082</v>
+        <v>40589530</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>103</v>
+        <v>29</v>
       </c>
       <c r="D49" s="6">
-        <v>3200000</v>
+        <v>35000</v>
       </c>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>40589464</v>
+        <v>40589567</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="D50" s="6">
-        <v>1420000</v>
+        <v>9325000</v>
       </c>
       <c r="E50" s="4"/>
       <c r="F50" s="4"/>
       <c r="G50" s="5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>107</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>40589530</v>
+        <v>40589592</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="D51" s="6">
-        <v>35000</v>
+        <v>20640000</v>
       </c>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>33</v>
+        <v>106</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>40589567</v>
+        <v>40591141</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D52" s="6">
-        <v>9325000</v>
+        <v>1975000</v>
       </c>
       <c r="E52" s="4"/>
       <c r="F52" s="4"/>
       <c r="G52" s="5" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>109</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>40589592</v>
+        <v>40591158</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D53" s="6">
-        <v>20640000</v>
+        <v>6100000</v>
       </c>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="5" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>109</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N53" s="4" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>40591141</v>
+        <v>40591318</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D54" s="6">
-        <v>1975000</v>
+        <v>2275000</v>
       </c>
       <c r="E54" s="4"/>
       <c r="F54" s="4"/>
       <c r="G54" s="5" t="s">
         <v>42</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>111</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>40591158</v>
+        <v>40591356</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D55" s="6">
-        <v>6100000</v>
+        <v>5900000</v>
       </c>
       <c r="E55" s="4"/>
       <c r="F55" s="4"/>
       <c r="G55" s="5" t="s">
-        <v>75</v>
+        <v>30</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>111</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N55" s="4" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>40591318</v>
+        <v>40591408</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D56" s="6">
-        <v>2275000</v>
+        <v>1050000</v>
       </c>
       <c r="E56" s="4"/>
       <c r="F56" s="4"/>
       <c r="G56" s="5" t="s">
         <v>42</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N56" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>40591356</v>
+        <v>40591424</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D57" s="6">
-        <v>5900000</v>
+        <v>700000</v>
       </c>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="5" t="s">
-        <v>30</v>
+        <v>116</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>40591408</v>
+        <v>40592607</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D58" s="6">
-        <v>1050000</v>
+        <v>1540000</v>
       </c>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="5" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N58" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>40591424</v>
+        <v>40592631</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D59" s="6">
-        <v>700000</v>
+        <v>3200000</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="5" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N59" s="4" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>40592607</v>
+        <v>40592702</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D60" s="6">
-        <v>1540000</v>
+        <v>440000</v>
       </c>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="5" t="s">
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>119</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N60" s="4" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>40592631</v>
+        <v>40592718</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D61" s="6">
-        <v>3200000</v>
+        <v>1400000</v>
       </c>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>119</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N61" s="4" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>40592702</v>
+        <v>40592794</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D62" s="6">
-        <v>440000</v>
+        <v>660000</v>
       </c>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="H62" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="K62" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L62" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M62" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N62" s="4" t="s">
         <v>118</v>
-      </c>
-[...19 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>40592718</v>
+        <v>40592829</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D63" s="6">
-        <v>1400000</v>
+        <v>4200000</v>
       </c>
       <c r="E63" s="4"/>
       <c r="F63" s="4"/>
       <c r="G63" s="5" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N63" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>40592794</v>
+        <v>40592912</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D64" s="6">
-        <v>660000</v>
+        <v>440000</v>
       </c>
       <c r="E64" s="4"/>
       <c r="F64" s="4"/>
       <c r="G64" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K64" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L64" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M64" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N64" s="4" t="s">
         <v>118</v>
-      </c>
-[...19 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>40592829</v>
+        <v>40592946</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D65" s="6">
-        <v>4200000</v>
+        <v>3300000</v>
       </c>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="5" t="s">
         <v>75</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="J65" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K65" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L65" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M65" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N65" s="4" t="s">
         <v>122</v>
-      </c>
-[...10 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>40592912</v>
+        <v>40594995</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D66" s="6">
-        <v>440000</v>
+        <v>7920000</v>
       </c>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="5" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N66" s="4" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>40592946</v>
+        <v>40595121</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D67" s="6">
-        <v>3300000</v>
+        <v>2100000</v>
       </c>
       <c r="E67" s="4"/>
       <c r="F67" s="4"/>
       <c r="G67" s="5" t="s">
         <v>75</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N67" s="4" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>40594995</v>
+        <v>40595178</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D68" s="6">
-        <v>7920000</v>
+        <v>2300000</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="5" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N68" s="4" t="s">
-        <v>127</v>
+        <v>102</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>40595121</v>
+        <v>40595234</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D69" s="6">
-        <v>2100000</v>
+        <v>1400000</v>
       </c>
       <c r="E69" s="4"/>
       <c r="F69" s="4"/>
       <c r="G69" s="5" t="s">
         <v>75</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>128</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N69" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>40595178</v>
+        <v>40595311</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D70" s="6">
-        <v>2300000</v>
+        <v>3200000</v>
       </c>
       <c r="E70" s="4"/>
       <c r="F70" s="4"/>
       <c r="G70" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>129</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N70" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="5">
-        <v>40595234</v>
+        <v>40595460</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="D71" s="6">
-        <v>1400000</v>
+        <v>1275000</v>
       </c>
       <c r="E71" s="4"/>
       <c r="F71" s="4"/>
       <c r="G71" s="5" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>130</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N71" s="4" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>40595311</v>
+        <v>40595489</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D72" s="6">
-        <v>3200000</v>
+        <v>12800000</v>
       </c>
       <c r="E72" s="4"/>
       <c r="F72" s="4"/>
       <c r="G72" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N72" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>40595460</v>
+        <v>40597830</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D73" s="6">
-        <v>1275000</v>
+        <v>3700000</v>
       </c>
       <c r="E73" s="4"/>
       <c r="F73" s="4"/>
       <c r="G73" s="5" t="s">
-        <v>46</v>
+        <v>116</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N73" s="4" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>40595489</v>
+        <v>40597866</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D74" s="6">
-        <v>12800000</v>
+        <v>200000</v>
       </c>
       <c r="E74" s="4"/>
       <c r="F74" s="4"/>
       <c r="G74" s="5" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>132</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N74" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>40597830</v>
+        <v>40597893</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D75" s="6">
-        <v>3700000</v>
+        <v>6600000</v>
       </c>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="5" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N75" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>40597866</v>
+        <v>40934561</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>103</v>
+        <v>134</v>
       </c>
       <c r="D76" s="6">
-        <v>200000</v>
+        <v>29650</v>
       </c>
       <c r="E76" s="4"/>
       <c r="F76" s="4"/>
       <c r="G76" s="5" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M76" s="4" t="s">
-        <v>20</v>
+        <v>137</v>
       </c>
       <c r="N76" s="4" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>40597893</v>
+        <v>40938188</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>103</v>
+        <v>139</v>
       </c>
       <c r="D77" s="6">
-        <v>6600000</v>
+        <v>150000000</v>
       </c>
       <c r="E77" s="4"/>
       <c r="F77" s="4"/>
       <c r="G77" s="5" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>125</v>
+        <v>15</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M77" s="4" t="s">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="N77" s="4" t="s">
-        <v>104</v>
+        <v>141</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>40934561</v>
+        <v>40938198</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="D78" s="6">
-        <v>29650</v>
+        <v>200000000</v>
       </c>
       <c r="E78" s="4"/>
       <c r="F78" s="4"/>
       <c r="G78" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>137</v>
+        <v>15</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M78" s="4" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="N78" s="4" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>40938188</v>
+        <v>40945432</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>141</v>
+        <v>101</v>
       </c>
       <c r="D79" s="6">
-        <v>150000000</v>
+        <v>1100000</v>
       </c>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
       <c r="G79" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H79" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>15</v>
+        <v>145</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M79" s="4" t="s">
-        <v>142</v>
+        <v>20</v>
       </c>
       <c r="N79" s="4" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>40938198</v>
+        <v>40945524</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="D80" s="6">
-        <v>200000000</v>
+        <v>23450</v>
       </c>
       <c r="E80" s="4"/>
       <c r="F80" s="4"/>
       <c r="G80" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H80" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>15</v>
+        <v>145</v>
       </c>
       <c r="J80" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="K80" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L80" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M80" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="N80" s="4" t="s">
         <v>138</v>
-      </c>
-[...10 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>40945238</v>
+        <v>40945733</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D81" s="6">
-        <v>1000</v>
+        <v>28200000</v>
       </c>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H81" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I81" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="J81" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="J81" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K81" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M81" s="4" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="N81" s="4" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>40945432</v>
+        <v>40947972</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D82" s="6">
-        <v>1100000</v>
+        <v>200000</v>
       </c>
       <c r="E82" s="4"/>
       <c r="F82" s="4"/>
       <c r="G82" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H82" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="J82" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="K82" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L82" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M82" s="4" t="s">
         <v>150</v>
       </c>
-      <c r="K82" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N82" s="4" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>40945524</v>
+        <v>40948205</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>136</v>
+        <v>101</v>
       </c>
       <c r="D83" s="6">
-        <v>23450</v>
+        <v>1100000</v>
       </c>
       <c r="E83" s="4"/>
       <c r="F83" s="4"/>
       <c r="G83" s="5" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M83" s="4" t="s">
-        <v>139</v>
+        <v>20</v>
       </c>
       <c r="N83" s="4" t="s">
-        <v>140</v>
+        <v>156</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>40945733</v>
+        <v>40948418</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>153</v>
+        <v>97</v>
       </c>
       <c r="D84" s="6">
-        <v>28200000</v>
+        <v>325000</v>
       </c>
       <c r="E84" s="4"/>
       <c r="F84" s="4"/>
       <c r="G84" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M84" s="4" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="N84" s="4" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>40947972</v>
+        <v>40949993</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>103</v>
+        <v>134</v>
       </c>
       <c r="D85" s="6">
-        <v>200000</v>
+        <v>800</v>
       </c>
       <c r="E85" s="4"/>
       <c r="F85" s="4"/>
       <c r="G85" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H85" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M85" s="4" t="s">
-        <v>154</v>
+        <v>137</v>
       </c>
       <c r="N85" s="4" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>40948205</v>
+        <v>40950700</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>103</v>
+        <v>134</v>
       </c>
       <c r="D86" s="6">
-        <v>1100000</v>
+        <v>20000</v>
       </c>
       <c r="E86" s="4"/>
       <c r="F86" s="4"/>
       <c r="G86" s="5" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M86" s="4" t="s">
-        <v>20</v>
+        <v>137</v>
       </c>
       <c r="N86" s="4" t="s">
-        <v>160</v>
+        <v>138</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>40948418</v>
+        <v>40950821</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>99</v>
+        <v>29</v>
       </c>
       <c r="D87" s="6">
-        <v>325000</v>
+        <v>110000</v>
       </c>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M87" s="4" t="s">
-        <v>154</v>
+        <v>20</v>
       </c>
       <c r="N87" s="4" t="s">
-        <v>162</v>
+        <v>33</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>40949993</v>
+        <v>40954650</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D88" s="6">
-        <v>800</v>
+        <v>130800</v>
       </c>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>163</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>164</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M88" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="N88" s="4" t="s">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>40950700</v>
+        <v>40957874</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D89" s="6">
-        <v>20000</v>
+        <v>2400</v>
       </c>
       <c r="E89" s="4"/>
       <c r="F89" s="4"/>
       <c r="G89" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M89" s="4" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="N89" s="4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>40950821</v>
+        <v>40958743</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>29</v>
+        <v>134</v>
       </c>
       <c r="D90" s="6">
-        <v>110000</v>
+        <v>23000</v>
       </c>
       <c r="E90" s="4"/>
       <c r="F90" s="4"/>
       <c r="G90" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M90" s="4" t="s">
-        <v>20</v>
+        <v>137</v>
       </c>
       <c r="N90" s="4" t="s">
-        <v>33</v>
+        <v>138</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>40954650</v>
+        <v>40959017</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D91" s="6">
-        <v>130800</v>
+        <v>19500</v>
       </c>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
       <c r="G91" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M91" s="4" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="N91" s="4" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>40957874</v>
+        <v>40959546</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D92" s="6">
-        <v>2400</v>
+        <v>46110</v>
       </c>
       <c r="E92" s="4"/>
       <c r="F92" s="4"/>
       <c r="G92" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H92" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I92" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="J92" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="J92" s="5" t="s">
+      <c r="K92" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L92" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M92" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="N92" s="4" t="s">
         <v>171</v>
-      </c>
-[...10 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>40958743</v>
+        <v>40963582</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D93" s="6">
-        <v>23000</v>
+        <v>33500</v>
       </c>
       <c r="E93" s="4"/>
       <c r="F93" s="4"/>
       <c r="G93" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M93" s="4" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="N93" s="4" t="s">
-        <v>140</v>
+        <v>174</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>40959017</v>
+        <v>40963603</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D94" s="6">
-        <v>19500</v>
+        <v>50000</v>
       </c>
       <c r="E94" s="4"/>
       <c r="F94" s="4"/>
       <c r="G94" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M94" s="4" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="N94" s="4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>40959546</v>
+        <v>40963626</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D95" s="6">
-        <v>46110</v>
+        <v>50000</v>
       </c>
       <c r="E95" s="4"/>
       <c r="F95" s="4"/>
       <c r="G95" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H95" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M95" s="4" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="N95" s="4" t="s">
-        <v>175</v>
+        <v>138</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>40963582</v>
+        <v>40966033</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>136</v>
+        <v>177</v>
       </c>
       <c r="D96" s="6">
-        <v>33500</v>
+        <v>2500000</v>
       </c>
       <c r="E96" s="4"/>
       <c r="F96" s="4"/>
       <c r="G96" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H96" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M96" s="4" t="s">
-        <v>145</v>
+        <v>180</v>
       </c>
       <c r="N96" s="4" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>40963603</v>
+        <v>40966068</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="D97" s="6">
-        <v>50000</v>
+        <v>7000000</v>
       </c>
       <c r="E97" s="4"/>
       <c r="F97" s="4"/>
       <c r="G97" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H97" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M97" s="4" t="s">
-        <v>139</v>
+        <v>20</v>
       </c>
       <c r="N97" s="4" t="s">
-        <v>140</v>
+        <v>184</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="5">
         <v>97</v>
       </c>
       <c r="B98" s="5">
-        <v>40963626</v>
+        <v>40973764</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="D98" s="6">
-        <v>50000</v>
+        <v>1210000</v>
       </c>
       <c r="E98" s="4"/>
       <c r="F98" s="4"/>
       <c r="G98" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H98" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M98" s="4" t="s">
-        <v>139</v>
+        <v>20</v>
       </c>
       <c r="N98" s="4" t="s">
-        <v>140</v>
+        <v>28</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="5">
         <v>98</v>
       </c>
       <c r="B99" s="5">
-        <v>40966033</v>
+        <v>40973784</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>181</v>
+        <v>149</v>
       </c>
       <c r="D99" s="6">
-        <v>2500000</v>
+        <v>600000</v>
       </c>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
       <c r="G99" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H99" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M99" s="4" t="s">
-        <v>184</v>
+        <v>150</v>
       </c>
       <c r="N99" s="4" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="5">
         <v>99</v>
       </c>
       <c r="B100" s="5">
-        <v>40966068</v>
+        <v>40974353</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>186</v>
+        <v>134</v>
       </c>
       <c r="D100" s="6">
-        <v>7000000</v>
+        <v>17450</v>
       </c>
       <c r="E100" s="4"/>
       <c r="F100" s="4"/>
       <c r="G100" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H100" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M100" s="4" t="s">
-        <v>20</v>
+        <v>137</v>
       </c>
       <c r="N100" s="4" t="s">
-        <v>188</v>
+        <v>138</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="5">
         <v>100</v>
       </c>
       <c r="B101" s="5">
-        <v>40973764</v>
+        <v>40974431</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>24</v>
+        <v>190</v>
       </c>
       <c r="D101" s="6">
-        <v>1210000</v>
+        <v>2130000</v>
       </c>
       <c r="E101" s="4"/>
       <c r="F101" s="4"/>
       <c r="G101" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H101" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I101" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="J101" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="J101" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K101" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M101" s="4" t="s">
-        <v>20</v>
+        <v>150</v>
       </c>
       <c r="N101" s="4" t="s">
-        <v>28</v>
+        <v>191</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="5">
         <v>101</v>
       </c>
       <c r="B102" s="5">
-        <v>40973784</v>
+        <v>40974456</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D102" s="6">
-        <v>600000</v>
+        <v>400000</v>
       </c>
       <c r="E102" s="4"/>
       <c r="F102" s="4"/>
       <c r="G102" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H102" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I102" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="J102" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="J102" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K102" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M102" s="4" t="s">
-        <v>154</v>
+        <v>192</v>
       </c>
       <c r="N102" s="4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="5">
         <v>102</v>
       </c>
       <c r="B103" s="5">
-        <v>40974353</v>
+        <v>41029550</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D103" s="6">
-        <v>17450</v>
+        <v>3750</v>
       </c>
       <c r="E103" s="4"/>
       <c r="F103" s="4"/>
       <c r="G103" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H103" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M103" s="4" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="N103" s="4" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="5">
         <v>103</v>
       </c>
       <c r="B104" s="5">
-        <v>40974431</v>
+        <v>41035980</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>194</v>
+        <v>134</v>
       </c>
       <c r="D104" s="6">
-        <v>2130000</v>
+        <v>200</v>
       </c>
       <c r="E104" s="4"/>
       <c r="F104" s="4"/>
       <c r="G104" s="5" t="s">
         <v>40</v>
       </c>
       <c r="H104" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M104" s="4" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="N104" s="4" t="s">
-        <v>195</v>
+        <v>138</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="5">
         <v>104</v>
       </c>
       <c r="B105" s="5">
-        <v>40974456</v>
+        <v>41315946</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>153</v>
+        <v>87</v>
       </c>
       <c r="D105" s="6">
-        <v>400000</v>
+        <v>3214800000</v>
       </c>
       <c r="E105" s="4"/>
       <c r="F105" s="4"/>
       <c r="G105" s="5" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="H105" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M105" s="4" t="s">
-        <v>196</v>
+        <v>82</v>
       </c>
       <c r="N105" s="4" t="s">
-        <v>197</v>
+        <v>88</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="5">
         <v>105</v>
       </c>
       <c r="B106" s="5">
-        <v>41029550</v>
+        <v>41315989</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>136</v>
+        <v>177</v>
       </c>
       <c r="D106" s="6">
-        <v>3750</v>
+        <v>30000000</v>
       </c>
       <c r="E106" s="4"/>
       <c r="F106" s="4"/>
       <c r="G106" s="5" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="H106" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>198</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M106" s="4" t="s">
-        <v>139</v>
+        <v>180</v>
       </c>
       <c r="N106" s="4" t="s">
-        <v>140</v>
+        <v>201</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="5">
         <v>106</v>
       </c>
       <c r="B107" s="5">
-        <v>41035980</v>
+        <v>41317109</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>136</v>
+        <v>202</v>
       </c>
       <c r="D107" s="6">
-        <v>200</v>
+        <v>15150</v>
       </c>
       <c r="E107" s="4"/>
       <c r="F107" s="4"/>
       <c r="G107" s="5" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="H107" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M107" s="4" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="N107" s="4" t="s">
-        <v>140</v>
+        <v>204</v>
       </c>
     </row>
     <row r="108" spans="1:14">
-      <c r="A108" s="7" t="s">
-[...16 lines deleted...]
-      <c r="N108" s="8"/>
+      <c r="A108" s="5">
+        <v>107</v>
+      </c>
+      <c r="B108" s="5">
+        <v>41344563</v>
+      </c>
+      <c r="C108" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D108" s="6">
+        <v>29800</v>
+      </c>
+      <c r="E108" s="4"/>
+      <c r="F108" s="4"/>
+      <c r="G108" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H108" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="K108" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L108" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M108" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N108" s="4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="109" spans="1:14">
+      <c r="A109" s="5">
+        <v>108</v>
+      </c>
+      <c r="B109" s="5">
+        <v>41374929</v>
+      </c>
+      <c r="C109" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D109" s="6">
+        <v>4656</v>
+      </c>
+      <c r="E109" s="4"/>
+      <c r="F109" s="4"/>
+      <c r="G109" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="J109" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="K109" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L109" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M109" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="N109" s="4" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="110" spans="1:14">
+      <c r="A110" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="B110" s="8"/>
+      <c r="C110" s="8"/>
+      <c r="D110" s="9">
+        <v>6646763611</v>
+      </c>
+      <c r="E110" s="8"/>
+      <c r="F110" s="8"/>
+      <c r="G110" s="8"/>
+      <c r="H110" s="8"/>
+      <c r="I110" s="8"/>
+      <c r="J110" s="8"/>
+      <c r="K110" s="8"/>
+      <c r="L110" s="8"/>
+      <c r="M110" s="8"/>
+      <c r="N110" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A108:C108"/>
-    <mergeCell ref="E108:N108"/>
+    <mergeCell ref="A110:C110"/>
+    <mergeCell ref="E110:N110"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>