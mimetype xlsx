--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -449,297 +449,300 @@
   <si>
     <t>11/09/2025 14:24:03</t>
   </si>
   <si>
     <t>Tarif E-Tol; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Penginapan Dalam Negeri - Anggota DPRD/Pejabat Eselon II; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Dalam Kota Sub Keg Perumusan Kebijakan Teknis</t>
   </si>
   <si>
     <t>11/09/2025 14:27:31</t>
   </si>
   <si>
     <t>Uang Harian Dalam Kota (&gt; Dari 8 Jam) ;</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Pendampingan &amp; Asistensi Urda</t>
   </si>
   <si>
     <t>12/09/2025</t>
   </si>
   <si>
     <t>12/09/2025 08:45:14</t>
   </si>
   <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Keg Pendampingan &amp; Asistensi Urda</t>
+  </si>
+  <si>
+    <t>12/09/2025 08:47:27</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Keg Pendampingan &amp; Asistensi Urda</t>
+  </si>
+  <si>
+    <t>12/09/2025 08:48:56</t>
+  </si>
+  <si>
+    <t>Tarif E-Tol; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Keg Pendampingan &amp; Asistensi Urda</t>
+  </si>
+  <si>
+    <t>12/09/2025 08:50:01</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Keg Pendampingan &amp; Asistensi RB</t>
+  </si>
+  <si>
+    <t>12/09/2025 08:56:45</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Keg Pendampingan &amp; Asistensi RB</t>
+  </si>
+  <si>
+    <t>12/09/2025 09:00:19</t>
+  </si>
+  <si>
+    <t>Biaya Taksi; Tiket Pesawat Kelas Ekonomi; Biaya Taksi;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Pendampingan &amp; Asistensi RB</t>
+  </si>
+  <si>
+    <t>12/09/2025 09:02:31</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia Sub Keg Pendampingan &amp; Asistensi RB</t>
+  </si>
+  <si>
+    <t>12/09/2025 09:03:32</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Keg Pendampingan &amp; Asistensi RB</t>
+  </si>
+  <si>
+    <t>12/09/2025 09:04:50</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Pendampingan &amp; Asistensi Penegakan Integritas</t>
+  </si>
+  <si>
+    <t>12/09/2025 09:08:08</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Keg Pendampingan &amp; Asistensi Penegakan Integritas</t>
+  </si>
+  <si>
+    <t>12/09/2025 09:11:05</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Keg Pendampingan &amp; Asistensi Penegakan Integritas</t>
+  </si>
+  <si>
+    <t>12/09/2025 09:16:42</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Pengadaan Kendaraan Dinas</t>
+  </si>
+  <si>
+    <t>15/09/2025 08:14:13</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Keg Pengadaan Kendaraan Dinas</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Keg Pengadaan Kendaraan Dinas</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Pengadaan Barang/Jasa Sub Keg Pengadaan Kendaraan Dinas</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Rapat Koordinasi SKPD</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Keg Rapat Koordinasi SKPD</t>
+  </si>
+  <si>
+    <t>Tiket Pesawat; Penginapan Dalam Negeri - Pejabat Eselon III/Golongan IV; Uang Harian Dalam Negeri (Luar Kota); Penginapan Dalam Negeri - Anggota DPRD/Pejabat Eselon II; Tiket Pesawat Kelas Ekonomi; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Taksi; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Dalam Negeri (Luar Kota); Biaya Tiket Kereta Api; Uang Harian Dalam Negeri (Luar Kota); Penginapan Luar Kota Dalam Provinsi Jawa timur; Tiket Pesawat; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Anggota DPRD/Pejabat Eselon II; Biaya Tiket Kereta Api; Tiket Pesawat; Tiket Pesawat; Tiket Pesawat; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Biaya Taksi; Uang Harian Dalam Negeri (Luar Kota); Tiket Pesawat; Penginapan Dalam Negeri - Anggota DPRD/Pejabat Eselon II; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Taksi; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Dalam Negeri (Luar Kota); Tiket Pesawat; Uang Harian Dalam Negeri (Luar Kota); Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III; Biaya Taksi; Penginapan Luar Kota Dalam Provinsi Jawa Timur; Tarif E-Tol; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Tiket Pesawat;</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Keg Rapat Koordinasi SKPD</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Keg Rapat Koordinasi SKPD</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Kerjasama Pengawasan Internal</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:50:20</t>
+  </si>
+  <si>
+    <t>Karbon</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Keg Kerjasama Pengawasan Internal</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:54:22</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Keg Kerjasama Pengawasan Internal</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:00:04</t>
+  </si>
+  <si>
+    <t>Tarif E-Tol; Tiket Pesawat Kelas Ekonomi; Biaya Taksi; Penginapan Dalam Negeri - Pejabat Eselon III/Golongan IV; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Penginapan Dalam Negeri - Anggota DPRD/Pejabat Eselon II; Biaya Taksi; Uang Harian Dalam Negeri (Luar Kota); Tiket Pesawat;</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Keg Kerjasama Pengawasan Internal</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:01:34</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Koordinasi Monev Pencegahan Korupsi</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:12:19</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia Sub Keg Kerjasama Pengawasan Internal</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:18:00</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi Sub Keg Koordinasi Monev Pencegahan Korupsi</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:19:45</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Administrasi;</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Keg Koordinasi Monev Pencegahan Korupsi</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:25:32</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Keg Koordinasi Monev Pencegahan Korupsi</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:30:32</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Cetak dan Penggandaan</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 09:19:41</t>
+  </si>
+  <si>
+    <t>16/09/2025 11:31:19</t>
+  </si>
+  <si>
+    <t>Moderator Lokal; Narasumber/ Pembahas; Pembaca Doa</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Luar Kota Sub Keg Pendidikan dan Pelatihan</t>
+  </si>
+  <si>
+    <t>16/09/2025 14:09:05</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota (Diklat);</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia Sub Keg Pendidikan dan Pelatihan</t>
+  </si>
+  <si>
+    <t>Narasumber; Narasumber/ Pembahas; Narasumber/ Pembahas;</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Keg Pendidikan dan Pelatihan</t>
+  </si>
+  <si>
+    <t>Belanja Bimbingan Teknis Sub Keg Pendidikan dan Pelatihan</t>
+  </si>
+  <si>
+    <t>Badan Pemeriksa Keuangan</t>
+  </si>
+  <si>
+    <t>BPK RI PERWAKILAN PROVINSI DAERAH ISTIMEWA YOGYAKARTA</t>
+  </si>
+  <si>
+    <t>Pelatihan / Bimbingan Teknis;</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Keg Pendidikan dan Pelatihan</t>
+  </si>
+  <si>
+    <t>Biaya Taksi; Uang Harian Dalam Negeri (Luar Kota); Tiket Pesawat Kelas Ekonomi; Biaya Tiket Kereta Api; Uang Harian Dalam Negeri (Luar Kota); Biaya Taksi; Biaya Tiket Kereta Api; Biaya Taksi; Penginapan Dalam Negeri - Pejabat Eselon III/Golongan IV; Uang Harian Dalam Negeri (Luar Kota); Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III; Penginapan Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Luar Kota Dalam Provinsi Jawa Timur; Biaya Tiket Kereta Api; Biaya Taksi; Tarif E-Tol;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Pendidikan dan Pelatihan</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Pengadaan Barang/Jasa Sub Keg Pemeliharaan Gedung Kantor</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025 10:46:04</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Keg Pemeliharaan Gedung Kantor</t>
+  </si>
+  <si>
     <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia Sub Keg Pendampingan &amp; Asistensi Urda</t>
   </si>
   <si>
-    <t>12/09/2025 08:46:42</t>
+    <t>21/10/2025</t>
+  </si>
+  <si>
+    <t>21/10/2025 15:09:54</t>
   </si>
   <si>
     <t>Narasumber/ Pembahas; Narasumber; Narasumber/ Pembahas; Moderator Lokal;</t>
-  </si>
-[...238 lines deleted...]
-    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Keg Pemeliharaan Gedung Kantor</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3333,1612 +3336,1612 @@
       </c>
       <c r="I55" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>144</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>41041816</v>
+        <v>41041822</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>145</v>
       </c>
       <c r="D56" s="6">
-        <v>23450000</v>
+        <v>6050000</v>
       </c>
       <c r="E56" s="4"/>
       <c r="F56" s="4"/>
       <c r="G56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>146</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N56" s="4" t="s">
-        <v>147</v>
+        <v>32</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>41041822</v>
+        <v>41041835</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D57" s="6">
-        <v>6050000</v>
+        <v>14650200</v>
       </c>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J57" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="K57" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L57" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M57" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N57" s="4" t="s">
         <v>149</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>41041835</v>
+        <v>41041843</v>
       </c>
       <c r="C58" s="4" t="s">
         <v>150</v>
       </c>
       <c r="D58" s="6">
-        <v>14650200</v>
+        <v>90200000</v>
       </c>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>151</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N58" s="4" t="s">
-        <v>152</v>
+        <v>89</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>41041843</v>
+        <v>41041870</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D59" s="6">
-        <v>90200000</v>
+        <v>52720000</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>41041870</v>
+        <v>41041883</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D60" s="6">
-        <v>52720000</v>
+        <v>6850200</v>
       </c>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J60" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K60" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L60" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M60" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N60" s="4" t="s">
         <v>156</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>41041883</v>
+        <v>41041893</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>157</v>
       </c>
       <c r="D61" s="6">
-        <v>6850200</v>
+        <v>1000</v>
       </c>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>158</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N61" s="4" t="s">
-        <v>159</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>41041893</v>
+        <v>41041898</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D62" s="6">
-        <v>1000</v>
+        <v>16000000</v>
       </c>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N62" s="4" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>41041898</v>
+        <v>41041902</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D63" s="6">
-        <v>16000000</v>
+        <v>2020000</v>
       </c>
       <c r="E63" s="4"/>
       <c r="F63" s="4"/>
       <c r="G63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N63" s="4" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>41041902</v>
+        <v>41041922</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D64" s="6">
-        <v>2020000</v>
+        <v>9700</v>
       </c>
       <c r="E64" s="4"/>
       <c r="F64" s="4"/>
       <c r="G64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N64" s="4" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>41041922</v>
+        <v>41041938</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D65" s="6">
-        <v>9700</v>
+        <v>3840000</v>
       </c>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N65" s="4" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>41041938</v>
+        <v>41041991</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D66" s="6">
-        <v>3840000</v>
+        <v>3905000</v>
       </c>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N66" s="4" t="s">
-        <v>22</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>41041991</v>
+        <v>41042164</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D67" s="6">
-        <v>3905000</v>
+        <v>142400</v>
       </c>
       <c r="E67" s="4"/>
       <c r="F67" s="4"/>
       <c r="G67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N67" s="4" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>41042164</v>
+        <v>41042165</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D68" s="6">
-        <v>142400</v>
+        <v>19325000</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N68" s="4" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>41042165</v>
+        <v>41042166</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D69" s="6">
-        <v>19325000</v>
+        <v>1910000</v>
       </c>
       <c r="E69" s="4"/>
       <c r="F69" s="4"/>
       <c r="G69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N69" s="4" t="s">
-        <v>175</v>
+        <v>32</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>41042166</v>
+        <v>41042167</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D70" s="6">
-        <v>1910000</v>
+        <v>680000</v>
       </c>
       <c r="E70" s="4"/>
       <c r="F70" s="4"/>
       <c r="G70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>143</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N70" s="4" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="5">
-        <v>41042167</v>
+        <v>41047624</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D71" s="6">
-        <v>680000</v>
+        <v>288</v>
       </c>
       <c r="E71" s="4"/>
       <c r="F71" s="4"/>
       <c r="G71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N71" s="4" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>41047624</v>
+        <v>41047625</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D72" s="6">
-        <v>288</v>
+        <v>156435100</v>
       </c>
       <c r="E72" s="4"/>
       <c r="F72" s="4"/>
       <c r="G72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N72" s="4" t="s">
-        <v>24</v>
+        <v>178</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>41047625</v>
+        <v>41047626</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D73" s="6">
-        <v>156435100</v>
+        <v>4000000</v>
       </c>
       <c r="E73" s="4"/>
       <c r="F73" s="4"/>
       <c r="G73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N73" s="4" t="s">
-        <v>181</v>
+        <v>89</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>41047626</v>
+        <v>41047627</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D74" s="6">
-        <v>4000000</v>
+        <v>3820000</v>
       </c>
       <c r="E74" s="4"/>
       <c r="F74" s="4"/>
       <c r="G74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N74" s="4" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>41047627</v>
+        <v>41048250</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="D75" s="6">
-        <v>3820000</v>
+        <v>700</v>
       </c>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N75" s="4" t="s">
-        <v>32</v>
+        <v>183</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>41048250</v>
+        <v>41048380</v>
       </c>
       <c r="C76" s="4" t="s">
         <v>184</v>
       </c>
       <c r="D76" s="6">
-        <v>700</v>
+        <v>1610000</v>
       </c>
       <c r="E76" s="4"/>
       <c r="F76" s="4"/>
       <c r="G76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>185</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N76" s="4" t="s">
-        <v>186</v>
+        <v>32</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>41048380</v>
+        <v>41048438</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D77" s="6">
-        <v>1610000</v>
+        <v>9361600</v>
       </c>
       <c r="E77" s="4"/>
       <c r="F77" s="4"/>
       <c r="G77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J77" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K77" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L77" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M77" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N77" s="4" t="s">
         <v>188</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>41048438</v>
+        <v>41048459</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>189</v>
       </c>
       <c r="D78" s="6">
-        <v>9361600</v>
+        <v>10300000</v>
       </c>
       <c r="E78" s="4"/>
       <c r="F78" s="4"/>
       <c r="G78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>190</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N78" s="4" t="s">
-        <v>191</v>
+        <v>22</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>41048459</v>
+        <v>41048584</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D79" s="6">
-        <v>10300000</v>
+        <v>1000</v>
       </c>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
       <c r="G79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H79" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N79" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>41048584</v>
+        <v>41048624</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="D80" s="6">
-        <v>1000</v>
+        <v>5000000</v>
       </c>
       <c r="E80" s="4"/>
       <c r="F80" s="4"/>
       <c r="G80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N80" s="4" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>41048624</v>
+        <v>41048636</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D81" s="6">
-        <v>5000000</v>
+        <v>19898200</v>
       </c>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H81" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J81" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="K81" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L81" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M81" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N81" s="4" t="s">
         <v>197</v>
-      </c>
-[...10 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>41048636</v>
+        <v>41048680</v>
       </c>
       <c r="C82" s="4" t="s">
         <v>198</v>
       </c>
       <c r="D82" s="6">
-        <v>19898200</v>
+        <v>22293400</v>
       </c>
       <c r="E82" s="4"/>
       <c r="F82" s="4"/>
       <c r="G82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>199</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>41048680</v>
+        <v>41048731</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>201</v>
       </c>
       <c r="D83" s="6">
-        <v>22293400</v>
+        <v>43300000</v>
       </c>
       <c r="E83" s="4"/>
       <c r="F83" s="4"/>
       <c r="G83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>202</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N83" s="4" t="s">
-        <v>203</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>41048731</v>
+        <v>41053855</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D84" s="6">
-        <v>43300000</v>
+        <v>27400</v>
       </c>
       <c r="E84" s="4"/>
       <c r="F84" s="4"/>
       <c r="G84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>205</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N84" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>41053855</v>
+        <v>41055359</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>206</v>
+        <v>193</v>
       </c>
       <c r="D85" s="6">
-        <v>27400</v>
+        <v>20000000</v>
       </c>
       <c r="E85" s="4"/>
       <c r="F85" s="4"/>
       <c r="G85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="J85" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="K85" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L85" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M85" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N85" s="4" t="s">
         <v>207</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>41055359</v>
+        <v>41056155</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>196</v>
+        <v>208</v>
       </c>
       <c r="D86" s="6">
-        <v>20000000</v>
+        <v>51240000</v>
       </c>
       <c r="E86" s="4"/>
       <c r="F86" s="4"/>
       <c r="G86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>209</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>41056155</v>
+        <v>41056156</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>211</v>
       </c>
       <c r="D87" s="6">
-        <v>51240000</v>
+        <v>17200000</v>
       </c>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="J87" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="K87" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L87" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M87" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N87" s="4" t="s">
         <v>212</v>
-      </c>
-[...10 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>41056156</v>
+        <v>41056157</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D88" s="6">
-        <v>17200000</v>
+        <v>15280000</v>
       </c>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N88" s="4" t="s">
-        <v>215</v>
+        <v>32</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>41056157</v>
+        <v>41056158</v>
       </c>
       <c r="C89" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="D89" s="6">
+        <v>554000000</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F89" s="4" t="s">
         <v>216</v>
       </c>
-      <c r="D89" s="6">
-[...3 lines deleted...]
-      <c r="F89" s="4"/>
       <c r="G89" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N89" s="4" t="s">
-        <v>32</v>
+        <v>217</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>41056158</v>
+        <v>41056159</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D90" s="6">
-        <v>554000000</v>
-[...4 lines deleted...]
-      <c r="F90" s="4" t="s">
+        <v>331361200</v>
+      </c>
+      <c r="E90" s="4"/>
+      <c r="F90" s="4"/>
+      <c r="G90" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="K90" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L90" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M90" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N90" s="4" t="s">
         <v>219</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>41056159</v>
+        <v>41056160</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D91" s="6">
-        <v>331361200</v>
+        <v>800</v>
       </c>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
       <c r="G91" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N91" s="4" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>41056160</v>
+        <v>41121609</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D92" s="6">
-        <v>800</v>
+        <v>2720000</v>
       </c>
       <c r="E92" s="4"/>
       <c r="F92" s="4"/>
       <c r="G92" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N92" s="4" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>41121609</v>
+        <v>41121611</v>
       </c>
       <c r="C93" s="4" t="s">
         <v>224</v>
       </c>
       <c r="D93" s="6">
-        <v>2720000</v>
+        <v>4230000</v>
       </c>
       <c r="E93" s="4"/>
       <c r="F93" s="4"/>
       <c r="G93" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M93" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N93" s="4" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>41121611</v>
+        <v>41213530</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D94" s="6">
-        <v>4230000</v>
+        <v>23450000</v>
       </c>
       <c r="E94" s="4"/>
       <c r="F94" s="4"/>
       <c r="G94" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M94" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N94" s="4" t="s">
-        <v>32</v>
+        <v>228</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="7" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B95" s="8"/>
       <c r="C95" s="8"/>
       <c r="D95" s="9">
         <v>2299835015</v>
       </c>
       <c r="E95" s="8"/>
       <c r="F95" s="8"/>
       <c r="G95" s="8"/>
       <c r="H95" s="8"/>
       <c r="I95" s="8"/>
       <c r="J95" s="8"/>
       <c r="K95" s="8"/>
       <c r="L95" s="8"/>
       <c r="M95" s="8"/>
       <c r="N95" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A95:C95"/>
     <mergeCell ref="E95:N95"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>