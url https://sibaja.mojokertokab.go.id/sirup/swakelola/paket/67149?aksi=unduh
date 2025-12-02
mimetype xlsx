--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="434">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -1079,282 +1079,285 @@
   <si>
     <t>Belanja Perjalanan Dinas Dalam Kota sub keg Pemantauan Harga dan Stok Barang Kebutuhan Pokok dan Barang Penting pada Pasar Rakyat yang Terintegrasi dalam Sistem Informasi Perdagangan</t>
   </si>
   <si>
     <t>02/09/2025 14:28:03</t>
   </si>
   <si>
     <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Biasa sub keg Pemantauan Harga dan Stok Barang Kebutuhan Pokok dan Barang Penting pada Pasar Rakyat yang Terintegrasi dalam Sistem Informasi Perdagangan</t>
   </si>
   <si>
     <t>02/09/2025 14:27:36</t>
   </si>
   <si>
     <t>Uang Harian Luar Kota dalam provinsi Jawa Timur</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor sub keg Pemantauan Harga dan Stok Barang Kebutuhan Pokok dan Barang Penting pada Pasar Rakyat yang Terintegrasi dalam Sistem Informasi Perdagangan</t>
   </si>
   <si>
     <t>02/09/2025 14:30:04</t>
   </si>
   <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota sub keg Pelaksanaan Promosi Penggunaan Produk Dalam Negeri di Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>02/09/2025 14:51:16</t>
+  </si>
+  <si>
+    <t>Uang harian; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Pemeliharaan/Rehabilitasi Sarana dan Prasarana Gedung Kantor atau Bangunan Lainnya</t>
+  </si>
+  <si>
+    <t>05/09/2025 08:31:27</t>
+  </si>
+  <si>
+    <t>Karbon (pembulatan);</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Keg Penyediaan Jasa Pemeliharaan, Biaya Pemeliharaan, Pajak, dan Perizinan Kendaraan Dinas Operasional atau Lapangan</t>
+  </si>
+  <si>
+    <t>05/09/2025</t>
+  </si>
+  <si>
+    <t>05/09/2025 08:31:06</t>
+  </si>
+  <si>
+    <t>03/09/2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 08:54:04</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa-Perjalanan Dinas Luar sub Kegiatan Penyediaan Sarana Distribusi Perdagangan</t>
+  </si>
+  <si>
+    <t>03/09/2025 08:55:24</t>
+  </si>
+  <si>
+    <t>Biaya Taksi, Penginapan Dalam Negeri Anggota DPRD/Pejabat Eselon II, Penginapan Dalam Negeri Pejabat Eselon IV/Golongan III,II dan I, Tiket Pesawat Kelas Ekonomi, Tiket Pesawat, Uang Harian Dalam Negeri (Luar Kota)</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Pengadaan Barang/Jasa-Sub Kegiatan Penyediaan Sarana Distribusi Perdagangan</t>
+  </si>
+  <si>
+    <t>Pejabat Pengadaan Barang/Jasa</t>
+  </si>
+  <si>
+    <t>03/09/2025 08:54:24</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi- Jasa Tenaga Pembantu Administrasi Sub Kegiatan Koordinasi, Sinkronisasi, dan Pelaksanaan Pembangunan Sarana dan Prasarana Industri an Restyanafora Candra Dewi</t>
+  </si>
+  <si>
+    <t>03/09/2025 12:33:15</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Kegiatan Koordinasi, Sinkronisasi, dan Pelaksanaan Pemberdayaan Industri dan Peran Serta Masyarakat</t>
+  </si>
+  <si>
+    <t>Honor PPTK</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Kegiatan Koordinasi, Sinkronisasi, dan Pelaksanaan Pembangunan Sarana dan Prasarana Industri</t>
+  </si>
+  <si>
+    <t>03/09/2025 14:44:53</t>
+  </si>
+  <si>
+    <t>8 Paket</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Fungsional Umum Golongan II/I, Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Fungsional Umum Non Pegawai Negeri Sipil, Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Pejabat Eselon III/Pengawas Pemerintahan Madya/Auditor Madya, Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Pejabat Eselon V dan Fungsional Umum Golongan IV/III/Pengawas Pemerintahan Pertama/Auditor Pertama, Biaya Taksi Spesifikasi: D.K.I. Jakarta, Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I Spesifikasi: D.K. I. JAKARTA, Tiket Pesawat Kelas Ekonomi Spesifikasi: ASN dan Non ASN, Uang Harian Dalam Negeri (Luar Kota) Spesifikasi: D.K.I. JAKARTA</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Kegiatan Koordinasi, Sinkronisasi, dan Pelaksanaan Pembangunan Sarana dan Prasarana Industri</t>
+  </si>
+  <si>
+    <t>03/09/2025 14:47:49</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota Spesifikasi: Full Day/Half Day, Uang Harian Pertemuan Diluar Kantor - Dalam Kota Spesifikasi: Full Day/Half Day</t>
+  </si>
+  <si>
+    <t>Honorarium Penyuluhan atau Pendampingan - Jasa Tenaga Pembantu Penyuluh Non Pegawai Negeri Sipil Sub Kegiatan Koordinasi dan Sinkronisasi Pengawasan terhadap Perizinan Berusaha sektor perindustrian yang menjadi kewenangan Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>03/09/2025 15:29:22</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Kegiatan Koordinasi dan Sinkronisasi Pengawasan terhadap Perizinan Berusaha sektor perindustrian yang menjadi kewenangan Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>2 Orang / Bulan</t>
+  </si>
+  <si>
+    <t>Pejabat Pelaksana Teknis Kegiatan (PPTK) Spesifikasi: Nilai Pagu Dana Sd. Rp. 100 Juta</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Kegiatan Koordinasi, Sinkronisasi, dan Pelaksanaan Pemberdayaan Industri dan Peran Serta Masyarakat</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Luar Daerah, Tiket Pesawat, Penginapan, Tarif Taksi</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia Sub Kegiatan Koordinasi, Sinkronisasi, dan Pelaksanaan Pembangunan Sarana dan Prasarana Industri</t>
+  </si>
+  <si>
+    <t>03/09/2025 15:34:48</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas Spesifikasi: Pejabat Eselon III yang disetarakan</t>
+  </si>
+  <si>
+    <t>Belanja KursusSingkat/Pelatihan- MEREKSub Kegiatan Koordinasi, Sinkronisasi, dan Pelaksanaan Pembangunan Sarana dan Prasarana Industri</t>
+  </si>
+  <si>
+    <t>03/09/2025 15:41:36</t>
+  </si>
+  <si>
+    <t>Sertifikasi Merek dan Pendaftaran Merek Aplikasi Pengusaha Keren</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia Sub Kegiatan Fasilitasi Pengumpulan, Pengolahan dan Analisis Data Industri, Data Kawasan Industri serta Data Lain Lingkup Kabupaten/Kota Melalui Sistem Informasi Industri Nasional (SIINas)</t>
+  </si>
+  <si>
+    <t>04/09/2025 08:08:02</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Moderator Lokal; Narasumber/ Pembahas;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Diseminasi, Publikasi Data Informasi dan Analisa Industri Kabupaten/Kota Melalui SIINas</t>
+  </si>
+  <si>
+    <t>04/09/2025 08:53:21</t>
+  </si>
+  <si>
+    <t>Karbon</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Sub Kegiatan Diseminasi, Publikasi Data Informasi dan Analisa Industri Kabupaten/Kota Melalui SIINas</t>
+  </si>
+  <si>
+    <t>1 Orang / Bulan</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Kegiatan Diseminasi, Publikasi Data Informasi dan Analisa Industri Kabupaten/Kota Melalui SIINas</t>
+  </si>
+  <si>
+    <t>3 Orang / Hari; 2 Orang / Hari</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Pejabat Eselon III/Pengawas Pemerintahan Madya/Auditor Madya; Uang Harian Luar Kota Dalam Provinsi Jawa Timur Spesifikasi: Pejabat Eselon IV/Pengawas Pemerintahan Muda/Auditor Muda</t>
+  </si>
+  <si>
+    <t>Pembulatan</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:22:41</t>
+  </si>
+  <si>
+    <t>pembulatan</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub. Kegiatan Penyelenggaraan Rapat Koordinasi dan Konsultasi SKPD</t>
+  </si>
+  <si>
+    <t>05/09/2025 11:09:43</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Dalam Kota (&gt; Dari 8 Jam);</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub. Kegiatan Penyelenggaraan Rapat Koordinasi dan Konsultasi SKPD</t>
+  </si>
+  <si>
+    <t>05/09/2025 11:20:10</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Kegiatan Penyelenggaraan Rapat Koordinasi dan Konsultasi SKPD</t>
+  </si>
+  <si>
+    <t>05/09/2025 11:44:14</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Uang Representasi Perjalanan Dinas (Luar Provinsi Jawa Timur); -; Tarif E-Tol; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Tiket Pesawat Kelas Ekonomi; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Taksi; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Anggota DPRD/Pejabat Eselon II;</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Pengadaan Barang/Jasa</t>
+  </si>
+  <si>
+    <t>05/09/2025 12:09:24</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub. Kegiatan Penyediaan Bahan Logistik Kantor</t>
+  </si>
+  <si>
+    <t>07/09/2025</t>
+  </si>
+  <si>
+    <t>07/09/2025 07:04:49</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Kegiatan Koordinasi, Sinkronisasi, dan Pelaksanaan Pemberdayaan Industri dan Peran Serta Masyarakat</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>08/09/2025 14:20:12</t>
+  </si>
+  <si>
+    <t>perjalanan dalam kota, transport peserta</t>
+  </si>
+  <si>
+    <t>14/09/2025</t>
+  </si>
+  <si>
+    <t>14/09/2025 09:55:51</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor sub keg Pelaksanaan Promosi Penggunaan Produk Dalam Negeri di Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>18/11/2025 10:09:04</t>
+  </si>
+  <si>
     <t>Belanja Perjalanan Dinas Biasa sub keg Pelaksanaan Promosi Penggunaan Produk Dalam Negeri di Tingkat Kabupaten/Kota</t>
   </si>
   <si>
-    <t>02/09/2025 14:51:16</t>
-[...1 lines deleted...]
-  <si>
     <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota dalam Provinsi Jawa Timur); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
-  </si>
-[...223 lines deleted...]
-    <t>14/09/2025 09:55:51</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -9428,1253 +9431,1253 @@
       </c>
       <c r="I192" s="5" t="s">
         <v>287</v>
       </c>
       <c r="J192" s="5" t="s">
         <v>354</v>
       </c>
       <c r="K192" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L192" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M192" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N192" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="5">
         <v>192</v>
       </c>
       <c r="B193" s="5">
-        <v>41013897</v>
+        <v>41013918</v>
       </c>
       <c r="C193" s="4" t="s">
         <v>355</v>
       </c>
       <c r="D193" s="6">
-        <v>9925000</v>
+        <v>10200000</v>
       </c>
       <c r="E193" s="4"/>
       <c r="F193" s="4"/>
       <c r="G193" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H193" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I193" s="5" t="s">
         <v>287</v>
       </c>
       <c r="J193" s="5" t="s">
         <v>356</v>
       </c>
       <c r="K193" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L193" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M193" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N193" s="4" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="5">
         <v>193</v>
       </c>
       <c r="B194" s="5">
-        <v>41013918</v>
+        <v>41014596</v>
       </c>
       <c r="C194" s="4" t="s">
         <v>358</v>
       </c>
       <c r="D194" s="6">
-        <v>10200000</v>
+        <v>71950</v>
       </c>
       <c r="E194" s="4"/>
       <c r="F194" s="4"/>
       <c r="G194" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I194" s="5" t="s">
         <v>287</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="K194" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L194" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M194" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N194" s="4" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="5">
         <v>194</v>
       </c>
       <c r="B195" s="5">
-        <v>41013936</v>
+        <v>41014597</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D195" s="6">
-        <v>37201</v>
+        <v>11950</v>
       </c>
       <c r="E195" s="4"/>
       <c r="F195" s="4"/>
       <c r="G195" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="H195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>287</v>
+        <v>362</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="K195" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L195" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M195" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N195" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="5">
         <v>195</v>
       </c>
       <c r="B196" s="5">
-        <v>41014596</v>
+        <v>41015029</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>362</v>
+        <v>187</v>
       </c>
       <c r="D196" s="6">
-        <v>71950</v>
+        <v>2700000</v>
       </c>
       <c r="E196" s="4"/>
       <c r="F196" s="4"/>
       <c r="G196" s="5" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>287</v>
+        <v>364</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="K196" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L196" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M196" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N196" s="4" t="s">
-        <v>364</v>
+        <v>40</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="5">
         <v>196</v>
       </c>
       <c r="B197" s="5">
-        <v>41014597</v>
+        <v>41015079</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D197" s="6">
-        <v>11950</v>
+        <v>35362000</v>
       </c>
       <c r="E197" s="4"/>
       <c r="F197" s="4"/>
       <c r="G197" s="5" t="s">
-        <v>15</v>
+        <v>83</v>
       </c>
       <c r="H197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="J197" s="5" t="s">
         <v>367</v>
       </c>
       <c r="K197" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L197" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M197" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N197" s="4" t="s">
-        <v>21</v>
+        <v>368</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="5">
         <v>197</v>
       </c>
       <c r="B198" s="5">
-        <v>41015029</v>
+        <v>41015111</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>187</v>
+        <v>369</v>
       </c>
       <c r="D198" s="6">
-        <v>2700000</v>
+        <v>1360000</v>
       </c>
       <c r="E198" s="4"/>
       <c r="F198" s="4"/>
       <c r="G198" s="5" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="H198" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="K198" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L198" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M198" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N198" s="4" t="s">
-        <v>40</v>
+        <v>370</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="5">
         <v>198</v>
       </c>
       <c r="B199" s="5">
-        <v>41015079</v>
+        <v>41015129</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>370</v>
+        <v>46</v>
       </c>
       <c r="D199" s="6">
-        <v>35362000</v>
+        <v>70650</v>
       </c>
       <c r="E199" s="4"/>
       <c r="F199" s="4"/>
       <c r="G199" s="5" t="s">
-        <v>83</v>
+        <v>28</v>
       </c>
       <c r="H199" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J199" s="5" t="s">
         <v>371</v>
       </c>
       <c r="K199" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L199" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M199" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N199" s="4" t="s">
-        <v>372</v>
+        <v>21</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="5">
         <v>199</v>
       </c>
       <c r="B200" s="5">
-        <v>41015111</v>
+        <v>41017295</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="D200" s="6">
-        <v>1360000</v>
+        <v>5250000</v>
       </c>
       <c r="E200" s="4"/>
       <c r="F200" s="4"/>
       <c r="G200" s="5" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="H200" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="K200" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L200" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M200" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N200" s="4" t="s">
-        <v>374</v>
+        <v>207</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="5">
         <v>200</v>
       </c>
       <c r="B201" s="5">
-        <v>41015129</v>
+        <v>41018238</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>46</v>
+        <v>374</v>
       </c>
       <c r="D201" s="6">
-        <v>70650</v>
+        <v>9270000</v>
       </c>
       <c r="E201" s="4"/>
       <c r="F201" s="4"/>
       <c r="G201" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H201" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J201" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="K201" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L201" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M201" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="N201" s="4" t="s">
         <v>375</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="5">
         <v>201</v>
       </c>
       <c r="B202" s="5">
-        <v>41017295</v>
+        <v>41018266</v>
       </c>
       <c r="C202" s="4" t="s">
         <v>376</v>
       </c>
       <c r="D202" s="6">
-        <v>5250000</v>
+        <v>3752000</v>
       </c>
       <c r="E202" s="4"/>
       <c r="F202" s="4"/>
       <c r="G202" s="5" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="H202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J202" s="5" t="s">
         <v>377</v>
       </c>
       <c r="K202" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L202" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M202" s="4" t="s">
-        <v>20</v>
+        <v>378</v>
       </c>
       <c r="N202" s="4" t="s">
-        <v>207</v>
+        <v>379</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="5">
         <v>202</v>
       </c>
       <c r="B203" s="5">
-        <v>41018238</v>
+        <v>41018296</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D203" s="6">
-        <v>9270000</v>
+        <v>3900000</v>
       </c>
       <c r="E203" s="4"/>
       <c r="F203" s="4"/>
       <c r="G203" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>338</v>
+        <v>381</v>
       </c>
       <c r="K203" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L203" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M203" s="4" t="s">
-        <v>20</v>
+        <v>243</v>
       </c>
       <c r="N203" s="4" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="5">
         <v>203</v>
       </c>
       <c r="B204" s="5">
-        <v>41018266</v>
+        <v>41018302</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D204" s="6">
-        <v>3752000</v>
+        <v>6300000</v>
       </c>
       <c r="E204" s="4"/>
       <c r="F204" s="4"/>
       <c r="G204" s="5" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="H204" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="K204" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L204" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M204" s="4" t="s">
-        <v>382</v>
+        <v>20</v>
       </c>
       <c r="N204" s="4" t="s">
-        <v>383</v>
+        <v>238</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="5">
         <v>204</v>
       </c>
       <c r="B205" s="5">
-        <v>41018296</v>
+        <v>41018451</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D205" s="6">
-        <v>3900000</v>
+        <v>2020000</v>
       </c>
       <c r="E205" s="4"/>
       <c r="F205" s="4"/>
       <c r="G205" s="5" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="H205" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="K205" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L205" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M205" s="4" t="s">
-        <v>243</v>
+        <v>386</v>
       </c>
       <c r="N205" s="4" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="5">
         <v>205</v>
       </c>
       <c r="B206" s="5">
-        <v>41018302</v>
+        <v>41018462</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D206" s="6">
-        <v>6300000</v>
+        <v>5030000</v>
       </c>
       <c r="E206" s="4"/>
       <c r="F206" s="4"/>
       <c r="G206" s="5" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="H206" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>388</v>
+        <v>338</v>
       </c>
       <c r="K206" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L206" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M206" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N206" s="4" t="s">
-        <v>238</v>
+        <v>389</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="5">
         <v>206</v>
       </c>
       <c r="B207" s="5">
-        <v>41018451</v>
+        <v>41018685</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D207" s="6">
-        <v>2020000</v>
+        <v>4050000</v>
       </c>
       <c r="E207" s="4"/>
       <c r="F207" s="4"/>
       <c r="G207" s="5" t="s">
-        <v>78</v>
+        <v>28</v>
       </c>
       <c r="H207" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="K207" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L207" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M207" s="4" t="s">
-        <v>390</v>
+        <v>20</v>
       </c>
       <c r="N207" s="4" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="5">
         <v>207</v>
       </c>
       <c r="B208" s="5">
-        <v>41018462</v>
+        <v>41018723</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D208" s="6">
-        <v>5030000</v>
+        <v>76300000</v>
       </c>
       <c r="E208" s="4"/>
       <c r="F208" s="4"/>
       <c r="G208" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H208" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>338</v>
+        <v>394</v>
       </c>
       <c r="K208" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L208" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M208" s="4" t="s">
-        <v>20</v>
+        <v>243</v>
       </c>
       <c r="N208" s="4" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="5">
         <v>208</v>
       </c>
       <c r="B209" s="5">
-        <v>41018685</v>
+        <v>41019517</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D209" s="6">
-        <v>4050000</v>
+        <v>3400000</v>
       </c>
       <c r="E209" s="4"/>
       <c r="F209" s="4"/>
       <c r="G209" s="5" t="s">
-        <v>28</v>
+        <v>78</v>
       </c>
       <c r="H209" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>368</v>
+        <v>47</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="K209" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L209" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M209" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N209" s="4" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="5">
         <v>209</v>
       </c>
       <c r="B210" s="5">
-        <v>41018723</v>
+        <v>41019610</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D210" s="6">
-        <v>76300000</v>
+        <v>13200</v>
       </c>
       <c r="E210" s="4"/>
       <c r="F210" s="4"/>
       <c r="G210" s="5" t="s">
-        <v>28</v>
+        <v>175</v>
       </c>
       <c r="H210" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>368</v>
+        <v>47</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="K210" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L210" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M210" s="4" t="s">
-        <v>243</v>
+        <v>20</v>
       </c>
       <c r="N210" s="4" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="5">
         <v>210</v>
       </c>
       <c r="B211" s="5">
-        <v>41019517</v>
+        <v>41019711</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D211" s="6">
-        <v>3400000</v>
+        <v>1010000</v>
       </c>
       <c r="E211" s="4"/>
       <c r="F211" s="4"/>
       <c r="G211" s="5" t="s">
         <v>78</v>
       </c>
       <c r="H211" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="I211" s="5" t="s">
         <v>47</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="K211" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L211" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M211" s="4" t="s">
-        <v>20</v>
+        <v>403</v>
       </c>
       <c r="N211" s="4" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="5">
         <v>211</v>
       </c>
       <c r="B212" s="5">
-        <v>41019610</v>
+        <v>41019775</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D212" s="6">
-        <v>13200</v>
+        <v>1825000</v>
       </c>
       <c r="E212" s="4"/>
       <c r="F212" s="4"/>
       <c r="G212" s="5" t="s">
-        <v>175</v>
+        <v>83</v>
       </c>
       <c r="H212" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I212" s="5" t="s">
         <v>47</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="K212" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L212" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M212" s="4" t="s">
-        <v>20</v>
+        <v>405</v>
       </c>
       <c r="N212" s="4" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="5">
         <v>212</v>
       </c>
       <c r="B213" s="5">
-        <v>41019711</v>
+        <v>41023882</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D213" s="6">
-        <v>1010000</v>
+        <v>438510</v>
       </c>
       <c r="E213" s="4"/>
       <c r="F213" s="4"/>
       <c r="G213" s="5" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="H213" s="5" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>47</v>
+        <v>362</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="K213" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L213" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M213" s="4" t="s">
-        <v>407</v>
+        <v>20</v>
       </c>
       <c r="N213" s="4" t="s">
-        <v>391</v>
+        <v>409</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="5">
         <v>213</v>
       </c>
       <c r="B214" s="5">
-        <v>41019775</v>
+        <v>41023943</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D214" s="6">
-        <v>1825000</v>
+        <v>14120000</v>
       </c>
       <c r="E214" s="4"/>
       <c r="F214" s="4"/>
       <c r="G214" s="5" t="s">
-        <v>83</v>
+        <v>28</v>
       </c>
       <c r="H214" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>47</v>
+        <v>362</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="K214" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L214" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M214" s="4" t="s">
-        <v>409</v>
+        <v>20</v>
       </c>
       <c r="N214" s="4" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="5">
         <v>214</v>
       </c>
       <c r="B215" s="5">
-        <v>41023882</v>
+        <v>41023946</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D215" s="6">
-        <v>438510</v>
+        <v>35000</v>
       </c>
       <c r="E215" s="4"/>
       <c r="F215" s="4"/>
       <c r="G215" s="5" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="H215" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="K215" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L215" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M215" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N215" s="4" t="s">
-        <v>413</v>
+        <v>21</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="5">
         <v>215</v>
       </c>
       <c r="B216" s="5">
-        <v>41023943</v>
+        <v>41023973</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D216" s="6">
-        <v>14120000</v>
+        <v>25269000</v>
       </c>
       <c r="E216" s="4"/>
       <c r="F216" s="4"/>
       <c r="G216" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H216" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="K216" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L216" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M216" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N216" s="4" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="5">
         <v>216</v>
       </c>
       <c r="B217" s="5">
-        <v>41023946</v>
+        <v>41023985</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D217" s="6">
-        <v>35000</v>
+        <v>680000</v>
       </c>
       <c r="E217" s="4"/>
       <c r="F217" s="4"/>
       <c r="G217" s="5" t="s">
-        <v>28</v>
+        <v>279</v>
       </c>
       <c r="H217" s="5" t="s">
-        <v>15</v>
+        <v>279</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="J217" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="K217" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="L217" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M217" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="N217" s="4" t="s">
         <v>418</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="5">
         <v>217</v>
       </c>
       <c r="B218" s="5">
-        <v>41023973</v>
+        <v>41025844</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D218" s="6">
-        <v>25269000</v>
+        <v>4550</v>
       </c>
       <c r="E218" s="4"/>
       <c r="F218" s="4"/>
       <c r="G218" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H218" s="5" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>366</v>
+        <v>421</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="K218" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L218" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M218" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N218" s="4" t="s">
-        <v>421</v>
+        <v>21</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" s="5">
         <v>218</v>
       </c>
       <c r="B219" s="5">
-        <v>41023985</v>
+        <v>41029803</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D219" s="6">
-        <v>680000</v>
+        <v>6900000</v>
       </c>
       <c r="E219" s="4"/>
       <c r="F219" s="4"/>
       <c r="G219" s="5" t="s">
-        <v>279</v>
+        <v>28</v>
       </c>
       <c r="H219" s="5" t="s">
-        <v>279</v>
+        <v>15</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>366</v>
+        <v>424</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="K219" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L219" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M219" s="4" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="N219" s="4" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="5">
         <v>219</v>
       </c>
       <c r="B220" s="5">
-        <v>41025844</v>
+        <v>41045460</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>424</v>
+        <v>187</v>
       </c>
       <c r="D220" s="6">
-        <v>4550</v>
+        <v>3400000</v>
       </c>
       <c r="E220" s="4"/>
       <c r="F220" s="4"/>
       <c r="G220" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H220" s="5" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="K220" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L220" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M220" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N220" s="4" t="s">
-        <v>21</v>
+        <v>296</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="5">
         <v>220</v>
       </c>
       <c r="B221" s="5">
-        <v>41029803</v>
+        <v>41345421</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D221" s="6">
-        <v>6900000</v>
+        <v>42201</v>
       </c>
       <c r="E221" s="4"/>
       <c r="F221" s="4"/>
       <c r="G221" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H221" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="K221" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L221" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M221" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N221" s="4" t="s">
-        <v>430</v>
+        <v>21</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="5">
         <v>221</v>
       </c>
       <c r="B222" s="5">
-        <v>41045460</v>
+        <v>41345461</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>187</v>
+        <v>432</v>
       </c>
       <c r="D222" s="6">
-        <v>3400000</v>
+        <v>16326000</v>
       </c>
       <c r="E222" s="4"/>
       <c r="F222" s="4"/>
       <c r="G222" s="5" t="s">
         <v>28</v>
       </c>
       <c r="H222" s="5" t="s">
         <v>15</v>
       </c>
       <c r="I222" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="J222" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="J222" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K222" s="4" t="s">
         <v>18</v>
       </c>
       <c r="L222" s="4" t="s">
         <v>19</v>
       </c>
       <c r="M222" s="4" t="s">
         <v>20</v>
       </c>
       <c r="N222" s="4" t="s">
-        <v>296</v>
+        <v>433</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="7" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B223" s="8"/>
       <c r="C223" s="8"/>
       <c r="D223" s="9">
-        <v>2270310915</v>
+        <v>2276716915</v>
       </c>
       <c r="E223" s="8"/>
       <c r="F223" s="8"/>
       <c r="G223" s="8"/>
       <c r="H223" s="8"/>
       <c r="I223" s="8"/>
       <c r="J223" s="8"/>
       <c r="K223" s="8"/>
       <c r="L223" s="8"/>
       <c r="M223" s="8"/>
       <c r="N223" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A223:C223"/>
     <mergeCell ref="E223:N223"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>