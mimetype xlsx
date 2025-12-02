--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="514">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -215,57 +215,54 @@
   <si>
     <t>Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Darat Bermotor-Kendaraan Bermotor Penumpang (Penyediaan Jasa Pemeliharaan, Biaya Pemeliharaan, Pajak dan Perizinan Kendaraan Dinas Operasional atau Lapangan)</t>
   </si>
   <si>
     <t>Belanja ATK (karbon) - Penyediaan Peralatan dan Perlengkapan Kantor</t>
   </si>
   <si>
     <t>21/04/2025 10:42:38</t>
   </si>
   <si>
     <t>Belanja ATK (karbon) - Penyediaan Barang Cetakan dan Penggandaan</t>
   </si>
   <si>
     <t>Pelaksanaan Akreditasi Fasilitas Kesehatan di Kabupaten/Kota - Belanja Perjalanan Dinas Dalam Kota</t>
   </si>
   <si>
     <t>17/04/2025</t>
   </si>
   <si>
     <t>17/04/2025 14:42:15</t>
   </si>
   <si>
     <t>Pelaksanaan Akreditasi Fasilitas Kesehatan di Kabupaten/Kota - Belanja Perjalanan Dinas Biasa</t>
   </si>
   <si>
-    <t>Pelaksanaan Akreditasi Fasilitas Kesehatan di Kabupaten/Kota - Belanja Honorarium Narasumber,Moderator</t>
-[...5 lines deleted...]
-    <t>Pelaksanaan Akreditasi Fasilitas Kesehatan di Kabupaten/Kota - Belanja Honor Pengadaan Barang/Jasa</t>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>31/10/2025 10:12:21</t>
   </si>
   <si>
     <t>Belanja ATK - Penatausahaan Arsip Dinamis pada SKPD</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
     <t>pembulatan</t>
   </si>
   <si>
     <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan (Penyediaan Administrasi Pelaksanaan Tugas ASN)</t>
   </si>
   <si>
     <t>23/04/2025</t>
   </si>
   <si>
     <t>08/05/2025 15:38:32</t>
   </si>
   <si>
     <t>Honor PPTK Sub Kegiatan di Sekretariat</t>
   </si>
   <si>
     <t>Belanja Honorarium Pengadaan Barang/Jasa (Penyediaan Administrasi Pelaksanaan Tugas ASN)</t>
   </si>
@@ -836,765 +833,801 @@
   <si>
     <t>4 kegiatan</t>
   </si>
   <si>
     <t>Narasumber/ Pembahas Spesifikasi : Pejabat Eselon IV /Yang Disetarakan = 20 jam</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiata Pengelolaan Pelayanan Kesehatan Orang Terduga Tuberkulosis</t>
   </si>
   <si>
     <t>1200 lembar</t>
   </si>
   <si>
     <t>PEMBULATAN</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor (Penyediaan Bahan Logistik Kantor)</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>16/09/2025 12:21:50</t>
   </si>
   <si>
+    <t>Belanja honor narasumber - Pengelolaan SIK (DAK Nonfisik)</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>10/03/2025</t>
+  </si>
+  <si>
+    <t>21/04/2025 11:49:40</t>
+  </si>
+  <si>
+    <t>honor narsum</t>
+  </si>
+  <si>
+    <t>Belanja ATK - Penyelenggaraan Rapat Koordinasi dan Konsultasi SKPD</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiata Pengelolaan Pelayanan Kesehatan Orang dengan Tuberkulosis</t>
+  </si>
+  <si>
+    <t>lembar</t>
+  </si>
+  <si>
+    <t>21150 lembar</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor - Belanja Karbon ( DBHCHT )</t>
+  </si>
+  <si>
+    <t>13/03/2025</t>
+  </si>
+  <si>
+    <t>13/03/2025 10:15:15</t>
+  </si>
+  <si>
+    <t>Pengelolaan Pelayanan Kesehatan Tradisional, Akupuntur, Asuhan Mandiri dan Tradisional Lainnya/Belanja Perjalanan Dinas Biasa</t>
+  </si>
+  <si>
+    <t>23/04/2025 10:22:50</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa</t>
+  </si>
+  <si>
+    <t>Honorarium Tim Pelaksana Kegiatan &amp; Sekretariat Tim Pelaksana Kegiatan Sub Kegiatan Penyelenggaraan Kabupaten Sehat</t>
+  </si>
+  <si>
+    <t>23/04/2025 10:35:43</t>
+  </si>
+  <si>
+    <t>Honorarium Tim Pelaksana Kegiatan &amp; Sekretariat Tim Pelaksana Kegiatan</t>
+  </si>
+  <si>
+    <t>Belanja Pembayaran pajak, bea, dan perizinan ( pajak kendaraan kabupaten sehat )</t>
+  </si>
+  <si>
+    <t>1 tahun</t>
+  </si>
+  <si>
+    <t>Pengelolaan Pelayanan Kesehatan Tradisional, Akupuntur, Asuhan Mandiri dan Tradisional Lainnya/Belanja Perjalanan Dinas Dalam Kota</t>
+  </si>
+  <si>
+    <t>honorarium Narasumber (Pengembangan Mutu dan Peningkatan Kompetensi Teknis Sumber Daya Manusia Kesehatan Tingkat Daerah Kabupaten/Kota)</t>
+  </si>
+  <si>
+    <t>23/04/2025 21:39:43</t>
+  </si>
+  <si>
+    <t>sesuai DPA</t>
+  </si>
+  <si>
+    <t>paket data internet (Pengembangan Mutu dan Peningkatan Kompetensi Teknis Sumber Daya Manusia Kesehatan Tingkat Daerah Kabupaten/Kota)</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiata Pengelolaan Pelayanan Kesehatan Orang dengan Risiko Terinfeksi HIV</t>
+  </si>
+  <si>
+    <t>16/09/2025 20:19:40</t>
+  </si>
+  <si>
+    <t>475 lembar</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Kegiata Pengelolaan Pelayanan Kesehatan Orang dengan Risiko Terinfeksi HIV</t>
+  </si>
+  <si>
+    <t>16/09/2025 20:16:14</t>
+  </si>
+  <si>
+    <t>52 orang</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>23/04/2025 21:43:53</t>
+  </si>
+  <si>
+    <t>honorarium narasumber,atau pembahas, Moderator, pembawa acara</t>
+  </si>
+  <si>
+    <t>belanja perjalanan dinas dalam kota</t>
+  </si>
+  <si>
+    <t>Belanja alat/bahan untuk kegiatan kantor advokasi UKBM</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota ( Pengadaan Obat, Bahan Habis Pakai, Bahan Medis Habis Pakai )</t>
+  </si>
+  <si>
+    <t>21/04/2025 15:56:35</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota ( Uang Harian Pertemuan Diluar Kantor - Dalam Kota, Uang harian bantuan transport)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa ( Pengadaan Obat, Bahan Habis Pakai, Bahan Medis Habis Pakai )</t>
+  </si>
+  <si>
+    <t>21/04/2025 16:01:39</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa ( Tiket Pesawat Kelas Ekonomi, Fungsional Umum Golongan II/I, Pejabat Eselon V dan Fungsional Umum Golongan IV/III/Pengawas Pemerintahan Pertama/Auditor Pertama )</t>
+  </si>
+  <si>
+    <t>Belanja ATK (pembatan) Sub Kegiatan Pengelolaan pelayanan kesehatan malaria</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota ( Pengendalian dan Pengawasan serta Tindak Lanjut Pengawasan Sertifikat Produksi Pangan Industri Rumah Tangga )</t>
+  </si>
+  <si>
+    <t>sppd visitasi industri pirt</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia Sub Kegiatan Pengelolaan Surveilans Kesehatan</t>
+  </si>
+  <si>
+    <t>23/04/2025 21:16:00</t>
+  </si>
+  <si>
+    <t>honor narasumber</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Luar Kota Sub Kegiatan Pelayanan Kesehatan Gizi Masyarakat</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor-Luar Kota;</t>
+  </si>
+  <si>
+    <t>Belanja alat/bahan untuk kegiatan kantor - souvenir/cendera mata</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 13:34:12</t>
+  </si>
+  <si>
+    <t>4 Dos</t>
+  </si>
+  <si>
+    <t>4 Dos souvenir/cendera mata</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa - Penyusunan Dokumen Perencanaan PD</t>
+  </si>
+  <si>
+    <t>16/09/2025 14:24:04</t>
+  </si>
+  <si>
+    <t>Perjalanan Dinas Luar Kota</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Kegiatan Pengelolaan pelayanan kesehatan orang dengan HIV (ODHIV)</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota Spesifikasi : Full Day/Half Day</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor</t>
+  </si>
+  <si>
+    <t>1500 lembar</t>
+  </si>
+  <si>
+    <t>Karbon Spesifikasi : Pembulatan</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Luar Kota</t>
+  </si>
+  <si>
+    <t>2 orang</t>
+  </si>
+  <si>
+    <t>uang harian pertemuan di luar kantor - luar kota</t>
+  </si>
+  <si>
+    <t>9 orang</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Luar Kota Spesifikasi : Full Board</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan</t>
+  </si>
+  <si>
+    <t>12 orang</t>
+  </si>
+  <si>
+    <t>Pejabat Pelaksana Teknis Kegiatan (PPTK) Spesifikasi : Nilai Pagu Dana Di Atas Rp. 1 Milliar Sd. Rp. 2,5 Miliar</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular</t>
+  </si>
+  <si>
+    <t>16/09/2025 20:46:30</t>
+  </si>
+  <si>
+    <t>50000 lembar</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (Penyediaan Administrasi Pelaksanaan Tugas ASN)</t>
+  </si>
+  <si>
+    <t>17/09/2025 04:13:51</t>
+  </si>
+  <si>
+    <t>uang harian pertemuan diluar kantor-dalam kota</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa (Penyediaan Administrasi Pelaksanaan Tugas ASN)</t>
+  </si>
+  <si>
+    <t>Uang harian pertemuan diluar kantor- luar kota dalam provinsi</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia (Penyediaan Administrasi Pelaksanaan Tugas ASN)</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Luar Kota (Penyediaan Administrasi Pelaksanaan Tugas ASN)</t>
+  </si>
+  <si>
+    <t>12 OH</t>
+  </si>
+  <si>
+    <t>Uang harian pertemuan diluar kantor-full board</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota ( Pengadaan obat dan bmhp PAPBD )</t>
+  </si>
+  <si>
+    <t>17/09/2025 06:14:05</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota : Monitoring Penggunaan obat di puskesmas , monitoring ketersediaan obat</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor ( Pengadaan Obat , Bhp , vaksin )</t>
+  </si>
+  <si>
+    <t>17/09/2025 06:14:20</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor ( Pembulatan )</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota - Kegiatan Pengelolaan Pelayanan Kesehatan Lingkungan</t>
+  </si>
+  <si>
+    <t>18/09/2025 10:36:11</t>
+  </si>
+  <si>
+    <t>Perjadin Dalam Kota</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa - Kegiatan Pengelolaan Pelayanan Kesehatan Lingkungan</t>
+  </si>
+  <si>
+    <t>Perjadin Biasa</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia - Kegiatan Pengelolaan Pelayanan Kesehatan Lingkungan</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor - Kegiatan Pengelolaan Pelayanan Kesehatan Lingkungan</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia - Kegiatan Pengelolaan Pelayanan Kesehatan Kerja dan Olahraga</t>
+  </si>
+  <si>
+    <t>18/09/2025 11:10:09</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber/Pembahas, dan Instruktur Senam</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor - Kegiatan Pengelolaan Pelayanan Kesehatan Kerja dan Olahraga</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan - Sub Kegiatan Pengelolaan Pelayanan Kesehatan Lingkungan</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Pengadaan Barang/Jasa - Sub Kegiatan Pengelolaan Pelayanan Kesehatan Lingkungan</t>
+  </si>
+  <si>
+    <t>Honor Pengadaan Barang dan Jasa</t>
+  </si>
+  <si>
+    <t>HONOR NARSUM, ATAU PEMBAHAS,MODERATOR,PEMBAWA ACARA DAN PANITIA PROMKES</t>
+  </si>
+  <si>
+    <t>18/09/2025 11:13:12</t>
+  </si>
+  <si>
+    <t>BELANJA HONORARIUM PJ PENGELOLA KEUANGAN (PAD) PROMKES</t>
+  </si>
+  <si>
+    <t>PERJALANAN DINAS BIASA PROMKES (PAD)</t>
+  </si>
+  <si>
+    <t>PERJADIN BIASA PROMKES (PAD)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Keg Pengelolaan Pelayanan Kesehatan Ibu Hamil</t>
+  </si>
+  <si>
+    <t>18/09/2025 11:17:24</t>
+  </si>
+  <si>
+    <t>Monev serta konsultasi program, Orientasi dan Pemantapan Program, dan Peningkatan Kapasitas SDM Nakes</t>
+  </si>
+  <si>
+    <t>UANG HARIAN PERTEMUAN DILUAR KANTOR-DALAM KOTA AKTIFKAN POSYANDU PROMKES</t>
+  </si>
+  <si>
+    <t>UANG HARIAN PERTEMUAN DILUAR KANTOR-DALAM KOTA AKTIFKAN POSYANDU</t>
+  </si>
+  <si>
+    <t>Honorarium narasumber/Pembahasa, Moderator, Pembawa Acara &amp; Panitia Sub Kegiatan Penyelenggaraan Kabupaten Sehat</t>
+  </si>
+  <si>
+    <t>18/09/2025 11:18:25</t>
+  </si>
+  <si>
+    <t>Honorarium narasumber/Pembahasa, Moderator, Pembawa Acara &amp; Panitia</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Kegiatan Penyelenggaraan Kabupaten Sehat</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Keg Pengelolaan Pelayanan Kesehatan Ibu Hamil</t>
+  </si>
+  <si>
+    <t>Karbon (Pembulatan)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Kegiatan Penyelenggaraan Kabupaten Sehat</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Keg Pengelolaan Pelayanan Kesehatan Ibu Bersalin</t>
+  </si>
+  <si>
+    <t>18/09/2025 11:20:24</t>
+  </si>
+  <si>
+    <t>Monev Pelayanan Ibu Bersalin RS/Klinik/BPM, Transport dan SPPD Kegiatan</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas,Moderator,Pembawa acara dan panitia Sub Kegiatan Usia Pendidikan dasar</t>
+  </si>
+  <si>
+    <t>18/09/2025 11:52:58</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Narasumber atau Pembahas,Moderator,Pembawa acara, dan Panitia</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Laboratorium Keg Pengelolaan Pelayanan Kesehatan Bayi Baru Lahir</t>
+  </si>
+  <si>
+    <t>18/09/2025 11:15:28</t>
+  </si>
+  <si>
+    <t>Pemeriksaan SHK</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Luar Kota Sub Keg Pengelolaan Pelayanan Promosi Kesehatan</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Luar Kota Pelatihan Kompetensi dasar Kader</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Kegiatan Usia Pendidikan Dasar</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Keg Pengelolaan Pelayanan Kesehatan Balita</t>
+  </si>
+  <si>
+    <t>19/09/2025 06:53:10</t>
+  </si>
+  <si>
+    <t>Bantuan Transport, Perjalanan Dinas dalam Daerah, perjadin luar kota</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Keg Pengelolaan Pelayanan Kesehatan Balita</t>
+  </si>
+  <si>
+    <t>Perjalanan Dinas Luar Daerah</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Kegiatan Usia Pendidikan Dasar</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia Keg Pengelolaan Pelayanan Kesehatan Balita</t>
+  </si>
+  <si>
+    <t>Honor Narsum</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Keg Pengelolaan Pelayanan Kesehatan Balita</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa - Sub Kegiatan Pengelolaan Pelayanan Kesehatan Kerja dan Olahraga</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa (Luar Kota)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota - Sub Kegiatan Pengelolaan Pelayanan Kesehatan Kerja dan Olahraga</t>
+  </si>
+  <si>
+    <t>Belanja Kain Batik Tradisional Kabupaten Sehat</t>
+  </si>
+  <si>
+    <t>Kain Batik Tradisional</t>
+  </si>
+  <si>
+    <t>Belanja Paket/Pengiriman Keg Pengelolaan Pelayanan Kesehatan Bayi Baru Lahir</t>
+  </si>
+  <si>
+    <t>Jasa Paket Pengiriman SHK</t>
+  </si>
+  <si>
+    <t>Belanja PemeliharaanAlat Angkutan Darat Bermotor Kabupaten Sehat</t>
+  </si>
+  <si>
+    <t>Ban Mobil Kendaraan Innova</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor - Alat Tulis Kantor Kabupaten Sehat</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia Keg Pengelolaan Pely Keshtn Ibu Bersalin</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber/Pembahas</t>
+  </si>
+  <si>
+    <t>BELANJA JASA TENAGA KEBERSIHAN ( LABKESDA )</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025 08:55:16</t>
+  </si>
+  <si>
+    <t>Belanja Kursus/Pelatihan, Sosialisasi, Bimbingan Teknis serta Pendidikan dan Pelatihan (LABKESDA) PME</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (LABKESDA)</t>
+  </si>
+  <si>
+    <t>BELANJA JASA TENAGA ADMIN ( LABKESDA )</t>
+  </si>
+  <si>
+    <t>BELANJA JASA TENAGA KESEHATAN ( LABKESDA )</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota , pengelolaan pelayanan kesehatan pada Usia Lanjut</t>
+  </si>
+  <si>
+    <t>28/10/2025 16:00:33</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas , Moderarator, Pembawa Acara, dan Panitia , Pengelolaan Pelayanan Kesehatan Pada Usia Lanjut</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas , Moderarator, Pembawa Acara, dan Panitia , pengelolaan pelayanan kesehatan pada usia lanjut</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa , pengelolaan pelayanan kesehatan pada Usia Lanjut</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan dinas Biasa</t>
+  </si>
+  <si>
+    <t>Belanja ATK pembulatan (Pengembangan Mutu dan Peningkatan Kompetensi Teknis Sumber Daya Manusia Kesehatan Tingkat Daerah Kabupaten/Kota)</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:41:12</t>
+  </si>
+  <si>
+    <t>Honorarium Penyuluhan/pendampingan (Pengembangan Mutu dan Peningkatan Kompetensi Teknis Sumber Daya Manusia Kesehatan Tingkat Daerah Kabupaten/Kota)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa (Pengembangan Mutu dan Peningkatan Kompetensi Teknis Sumber Daya Manusia Kesehatan Tingkat Daerah Kabupaten/Kota)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (Pengembangan Mutu dan Peningkatan Kompetensi Teknis Sumber Daya Manusia Kesehatan Tingkat Daerah Kabupaten/Kota)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (Pembinaan dan Pengawasan Tenaga Kesehatan Serta Tindak Lanjut Perizinan Praktik Tenaga Kesehatan)</t>
+  </si>
+  <si>
+    <t>19/09/2025 10:22:24</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor ( Penyediaan Jasa Pemeliharaan, Biaya Pemeliharaan, Pajak dan Perizinan Kendaraan Dinas Operasional atau Lapangan)</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:38:24</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Kegiatan Pengelolaan Surveilans Kesehatan</t>
+  </si>
+  <si>
+    <t>19/09/2025 08:29:24</t>
+  </si>
+  <si>
+    <t>Sesuai KAK</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Kegiatan Pengelolaan Surveilnas Kesehatan</t>
+  </si>
+  <si>
+    <t>19/09/2025 08:31:06</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Bakar dan Pelumas</t>
+  </si>
+  <si>
+    <t>Kab. Mojokerto</t>
+  </si>
+  <si>
+    <t>DINAS KESEHATAN</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:47:18</t>
+  </si>
+  <si>
+    <t>150 Liter</t>
+  </si>
+  <si>
+    <t>Solar 150 Liter</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Cetak</t>
+  </si>
+  <si>
+    <t>3706 Lembar</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor - Alat Tulis Kantor</t>
+  </si>
+  <si>
+    <t>19/09/2025 08:42:13</t>
+  </si>
+  <si>
+    <t>Belanja alat Tulis Kntor (Pembulatan)</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Pengelolaan Layanan Imunisasi</t>
+  </si>
+  <si>
+    <t>Belanja Alat Tulis Kantor (Pembulatan)</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Laboratorium Sub Kegiatan Pengambilan dan Pengiriman Spesimen Penyakit Potensial KLB ke Laboratorium Rujukan/Nasional</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:53:35</t>
+  </si>
+  <si>
+    <t>Biaya Pemeriksaan Spesimen ( Sesuai KAK)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Kegiatan Pengelolaan Layanan Imunisasi</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Kegiatan Pengelolaan Layanan Imunisasi</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa Sub Kegiatan Pengambilan dan Pengiriman Spesimen Penyakit Potensial KLB ke Laboratorium Rujukan/Nasional</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Sub Kegiatan Pengambilan dan Pengiriman Spesimen Penyakit Potensial KLB ke Laboratorium Rujukan/Nasional</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Pengambilan dan Pengirimen Spesimen Penyakit Potensial KLB ke Laboratorium Rujukan/Nasional</t>
+  </si>
+  <si>
+    <t>Karbon Pembulatan 50000 lembar</t>
+  </si>
+  <si>
+    <t>JKN, Belanja Iuran Jaminan Kesehatan bagi Non ASN</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:10:42</t>
+  </si>
+  <si>
+    <t>SPGDT, Honorarium Narasumber atau Pembahas,Moderator,Pembawa Acara dan Panitia</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:36:34</t>
+  </si>
+  <si>
+    <t>JKN, Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor (DBHCHT&amp;Pajak Rokok)</t>
+  </si>
+  <si>
+    <t>SPGDT, Belanja Perjalanan Dinas Biasa</t>
+  </si>
+  <si>
+    <t>SPGDT, Belanja Perjalanan Dinas Dalam Kota</t>
+  </si>
+  <si>
+    <t>JKN, Belanja Iuran Jaminan Kesehatan bagi Peserta PBPU dan BP Kelas 3 (DBHCHT,Pajak Rokok,DAU)</t>
+  </si>
+  <si>
+    <t>SPGDT, Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor</t>
+  </si>
+  <si>
+    <t>JKN, Belanja Bantuan Iuran Jaminan Kesehatan bagi Peserta PBPU dan BP Kelas 3 (DBHCHT,Pajak Rokok,DAU)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas dalam Kota (Pospam Lebaran) - Operasional Pelayanan Puskesmas</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:13:45</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor-Dalam Kota</t>
+  </si>
+  <si>
+    <t>Belanja ATK (pembulatan) - Operasional Pelayanan Puskesmas</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:37:49</t>
+  </si>
+  <si>
+    <t>19 orang</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota Dalam Provinsi</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi - Penyediaan Jasa Pelayanan Umum Kantor</t>
+  </si>
+  <si>
+    <t>19/09/2025 10:20:05</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota - Penyediaan Jasa Pelayanan Umum Kantor</t>
+  </si>
+  <si>
+    <t>Uang harian pertemuan di luar kantor</t>
+  </si>
+  <si>
+    <t>Belanja ATK (pembulatan) - Penyediaan Jasa Pelayanan Umum Kantor</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas (Sub kegiatan Pengelolaan Pelayanan Kesehatan Orang dengan Gangguan Jiwa Berat)</t>
+  </si>
+  <si>
+    <t>BBM;Bahan Bakar</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas (Sub kegiatan Pengelolaan Pelayanan Kesehatan Pada Usia Produktif)</t>
+  </si>
+  <si>
+    <t>BBM</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas paket meeting luar kota (Sub kegiatan pengelolaan pelayanan kesehatan pada usia produktif)</t>
+  </si>
+  <si>
+    <t>pertemuan dengan dinkes prov</t>
+  </si>
+  <si>
+    <t>Belanja ATK (karbon) - Pemeliharaan/Rehabilitasi Gedung Kantor dan Bangunan Lainnya</t>
+  </si>
+  <si>
+    <t>23/09/2025</t>
+  </si>
+  <si>
+    <t>23/09/2025 09:08:25</t>
+  </si>
+  <si>
+    <t>23/09/2025 09:10:47</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota</t>
+  </si>
+  <si>
+    <t>Pelaksanaan Akreditasi Fasilitas Kesehatan Lainnya di Kabupaten/Kota - Belanja Alat/Bahan untuk kegiatan Kantor - Bahan Cetak</t>
+  </si>
+  <si>
     <t>Belanja honor pengelola keuangan - Penyediaan Gaji dan Tunjangan ASN</t>
   </si>
   <si>
-    <t>10/03/2025</t>
-[...2 lines deleted...]
-    <t>10/03/2025 14:27:32</t>
+    <t>03/11/2025</t>
+  </si>
+  <si>
+    <t>03/11/2025 12:25:16</t>
   </si>
   <si>
     <t>honor pengelola keuangan</t>
   </si>
   <si>
-    <t>Belanja honor narasumber - Pengelolaan SIK (DAK Nonfisik)</t>
-[...626 lines deleted...]
-    <t>Belanja Honorarium Penanggungjawab Pengelola Keuangan</t>
+    <t>SPGDT, Belanja Honorarium Penanggungjawab Pengelola Keuangan</t>
+  </si>
+  <si>
+    <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>04/11/2025 12:56:05</t>
   </si>
   <si>
     <t>12 Orang/Bulan</t>
   </si>
   <si>
-    <t>Belanja Perjalanan Dinas dalam Kota (Pospam Lebaran) - Operasional Pelayanan Puskesmas</t>
-[...34 lines deleted...]
-  <si>
     <t>Belanja Jasa Tenaga Keamanan - Penyediaan Jasa Pelayanan Umum Kantor</t>
   </si>
   <si>
-    <t>Belanja Bahan-Bahan Bakar dan Pelumas (Sub kegiatan Pengelolaan Pelayanan Kesehatan Orang dengan Gangguan Jiwa Berat)</t>
-[...29 lines deleted...]
-    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota</t>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025 13:58:11</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1955,54 +1988,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N224"/>
+  <dimension ref="A1:N226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E224" sqref="E224:N224"/>
+      <selection activeCell="E226" sqref="E226:N226"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="317.208" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="292.5" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
@@ -2874,8107 +2907,8187 @@
       </c>
       <c r="K22" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
         <v>38786544</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="6">
-        <v>3525000</v>
+        <v>3450000</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>38786572</v>
+        <v>38790485</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D24" s="6">
-        <v>7700000</v>
+        <v>3200</v>
       </c>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>38786580</v>
+        <v>38793143</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="D25" s="6">
-        <v>4080000</v>
+        <v>49560000</v>
       </c>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>38790485</v>
+        <v>38793292</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="D26" s="6">
-        <v>3200</v>
+        <v>8160000</v>
       </c>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>38793143</v>
+        <v>38793538</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="D27" s="6">
-        <v>49560000</v>
+        <v>12000000</v>
       </c>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>38793292</v>
+        <v>38793812</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D28" s="6">
-        <v>8160000</v>
+        <v>2600000</v>
       </c>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>38793538</v>
+        <v>38793920</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D29" s="6">
-        <v>12000000</v>
+        <v>33409000</v>
       </c>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>80</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>38793812</v>
+        <v>38793940</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D30" s="6">
-        <v>2600000</v>
+        <v>2300000</v>
       </c>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N30" s="4" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>38793920</v>
+        <v>38794030</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D31" s="6">
-        <v>33409000</v>
+        <v>10600000</v>
       </c>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>38793940</v>
+        <v>38794537</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D32" s="6">
-        <v>2300000</v>
+        <v>10000</v>
       </c>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>38794030</v>
+        <v>38795122</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D33" s="6">
-        <v>10600000</v>
+        <v>1200000</v>
       </c>
       <c r="E33" s="4"/>
       <c r="F33" s="4"/>
       <c r="G33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>38794537</v>
+        <v>38795201</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D34" s="6">
-        <v>10000</v>
+        <v>10980000</v>
       </c>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>24</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N34" s="4" t="s">
-        <v>53</v>
+        <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>38795122</v>
+        <v>38795771</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D35" s="6">
-        <v>1200000</v>
+        <v>10220000</v>
       </c>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>38795201</v>
+        <v>38795950</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D36" s="6">
-        <v>10980000</v>
+        <v>7590000</v>
       </c>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>24</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>38795771</v>
+        <v>38796603</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D37" s="6">
-        <v>10220000</v>
+        <v>2600000</v>
       </c>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>38795950</v>
+        <v>38796712</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D38" s="6">
-        <v>7590000</v>
+        <v>4100000</v>
       </c>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>24</v>
+        <v>98</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>38796603</v>
+        <v>38796789</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D39" s="6">
-        <v>2600000</v>
+        <v>3250</v>
       </c>
       <c r="E39" s="4"/>
       <c r="F39" s="4"/>
       <c r="G39" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>30</v>
+        <v>70</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>98</v>
+        <v>71</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>38796712</v>
+        <v>38798279</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D40" s="6">
-        <v>4100000</v>
+        <v>9400</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N40" s="4" t="s">
-        <v>100</v>
+        <v>71</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>38796789</v>
+        <v>38798771</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D41" s="6">
-        <v>3250</v>
+        <v>30000000</v>
       </c>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>72</v>
+        <v>107</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>38798279</v>
+        <v>38798832</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D42" s="6">
-        <v>9400</v>
+        <v>5200000</v>
       </c>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>103</v>
+        <v>30</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N42" s="4" t="s">
-        <v>72</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>38798771</v>
+        <v>38800560</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D43" s="6">
-        <v>30000000</v>
+        <v>5750000</v>
       </c>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>106</v>
+        <v>70</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>38798832</v>
+        <v>38807142</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D44" s="6">
-        <v>5200000</v>
+        <v>1975000</v>
       </c>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N44" s="4" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>38800560</v>
+        <v>38807151</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="D45" s="6">
-        <v>5750000</v>
+        <v>1400000</v>
       </c>
       <c r="E45" s="4"/>
       <c r="F45" s="4"/>
       <c r="G45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>38807142</v>
+        <v>38807169</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D46" s="6">
-        <v>1975000</v>
+        <v>16050000</v>
       </c>
       <c r="E46" s="4"/>
       <c r="F46" s="4"/>
       <c r="G46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>38807151</v>
+        <v>38807303</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D47" s="6">
-        <v>1400000</v>
+        <v>22145000</v>
       </c>
       <c r="E47" s="4"/>
       <c r="F47" s="4"/>
       <c r="G47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N47" s="4" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>38807169</v>
+        <v>38807313</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="D48" s="6">
-        <v>16050000</v>
+        <v>24700000</v>
       </c>
       <c r="E48" s="4"/>
       <c r="F48" s="4"/>
       <c r="G48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>38807303</v>
+        <v>38807329</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D49" s="6">
-        <v>22145000</v>
+        <v>3200000</v>
       </c>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>38807313</v>
+        <v>38807358</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D50" s="6">
-        <v>24700000</v>
+        <v>7150000</v>
       </c>
       <c r="E50" s="4"/>
       <c r="F50" s="4"/>
       <c r="G50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>103</v>
+        <v>70</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N50" s="4" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>38807329</v>
+        <v>38807376</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D51" s="6">
-        <v>3200000</v>
+        <v>10225000</v>
       </c>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>38807358</v>
+        <v>38807379</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="D52" s="6">
-        <v>7150000</v>
+        <v>30300000</v>
       </c>
       <c r="E52" s="4"/>
       <c r="F52" s="4"/>
       <c r="G52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N52" s="4" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>38807376</v>
+        <v>38808278</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D53" s="6">
-        <v>10225000</v>
+        <v>24000000</v>
       </c>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>103</v>
+        <v>73</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="4" t="s">
-        <v>21</v>
+        <v>139</v>
       </c>
       <c r="N53" s="4" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>38807379</v>
+        <v>38808335</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D54" s="6">
-        <v>30300000</v>
+        <v>6600000</v>
       </c>
       <c r="E54" s="4"/>
       <c r="F54" s="4"/>
       <c r="G54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>103</v>
+        <v>141</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M54" s="4" t="s">
-        <v>21</v>
+        <v>139</v>
       </c>
       <c r="N54" s="4" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>38808278</v>
+        <v>38808518</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="D55" s="6">
-        <v>24000000</v>
+        <v>16000000</v>
       </c>
       <c r="E55" s="4"/>
       <c r="F55" s="4"/>
       <c r="G55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>74</v>
+        <v>141</v>
       </c>
       <c r="J55" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="K55" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L55" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M55" s="4" t="s">
         <v>139</v>
       </c>
-      <c r="K55" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N55" s="4" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>38808335</v>
+        <v>38808556</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D56" s="6">
-        <v>6600000</v>
+        <v>14000000</v>
       </c>
       <c r="E56" s="4"/>
       <c r="F56" s="4"/>
       <c r="G56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="N56" s="4" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>38808518</v>
+        <v>38809018</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D57" s="6">
-        <v>16000000</v>
+        <v>3200000</v>
       </c>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="4" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>38808556</v>
+        <v>38809076</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D58" s="6">
-        <v>14000000</v>
+        <v>8160000</v>
       </c>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="4" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="N58" s="4" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>38809018</v>
+        <v>38809134</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D59" s="6">
-        <v>3200000</v>
+        <v>12864000</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N59" s="4" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>38809076</v>
+        <v>38809202</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D60" s="6">
-        <v>8160000</v>
+        <v>27400000</v>
       </c>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N60" s="4" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>38809134</v>
+        <v>38809931</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D61" s="6">
-        <v>12864000</v>
+        <v>4300000</v>
       </c>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N61" s="4" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>38809202</v>
+        <v>38810006</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D62" s="6">
-        <v>27400000</v>
+        <v>800000</v>
       </c>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N62" s="4" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>38809931</v>
+        <v>38810869</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="D63" s="6">
-        <v>4300000</v>
+        <v>25600000</v>
       </c>
       <c r="E63" s="4"/>
       <c r="F63" s="4"/>
       <c r="G63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N63" s="4" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>38810006</v>
+        <v>38810927</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D64" s="6">
-        <v>800000</v>
+        <v>8000000</v>
       </c>
       <c r="E64" s="4"/>
       <c r="F64" s="4"/>
       <c r="G64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N64" s="4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>38810869</v>
+        <v>38810971</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D65" s="6">
-        <v>25600000</v>
+        <v>39705000</v>
       </c>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N65" s="4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>38810927</v>
+        <v>38811054</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D66" s="6">
-        <v>8000000</v>
+        <v>11800000</v>
       </c>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N66" s="4" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>38810971</v>
+        <v>38811925</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D67" s="6">
-        <v>39705000</v>
+        <v>3900000</v>
       </c>
       <c r="E67" s="4"/>
       <c r="F67" s="4"/>
       <c r="G67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N67" s="4" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>38811054</v>
+        <v>38813005</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D68" s="6">
-        <v>11800000</v>
+        <v>10000000</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N68" s="4" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>38811925</v>
+        <v>38845382</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D69" s="6">
-        <v>3900000</v>
+        <v>6200000</v>
       </c>
       <c r="E69" s="4"/>
       <c r="F69" s="4"/>
       <c r="G69" s="5" t="s">
-        <v>15</v>
+        <v>177</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>153</v>
+        <v>73</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N69" s="4" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>38813005</v>
+        <v>38868603</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="D70" s="6">
-        <v>10000000</v>
+        <v>22200000</v>
       </c>
       <c r="E70" s="4"/>
       <c r="F70" s="4"/>
       <c r="G70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N70" s="4" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="5">
-        <v>38845382</v>
+        <v>38869104</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="D71" s="6">
-        <v>6200000</v>
+        <v>9400000</v>
       </c>
       <c r="E71" s="4"/>
       <c r="F71" s="4"/>
       <c r="G71" s="5" t="s">
-        <v>178</v>
+        <v>15</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>179</v>
+        <v>16</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>74</v>
+        <v>182</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N71" s="4" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>38868603</v>
+        <v>38869620</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D72" s="6">
-        <v>22200000</v>
+        <v>6000000</v>
       </c>
       <c r="E72" s="4"/>
       <c r="F72" s="4"/>
       <c r="G72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N72" s="4" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>38869104</v>
+        <v>38870453</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D73" s="6">
-        <v>9400000</v>
+        <v>11680000</v>
       </c>
       <c r="E73" s="4"/>
       <c r="F73" s="4"/>
       <c r="G73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="J73" s="5" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N73" s="4" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>38869620</v>
+        <v>38870674</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D74" s="6">
-        <v>6000000</v>
+        <v>2720000</v>
       </c>
       <c r="E74" s="4"/>
       <c r="F74" s="4"/>
       <c r="G74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="J74" s="5" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N74" s="4" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>38870453</v>
+        <v>38871117</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D75" s="6">
-        <v>11680000</v>
+        <v>15900000</v>
       </c>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="J75" s="5" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N75" s="4" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>38870674</v>
+        <v>38874556</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D76" s="6">
-        <v>2720000</v>
+        <v>27200000</v>
       </c>
       <c r="E76" s="4"/>
       <c r="F76" s="4"/>
       <c r="G76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>184</v>
+        <v>142</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N76" s="4" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>38871117</v>
+        <v>38874910</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D77" s="6">
-        <v>15900000</v>
+        <v>374969000</v>
       </c>
       <c r="E77" s="4"/>
       <c r="F77" s="4"/>
       <c r="G77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>184</v>
+        <v>142</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N77" s="4" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>38874556</v>
+        <v>38875356</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D78" s="6">
-        <v>27200000</v>
+        <v>2054400</v>
       </c>
       <c r="E78" s="4"/>
       <c r="F78" s="4"/>
       <c r="G78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N78" s="4" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>38874910</v>
+        <v>38875647</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D79" s="6">
-        <v>374969000</v>
+        <v>9200000</v>
       </c>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
       <c r="G79" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H79" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N79" s="4" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>38875356</v>
+        <v>38880665</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D80" s="6">
-        <v>2054400</v>
+        <v>31780000</v>
       </c>
       <c r="E80" s="4"/>
       <c r="F80" s="4"/>
       <c r="G80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>143</v>
+        <v>206</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N80" s="4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>38875647</v>
+        <v>38882077</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D81" s="6">
-        <v>9200000</v>
+        <v>14387100</v>
       </c>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H81" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>143</v>
+        <v>206</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="M81" s="4" t="s">
-        <v>21</v>
+      <c r="M81" s="4">
+        <v>1</v>
       </c>
       <c r="N81" s="4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>38880665</v>
+        <v>38883368</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="D82" s="6">
-        <v>31780000</v>
+        <v>2040000</v>
       </c>
       <c r="E82" s="4"/>
       <c r="F82" s="4"/>
       <c r="G82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="J82" s="5" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N82" s="4" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>38882077</v>
+        <v>38884058</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D83" s="6">
-        <v>14387100</v>
+        <v>7560000</v>
       </c>
       <c r="E83" s="4"/>
       <c r="F83" s="4"/>
       <c r="G83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="J83" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="J83" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K83" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="M83" s="4">
-        <v>1</v>
+      <c r="M83" s="4" t="s">
+        <v>21</v>
       </c>
       <c r="N83" s="4" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>38883368</v>
+        <v>38884305</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D84" s="6">
-        <v>2040000</v>
+        <v>55700000</v>
       </c>
       <c r="E84" s="4"/>
       <c r="F84" s="4"/>
       <c r="G84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N84" s="4" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>38884058</v>
+        <v>38899117</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D85" s="6">
-        <v>7560000</v>
+        <v>48400000</v>
       </c>
       <c r="E85" s="4"/>
       <c r="F85" s="4"/>
       <c r="G85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>183</v>
+        <v>217</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>207</v>
+        <v>142</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M85" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N85" s="4" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>38884305</v>
+        <v>38909384</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D86" s="6">
-        <v>55700000</v>
+        <v>5750000</v>
       </c>
       <c r="E86" s="4"/>
       <c r="F86" s="4"/>
       <c r="G86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>207</v>
+        <v>142</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M86" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N86" s="4" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>38899117</v>
+        <v>38910188</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D87" s="6">
-        <v>48400000</v>
+        <v>5000000</v>
       </c>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>218</v>
+        <v>30</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>143</v>
+        <v>222</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M87" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N87" s="4" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>38909384</v>
+        <v>38946104</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D88" s="6">
-        <v>5750000</v>
+        <v>5000000</v>
       </c>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="5" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>218</v>
+        <v>30</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>143</v>
+        <v>226</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N88" s="4" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>38910188</v>
+        <v>38946107</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="D89" s="6">
-        <v>5000000</v>
+        <v>30800</v>
       </c>
       <c r="E89" s="4"/>
       <c r="F89" s="4"/>
       <c r="G89" s="5" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N89" s="4" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>38946104</v>
+        <v>38946109</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="D90" s="6">
-        <v>5000000</v>
+        <v>47900</v>
       </c>
       <c r="E90" s="4"/>
       <c r="F90" s="4"/>
       <c r="G90" s="5" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>16</v>
+        <v>232</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>227</v>
+        <v>142</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M90" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N90" s="4" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>38946107</v>
+        <v>38946113</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="D91" s="6">
-        <v>30800</v>
+        <v>7100000</v>
       </c>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
       <c r="G91" s="5" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>106</v>
+        <v>73</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N91" s="4" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>38946109</v>
+        <v>38946118</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D92" s="6">
-        <v>47900</v>
+        <v>1650000</v>
       </c>
       <c r="E92" s="4"/>
       <c r="F92" s="4"/>
       <c r="G92" s="5" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>233</v>
+        <v>16</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>143</v>
+        <v>235</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N92" s="4" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>38946113</v>
+        <v>38946487</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D93" s="6">
-        <v>7100000</v>
+        <v>5000</v>
       </c>
       <c r="E93" s="4"/>
       <c r="F93" s="4"/>
       <c r="G93" s="5" t="s">
-        <v>226</v>
+        <v>15</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>236</v>
+        <v>222</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M93" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N93" s="4" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>38946118</v>
+        <v>38950323</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D94" s="6">
-        <v>1650000</v>
+        <v>8160000</v>
       </c>
       <c r="E94" s="4"/>
       <c r="F94" s="4"/>
       <c r="G94" s="5" t="s">
-        <v>226</v>
+        <v>15</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>236</v>
+        <v>142</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M94" s="4" t="s">
-        <v>25</v>
+        <v>242</v>
       </c>
       <c r="N94" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>38946487</v>
+        <v>38950503</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D95" s="6">
-        <v>5000</v>
+        <v>6250000</v>
       </c>
       <c r="E95" s="4"/>
       <c r="F95" s="4"/>
       <c r="G95" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>223</v>
+        <v>142</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M95" s="4" t="s">
-        <v>25</v>
+        <v>244</v>
       </c>
       <c r="N95" s="4" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>38950323</v>
+        <v>38955215</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D96" s="6">
-        <v>8160000</v>
+        <v>25000</v>
       </c>
       <c r="E96" s="4"/>
       <c r="F96" s="4"/>
       <c r="G96" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H96" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>106</v>
+        <v>30</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>143</v>
+        <v>81</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M96" s="4" t="s">
-        <v>243</v>
+        <v>21</v>
       </c>
       <c r="N96" s="4" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>38950503</v>
+        <v>38978094</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D97" s="6">
-        <v>6250000</v>
+        <v>680000</v>
       </c>
       <c r="E97" s="4"/>
       <c r="F97" s="4"/>
       <c r="G97" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>143</v>
+        <v>248</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M97" s="4" t="s">
-        <v>245</v>
+        <v>139</v>
       </c>
       <c r="N97" s="4" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="5">
         <v>97</v>
       </c>
       <c r="B98" s="5">
-        <v>38955215</v>
+        <v>38979552</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D98" s="6">
-        <v>25000</v>
+        <v>5350</v>
       </c>
       <c r="E98" s="4"/>
       <c r="F98" s="4"/>
       <c r="G98" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H98" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>30</v>
+        <v>152</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>82</v>
+        <v>147</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M98" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N98" s="4" t="s">
-        <v>247</v>
+        <v>53</v>
       </c>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="5">
         <v>98</v>
       </c>
       <c r="B99" s="5">
-        <v>38978094</v>
+        <v>38979640</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D99" s="6">
-        <v>680000</v>
+        <v>200</v>
       </c>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
       <c r="G99" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>249</v>
+        <v>142</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M99" s="4" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="N99" s="4" t="s">
-        <v>248</v>
+        <v>53</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="5">
         <v>99</v>
       </c>
       <c r="B100" s="5">
-        <v>38979552</v>
+        <v>38979940</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D100" s="6">
-        <v>5350</v>
+        <v>4851</v>
       </c>
       <c r="E100" s="4"/>
       <c r="F100" s="4"/>
       <c r="G100" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H100" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M100" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N100" s="4" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="101" spans="1:14">
       <c r="A101" s="5">
         <v>100</v>
       </c>
       <c r="B101" s="5">
-        <v>38979640</v>
+        <v>38980005</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D101" s="6">
-        <v>200</v>
+        <v>4175</v>
       </c>
       <c r="E101" s="4"/>
       <c r="F101" s="4"/>
       <c r="G101" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>106</v>
+        <v>152</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>143</v>
+        <v>171</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M101" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N101" s="4" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="102" spans="1:14">
       <c r="A102" s="5">
         <v>101</v>
       </c>
       <c r="B102" s="5">
-        <v>38979940</v>
+        <v>39007085</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D102" s="6">
-        <v>4851</v>
+        <v>32151</v>
       </c>
       <c r="E102" s="4"/>
       <c r="F102" s="4"/>
       <c r="G102" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H102" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>153</v>
+        <v>254</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>164</v>
+        <v>255</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M102" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N102" s="4" t="s">
-        <v>53</v>
+        <v>256</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" s="5">
         <v>102</v>
       </c>
       <c r="B103" s="5">
-        <v>38980005</v>
+        <v>39014293</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D103" s="6">
-        <v>4175</v>
+        <v>69400</v>
       </c>
       <c r="E103" s="4"/>
       <c r="F103" s="4"/>
       <c r="G103" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H103" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>153</v>
+        <v>254</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>172</v>
+        <v>258</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M103" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N103" s="4" t="s">
-        <v>53</v>
+        <v>259</v>
       </c>
     </row>
     <row r="104" spans="1:14">
       <c r="A104" s="5">
         <v>103</v>
       </c>
       <c r="B104" s="5">
-        <v>39007085</v>
+        <v>39173199</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="D104" s="6">
-        <v>32151</v>
+        <v>8400000</v>
       </c>
       <c r="E104" s="4"/>
       <c r="F104" s="4"/>
       <c r="G104" s="5" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H104" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>255</v>
+        <v>73</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M104" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N104" s="4" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="105" spans="1:14">
       <c r="A105" s="5">
         <v>104</v>
       </c>
       <c r="B105" s="5">
-        <v>39014293</v>
+        <v>39173208</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D105" s="6">
-        <v>69400</v>
+        <v>13300000</v>
       </c>
       <c r="E105" s="4"/>
       <c r="F105" s="4"/>
       <c r="G105" s="5" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="H105" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M105" s="4" t="s">
-        <v>25</v>
+        <v>265</v>
       </c>
       <c r="N105" s="4" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="106" spans="1:14">
       <c r="A106" s="5">
         <v>105</v>
       </c>
       <c r="B106" s="5">
-        <v>39173199</v>
+        <v>39281926</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="D106" s="6">
-        <v>8400000</v>
+        <v>6200</v>
       </c>
       <c r="E106" s="4"/>
       <c r="F106" s="4"/>
       <c r="G106" s="5" t="s">
-        <v>226</v>
+        <v>15</v>
       </c>
       <c r="H106" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>262</v>
+        <v>133</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M106" s="4" t="s">
-        <v>25</v>
+        <v>268</v>
       </c>
       <c r="N106" s="4" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="107" spans="1:14">
       <c r="A107" s="5">
         <v>106</v>
       </c>
       <c r="B107" s="5">
-        <v>39173208</v>
+        <v>40194120</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="D107" s="6">
-        <v>13300000</v>
+        <v>1250</v>
       </c>
       <c r="E107" s="4"/>
       <c r="F107" s="4"/>
       <c r="G107" s="5" t="s">
-        <v>226</v>
+        <v>271</v>
       </c>
       <c r="H107" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>265</v>
+        <v>102</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M107" s="4" t="s">
-        <v>266</v>
+        <v>25</v>
       </c>
       <c r="N107" s="4" t="s">
-        <v>267</v>
+        <v>71</v>
       </c>
     </row>
     <row r="108" spans="1:14">
       <c r="A108" s="5">
         <v>107</v>
       </c>
       <c r="B108" s="5">
-        <v>39281926</v>
+        <v>40194764</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D108" s="6">
-        <v>6200</v>
+        <v>3200000</v>
       </c>
       <c r="E108" s="4"/>
       <c r="F108" s="4"/>
       <c r="G108" s="5" t="s">
-        <v>15</v>
+        <v>274</v>
       </c>
       <c r="H108" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>103</v>
+        <v>275</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>134</v>
+        <v>276</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M108" s="4" t="s">
-        <v>269</v>
+        <v>25</v>
       </c>
       <c r="N108" s="4" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
     </row>
     <row r="109" spans="1:14">
       <c r="A109" s="5">
         <v>108</v>
       </c>
       <c r="B109" s="5">
-        <v>40194120</v>
+        <v>40195111</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="D109" s="6">
-        <v>1250</v>
+        <v>6000</v>
       </c>
       <c r="E109" s="4"/>
       <c r="F109" s="4"/>
       <c r="G109" s="5" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H109" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>103</v>
+        <v>275</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>273</v>
+        <v>86</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M109" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N109" s="4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="110" spans="1:14">
       <c r="A110" s="5">
         <v>109</v>
       </c>
       <c r="B110" s="5">
-        <v>40194347</v>
+        <v>40196319</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="D110" s="6">
-        <v>525384000</v>
+        <v>6150</v>
       </c>
       <c r="E110" s="4"/>
       <c r="F110" s="4"/>
       <c r="G110" s="5" t="s">
-        <v>272</v>
+        <v>15</v>
       </c>
       <c r="H110" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>275</v>
+        <v>102</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>276</v>
+        <v>123</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M110" s="4" t="s">
-        <v>25</v>
+        <v>280</v>
       </c>
       <c r="N110" s="4" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
     </row>
     <row r="111" spans="1:14">
       <c r="A111" s="5">
         <v>110</v>
       </c>
       <c r="B111" s="5">
-        <v>40194764</v>
+        <v>40248631</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D111" s="6">
-        <v>3200000</v>
+        <v>8264</v>
       </c>
       <c r="E111" s="4"/>
       <c r="F111" s="4"/>
       <c r="G111" s="5" t="s">
-        <v>279</v>
+        <v>15</v>
       </c>
       <c r="H111" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M111" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N111" s="4" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="112" spans="1:14">
       <c r="A112" s="5">
         <v>111</v>
       </c>
       <c r="B112" s="5">
-        <v>40195111</v>
+        <v>40312746</v>
       </c>
       <c r="C112" s="4" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D112" s="6">
-        <v>6000</v>
+        <v>900000</v>
       </c>
       <c r="E112" s="4"/>
       <c r="F112" s="4"/>
       <c r="G112" s="5" t="s">
-        <v>272</v>
+        <v>15</v>
       </c>
       <c r="H112" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>275</v>
+        <v>73</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>87</v>
+        <v>286</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M112" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N112" s="4" t="s">
-        <v>72</v>
+        <v>287</v>
       </c>
     </row>
     <row r="113" spans="1:14">
       <c r="A113" s="5">
         <v>112</v>
       </c>
       <c r="B113" s="5">
-        <v>40196319</v>
+        <v>40607591</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D113" s="6">
-        <v>6150</v>
+        <v>53000000</v>
       </c>
       <c r="E113" s="4"/>
       <c r="F113" s="4"/>
       <c r="G113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H113" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>103</v>
+        <v>64</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>124</v>
+        <v>289</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M113" s="4" t="s">
-        <v>284</v>
+        <v>25</v>
       </c>
       <c r="N113" s="4" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
     </row>
     <row r="114" spans="1:14">
       <c r="A114" s="5">
         <v>113</v>
       </c>
       <c r="B114" s="5">
-        <v>40248631</v>
+        <v>40607663</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="D114" s="6">
-        <v>8264</v>
+        <v>2938800</v>
       </c>
       <c r="E114" s="4"/>
       <c r="F114" s="4"/>
       <c r="G114" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H114" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>287</v>
+        <v>64</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M114" s="4" t="s">
-        <v>21</v>
+        <v>292</v>
       </c>
       <c r="N114" s="4" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="115" spans="1:14">
       <c r="A115" s="5">
         <v>114</v>
       </c>
       <c r="B115" s="5">
-        <v>40312746</v>
+        <v>40610994</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D115" s="6">
-        <v>900000</v>
+        <v>9700000</v>
       </c>
       <c r="E115" s="4"/>
       <c r="F115" s="4"/>
       <c r="G115" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H115" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M115" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N115" s="4" t="s">
-        <v>291</v>
+        <v>223</v>
       </c>
     </row>
     <row r="116" spans="1:14">
       <c r="A116" s="5">
         <v>115</v>
       </c>
       <c r="B116" s="5">
-        <v>40607591</v>
+        <v>40611011</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="D116" s="6">
-        <v>53000000</v>
+        <v>1600000</v>
       </c>
       <c r="E116" s="4"/>
       <c r="F116" s="4"/>
       <c r="G116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H116" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="5" t="s">
         <v>64</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M116" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N116" s="4" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="117" spans="1:14">
       <c r="A117" s="5">
         <v>116</v>
       </c>
       <c r="B117" s="5">
-        <v>40607663</v>
+        <v>40611035</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D117" s="6">
-        <v>2938800</v>
+        <v>5700000</v>
       </c>
       <c r="E117" s="4"/>
       <c r="F117" s="4"/>
       <c r="G117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H117" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>64</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M117" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N117" s="4" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="118" spans="1:14">
       <c r="A118" s="5">
         <v>117</v>
       </c>
       <c r="B118" s="5">
-        <v>40610994</v>
+        <v>40611519</v>
       </c>
       <c r="C118" s="4" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D118" s="6">
-        <v>9700000</v>
+        <v>5475</v>
       </c>
       <c r="E118" s="4"/>
       <c r="F118" s="4"/>
       <c r="G118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H118" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>64</v>
+        <v>102</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M118" s="4" t="s">
-        <v>21</v>
+        <v>300</v>
       </c>
       <c r="N118" s="4" t="s">
-        <v>224</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:14">
       <c r="A119" s="5">
         <v>118</v>
       </c>
       <c r="B119" s="5">
-        <v>40611011</v>
+        <v>40611606</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D119" s="6">
-        <v>1600000</v>
+        <v>5200000</v>
       </c>
       <c r="E119" s="4"/>
       <c r="F119" s="4"/>
       <c r="G119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="5" t="s">
         <v>64</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="K119" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M119" s="4" t="s">
-        <v>25</v>
+        <v>303</v>
       </c>
       <c r="N119" s="4" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="120" spans="1:14">
       <c r="A120" s="5">
         <v>119</v>
       </c>
       <c r="B120" s="5">
-        <v>40611035</v>
+        <v>40622275</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>301</v>
+        <v>219</v>
       </c>
       <c r="D120" s="6">
-        <v>5700000</v>
+        <v>7600000</v>
       </c>
       <c r="E120" s="4"/>
       <c r="F120" s="4"/>
       <c r="G120" s="5" t="s">
-        <v>15</v>
+        <v>304</v>
       </c>
       <c r="H120" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M120" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N120" s="4" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
     </row>
     <row r="121" spans="1:14">
       <c r="A121" s="5">
         <v>120</v>
       </c>
       <c r="B121" s="5">
-        <v>40611519</v>
+        <v>40622347</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>302</v>
+        <v>216</v>
       </c>
       <c r="D121" s="6">
-        <v>5475</v>
+        <v>23000000</v>
       </c>
       <c r="E121" s="4"/>
       <c r="F121" s="4"/>
       <c r="G121" s="5" t="s">
-        <v>15</v>
+        <v>304</v>
       </c>
       <c r="H121" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>103</v>
+        <v>30</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M121" s="4" t="s">
-        <v>304</v>
+        <v>25</v>
       </c>
       <c r="N121" s="4" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="122" spans="1:14">
       <c r="A122" s="5">
         <v>121</v>
       </c>
       <c r="B122" s="5">
-        <v>40611606</v>
+        <v>40622407</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D122" s="6">
-        <v>5200000</v>
+        <v>96500</v>
       </c>
       <c r="E122" s="4"/>
       <c r="F122" s="4"/>
       <c r="G122" s="5" t="s">
-        <v>15</v>
+        <v>304</v>
       </c>
       <c r="H122" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M122" s="4" t="s">
-        <v>307</v>
+        <v>25</v>
       </c>
       <c r="N122" s="4" t="s">
-        <v>307</v>
+        <v>53</v>
       </c>
     </row>
     <row r="123" spans="1:14">
       <c r="A123" s="5">
         <v>122</v>
       </c>
       <c r="B123" s="5">
-        <v>40622275</v>
+        <v>40623593</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>220</v>
+        <v>309</v>
       </c>
       <c r="D123" s="6">
-        <v>7600000</v>
+        <v>10800000</v>
       </c>
       <c r="E123" s="4"/>
       <c r="F123" s="4"/>
       <c r="G123" s="5" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="H123" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M123" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N123" s="4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="124" spans="1:14">
       <c r="A124" s="5">
         <v>123</v>
       </c>
       <c r="B124" s="5">
-        <v>40622347</v>
+        <v>40623652</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>217</v>
+        <v>312</v>
       </c>
       <c r="D124" s="6">
-        <v>23000000</v>
+        <v>10450000</v>
       </c>
       <c r="E124" s="4"/>
       <c r="F124" s="4"/>
       <c r="G124" s="5" t="s">
-        <v>308</v>
+        <v>274</v>
       </c>
       <c r="H124" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M124" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N124" s="4" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="125" spans="1:14">
       <c r="A125" s="5">
         <v>124</v>
       </c>
       <c r="B125" s="5">
-        <v>40622407</v>
+        <v>40633650</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D125" s="6">
-        <v>96500</v>
+        <v>6000</v>
       </c>
       <c r="E125" s="4"/>
       <c r="F125" s="4"/>
       <c r="G125" s="5" t="s">
-        <v>308</v>
+        <v>16</v>
       </c>
       <c r="H125" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>309</v>
+        <v>115</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M125" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N125" s="4" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="126" spans="1:14">
       <c r="A126" s="5">
         <v>125</v>
       </c>
       <c r="B126" s="5">
-        <v>40623593</v>
+        <v>40636945</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="D126" s="6">
-        <v>10800000</v>
+        <v>25500000</v>
       </c>
       <c r="E126" s="4"/>
       <c r="F126" s="4"/>
       <c r="G126" s="5" t="s">
-        <v>308</v>
+        <v>225</v>
       </c>
       <c r="H126" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>314</v>
+        <v>261</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M126" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N126" s="4" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
     </row>
     <row r="127" spans="1:14">
       <c r="A127" s="5">
         <v>126</v>
       </c>
       <c r="B127" s="5">
-        <v>40623652</v>
+        <v>40636957</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D127" s="6">
-        <v>10450000</v>
+        <v>12800000</v>
       </c>
       <c r="E127" s="4"/>
       <c r="F127" s="4"/>
       <c r="G127" s="5" t="s">
-        <v>279</v>
+        <v>225</v>
       </c>
       <c r="H127" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="K127" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M127" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N127" s="4" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:14">
       <c r="A128" s="5">
         <v>127</v>
       </c>
       <c r="B128" s="5">
-        <v>40633650</v>
+        <v>41049051</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D128" s="6">
-        <v>6000</v>
+        <v>1400000</v>
       </c>
       <c r="E128" s="4"/>
       <c r="F128" s="4"/>
       <c r="G128" s="5" t="s">
-        <v>16</v>
+        <v>225</v>
       </c>
       <c r="H128" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>74</v>
+        <v>205</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>116</v>
+        <v>206</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M128" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N128" s="4" t="s">
-        <v>53</v>
+        <v>322</v>
       </c>
     </row>
     <row r="129" spans="1:14">
       <c r="A129" s="5">
         <v>128</v>
       </c>
       <c r="B129" s="5">
-        <v>40636945</v>
+        <v>41056020</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D129" s="6">
-        <v>25500000</v>
+        <v>777200</v>
       </c>
       <c r="E129" s="4"/>
       <c r="F129" s="4"/>
       <c r="G129" s="5" t="s">
-        <v>226</v>
+        <v>324</v>
       </c>
       <c r="H129" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>262</v>
+        <v>325</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M129" s="4" t="s">
-        <v>25</v>
+        <v>326</v>
       </c>
       <c r="N129" s="4" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
     </row>
     <row r="130" spans="1:14">
       <c r="A130" s="5">
         <v>129</v>
       </c>
       <c r="B130" s="5">
-        <v>40636957</v>
+        <v>41056408</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="D130" s="6">
-        <v>12800000</v>
+        <v>2020000</v>
       </c>
       <c r="E130" s="4"/>
       <c r="F130" s="4"/>
       <c r="G130" s="5" t="s">
-        <v>226</v>
+        <v>15</v>
       </c>
       <c r="H130" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>74</v>
+        <v>102</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M130" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N130" s="4" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
     </row>
     <row r="131" spans="1:14">
       <c r="A131" s="5">
         <v>130</v>
       </c>
       <c r="B131" s="5">
-        <v>41049051</v>
+        <v>41056428</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="D131" s="6">
-        <v>1400000</v>
+        <v>7500000</v>
       </c>
       <c r="E131" s="4"/>
       <c r="F131" s="4"/>
       <c r="G131" s="5" t="s">
-        <v>226</v>
+        <v>15</v>
       </c>
       <c r="H131" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>206</v>
+        <v>102</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>207</v>
+        <v>120</v>
       </c>
       <c r="K131" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M131" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N131" s="4" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
     </row>
     <row r="132" spans="1:14">
       <c r="A132" s="5">
         <v>131</v>
       </c>
       <c r="B132" s="5">
-        <v>41056020</v>
+        <v>41056450</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="D132" s="6">
-        <v>777200</v>
+        <v>1500</v>
       </c>
       <c r="E132" s="4"/>
       <c r="F132" s="4"/>
       <c r="G132" s="5" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="H132" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>329</v>
+        <v>120</v>
       </c>
       <c r="K132" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M132" s="4" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="N132" s="4" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
     </row>
     <row r="133" spans="1:14">
       <c r="A133" s="5">
         <v>132</v>
       </c>
       <c r="B133" s="5">
-        <v>41056408</v>
+        <v>41056457</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D133" s="6">
-        <v>2020000</v>
+        <v>280000</v>
       </c>
       <c r="E133" s="4"/>
       <c r="F133" s="4"/>
       <c r="G133" s="5" t="s">
-        <v>15</v>
+        <v>324</v>
       </c>
       <c r="H133" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="K133" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L133" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M133" s="4" t="s">
-        <v>25</v>
+        <v>337</v>
       </c>
       <c r="N133" s="4" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
     </row>
     <row r="134" spans="1:14">
       <c r="A134" s="5">
         <v>133</v>
       </c>
       <c r="B134" s="5">
-        <v>41056428</v>
+        <v>41057857</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D134" s="6">
-        <v>7500000</v>
+        <v>1260000</v>
       </c>
       <c r="E134" s="4"/>
       <c r="F134" s="4"/>
       <c r="G134" s="5" t="s">
-        <v>15</v>
+        <v>324</v>
       </c>
       <c r="H134" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="K134" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M134" s="4" t="s">
-        <v>21</v>
+        <v>339</v>
       </c>
       <c r="N134" s="4" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:14">
       <c r="A135" s="5">
         <v>134</v>
       </c>
       <c r="B135" s="5">
-        <v>41056450</v>
+        <v>41057860</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D135" s="6">
-        <v>1500</v>
+        <v>22920000</v>
       </c>
       <c r="E135" s="4"/>
       <c r="F135" s="4"/>
       <c r="G135" s="5" t="s">
-        <v>328</v>
+        <v>15</v>
       </c>
       <c r="H135" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="K135" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M135" s="4" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="N135" s="4" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
     </row>
     <row r="136" spans="1:14">
       <c r="A136" s="5">
         <v>135</v>
       </c>
       <c r="B136" s="5">
-        <v>41056457</v>
+        <v>41058062</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="D136" s="6">
-        <v>280000</v>
+        <v>50000</v>
       </c>
       <c r="E136" s="4"/>
       <c r="F136" s="4"/>
       <c r="G136" s="5" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="H136" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="K136" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M136" s="4" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="N136" s="4" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
     </row>
     <row r="137" spans="1:14">
       <c r="A137" s="5">
         <v>136</v>
       </c>
       <c r="B137" s="5">
-        <v>41057857</v>
+        <v>41058325</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="D137" s="6">
-        <v>1260000</v>
+        <v>79495800</v>
       </c>
       <c r="E137" s="4"/>
       <c r="F137" s="4"/>
       <c r="G137" s="5" t="s">
-        <v>328</v>
+        <v>15</v>
       </c>
       <c r="H137" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>103</v>
+        <v>157</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>124</v>
+        <v>348</v>
       </c>
       <c r="K137" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M137" s="4" t="s">
-        <v>343</v>
+        <v>21</v>
       </c>
       <c r="N137" s="4" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
     </row>
     <row r="138" spans="1:14">
       <c r="A138" s="5">
         <v>137</v>
       </c>
       <c r="B138" s="5">
-        <v>41057860</v>
+        <v>41058326</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D138" s="6">
-        <v>22920000</v>
+        <v>7180000</v>
       </c>
       <c r="E138" s="4"/>
       <c r="F138" s="4"/>
       <c r="G138" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H138" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>103</v>
+        <v>157</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>124</v>
+        <v>348</v>
       </c>
       <c r="K138" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M138" s="4" t="s">
-        <v>346</v>
+        <v>21</v>
       </c>
       <c r="N138" s="4" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
     </row>
     <row r="139" spans="1:14">
       <c r="A139" s="5">
         <v>138</v>
       </c>
       <c r="B139" s="5">
-        <v>41058062</v>
+        <v>41058327</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D139" s="6">
-        <v>50000</v>
+        <v>4200000</v>
       </c>
       <c r="E139" s="4"/>
       <c r="F139" s="4"/>
       <c r="G139" s="5" t="s">
-        <v>328</v>
+        <v>15</v>
       </c>
       <c r="H139" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>103</v>
+        <v>157</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="K139" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L139" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M139" s="4" t="s">
-        <v>350</v>
+        <v>21</v>
       </c>
       <c r="N139" s="4" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
     </row>
     <row r="140" spans="1:14">
       <c r="A140" s="5">
         <v>139</v>
       </c>
       <c r="B140" s="5">
-        <v>41058325</v>
+        <v>41058328</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="D140" s="6">
-        <v>79495800</v>
+        <v>1680000</v>
       </c>
       <c r="E140" s="4"/>
       <c r="F140" s="4"/>
       <c r="G140" s="5" t="s">
-        <v>15</v>
+        <v>324</v>
       </c>
       <c r="H140" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="K140" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L140" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M140" s="4" t="s">
-        <v>21</v>
+        <v>355</v>
       </c>
       <c r="N140" s="4" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
     </row>
     <row r="141" spans="1:14">
       <c r="A141" s="5">
         <v>140</v>
       </c>
       <c r="B141" s="5">
-        <v>41058326</v>
+        <v>41058568</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="D141" s="6">
-        <v>7180000</v>
+        <v>28500000</v>
       </c>
       <c r="E141" s="4"/>
       <c r="F141" s="4"/>
       <c r="G141" s="5" t="s">
-        <v>15</v>
+        <v>324</v>
       </c>
       <c r="H141" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="K141" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L141" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M141" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N141" s="4" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="142" spans="1:14">
       <c r="A142" s="5">
         <v>141</v>
       </c>
       <c r="B142" s="5">
-        <v>41058327</v>
+        <v>41058571</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="D142" s="6">
-        <v>4200000</v>
+        <v>106766</v>
       </c>
       <c r="E142" s="4"/>
       <c r="F142" s="4"/>
       <c r="G142" s="5" t="s">
-        <v>15</v>
+        <v>324</v>
       </c>
       <c r="H142" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="K142" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M142" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N142" s="4" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
     </row>
     <row r="143" spans="1:14">
       <c r="A143" s="5">
         <v>142</v>
       </c>
       <c r="B143" s="5">
-        <v>41058328</v>
+        <v>41059253</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D143" s="6">
-        <v>1680000</v>
+        <v>97700000</v>
       </c>
       <c r="E143" s="4"/>
       <c r="F143" s="4"/>
       <c r="G143" s="5" t="s">
-        <v>328</v>
+        <v>15</v>
       </c>
       <c r="H143" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="K143" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L143" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M143" s="4" t="s">
-        <v>359</v>
+        <v>25</v>
       </c>
       <c r="N143" s="4" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="144" spans="1:14">
       <c r="A144" s="5">
         <v>143</v>
       </c>
       <c r="B144" s="5">
-        <v>41058568</v>
+        <v>41059263</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="D144" s="6">
-        <v>28500000</v>
+        <v>30508000</v>
       </c>
       <c r="E144" s="4"/>
       <c r="F144" s="4"/>
       <c r="G144" s="5" t="s">
-        <v>328</v>
+        <v>15</v>
       </c>
       <c r="H144" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="K144" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L144" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M144" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N144" s="4" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
     </row>
     <row r="145" spans="1:14">
       <c r="A145" s="5">
         <v>144</v>
       </c>
       <c r="B145" s="5">
-        <v>41058571</v>
+        <v>41059269</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D145" s="6">
-        <v>106766</v>
+        <v>32400000</v>
       </c>
       <c r="E145" s="4"/>
       <c r="F145" s="4"/>
       <c r="G145" s="5" t="s">
-        <v>328</v>
+        <v>15</v>
       </c>
       <c r="H145" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="K145" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M145" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N145" s="4" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
     </row>
     <row r="146" spans="1:14">
       <c r="A146" s="5">
         <v>145</v>
       </c>
       <c r="B146" s="5">
-        <v>41059253</v>
+        <v>41059279</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="D146" s="6">
-        <v>97700000</v>
+        <v>17785</v>
       </c>
       <c r="E146" s="4"/>
       <c r="F146" s="4"/>
       <c r="G146" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="K146" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M146" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N146" s="4" t="s">
-        <v>369</v>
+        <v>53</v>
       </c>
     </row>
     <row r="147" spans="1:14">
       <c r="A147" s="5">
         <v>146</v>
       </c>
       <c r="B147" s="5">
-        <v>41059263</v>
+        <v>41059288</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D147" s="6">
-        <v>30508000</v>
+        <v>5200000</v>
       </c>
       <c r="E147" s="4"/>
       <c r="F147" s="4"/>
       <c r="G147" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="K147" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L147" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M147" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N147" s="4" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
     </row>
     <row r="148" spans="1:14">
       <c r="A148" s="5">
         <v>147</v>
       </c>
       <c r="B148" s="5">
-        <v>41059269</v>
+        <v>41059291</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D148" s="6">
-        <v>32400000</v>
+        <v>4000</v>
       </c>
       <c r="E148" s="4"/>
       <c r="F148" s="4"/>
       <c r="G148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H148" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="K148" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L148" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M148" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N148" s="4" t="s">
-        <v>373</v>
+        <v>53</v>
       </c>
     </row>
     <row r="149" spans="1:14">
       <c r="A149" s="5">
         <v>148</v>
       </c>
       <c r="B149" s="5">
-        <v>41059279</v>
+        <v>41059717</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D149" s="6">
-        <v>17785</v>
+        <v>7560000</v>
       </c>
       <c r="E149" s="4"/>
       <c r="F149" s="4"/>
       <c r="G149" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H149" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="K149" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L149" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M149" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N149" s="4" t="s">
-        <v>53</v>
+        <v>191</v>
       </c>
     </row>
     <row r="150" spans="1:14">
       <c r="A150" s="5">
         <v>149</v>
       </c>
       <c r="B150" s="5">
-        <v>41059288</v>
+        <v>41059750</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D150" s="6">
-        <v>5200000</v>
+        <v>2040000</v>
       </c>
       <c r="E150" s="4"/>
       <c r="F150" s="4"/>
       <c r="G150" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H150" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="K150" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L150" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M150" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N150" s="4" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="151" spans="1:14">
       <c r="A151" s="5">
         <v>150</v>
       </c>
       <c r="B151" s="5">
-        <v>41059291</v>
+        <v>41059812</v>
       </c>
       <c r="C151" s="4" t="s">
         <v>378</v>
       </c>
       <c r="D151" s="6">
-        <v>4000</v>
+        <v>125800000</v>
       </c>
       <c r="E151" s="4"/>
       <c r="F151" s="4"/>
       <c r="G151" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H151" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="K151" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L151" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M151" s="4" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="N151" s="4" t="s">
-        <v>53</v>
+        <v>378</v>
       </c>
     </row>
     <row r="152" spans="1:14">
       <c r="A152" s="5">
         <v>151</v>
       </c>
       <c r="B152" s="5">
-        <v>41059717</v>
+        <v>41059841</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D152" s="6">
-        <v>7560000</v>
+        <v>2210000</v>
       </c>
       <c r="E152" s="4"/>
       <c r="F152" s="4"/>
       <c r="G152" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H152" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>368</v>
+        <v>379</v>
       </c>
       <c r="K152" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L152" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M152" s="4" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="N152" s="4" t="s">
-        <v>192</v>
+        <v>380</v>
       </c>
     </row>
     <row r="153" spans="1:14">
       <c r="A153" s="5">
         <v>152</v>
       </c>
       <c r="B153" s="5">
-        <v>41059750</v>
+        <v>41059859</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D153" s="6">
-        <v>2040000</v>
+        <v>23430000</v>
       </c>
       <c r="E153" s="4"/>
       <c r="F153" s="4"/>
       <c r="G153" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H153" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>368</v>
+        <v>379</v>
       </c>
       <c r="K153" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L153" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M153" s="4" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="N153" s="4" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="154" spans="1:14">
       <c r="A154" s="5">
         <v>153</v>
       </c>
       <c r="B154" s="5">
-        <v>41059812</v>
+        <v>41059876</v>
       </c>
       <c r="C154" s="4" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D154" s="6">
-        <v>125800000</v>
+        <v>53584300</v>
       </c>
       <c r="E154" s="4"/>
       <c r="F154" s="4"/>
       <c r="G154" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H154" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="K154" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L154" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M154" s="4" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="N154" s="4" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
     </row>
     <row r="155" spans="1:14">
       <c r="A155" s="5">
         <v>154</v>
       </c>
       <c r="B155" s="5">
-        <v>41059841</v>
+        <v>41059888</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D155" s="6">
-        <v>2210000</v>
+        <v>81030000</v>
       </c>
       <c r="E155" s="4"/>
       <c r="F155" s="4"/>
       <c r="G155" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H155" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="K155" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L155" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M155" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="N155" s="4" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="156" spans="1:14">
       <c r="A156" s="5">
         <v>155</v>
       </c>
       <c r="B156" s="5">
-        <v>41059859</v>
+        <v>41059921</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="D156" s="6">
-        <v>23430000</v>
+        <v>7400000</v>
       </c>
       <c r="E156" s="4"/>
       <c r="F156" s="4"/>
       <c r="G156" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H156" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="K156" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L156" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M156" s="4" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="N156" s="4" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
     </row>
     <row r="157" spans="1:14">
       <c r="A157" s="5">
         <v>156</v>
       </c>
       <c r="B157" s="5">
-        <v>41059876</v>
+        <v>41059936</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="D157" s="6">
-        <v>53584300</v>
+        <v>27400000</v>
       </c>
       <c r="E157" s="4"/>
       <c r="F157" s="4"/>
       <c r="G157" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H157" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="K157" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L157" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M157" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N157" s="4" t="s">
-        <v>389</v>
+        <v>223</v>
       </c>
     </row>
     <row r="158" spans="1:14">
       <c r="A158" s="5">
         <v>157</v>
       </c>
       <c r="B158" s="5">
-        <v>41059888</v>
+        <v>41059941</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="D158" s="6">
-        <v>81030000</v>
+        <v>7573</v>
       </c>
       <c r="E158" s="4"/>
       <c r="F158" s="4"/>
       <c r="G158" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H158" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="K158" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L158" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M158" s="4" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="N158" s="4" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="159" spans="1:14">
       <c r="A159" s="5">
         <v>158</v>
       </c>
       <c r="B159" s="5">
-        <v>41059921</v>
+        <v>41059952</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D159" s="6">
-        <v>7400000</v>
+        <v>25351500</v>
       </c>
       <c r="E159" s="4"/>
       <c r="F159" s="4"/>
       <c r="G159" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H159" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="K159" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M159" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N159" s="4" t="s">
-        <v>394</v>
+        <v>287</v>
       </c>
     </row>
     <row r="160" spans="1:14">
       <c r="A160" s="5">
         <v>159</v>
       </c>
       <c r="B160" s="5">
-        <v>41059936</v>
+        <v>41059976</v>
       </c>
       <c r="C160" s="4" t="s">
         <v>395</v>
       </c>
       <c r="D160" s="6">
-        <v>27400000</v>
+        <v>33800000</v>
       </c>
       <c r="E160" s="4"/>
       <c r="F160" s="4"/>
       <c r="G160" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H160" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="K160" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M160" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N160" s="4" t="s">
-        <v>224</v>
+        <v>397</v>
       </c>
     </row>
     <row r="161" spans="1:14">
       <c r="A161" s="5">
         <v>160</v>
       </c>
       <c r="B161" s="5">
-        <v>41059941</v>
+        <v>41060085</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D161" s="6">
-        <v>7573</v>
+        <v>9100000</v>
       </c>
       <c r="E161" s="4"/>
       <c r="F161" s="4"/>
       <c r="G161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="K161" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M161" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N161" s="4" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:14">
       <c r="A162" s="5">
         <v>161</v>
       </c>
       <c r="B162" s="5">
-        <v>41059952</v>
+        <v>41060095</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D162" s="6">
-        <v>25351500</v>
+        <v>381871000</v>
       </c>
       <c r="E162" s="4"/>
       <c r="F162" s="4"/>
       <c r="G162" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H162" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="K162" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L162" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M162" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N162" s="4" t="s">
-        <v>291</v>
+        <v>403</v>
       </c>
     </row>
     <row r="163" spans="1:14">
       <c r="A163" s="5">
         <v>162</v>
       </c>
       <c r="B163" s="5">
-        <v>41059976</v>
+        <v>41060099</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="D163" s="6">
-        <v>33800000</v>
+        <v>20160000</v>
       </c>
       <c r="E163" s="4"/>
       <c r="F163" s="4"/>
       <c r="G163" s="5" t="s">
-        <v>15</v>
+        <v>324</v>
       </c>
       <c r="H163" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>400</v>
+        <v>379</v>
       </c>
       <c r="K163" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="M163" s="4" t="s">
-        <v>21</v>
+      <c r="M163" s="4">
+        <v>1</v>
       </c>
       <c r="N163" s="4" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
     </row>
     <row r="164" spans="1:14">
       <c r="A164" s="5">
         <v>163</v>
       </c>
       <c r="B164" s="5">
-        <v>41060085</v>
+        <v>41060129</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D164" s="6">
-        <v>9100000</v>
+        <v>19675000</v>
       </c>
       <c r="E164" s="4"/>
       <c r="F164" s="4"/>
       <c r="G164" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H164" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="K164" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L164" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M164" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N164" s="4" t="s">
-        <v>404</v>
+        <v>287</v>
       </c>
     </row>
     <row r="165" spans="1:14">
       <c r="A165" s="5">
         <v>164</v>
       </c>
       <c r="B165" s="5">
-        <v>41060095</v>
+        <v>41060133</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D165" s="6">
-        <v>381871000</v>
+        <v>105569750</v>
       </c>
       <c r="E165" s="4"/>
       <c r="F165" s="4"/>
       <c r="G165" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H165" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="K165" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L165" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M165" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N165" s="4" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
     </row>
     <row r="166" spans="1:14">
       <c r="A166" s="5">
         <v>165</v>
       </c>
       <c r="B166" s="5">
-        <v>41060099</v>
+        <v>41060140</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="D166" s="6">
-        <v>20160000</v>
+        <v>10800000</v>
       </c>
       <c r="E166" s="4"/>
       <c r="F166" s="4"/>
       <c r="G166" s="5" t="s">
-        <v>328</v>
+        <v>15</v>
       </c>
       <c r="H166" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>383</v>
+        <v>408</v>
       </c>
       <c r="K166" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L166" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="M166" s="4">
-        <v>1</v>
+      <c r="M166" s="4" t="s">
+        <v>21</v>
       </c>
       <c r="N166" s="4" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="167" spans="1:14">
       <c r="A167" s="5">
         <v>166</v>
       </c>
       <c r="B167" s="5">
-        <v>41060129</v>
+        <v>41060147</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D167" s="6">
-        <v>19675000</v>
+        <v>51943000</v>
       </c>
       <c r="E167" s="4"/>
       <c r="F167" s="4"/>
       <c r="G167" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H167" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="K167" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M167" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N167" s="4" t="s">
-        <v>291</v>
+        <v>223</v>
       </c>
     </row>
     <row r="168" spans="1:14">
       <c r="A168" s="5">
         <v>167</v>
       </c>
       <c r="B168" s="5">
-        <v>41060133</v>
+        <v>41060148</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D168" s="6">
-        <v>105569750</v>
+        <v>32400000</v>
       </c>
       <c r="E168" s="4"/>
       <c r="F168" s="4"/>
       <c r="G168" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H168" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="K168" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M168" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N168" s="4" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="169" spans="1:14">
       <c r="A169" s="5">
         <v>168</v>
       </c>
       <c r="B169" s="5">
-        <v>41060140</v>
+        <v>41060163</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D169" s="6">
-        <v>10800000</v>
+        <v>660</v>
       </c>
       <c r="E169" s="4"/>
       <c r="F169" s="4"/>
       <c r="G169" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H169" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="K169" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L169" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M169" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N169" s="4" t="s">
-        <v>415</v>
+        <v>393</v>
       </c>
     </row>
     <row r="170" spans="1:14">
       <c r="A170" s="5">
         <v>169</v>
       </c>
       <c r="B170" s="5">
-        <v>41060147</v>
+        <v>41060224</v>
       </c>
       <c r="C170" s="4" t="s">
         <v>416</v>
       </c>
       <c r="D170" s="6">
-        <v>51943000</v>
+        <v>1945000</v>
       </c>
       <c r="E170" s="4"/>
       <c r="F170" s="4"/>
       <c r="G170" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H170" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>403</v>
+        <v>372</v>
       </c>
       <c r="K170" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M170" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N170" s="4" t="s">
-        <v>224</v>
+        <v>417</v>
       </c>
     </row>
     <row r="171" spans="1:14">
       <c r="A171" s="5">
         <v>170</v>
       </c>
       <c r="B171" s="5">
-        <v>41060148</v>
+        <v>41060276</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D171" s="6">
-        <v>32400000</v>
+        <v>15480000</v>
       </c>
       <c r="E171" s="4"/>
       <c r="F171" s="4"/>
       <c r="G171" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H171" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>412</v>
+        <v>372</v>
       </c>
       <c r="K171" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M171" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N171" s="4" t="s">
-        <v>418</v>
+        <v>223</v>
       </c>
     </row>
     <row r="172" spans="1:14">
       <c r="A172" s="5">
         <v>171</v>
       </c>
       <c r="B172" s="5">
-        <v>41060163</v>
+        <v>41060499</v>
       </c>
       <c r="C172" s="4" t="s">
         <v>419</v>
       </c>
       <c r="D172" s="6">
-        <v>660</v>
+        <v>8875100</v>
       </c>
       <c r="E172" s="4"/>
       <c r="F172" s="4"/>
       <c r="G172" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H172" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>412</v>
+        <v>389</v>
       </c>
       <c r="K172" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M172" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N172" s="4" t="s">
-        <v>397</v>
+        <v>420</v>
       </c>
     </row>
     <row r="173" spans="1:14">
       <c r="A173" s="5">
         <v>172</v>
       </c>
       <c r="B173" s="5">
-        <v>41060224</v>
+        <v>41060548</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D173" s="6">
-        <v>1945000</v>
+        <v>856000</v>
       </c>
       <c r="E173" s="4"/>
       <c r="F173" s="4"/>
       <c r="G173" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H173" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>376</v>
+        <v>402</v>
       </c>
       <c r="K173" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L173" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M173" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N173" s="4" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="174" spans="1:14">
       <c r="A174" s="5">
         <v>173</v>
       </c>
       <c r="B174" s="5">
-        <v>41060276</v>
+        <v>41060569</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D174" s="6">
-        <v>15480000</v>
+        <v>3023400</v>
       </c>
       <c r="E174" s="4"/>
       <c r="F174" s="4"/>
       <c r="G174" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H174" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
       <c r="K174" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L174" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M174" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N174" s="4" t="s">
-        <v>224</v>
+        <v>424</v>
       </c>
     </row>
     <row r="175" spans="1:14">
       <c r="A175" s="5">
         <v>174</v>
       </c>
       <c r="B175" s="5">
-        <v>41060499</v>
+        <v>41060760</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D175" s="6">
-        <v>8875100</v>
+        <v>5000</v>
       </c>
       <c r="E175" s="4"/>
       <c r="F175" s="4"/>
       <c r="G175" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H175" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="K175" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L175" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M175" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N175" s="4" t="s">
-        <v>424</v>
+        <v>49</v>
       </c>
     </row>
     <row r="176" spans="1:14">
       <c r="A176" s="5">
         <v>175</v>
       </c>
       <c r="B176" s="5">
-        <v>41060548</v>
+        <v>41060961</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D176" s="6">
-        <v>856000</v>
+        <v>8000000</v>
       </c>
       <c r="E176" s="4"/>
       <c r="F176" s="4"/>
       <c r="G176" s="5" t="s">
-        <v>15</v>
+        <v>232</v>
       </c>
       <c r="H176" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="K176" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L176" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M176" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N176" s="4" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="177" spans="1:14">
       <c r="A177" s="5">
         <v>176</v>
       </c>
       <c r="B177" s="5">
-        <v>41060569</v>
+        <v>41064425</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D177" s="6">
-        <v>3023400</v>
+        <v>48000000</v>
       </c>
       <c r="E177" s="4"/>
       <c r="F177" s="4"/>
       <c r="G177" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H177" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>158</v>
+        <v>429</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>393</v>
+        <v>430</v>
       </c>
       <c r="K177" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L177" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M177" s="4" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="N177" s="4" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="178" spans="1:14">
       <c r="A178" s="5">
         <v>177</v>
       </c>
       <c r="B178" s="5">
-        <v>41060760</v>
+        <v>41064440</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D178" s="6">
-        <v>5000</v>
+        <v>53400000</v>
       </c>
       <c r="E178" s="4"/>
       <c r="F178" s="4"/>
       <c r="G178" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H178" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>158</v>
+        <v>429</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>393</v>
+        <v>430</v>
       </c>
       <c r="K178" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L178" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M178" s="4" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="N178" s="4" t="s">
-        <v>49</v>
+        <v>431</v>
       </c>
     </row>
     <row r="179" spans="1:14">
       <c r="A179" s="5">
         <v>178</v>
       </c>
       <c r="B179" s="5">
-        <v>41060961</v>
+        <v>41064455</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D179" s="6">
-        <v>8000000</v>
+        <v>43600000</v>
       </c>
       <c r="E179" s="4"/>
       <c r="F179" s="4"/>
       <c r="G179" s="5" t="s">
-        <v>233</v>
+        <v>15</v>
       </c>
       <c r="H179" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>158</v>
+        <v>429</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>400</v>
+        <v>430</v>
       </c>
       <c r="K179" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L179" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M179" s="4" t="s">
-        <v>25</v>
+        <v>139</v>
       </c>
       <c r="N179" s="4" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="180" spans="1:14">
       <c r="A180" s="5">
         <v>179</v>
       </c>
       <c r="B180" s="5">
-        <v>41064425</v>
+        <v>41064467</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D180" s="6">
-        <v>48000000</v>
+        <v>33000000</v>
       </c>
       <c r="E180" s="4"/>
       <c r="F180" s="4"/>
       <c r="G180" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H180" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I180" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="K180" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L180" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M180" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="N180" s="4" t="s">
         <v>433</v>
-      </c>
-[...13 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="181" spans="1:14">
       <c r="A181" s="5">
         <v>180</v>
       </c>
       <c r="B181" s="5">
-        <v>41064440</v>
+        <v>41064480</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="D181" s="6">
-        <v>53400000</v>
+        <v>70500000</v>
       </c>
       <c r="E181" s="4"/>
       <c r="F181" s="4"/>
       <c r="G181" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H181" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="J181" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="K181" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L181" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M181" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="N181" s="4" t="s">
         <v>434</v>
-      </c>
-[...10 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="182" spans="1:14">
       <c r="A182" s="5">
         <v>181</v>
       </c>
       <c r="B182" s="5">
-        <v>41064455</v>
+        <v>41068048</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="D182" s="6">
-        <v>43600000</v>
+        <v>79503000</v>
       </c>
       <c r="E182" s="4"/>
       <c r="F182" s="4"/>
       <c r="G182" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H182" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="K182" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L182" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M182" s="4" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="N182" s="4" t="s">
-        <v>436</v>
+        <v>223</v>
       </c>
     </row>
     <row r="183" spans="1:14">
       <c r="A183" s="5">
         <v>182</v>
       </c>
       <c r="B183" s="5">
-        <v>41064467</v>
+        <v>41068050</v>
       </c>
       <c r="C183" s="4" t="s">
         <v>437</v>
       </c>
       <c r="D183" s="6">
-        <v>33000000</v>
+        <v>23800000</v>
       </c>
       <c r="E183" s="4"/>
       <c r="F183" s="4"/>
       <c r="G183" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H183" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="K183" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L183" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M183" s="4" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="N183" s="4" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="184" spans="1:14">
       <c r="A184" s="5">
         <v>183</v>
       </c>
       <c r="B184" s="5">
-        <v>41064480</v>
+        <v>41068062</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D184" s="6">
-        <v>70500000</v>
+        <v>18725000</v>
       </c>
       <c r="E184" s="4"/>
       <c r="F184" s="4"/>
       <c r="G184" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H184" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="K184" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L184" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M184" s="4" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="N184" s="4" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="185" spans="1:14">
       <c r="A185" s="5">
         <v>184</v>
       </c>
       <c r="B185" s="5">
         <v>41069137</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="D185" s="6">
         <v>2800</v>
       </c>
       <c r="E185" s="4"/>
       <c r="F185" s="4"/>
       <c r="G185" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H185" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="K185" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L185" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M185" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N185" s="4" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="186" spans="1:14">
       <c r="A186" s="5">
         <v>185</v>
       </c>
       <c r="B186" s="5">
         <v>41069144</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D186" s="6">
         <v>12000000</v>
       </c>
       <c r="E186" s="4"/>
       <c r="F186" s="4"/>
       <c r="G186" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H186" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="K186" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L186" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M186" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N186" s="4" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
     </row>
     <row r="187" spans="1:14">
       <c r="A187" s="5">
         <v>186</v>
       </c>
       <c r="B187" s="5">
         <v>41069150</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D187" s="6">
         <v>44000000</v>
       </c>
       <c r="E187" s="4"/>
       <c r="F187" s="4"/>
       <c r="G187" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H187" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="K187" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L187" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M187" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N187" s="4" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
     </row>
     <row r="188" spans="1:14">
       <c r="A188" s="5">
         <v>187</v>
       </c>
       <c r="B188" s="5">
         <v>41069151</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D188" s="6">
         <v>94000000</v>
       </c>
       <c r="E188" s="4"/>
       <c r="F188" s="4"/>
       <c r="G188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H188" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="K188" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L188" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M188" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N188" s="4" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
     </row>
     <row r="189" spans="1:14">
       <c r="A189" s="5">
         <v>188</v>
       </c>
       <c r="B189" s="5">
         <v>41069154</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D189" s="6">
         <v>18780000</v>
       </c>
       <c r="E189" s="4"/>
       <c r="F189" s="4"/>
       <c r="G189" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H189" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="K189" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L189" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M189" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N189" s="4" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
     </row>
     <row r="190" spans="1:14">
       <c r="A190" s="5">
         <v>189</v>
       </c>
       <c r="B190" s="5">
         <v>41069219</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D190" s="6">
         <v>3378</v>
       </c>
       <c r="E190" s="4"/>
       <c r="F190" s="4"/>
       <c r="G190" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H190" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="K190" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L190" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M190" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N190" s="4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="191" spans="1:14">
       <c r="A191" s="5">
         <v>190</v>
       </c>
       <c r="B191" s="5">
         <v>41069304</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D191" s="6">
         <v>21850000</v>
       </c>
       <c r="E191" s="4"/>
       <c r="F191" s="4"/>
       <c r="G191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H191" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="K191" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L191" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M191" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N191" s="4" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="192" spans="1:14">
       <c r="A192" s="5">
         <v>191</v>
       </c>
       <c r="B192" s="5">
         <v>41069352</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D192" s="6">
         <v>84500000</v>
       </c>
       <c r="E192" s="4"/>
       <c r="F192" s="4"/>
       <c r="G192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H192" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="K192" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M192" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N192" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="193" spans="1:14">
       <c r="A193" s="5">
         <v>192</v>
       </c>
       <c r="B193" s="5">
         <v>41069360</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D193" s="6">
         <v>3862500</v>
       </c>
       <c r="E193" s="4" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="F193" s="4" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="G193" s="5" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="H193" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="K193" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L193" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M193" s="4" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="N193" s="4" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="194" spans="1:14">
       <c r="A194" s="5">
         <v>193</v>
       </c>
       <c r="B194" s="5">
         <v>41069401</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D194" s="6">
         <v>1482400</v>
       </c>
       <c r="E194" s="4"/>
       <c r="F194" s="4"/>
       <c r="G194" s="5" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="H194" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="K194" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L194" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M194" s="4" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="N194" s="4" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
     </row>
     <row r="195" spans="1:14">
       <c r="A195" s="5">
         <v>194</v>
       </c>
       <c r="B195" s="5">
         <v>41069403</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D195" s="6">
         <v>29449</v>
       </c>
       <c r="E195" s="4"/>
       <c r="F195" s="4"/>
       <c r="G195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H195" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="K195" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L195" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M195" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N195" s="4" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="196" spans="1:14">
       <c r="A196" s="5">
         <v>195</v>
       </c>
       <c r="B196" s="5">
         <v>41069430</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D196" s="6">
         <v>100</v>
       </c>
       <c r="E196" s="4"/>
       <c r="F196" s="4"/>
       <c r="G196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H196" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="K196" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L196" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M196" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N196" s="4" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
     </row>
     <row r="197" spans="1:14">
       <c r="A197" s="5">
         <v>196</v>
       </c>
       <c r="B197" s="5">
         <v>41069446</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D197" s="6">
         <v>97165000</v>
       </c>
       <c r="E197" s="4"/>
       <c r="F197" s="4"/>
       <c r="G197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H197" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K197" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L197" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M197" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N197" s="4" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="198" spans="1:14">
       <c r="A198" s="5">
         <v>197</v>
       </c>
       <c r="B198" s="5">
         <v>41069447</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D198" s="6">
         <v>18325000</v>
       </c>
       <c r="E198" s="4"/>
       <c r="F198" s="4"/>
       <c r="G198" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="H198" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="H198" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I198" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="K198" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L198" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M198" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N198" s="4" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="199" spans="1:14">
       <c r="A199" s="5">
         <v>198</v>
       </c>
       <c r="B199" s="5">
         <v>41069450</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D199" s="6">
         <v>19000000</v>
       </c>
       <c r="E199" s="4"/>
       <c r="F199" s="4"/>
       <c r="G199" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="H199" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="H199" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I199" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="K199" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M199" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N199" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="200" spans="1:14">
       <c r="A200" s="5">
         <v>199</v>
       </c>
       <c r="B200" s="5">
         <v>41069452</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D200" s="6">
         <v>27750000</v>
       </c>
       <c r="E200" s="4"/>
       <c r="F200" s="4"/>
       <c r="G200" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H200" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K200" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L200" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M200" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N200" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:14">
       <c r="A201" s="5">
         <v>200</v>
       </c>
       <c r="B201" s="5">
         <v>41069481</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D201" s="6">
         <v>13000000</v>
       </c>
       <c r="E201" s="4"/>
       <c r="F201" s="4"/>
       <c r="G201" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H201" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K201" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L201" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M201" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N201" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:14">
       <c r="A202" s="5">
         <v>201</v>
       </c>
       <c r="B202" s="5">
         <v>41069487</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D202" s="6">
         <v>50000</v>
       </c>
       <c r="E202" s="4"/>
       <c r="F202" s="4"/>
       <c r="G202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H202" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K202" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M202" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N202" s="4" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="203" spans="1:14">
       <c r="A203" s="5">
         <v>202</v>
       </c>
       <c r="B203" s="5">
         <v>41069515</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D203" s="6">
         <v>1033122199</v>
       </c>
       <c r="E203" s="4"/>
       <c r="F203" s="4"/>
       <c r="G203" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H203" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="K203" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L203" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M203" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N203" s="4" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="204" spans="1:14">
       <c r="A204" s="5">
         <v>203</v>
       </c>
       <c r="B204" s="5">
         <v>41069534</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D204" s="6">
         <v>300000</v>
       </c>
       <c r="E204" s="4"/>
       <c r="F204" s="4"/>
       <c r="G204" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H204" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="K204" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L204" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M204" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N204" s="4" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="205" spans="1:14">
       <c r="A205" s="5">
         <v>204</v>
       </c>
       <c r="B205" s="5">
         <v>41069535</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D205" s="6">
         <v>585822</v>
       </c>
       <c r="E205" s="4"/>
       <c r="F205" s="4"/>
       <c r="G205" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H205" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="K205" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L205" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M205" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N205" s="4" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="206" spans="1:14">
       <c r="A206" s="5">
         <v>205</v>
       </c>
       <c r="B206" s="5">
         <v>41069543</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D206" s="6">
         <v>11700000</v>
       </c>
       <c r="E206" s="4"/>
       <c r="F206" s="4"/>
       <c r="G206" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H206" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="K206" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L206" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M206" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N206" s="4" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="207" spans="1:14">
       <c r="A207" s="5">
         <v>206</v>
       </c>
       <c r="B207" s="5">
         <v>41069552</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D207" s="6">
         <v>16480000</v>
       </c>
       <c r="E207" s="4"/>
       <c r="F207" s="4"/>
       <c r="G207" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H207" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="K207" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L207" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M207" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N207" s="4" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="208" spans="1:14">
       <c r="A208" s="5">
         <v>207</v>
       </c>
       <c r="B208" s="5">
         <v>41069579</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D208" s="6">
         <v>63114275000</v>
       </c>
       <c r="E208" s="4"/>
       <c r="F208" s="4"/>
       <c r="G208" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H208" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="K208" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L208" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M208" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N208" s="4" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
     </row>
     <row r="209" spans="1:14">
       <c r="A209" s="5">
         <v>208</v>
       </c>
       <c r="B209" s="5">
         <v>41069585</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D209" s="6">
         <v>27400</v>
       </c>
       <c r="E209" s="4"/>
       <c r="F209" s="4"/>
       <c r="G209" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H209" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="K209" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M209" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N209" s="4" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
     </row>
     <row r="210" spans="1:14">
       <c r="A210" s="5">
         <v>209</v>
       </c>
       <c r="B210" s="5">
         <v>41069615</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D210" s="6">
         <v>7049142800</v>
       </c>
       <c r="E210" s="4"/>
       <c r="F210" s="4"/>
       <c r="G210" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H210" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="K210" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M210" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N210" s="4" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
     </row>
     <row r="211" spans="1:14">
       <c r="A211" s="5">
         <v>210</v>
       </c>
       <c r="B211" s="5">
-        <v>41069636</v>
+        <v>41069661</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D211" s="6">
-        <v>21360000</v>
+        <v>20220000</v>
       </c>
       <c r="E211" s="4"/>
       <c r="F211" s="4"/>
       <c r="G211" s="5" t="s">
-        <v>328</v>
+        <v>271</v>
       </c>
       <c r="H211" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>480</v>
+        <v>490</v>
       </c>
       <c r="K211" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M211" s="4" t="s">
-        <v>488</v>
+        <v>25</v>
       </c>
       <c r="N211" s="4" t="s">
-        <v>247</v>
+        <v>491</v>
       </c>
     </row>
     <row r="212" spans="1:14">
       <c r="A212" s="5">
         <v>211</v>
       </c>
       <c r="B212" s="5">
-        <v>41069661</v>
+        <v>41069667</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="D212" s="6">
-        <v>20220000</v>
+        <v>55000</v>
       </c>
       <c r="E212" s="4"/>
       <c r="F212" s="4"/>
       <c r="G212" s="5" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="H212" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J212" s="5" t="s">
         <v>490</v>
       </c>
       <c r="K212" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M212" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N212" s="4" t="s">
-        <v>491</v>
+        <v>53</v>
       </c>
     </row>
     <row r="213" spans="1:14">
       <c r="A213" s="5">
         <v>212</v>
       </c>
       <c r="B213" s="5">
-        <v>41069667</v>
+        <v>41069749</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>492</v>
+        <v>287</v>
       </c>
       <c r="D213" s="6">
-        <v>55000</v>
+        <v>6175000</v>
       </c>
       <c r="E213" s="4"/>
       <c r="F213" s="4"/>
       <c r="G213" s="5" t="s">
-        <v>16</v>
+        <v>324</v>
       </c>
       <c r="H213" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="K213" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L213" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M213" s="4" t="s">
-        <v>25</v>
+        <v>494</v>
       </c>
       <c r="N213" s="4" t="s">
-        <v>53</v>
+        <v>495</v>
       </c>
     </row>
     <row r="214" spans="1:14">
       <c r="A214" s="5">
         <v>213</v>
       </c>
       <c r="B214" s="5">
-        <v>41069749</v>
+        <v>41070105</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>291</v>
+        <v>496</v>
       </c>
       <c r="D214" s="6">
-        <v>6175000</v>
+        <v>617000000</v>
       </c>
       <c r="E214" s="4"/>
       <c r="F214" s="4"/>
       <c r="G214" s="5" t="s">
-        <v>328</v>
+        <v>15</v>
       </c>
       <c r="H214" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="K214" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L214" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M214" s="4" t="s">
-        <v>494</v>
+        <v>25</v>
       </c>
       <c r="N214" s="4" t="s">
-        <v>495</v>
+        <v>79</v>
       </c>
     </row>
     <row r="215" spans="1:14">
       <c r="A215" s="5">
         <v>214</v>
       </c>
       <c r="B215" s="5">
-        <v>41070105</v>
+        <v>41070120</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D215" s="6">
-        <v>617000000</v>
+        <v>2393800</v>
       </c>
       <c r="E215" s="4"/>
       <c r="F215" s="4"/>
       <c r="G215" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H215" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J215" s="5" t="s">
         <v>497</v>
       </c>
       <c r="K215" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L215" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M215" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N215" s="4" t="s">
-        <v>80</v>
+        <v>499</v>
       </c>
     </row>
     <row r="216" spans="1:14">
       <c r="A216" s="5">
         <v>215</v>
       </c>
       <c r="B216" s="5">
-        <v>41070120</v>
+        <v>41070129</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D216" s="6">
-        <v>2393800</v>
+        <v>1375400</v>
       </c>
       <c r="E216" s="4"/>
       <c r="F216" s="4"/>
       <c r="G216" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H216" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J216" s="5" t="s">
         <v>497</v>
       </c>
       <c r="K216" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L216" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M216" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N216" s="4" t="s">
-        <v>499</v>
+        <v>53</v>
       </c>
     </row>
     <row r="217" spans="1:14">
       <c r="A217" s="5">
         <v>216</v>
       </c>
       <c r="B217" s="5">
-        <v>41070129</v>
+        <v>41075167</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D217" s="6">
-        <v>1375400</v>
+        <v>1890000</v>
       </c>
       <c r="E217" s="4"/>
       <c r="F217" s="4"/>
       <c r="G217" s="5" t="s">
-        <v>16</v>
+        <v>271</v>
       </c>
       <c r="H217" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>440</v>
+        <v>152</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>497</v>
+        <v>163</v>
       </c>
       <c r="K217" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M217" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N217" s="4" t="s">
-        <v>53</v>
+        <v>502</v>
       </c>
     </row>
     <row r="218" spans="1:14">
       <c r="A218" s="5">
         <v>217</v>
       </c>
       <c r="B218" s="5">
-        <v>41070142</v>
+        <v>41075237</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="D218" s="6">
-        <v>86670000</v>
+        <v>1323000</v>
       </c>
       <c r="E218" s="4"/>
       <c r="F218" s="4"/>
       <c r="G218" s="5" t="s">
-        <v>15</v>
+        <v>271</v>
       </c>
       <c r="H218" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>440</v>
+        <v>152</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>497</v>
+        <v>147</v>
       </c>
       <c r="K218" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L218" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M218" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N218" s="4" t="s">
-        <v>80</v>
+        <v>504</v>
       </c>
     </row>
     <row r="219" spans="1:14">
       <c r="A219" s="5">
         <v>218</v>
       </c>
       <c r="B219" s="5">
-        <v>41075167</v>
+        <v>41075252</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="D219" s="6">
-        <v>1890000</v>
+        <v>420000</v>
       </c>
       <c r="E219" s="4"/>
       <c r="F219" s="4"/>
       <c r="G219" s="5" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H219" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="K219" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L219" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M219" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N219" s="4" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
     </row>
     <row r="220" spans="1:14">
       <c r="A220" s="5">
         <v>219</v>
       </c>
       <c r="B220" s="5">
-        <v>41075237</v>
+        <v>41081288</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="D220" s="6">
-        <v>1323000</v>
+        <v>66438</v>
       </c>
       <c r="E220" s="4"/>
       <c r="F220" s="4"/>
       <c r="G220" s="5" t="s">
-        <v>272</v>
+        <v>16</v>
       </c>
       <c r="H220" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>153</v>
+        <v>508</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>148</v>
+        <v>509</v>
       </c>
       <c r="K220" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L220" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M220" s="4" t="s">
         <v>25</v>
       </c>
       <c r="N220" s="4" t="s">
-        <v>505</v>
+        <v>53</v>
       </c>
     </row>
     <row r="221" spans="1:14">
       <c r="A221" s="5">
         <v>220</v>
       </c>
       <c r="B221" s="5">
-        <v>41075252</v>
+        <v>41081306</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>506</v>
+        <v>223</v>
       </c>
       <c r="D221" s="6">
-        <v>420000</v>
+        <v>500000</v>
       </c>
       <c r="E221" s="4"/>
       <c r="F221" s="4"/>
       <c r="G221" s="5" t="s">
-        <v>272</v>
+        <v>324</v>
       </c>
       <c r="H221" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>153</v>
+        <v>508</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>148</v>
+        <v>510</v>
       </c>
       <c r="K221" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L221" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M221" s="4" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="N221" s="4" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
     </row>
     <row r="222" spans="1:14">
       <c r="A222" s="5">
         <v>221</v>
       </c>
       <c r="B222" s="5">
-        <v>41081288</v>
+        <v>41263880</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="D222" s="6">
-        <v>66438</v>
+        <v>5000</v>
       </c>
       <c r="E222" s="4"/>
       <c r="F222" s="4"/>
       <c r="G222" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="H222" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I222" s="5" t="s">
-        <v>509</v>
+        <v>67</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>510</v>
+        <v>68</v>
       </c>
       <c r="K222" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L222" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="M222" s="4" t="s">
-        <v>25</v>
+      <c r="M222" s="4">
+        <v>1</v>
       </c>
       <c r="N222" s="4" t="s">
-        <v>53</v>
+        <v>512</v>
       </c>
     </row>
     <row r="223" spans="1:14">
       <c r="A223" s="5">
         <v>222</v>
       </c>
       <c r="B223" s="5">
-        <v>41081306</v>
+        <v>41271881</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>224</v>
+        <v>513</v>
       </c>
       <c r="D223" s="6">
-        <v>500000</v>
+        <v>536071500</v>
       </c>
       <c r="E223" s="4"/>
       <c r="F223" s="4"/>
       <c r="G223" s="5" t="s">
-        <v>328</v>
+        <v>271</v>
       </c>
       <c r="H223" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="K223" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L223" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M223" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N223" s="4" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
     </row>
     <row r="224" spans="1:14">
-      <c r="A224" s="7" t="s">
-[...16 lines deleted...]
-      <c r="N224" s="8"/>
+      <c r="A224" s="5">
+        <v>223</v>
+      </c>
+      <c r="B224" s="5">
+        <v>41279008</v>
+      </c>
+      <c r="C224" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="D224" s="6">
+        <v>21360000</v>
+      </c>
+      <c r="E224" s="4"/>
+      <c r="F224" s="4"/>
+      <c r="G224" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="H224" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="J224" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="K224" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L224" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M224" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="N224" s="4" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="225" spans="1:14">
+      <c r="A225" s="5">
+        <v>224</v>
+      </c>
+      <c r="B225" s="5">
+        <v>41301051</v>
+      </c>
+      <c r="C225" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="D225" s="6">
+        <v>78669000</v>
+      </c>
+      <c r="E225" s="4"/>
+      <c r="F225" s="4"/>
+      <c r="G225" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H225" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I225" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="J225" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="K225" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L225" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M225" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N225" s="4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="226" spans="1:14">
+      <c r="A226" s="7" t="s">
+        <v>524</v>
+      </c>
+      <c r="B226" s="8"/>
+      <c r="C226" s="8"/>
+      <c r="D226" s="9">
+        <v>76813631885</v>
+      </c>
+      <c r="E226" s="8"/>
+      <c r="F226" s="8"/>
+      <c r="G226" s="8"/>
+      <c r="H226" s="8"/>
+      <c r="I226" s="8"/>
+      <c r="J226" s="8"/>
+      <c r="K226" s="8"/>
+      <c r="L226" s="8"/>
+      <c r="M226" s="8"/>
+      <c r="N226" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A224:C224"/>
-    <mergeCell ref="E224:N224"/>
+    <mergeCell ref="A226:C226"/>
+    <mergeCell ref="E226:N226"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>