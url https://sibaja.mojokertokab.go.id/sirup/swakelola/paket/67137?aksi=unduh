--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -1115,297 +1115,297 @@
   <si>
     <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan - Pembinaan Kelembagaan dan Manajemen Sekolah SMP</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Keamanan - Pembinaan Kelembagaan dan Manajemen Sekolah SMP</t>
   </si>
   <si>
     <t>Belanja Honorarium Pengadaan Barang/Jasa - Pembinaan Kelembagaan dan Manajemen Sekolah SMP</t>
   </si>
   <si>
     <t>Tim/Pejabat Pendukung PPK pada pengadaan barang/jasa; Tim Teknis Pengadaan Jasa Kontruksi Anggota; Pejabat Pengadaan Barang/Jasa; Tim/Pejabat Pendukung PPK pada pengadaan barang/jasa;</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Biasa - Pembinaan Kelembagaan dan Manajemen Sekolah SMP</t>
   </si>
   <si>
     <t>Penginapan Dalam Negeri - Pejabat Eselon III/Golongan IV; Tiket Pesawat Kelas Ekonomi; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Dalam Kota - Pembinaan Kelembagaan dan Manajemen Sekolah SMP</t>
   </si>
   <si>
     <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
   </si>
   <si>
+    <t>Belanja Barang dan Jasa BOSP-BOS Reguler - Penyediaan Biaya Personil Peserta Didik Sekolah Menengah Pertama</t>
+  </si>
+  <si>
+    <t>21/01/2025</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:22:30</t>
+  </si>
+  <si>
+    <t>-; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -;</t>
+  </si>
+  <si>
+    <t>Belanja Barang dan Jasa BOSP-BOS Kinerja - Penyediaan Biaya Personil Peserta Didik Sekolah Dasar</t>
+  </si>
+  <si>
+    <t>-; -;</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota - Pembinaan Kelembagaan dan Manajemen Sekolah SD</t>
+  </si>
+  <si>
+    <t>22/04/2025</t>
+  </si>
+  <si>
+    <t>22/04/2025 09:38:55</t>
+  </si>
+  <si>
+    <t>Uang harian; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
+  </si>
+  <si>
+    <t>05/05/2025</t>
+  </si>
+  <si>
+    <t>05/05/2025 13:19:51</t>
+  </si>
+  <si>
+    <t>Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah;</t>
+  </si>
+  <si>
+    <t>05/05/2025 13:19:29</t>
+  </si>
+  <si>
+    <t>05/05/2025 13:22:40</t>
+  </si>
+  <si>
+    <t>05/05/2025 13:21:10</t>
+  </si>
+  <si>
+    <t>05/05/2025 15:08:19</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
+  </si>
+  <si>
+    <t>05/05/2025 15:06:27</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Narasumber/ Pembahas; Moderator Lokal; Moderator Lokal; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Pembaca Doa;</t>
+  </si>
+  <si>
+    <t>05/05/2025 15:05:51</t>
+  </si>
+  <si>
+    <t>Penginapan Luar Kota Dalam Provinsi Jawa Timur; Penginapan Luar Kota Dalam Provinsi Jawa timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Luar Kota Dalam Provinsi Jawa Timur; Penginapan Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
+  </si>
+  <si>
+    <t>05/05/2025 15:05:28</t>
+  </si>
+  <si>
+    <t>Uang harian; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang harian;</t>
+  </si>
+  <si>
+    <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia - Pembinaan Kelembagaan dan Manajemen Sekolah SD</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:54:59</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber; Narasumber/ Pembahas;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Ahli - Pembinaan Kelembagaan dan Manajemen Sekolah SD</t>
+  </si>
+  <si>
+    <t>19/09/2025 09:56:27</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan Listrik - Tarif Listrik Pascabayar 0 S.D 999999999</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>20/09/2025</t>
+  </si>
+  <si>
+    <t>20/09/2025 16:59:32</t>
+  </si>
+  <si>
+    <t>212.678 Kwh</t>
+  </si>
+  <si>
+    <t>Golongan Tarif P-3</t>
+  </si>
+  <si>
+    <t>Belanja Kawat / Faksimili / Internet / TV Berlangganan</t>
+  </si>
+  <si>
+    <t>1. Paket Internet, Telepon Rumah Dan Tv Interaktif Spesifikasi: 50 Mbps ; 2. Paket Internet, Telepon Rumah Dan Tv Interaktif Spesifikasi: 20 Mbps.</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>21/09/2025</t>
+  </si>
+  <si>
+    <t>21/09/2025 11:33:31</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas Spesifikasi: Pejabat Eselon II /Yang Disetarakan</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Kebersihan Spesifikasi: Non PNS</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota Spesifikasi: Full Day/Half Day</t>
+  </si>
+  <si>
+    <t>21/09/2025 14:30:27</t>
+  </si>
+  <si>
+    <t>Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
+  </si>
+  <si>
+    <t>21/09/2025 14:29:42</t>
+  </si>
+  <si>
+    <t>Panitia; Narasumber/ Pembahas; Panitia; Panitia; Narasumber/ Pembahas; Panitia; Narasumber/ Pembahas; Panitia; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Panitia; Narasumber/ Pembahas; Narasumber/ Pembahas;</t>
+  </si>
+  <si>
+    <t>Belanja Kursus Singkat/Pelatihan</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>21/09/2025 15:19:58</t>
+  </si>
+  <si>
+    <t>Pengiriman Peserta Pendidik Prefesi Guru</t>
+  </si>
+  <si>
+    <t>Belanja Diklat Kepemimpinan</t>
+  </si>
+  <si>
+    <t>Manajerial Kepemimpinan</t>
+  </si>
+  <si>
+    <t>21/09/2025 15:44:30</t>
+  </si>
+  <si>
+    <t>21/09/2025 17:06:12</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Panitia; Panitia; Narasumber/ Pembahas; Panitia; Panitia; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Panitia; Panitia; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas;</t>
+  </si>
+  <si>
+    <t>21/09/2025 17:07:05</t>
+  </si>
+  <si>
+    <t>Pengiriman Pendidikan Profesi Guru</t>
+  </si>
+  <si>
+    <t>21/09/2025 17:06:09</t>
+  </si>
+  <si>
+    <t>Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Dalam Kota (&gt; Dari 8 Jam); Uang Harian Dalam Kota (&gt; Dari 8 Jam);</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:55:35</t>
+  </si>
+  <si>
+    <t>INSENTIF GTY/PTY</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:55:11</t>
+  </si>
+  <si>
+    <t>21/09/2025 17:46:20</t>
+  </si>
+  <si>
+    <t>21/09/2025 18:40:21</t>
+  </si>
+  <si>
+    <t>Pembaca Doa; Moderator Lokal; Panitia; Pembaca Doa; Moderator Lokal; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Pembaca Doa; Panitia; Narasumber/ Pembahas; Pembaca Doa; Moderator; Moderator Lokal; Narasumber/ Pembahas; Moderator Lokal; Panitia; Narasumber/ Pembahas; Pembaca Doa;</t>
+  </si>
+  <si>
+    <t>21/09/2025 18:41:34</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan Honorarium Kinerja Guru PAUD Non PNS, Pembinaan Penilik</t>
+  </si>
+  <si>
+    <t>21/09/2025 18:40:19</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
+  </si>
+  <si>
+    <t>"Hadiah Lomba Juara Harapan 1 Spesifikasi : Beregu /Guru/Non Seni/Olahraga" "Hadiah Lomba Juara Harapan 2 Spesifikasi : Beregu /Guru/Non Seni/Olahraga" "Hadiah Lomba Juara Harapan 2 Spesifikasi : Beregu /Guru/Non Seni/Olahraga" "Hadiah Lomba Juara Harapan 3 Spesifikasi : Beregu /Guru/Non Seni/Olahraga"</t>
+  </si>
+  <si>
+    <t>21/09/2025 20:53:06</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas Spesifikasi: Pejabat Eselon</t>
+  </si>
+  <si>
+    <t>Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah</t>
+  </si>
+  <si>
+    <t>Uang harian Spesifikasi: Bantuan transport peserta</t>
+  </si>
+  <si>
     <t>Belanja Hibah Uang Dana BOS yang Diterima oleh Satdikdas Swasta - Penyediaan Biaya Personil Peserta Didik Sekolah Menengah Pertama</t>
   </si>
   <si>
-    <t>20/01/2025</t>
-[...233 lines deleted...]
-    <t>Uang harian Spesifikasi: Bantuan transport peserta</t>
+    <t>14/10/2025</t>
+  </si>
+  <si>
+    <t>14/10/2025 12:28:44</t>
   </si>
   <si>
     <t>Belanja Hibah Dana BOSP-BOS - Penyediaan Biaya Personil Peserta Didik Sekolah Dasar</t>
   </si>
   <si>
-    <t>06/10/2025</t>
-[...2 lines deleted...]
-    <t>06/10/2025 16:46:16</t>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>24/10/2025 09:28:18</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -13159,1613 +13159,1613 @@
       </c>
       <c r="I284" s="5" t="s">
         <v>299</v>
       </c>
       <c r="J284" s="5" t="s">
         <v>300</v>
       </c>
       <c r="K284" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L284" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M284" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N284" s="4" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="285" spans="1:14">
       <c r="A285" s="5">
         <v>284</v>
       </c>
       <c r="B285" s="5">
-        <v>39293652</v>
+        <v>39337049</v>
       </c>
       <c r="C285" s="4" t="s">
         <v>367</v>
       </c>
       <c r="D285" s="6">
-        <v>0</v>
+        <v>25860082000</v>
       </c>
       <c r="E285" s="4"/>
       <c r="F285" s="4"/>
       <c r="G285" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H285" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I285" s="5" t="s">
         <v>368</v>
       </c>
       <c r="J285" s="5" t="s">
         <v>369</v>
       </c>
       <c r="K285" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L285" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M285" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N285" s="4" t="s">
-        <v>256</v>
+        <v>370</v>
       </c>
     </row>
     <row r="286" spans="1:14">
       <c r="A286" s="5">
         <v>285</v>
       </c>
       <c r="B286" s="5">
-        <v>39337049</v>
+        <v>39337394</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D286" s="6">
-        <v>25860082000</v>
+        <v>2653750000</v>
       </c>
       <c r="E286" s="4"/>
       <c r="F286" s="4"/>
       <c r="G286" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H286" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I286" s="5" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="J286" s="5" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="K286" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L286" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M286" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N286" s="4" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
     </row>
     <row r="287" spans="1:14">
       <c r="A287" s="5">
         <v>286</v>
       </c>
       <c r="B287" s="5">
-        <v>39337394</v>
+        <v>40625689</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="D287" s="6">
-        <v>2653750000</v>
+        <v>29100000</v>
       </c>
       <c r="E287" s="4"/>
       <c r="F287" s="4"/>
       <c r="G287" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H287" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I287" s="5" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="J287" s="5" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="K287" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L287" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M287" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N287" s="4" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="288" spans="1:14">
       <c r="A288" s="5">
         <v>287</v>
       </c>
       <c r="B288" s="5">
-        <v>40625689</v>
+        <v>40683424</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>376</v>
+        <v>205</v>
       </c>
       <c r="D288" s="6">
-        <v>29100000</v>
+        <v>132000000</v>
       </c>
       <c r="E288" s="4"/>
       <c r="F288" s="4"/>
       <c r="G288" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H288" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I288" s="5" t="s">
         <v>377</v>
       </c>
       <c r="J288" s="5" t="s">
         <v>378</v>
       </c>
       <c r="K288" s="4" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="L288" s="4" t="s">
-        <v>279</v>
+        <v>253</v>
       </c>
       <c r="M288" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N288" s="4" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="289" spans="1:14">
       <c r="A289" s="5">
         <v>288</v>
       </c>
       <c r="B289" s="5">
-        <v>40683424</v>
+        <v>40683480</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>205</v>
+        <v>71</v>
       </c>
       <c r="D289" s="6">
-        <v>132000000</v>
+        <v>195000000</v>
       </c>
       <c r="E289" s="4"/>
       <c r="F289" s="4"/>
       <c r="G289" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H289" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I289" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="J289" s="5" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="K289" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L289" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M289" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N289" s="4" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
     </row>
     <row r="290" spans="1:14">
       <c r="A290" s="5">
         <v>289</v>
       </c>
       <c r="B290" s="5">
-        <v>40683480</v>
+        <v>40683563</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>71</v>
+        <v>204</v>
       </c>
       <c r="D290" s="6">
-        <v>195000000</v>
+        <v>8460000</v>
       </c>
       <c r="E290" s="4"/>
       <c r="F290" s="4"/>
       <c r="G290" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H290" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="K290" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L290" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M290" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N290" s="4" t="s">
-        <v>366</v>
+        <v>145</v>
       </c>
     </row>
     <row r="291" spans="1:14">
       <c r="A291" s="5">
         <v>290</v>
       </c>
       <c r="B291" s="5">
-        <v>40683563</v>
+        <v>40683585</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>204</v>
+        <v>71</v>
       </c>
       <c r="D291" s="6">
-        <v>8460000</v>
+        <v>2300000</v>
       </c>
       <c r="E291" s="4"/>
       <c r="F291" s="4"/>
       <c r="G291" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H291" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I291" s="5" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="J291" s="5" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="K291" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L291" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M291" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N291" s="4" t="s">
-        <v>145</v>
+        <v>35</v>
       </c>
     </row>
     <row r="292" spans="1:14">
       <c r="A292" s="5">
         <v>291</v>
       </c>
       <c r="B292" s="5">
-        <v>40683585</v>
+        <v>40683653</v>
       </c>
       <c r="C292" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D292" s="6">
-        <v>2300000</v>
+        <v>29000000</v>
       </c>
       <c r="E292" s="4"/>
       <c r="F292" s="4"/>
       <c r="G292" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H292" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="K292" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L292" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M292" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N292" s="4" t="s">
-        <v>35</v>
+        <v>384</v>
       </c>
     </row>
     <row r="293" spans="1:14">
       <c r="A293" s="5">
         <v>292</v>
       </c>
       <c r="B293" s="5">
-        <v>40683653</v>
+        <v>40684115</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>71</v>
+        <v>136</v>
       </c>
       <c r="D293" s="6">
-        <v>29000000</v>
+        <v>30150000</v>
       </c>
       <c r="E293" s="4"/>
       <c r="F293" s="4"/>
       <c r="G293" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H293" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="J293" s="5" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="K293" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L293" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M293" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N293" s="4" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
     </row>
     <row r="294" spans="1:14">
       <c r="A294" s="5">
         <v>293</v>
       </c>
       <c r="B294" s="5">
-        <v>40684115</v>
+        <v>40684584</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>136</v>
+        <v>93</v>
       </c>
       <c r="D294" s="6">
-        <v>30150000</v>
+        <v>15525000</v>
       </c>
       <c r="E294" s="4"/>
       <c r="F294" s="4"/>
       <c r="G294" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H294" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I294" s="5" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="J294" s="5" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="K294" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L294" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M294" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N294" s="4" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
     </row>
     <row r="295" spans="1:14">
       <c r="A295" s="5">
         <v>294</v>
       </c>
       <c r="B295" s="5">
-        <v>40684584</v>
+        <v>40684620</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="D295" s="6">
-        <v>15525000</v>
+        <v>40800000</v>
       </c>
       <c r="E295" s="4"/>
       <c r="F295" s="4"/>
       <c r="G295" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H295" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I295" s="5" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="J295" s="5" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="K295" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L295" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M295" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N295" s="4" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
     </row>
     <row r="296" spans="1:14">
       <c r="A296" s="5">
         <v>295</v>
       </c>
       <c r="B296" s="5">
-        <v>40684620</v>
+        <v>41069963</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>71</v>
+        <v>391</v>
       </c>
       <c r="D296" s="6">
-        <v>40800000</v>
+        <v>82600000</v>
       </c>
       <c r="E296" s="4"/>
       <c r="F296" s="4"/>
       <c r="G296" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H296" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="K296" s="4" t="s">
-        <v>252</v>
+        <v>278</v>
       </c>
       <c r="L296" s="4" t="s">
-        <v>253</v>
+        <v>279</v>
       </c>
       <c r="M296" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N296" s="4" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="297" spans="1:14">
       <c r="A297" s="5">
         <v>296</v>
       </c>
       <c r="B297" s="5">
-        <v>41069963</v>
+        <v>41069976</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D297" s="6">
-        <v>82600000</v>
+        <v>35200000</v>
       </c>
       <c r="E297" s="4"/>
       <c r="F297" s="4"/>
       <c r="G297" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H297" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I297" s="5" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="J297" s="5" t="s">
         <v>396</v>
       </c>
       <c r="K297" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L297" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M297" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N297" s="4" t="s">
-        <v>397</v>
+        <v>358</v>
       </c>
     </row>
     <row r="298" spans="1:14">
       <c r="A298" s="5">
         <v>297</v>
       </c>
       <c r="B298" s="5">
-        <v>41069976</v>
+        <v>41073967</v>
       </c>
       <c r="C298" s="4" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="D298" s="6">
-        <v>35200000</v>
+        <v>157221243</v>
       </c>
       <c r="E298" s="4"/>
       <c r="F298" s="4"/>
       <c r="G298" s="5" t="s">
-        <v>15</v>
+        <v>398</v>
       </c>
       <c r="H298" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I298" s="5" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="J298" s="5" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="K298" s="4" t="s">
-        <v>278</v>
+        <v>66</v>
       </c>
       <c r="L298" s="4" t="s">
-        <v>279</v>
+        <v>67</v>
       </c>
       <c r="M298" s="4" t="s">
-        <v>30</v>
+        <v>401</v>
       </c>
       <c r="N298" s="4" t="s">
-        <v>358</v>
+        <v>402</v>
       </c>
     </row>
     <row r="299" spans="1:14">
       <c r="A299" s="5">
         <v>298</v>
       </c>
       <c r="B299" s="5">
-        <v>41073967</v>
+        <v>41073973</v>
       </c>
       <c r="C299" s="4" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="D299" s="6">
-        <v>157221243</v>
+        <v>162238800</v>
       </c>
       <c r="E299" s="4"/>
       <c r="F299" s="4"/>
       <c r="G299" s="5" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="H299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="K299" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L299" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M299" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="N299" s="4" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="300" spans="1:14">
       <c r="A300" s="5">
         <v>299</v>
       </c>
       <c r="B300" s="5">
-        <v>41073973</v>
+        <v>41074605</v>
       </c>
       <c r="C300" s="4" t="s">
-        <v>406</v>
+        <v>136</v>
       </c>
       <c r="D300" s="6">
-        <v>162238800</v>
+        <v>18000000</v>
       </c>
       <c r="E300" s="4"/>
       <c r="F300" s="4"/>
       <c r="G300" s="5" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="H300" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I300" s="5" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="J300" s="5" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="K300" s="4" t="s">
-        <v>66</v>
+        <v>252</v>
       </c>
       <c r="L300" s="4" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>253</v>
+      </c>
+      <c r="M300" s="4">
+        <v>18</v>
       </c>
       <c r="N300" s="4" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="301" spans="1:14">
       <c r="A301" s="5">
         <v>300</v>
       </c>
       <c r="B301" s="5">
-        <v>41074605</v>
+        <v>41074609</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>136</v>
+        <v>409</v>
       </c>
       <c r="D301" s="6">
-        <v>18000000</v>
+        <v>1080000</v>
       </c>
       <c r="E301" s="4"/>
       <c r="F301" s="4"/>
       <c r="G301" s="5" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="H301" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I301" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J301" s="5" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="K301" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L301" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M301" s="4">
         <v>18</v>
       </c>
       <c r="N301" s="4" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
     </row>
     <row r="302" spans="1:14">
       <c r="A302" s="5">
         <v>301</v>
       </c>
       <c r="B302" s="5">
-        <v>41074609</v>
+        <v>41074621</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>412</v>
+        <v>71</v>
       </c>
       <c r="D302" s="6">
-        <v>1080000</v>
+        <v>14400000</v>
       </c>
       <c r="E302" s="4"/>
       <c r="F302" s="4"/>
       <c r="G302" s="5" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="H302" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="K302" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L302" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M302" s="4">
-        <v>18</v>
+        <v>144</v>
       </c>
       <c r="N302" s="4" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
     </row>
     <row r="303" spans="1:14">
       <c r="A303" s="5">
         <v>302</v>
       </c>
       <c r="B303" s="5">
-        <v>41074621</v>
+        <v>41074783</v>
       </c>
       <c r="C303" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D303" s="6">
-        <v>14400000</v>
+        <v>269100000</v>
       </c>
       <c r="E303" s="4"/>
       <c r="F303" s="4"/>
       <c r="G303" s="5" t="s">
-        <v>408</v>
+        <v>15</v>
       </c>
       <c r="H303" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I303" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J303" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="K303" s="4" t="s">
-        <v>252</v>
+        <v>201</v>
       </c>
       <c r="L303" s="4" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>202</v>
+      </c>
+      <c r="M303" s="4" t="s">
+        <v>30</v>
       </c>
       <c r="N303" s="4" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
     </row>
     <row r="304" spans="1:14">
       <c r="A304" s="5">
         <v>303</v>
       </c>
       <c r="B304" s="5">
-        <v>41074783</v>
+        <v>41074796</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>71</v>
+        <v>136</v>
       </c>
       <c r="D304" s="6">
-        <v>269100000</v>
+        <v>166700000</v>
       </c>
       <c r="E304" s="4"/>
       <c r="F304" s="4"/>
       <c r="G304" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H304" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I304" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J304" s="5" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="K304" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L304" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M304" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N304" s="4" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
     </row>
     <row r="305" spans="1:14">
       <c r="A305" s="5">
         <v>304</v>
       </c>
       <c r="B305" s="5">
-        <v>41074796</v>
+        <v>41074827</v>
       </c>
       <c r="C305" s="4" t="s">
-        <v>136</v>
+        <v>416</v>
       </c>
       <c r="D305" s="6">
-        <v>166700000</v>
+        <v>52000000</v>
       </c>
       <c r="E305" s="4"/>
       <c r="F305" s="4"/>
       <c r="G305" s="5" t="s">
-        <v>15</v>
+        <v>417</v>
       </c>
       <c r="H305" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I305" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J305" s="5" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="K305" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L305" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M305" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N305" s="4" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="306" spans="1:14">
       <c r="A306" s="5">
         <v>305</v>
       </c>
       <c r="B306" s="5">
-        <v>41074827</v>
+        <v>41074845</v>
       </c>
       <c r="C306" s="4" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D306" s="6">
-        <v>52000000</v>
+        <v>174000000</v>
       </c>
       <c r="E306" s="4"/>
       <c r="F306" s="4"/>
       <c r="G306" s="5" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="H306" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="K306" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L306" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M306" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N306" s="4" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="307" spans="1:14">
       <c r="A307" s="5">
         <v>306</v>
       </c>
       <c r="B307" s="5">
-        <v>41074845</v>
+        <v>41074888</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>423</v>
+        <v>71</v>
       </c>
       <c r="D307" s="6">
-        <v>174000000</v>
+        <v>17800000</v>
       </c>
       <c r="E307" s="4"/>
       <c r="F307" s="4"/>
       <c r="G307" s="5" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="H307" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="K307" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L307" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M307" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N307" s="4" t="s">
-        <v>424</v>
+        <v>35</v>
       </c>
     </row>
     <row r="308" spans="1:14">
       <c r="A308" s="5">
         <v>307</v>
       </c>
       <c r="B308" s="5">
-        <v>41074888</v>
+        <v>41074929</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>71</v>
+        <v>136</v>
       </c>
       <c r="D308" s="6">
-        <v>17800000</v>
+        <v>83300000</v>
       </c>
       <c r="E308" s="4"/>
       <c r="F308" s="4"/>
       <c r="G308" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H308" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="K308" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L308" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M308" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N308" s="4" t="s">
-        <v>35</v>
+        <v>424</v>
       </c>
     </row>
     <row r="309" spans="1:14">
       <c r="A309" s="5">
         <v>308</v>
       </c>
       <c r="B309" s="5">
-        <v>41074929</v>
+        <v>41074933</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>136</v>
+        <v>416</v>
       </c>
       <c r="D309" s="6">
-        <v>83300000</v>
+        <v>18400000</v>
       </c>
       <c r="E309" s="4"/>
       <c r="F309" s="4"/>
       <c r="G309" s="5" t="s">
-        <v>15</v>
+        <v>417</v>
       </c>
       <c r="H309" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="K309" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L309" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M309" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N309" s="4" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
     </row>
     <row r="310" spans="1:14">
       <c r="A310" s="5">
         <v>309</v>
       </c>
       <c r="B310" s="5">
-        <v>41074933</v>
+        <v>41074936</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>419</v>
+        <v>71</v>
       </c>
       <c r="D310" s="6">
-        <v>18400000</v>
+        <v>116100000</v>
       </c>
       <c r="E310" s="4"/>
       <c r="F310" s="4"/>
       <c r="G310" s="5" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="H310" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="K310" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L310" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M310" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N310" s="4" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
     </row>
     <row r="311" spans="1:14">
       <c r="A311" s="5">
         <v>310</v>
       </c>
       <c r="B311" s="5">
-        <v>41074936</v>
+        <v>41074949</v>
       </c>
       <c r="C311" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D311" s="6">
-        <v>116100000</v>
+        <v>32600000</v>
       </c>
       <c r="E311" s="4"/>
       <c r="F311" s="4"/>
       <c r="G311" s="5" t="s">
-        <v>15</v>
+        <v>417</v>
       </c>
       <c r="H311" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="K311" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L311" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M311" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N311" s="4" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
     </row>
     <row r="312" spans="1:14">
       <c r="A312" s="5">
         <v>311</v>
       </c>
       <c r="B312" s="5">
-        <v>41074949</v>
+        <v>41074953</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>71</v>
+        <v>198</v>
       </c>
       <c r="D312" s="6">
-        <v>32600000</v>
+        <v>2196000000</v>
       </c>
       <c r="E312" s="4"/>
       <c r="F312" s="4"/>
       <c r="G312" s="5" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="H312" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J312" s="5" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="K312" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L312" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M312" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N312" s="4" t="s">
-        <v>433</v>
+        <v>203</v>
       </c>
     </row>
     <row r="313" spans="1:14">
       <c r="A313" s="5">
         <v>312</v>
       </c>
       <c r="B313" s="5">
-        <v>41074953</v>
+        <v>41075013</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>198</v>
+        <v>71</v>
       </c>
       <c r="D313" s="6">
-        <v>2196000000</v>
+        <v>400000</v>
       </c>
       <c r="E313" s="4"/>
       <c r="F313" s="4"/>
       <c r="G313" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H313" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I313" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J313" s="5" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="K313" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L313" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M313" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N313" s="4" t="s">
-        <v>203</v>
+        <v>35</v>
       </c>
     </row>
     <row r="314" spans="1:14">
       <c r="A314" s="5">
         <v>313</v>
       </c>
       <c r="B314" s="5">
-        <v>41075013</v>
+        <v>41075067</v>
       </c>
       <c r="C314" s="4" t="s">
-        <v>71</v>
+        <v>136</v>
       </c>
       <c r="D314" s="6">
-        <v>400000</v>
+        <v>84100000</v>
       </c>
       <c r="E314" s="4"/>
       <c r="F314" s="4"/>
       <c r="G314" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H314" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I314" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J314" s="5" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="K314" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L314" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M314" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N314" s="4" t="s">
-        <v>35</v>
+        <v>434</v>
       </c>
     </row>
     <row r="315" spans="1:14">
       <c r="A315" s="5">
         <v>314</v>
       </c>
       <c r="B315" s="5">
-        <v>41075067</v>
+        <v>41075081</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>136</v>
+        <v>204</v>
       </c>
       <c r="D315" s="6">
-        <v>84100000</v>
+        <v>30240000</v>
       </c>
       <c r="E315" s="4"/>
       <c r="F315" s="4"/>
       <c r="G315" s="5" t="s">
-        <v>15</v>
+        <v>417</v>
       </c>
       <c r="H315" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="K315" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L315" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M315" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N315" s="4" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
     </row>
     <row r="316" spans="1:14">
       <c r="A316" s="5">
         <v>315</v>
       </c>
       <c r="B316" s="5">
-        <v>41075081</v>
+        <v>41075087</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>204</v>
+        <v>416</v>
       </c>
       <c r="D316" s="6">
-        <v>30240000</v>
+        <v>4000000</v>
       </c>
       <c r="E316" s="4"/>
       <c r="F316" s="4"/>
       <c r="G316" s="5" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="H316" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="K316" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L316" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M316" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N316" s="4" t="s">
-        <v>439</v>
+        <v>416</v>
       </c>
     </row>
     <row r="317" spans="1:14">
       <c r="A317" s="5">
         <v>316</v>
       </c>
       <c r="B317" s="5">
-        <v>41075087</v>
+        <v>41075088</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>419</v>
+        <v>71</v>
       </c>
       <c r="D317" s="6">
-        <v>4000000</v>
+        <v>136400000</v>
       </c>
       <c r="E317" s="4"/>
       <c r="F317" s="4"/>
       <c r="G317" s="5" t="s">
-        <v>420</v>
+        <v>15</v>
       </c>
       <c r="H317" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="K317" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L317" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M317" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N317" s="4" t="s">
-        <v>419</v>
+        <v>438</v>
       </c>
     </row>
     <row r="318" spans="1:14">
       <c r="A318" s="5">
         <v>317</v>
       </c>
       <c r="B318" s="5">
-        <v>41075088</v>
+        <v>41075107</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>71</v>
+        <v>267</v>
       </c>
       <c r="D318" s="6">
-        <v>136400000</v>
+        <v>58200000</v>
       </c>
       <c r="E318" s="4"/>
       <c r="F318" s="4"/>
       <c r="G318" s="5" t="s">
-        <v>15</v>
+        <v>417</v>
       </c>
       <c r="H318" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="K318" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L318" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M318" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N318" s="4" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
     </row>
     <row r="319" spans="1:14">
       <c r="A319" s="5">
         <v>318</v>
       </c>
       <c r="B319" s="5">
-        <v>41075107</v>
+        <v>41075234</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>267</v>
+        <v>136</v>
       </c>
       <c r="D319" s="6">
-        <v>58200000</v>
+        <v>23700000</v>
       </c>
       <c r="E319" s="4"/>
       <c r="F319" s="4"/>
       <c r="G319" s="5" t="s">
-        <v>420</v>
+        <v>405</v>
       </c>
       <c r="H319" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K319" s="4" t="s">
-        <v>201</v>
+        <v>252</v>
       </c>
       <c r="L319" s="4" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>253</v>
+      </c>
+      <c r="M319" s="4">
+        <v>33</v>
       </c>
       <c r="N319" s="4" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
     </row>
     <row r="320" spans="1:14">
       <c r="A320" s="5">
         <v>319</v>
       </c>
       <c r="B320" s="5">
-        <v>41075234</v>
+        <v>41075256</v>
       </c>
       <c r="C320" s="4" t="s">
-        <v>136</v>
+        <v>205</v>
       </c>
       <c r="D320" s="6">
-        <v>23700000</v>
+        <v>260350000</v>
       </c>
       <c r="E320" s="4"/>
       <c r="F320" s="4"/>
       <c r="G320" s="5" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="H320" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="K320" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L320" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M320" s="4">
-        <v>33</v>
+        <v>345</v>
       </c>
       <c r="N320" s="4" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
     </row>
     <row r="321" spans="1:14">
       <c r="A321" s="5">
         <v>320</v>
       </c>
       <c r="B321" s="5">
-        <v>41075256</v>
+        <v>41075274</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>205</v>
+        <v>71</v>
       </c>
       <c r="D321" s="6">
-        <v>260350000</v>
+        <v>28500000</v>
       </c>
       <c r="E321" s="4"/>
       <c r="F321" s="4"/>
       <c r="G321" s="5" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="H321" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="K321" s="4" t="s">
         <v>252</v>
       </c>
       <c r="L321" s="4" t="s">
         <v>253</v>
       </c>
       <c r="M321" s="4">
-        <v>345</v>
+        <v>285</v>
       </c>
       <c r="N321" s="4" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
     </row>
     <row r="322" spans="1:14">
       <c r="A322" s="5">
         <v>321</v>
       </c>
       <c r="B322" s="5">
-        <v>41075274</v>
+        <v>41180560</v>
       </c>
       <c r="C322" s="4" t="s">
-        <v>71</v>
+        <v>444</v>
       </c>
       <c r="D322" s="6">
-        <v>28500000</v>
+        <v>3087244</v>
       </c>
       <c r="E322" s="4"/>
       <c r="F322" s="4"/>
       <c r="G322" s="5" t="s">
-        <v>408</v>
+        <v>15</v>
       </c>
       <c r="H322" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I322" s="5" t="s">
-        <v>409</v>
+        <v>445</v>
       </c>
       <c r="J322" s="5" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="K322" s="4" t="s">
-        <v>252</v>
+        <v>278</v>
       </c>
       <c r="L322" s="4" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>279</v>
+      </c>
+      <c r="M322" s="4" t="s">
+        <v>30</v>
       </c>
       <c r="N322" s="4" t="s">
-        <v>446</v>
+        <v>256</v>
       </c>
     </row>
     <row r="323" spans="1:14">
       <c r="A323" s="5">
         <v>322</v>
       </c>
       <c r="B323" s="5">
-        <v>41145242</v>
+        <v>41229357</v>
       </c>
       <c r="C323" s="4" t="s">
         <v>447</v>
       </c>
       <c r="D323" s="6">
-        <v>856967726</v>
+        <v>731967726</v>
       </c>
       <c r="E323" s="4"/>
       <c r="F323" s="4"/>
       <c r="G323" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H323" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I323" s="5" t="s">
         <v>448</v>
       </c>
       <c r="J323" s="5" t="s">
         <v>449</v>
       </c>
       <c r="K323" s="4" t="s">
         <v>278</v>
       </c>
       <c r="L323" s="4" t="s">
         <v>279</v>
       </c>
       <c r="M323" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N323" s="4" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
     </row>
     <row r="324" spans="1:14">
       <c r="A324" s="7" t="s">
         <v>450</v>
       </c>
       <c r="B324" s="8"/>
       <c r="C324" s="8"/>
       <c r="D324" s="9">
-        <v>104026690639</v>
+        <v>103904777883</v>
       </c>
       <c r="E324" s="8"/>
       <c r="F324" s="8"/>
       <c r="G324" s="8"/>
       <c r="H324" s="8"/>
       <c r="I324" s="8"/>
       <c r="J324" s="8"/>
       <c r="K324" s="8"/>
       <c r="L324" s="8"/>
       <c r="M324" s="8"/>
       <c r="N324" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A324:C324"/>
     <mergeCell ref="E324:N324"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>