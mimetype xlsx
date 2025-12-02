--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -123,59 +123,50 @@
     <t>Belanja Jasa Tenaga Administrasi</t>
   </si>
   <si>
     <t>22/04/2025 16:03:08</t>
   </si>
   <si>
     <t>Jasa Tenaga Administrasi; Jasa Tenaga Administrasi;</t>
   </si>
   <si>
     <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia</t>
   </si>
   <si>
     <t>16/09/2025</t>
   </si>
   <si>
     <t>16/09/2025 10:30:17</t>
   </si>
   <si>
     <t>Narasumber/ Pembahas; Moderator;</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Biasa</t>
   </si>
   <si>
     <t>Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Tarif E-Tol; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Tarif E-Tol; Tiket Pesawat Kelas Ekonomi; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Penginapan Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Pejabat Eselon III/Golongan IV; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III;</t>
-  </si>
-[...7 lines deleted...]
-    <t>16/09/2025 10:47:13</t>
   </si>
   <si>
     <t>16/09/2025 11:28:13</t>
   </si>
   <si>
     <t>Panitia; Moderator Lokal; Narasumber/ Pembahas; Pembaca Doa; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Panitia; Panitia; Narasumber/ Pembahas; Moderator Lokal; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas;</t>
   </si>
   <si>
     <t>Honorarium Tim Pelaksana Kegiatan dan Sekretariat Tim Pelaksana Kegiatan</t>
   </si>
   <si>
     <t>Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah; Tim Pelaksana Kegiatan Yang Ditetapkan Oleh Kepala Daerah;</t>
   </si>
   <si>
     <t>Honorarium Pemberi Keterangan Ahli, Saksi Ahli, dan Beracara</t>
   </si>
   <si>
     <t>Honoaraium Pemberi Keterangan Ahli, Saksi Ahli, dan Beracara; Beracara; Beracara; Bantuan Hukum Bagi Masyarakat Miskin; Beracara;</t>
   </si>
   <si>
     <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Tarif E-Tol; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Dalam Negeri (Luar Kota); Biaya Taksi; Tiket Pesawat; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III; Tiket Pesawat; Penginapan Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Tiket Pesawat Kelas Ekonomi; Biaya Taksi; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
   </si>
   <si>
     <t>16/09/2025 13:41:03</t>
   </si>
@@ -572,54 +563,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:N18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E19" sqref="E19:N19"/>
+      <selection activeCell="E18" sqref="E18:N18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="1236.27" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
@@ -965,429 +956,389 @@
       </c>
       <c r="I9" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>41054880</v>
+        <v>41055283</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D10" s="6">
-        <v>23925000</v>
+        <v>45300000</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="5" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>41055283</v>
+        <v>41055301</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D11" s="6">
-        <v>45300000</v>
+        <v>42550000</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N11" s="4" t="s">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>41055301</v>
+        <v>41055311</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D12" s="6">
-        <v>42550000</v>
+        <v>246800000</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>41055311</v>
+        <v>41055333</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D13" s="6">
-        <v>246800000</v>
+        <v>49434000</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>41055333</v>
+        <v>41056039</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D14" s="6">
-        <v>49434000</v>
+        <v>215500000</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>41056039</v>
+        <v>41056057</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="D15" s="6">
-        <v>215500000</v>
+        <v>5800000</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N15" s="4" t="s">
         <v>47</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>41056057</v>
+        <v>41056065</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="D16" s="6">
-        <v>5800000</v>
+        <v>69627200</v>
       </c>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>41056065</v>
+        <v>41056075</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D17" s="6">
-        <v>69627200</v>
+        <v>172300000</v>
       </c>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:14">
-      <c r="A18" s="5">
-[...56 lines deleted...]
-      <c r="N19" s="8"/>
+      <c r="A18" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" s="8"/>
+      <c r="C18" s="8"/>
+      <c r="D18" s="9">
+        <v>1207115900</v>
+      </c>
+      <c r="E18" s="8"/>
+      <c r="F18" s="8"/>
+      <c r="G18" s="8"/>
+      <c r="H18" s="8"/>
+      <c r="I18" s="8"/>
+      <c r="J18" s="8"/>
+      <c r="K18" s="8"/>
+      <c r="L18" s="8"/>
+      <c r="M18" s="8"/>
+      <c r="N18" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A19:C19"/>
-    <mergeCell ref="E19:N19"/>
+    <mergeCell ref="A18:C18"/>
+    <mergeCell ref="E18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>