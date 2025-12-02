--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -278,60 +278,60 @@
   <si>
     <t>03/05/2025 11:58:37</t>
   </si>
   <si>
     <t>paket</t>
   </si>
   <si>
     <t>karbon pembulatan</t>
   </si>
   <si>
     <t>03/05/2025 14:10:21</t>
   </si>
   <si>
     <t>03/05/2025 12:57:20</t>
   </si>
   <si>
     <t>03/05/2025 13:13:56</t>
   </si>
   <si>
     <t>03/05/2025 13:17:44</t>
   </si>
   <si>
     <t>Swakelola Pelayanan dan Penunjang BLUD Puskesmas Pandan</t>
   </si>
   <si>
-    <t>17/09/2025</t>
-[...2 lines deleted...]
-    <t>17/09/2025 13:02:52</t>
+    <t>25/10/2025</t>
+  </si>
+  <si>
+    <t>25/10/2025 13:00:50</t>
   </si>
   <si>
     <t>1 Paket</t>
   </si>
   <si>
-    <t>Belanja Jasa Tenaga Kesehatan ; Belanja Jasa Tenaga Administrasi ;Belanja Jasa Tenaga Kebersihan; Belanja Jasa Audit/Surveillance ISO; Belanja Jasa Pelaksanaan Transaksi Keuangan; Belanja Jasa Pengolahan Sampah;Honorarium Penanggungjawaban Keuangan;Honorarium Pengadaan Barang atau Jasa;Belanja iuran jaminan Kesehatan bagi non ASN; Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Darat Bermotor-Kendaraan Bermotor Khusus; Belanja Perjalanan Dinas Dalam Kota.</t>
+    <t>Belanja Jasa Tenaga Kesehatan ; Belanja Jasa Tenaga Administrasi ;Belanja Jasa Tenaga Kebersihan; Belanja Jasa Audit/Surveillance ISO; Belanja Jasa Pelaksanaan Transaksi Keuangan; Belanja Jasa Pengolahan Sampah;Honorarium Penanggungjawaban Keuangan;Honorarium Pengadaan Barang atau Jasa;Belanja iuran jaminan Kesehatan bagi non ASN; Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Darat Bermotor-Kendaraan Bermotor Khusus; Belanja Perjalanan Dinas Dalam Kota, Belanja Kursus Singkat/Pelatihan,</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -713,51 +713,51 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E24" sqref="E24:N24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="179.242" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="583.857" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -1605,93 +1605,93 @@
       </c>
       <c r="I22" s="5" t="s">
         <v>79</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>86</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>41061639</v>
+        <v>41234017</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="6">
-        <v>766648873</v>
+        <v>742891504</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>89</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="7" t="s">
         <v>92</v>
       </c>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="9">
-        <v>1053231073</v>
+        <v>1029473704</v>
       </c>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="E24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>