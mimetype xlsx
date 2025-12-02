--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -362,105 +362,111 @@
   <si>
     <t>Belanja Perjalanan Dinas Dalam Kota Penemuan kasus aktif melalui skrining ditempat khusus beresiko</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan skrining dan intervensi hasil skrining masalah Kesehatan jiwa di UKBM/Lembaga</t>
   </si>
   <si>
     <t>14/03/2025 10:23:58</t>
   </si>
   <si>
     <t>Belanja Honorarium Narasumber /Pembahas / Moderator / Pembawa Acara dan Panitia BLUD UPTD Puskesmas Pacet</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>04/05/2025</t>
   </si>
   <si>
     <t>04/05/2025 16:38:17</t>
   </si>
   <si>
     <t>Belanja Jasa Instruktur Senam dan Belanja Jasa Narasumber Prolanis</t>
   </si>
   <si>
+    <t>Pemberian Insentif UKM bagi ASN</t>
+  </si>
+  <si>
+    <t>13/09/2025</t>
+  </si>
+  <si>
+    <t>13/09/2025 07:09:56</t>
+  </si>
+  <si>
+    <t>Belanja Pembayaran Pajak, Bea dan perizinan BLUD UPTD Puskesmas Pacet</t>
+  </si>
+  <si>
+    <t>21/09/2025</t>
+  </si>
+  <si>
+    <t>21/09/2025 23:46:20</t>
+  </si>
+  <si>
+    <t>Belanja Pembayaran Pajak, Bea dan perizinan</t>
+  </si>
+  <si>
+    <t>Belanja jasa Pelaksanaan transaksi keuangan BLUD UPTD Puskesmas Pacet</t>
+  </si>
+  <si>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>13/11/2025 22:08:17</t>
+  </si>
+  <si>
+    <t>Belanja jasa Pelaksanaan transaksi keuangan</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas BLUD UPTD Puskesmas Pacet</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:40:22</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas</t>
+  </si>
+  <si>
     <t>Belanja jasa tenaga kesehatan BLUD UPTD Puskesmas Pacet</t>
   </si>
   <si>
-    <t>11/09/2025</t>
-[...2 lines deleted...]
-    <t>11/09/2025 10:59:05</t>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>28/11/2025 05:49:25</t>
   </si>
   <si>
     <t>Belanja jasa tenaga kesehatan ( ASN dan Non ASN )</t>
   </si>
   <si>
-    <t>Pemberian Insentif UKM bagi ASN</t>
-[...7 lines deleted...]
-  <si>
     <t>Belanja Bahan - Isi Tabung Gas BLUD UPTD Puskesmas Pacet</t>
   </si>
   <si>
-    <t>21/09/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Belanja Bahan - Isi Tabung Gas</t>
-  </si>
-[...22 lines deleted...]
-    <t>Belanja Perjalanan Dinas</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3414,293 +3420,293 @@
       </c>
       <c r="I64" s="5" t="s">
         <v>113</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>114</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>41038502</v>
+        <v>41044418</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D65" s="6">
-        <v>1191020879</v>
+        <v>90221000</v>
       </c>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>117</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>118</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M65" s="4" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="N65" s="4" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>41044418</v>
+        <v>41075421</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D66" s="6">
-        <v>90221000</v>
+        <v>3130665</v>
       </c>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="J66" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="K66" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L66" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M66" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N66" s="4" t="s">
         <v>122</v>
-      </c>
-[...10 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>41075417</v>
+        <v>41332800</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>123</v>
       </c>
       <c r="D67" s="6">
         <v>400000</v>
       </c>
       <c r="E67" s="4"/>
       <c r="F67" s="4"/>
       <c r="G67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>124</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>125</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="4" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>41075421</v>
+        <v>41373112</v>
       </c>
       <c r="C68" s="4" t="s">
         <v>127</v>
       </c>
       <c r="D68" s="6">
-        <v>3130665</v>
+        <v>20000000</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="4" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="N68" s="4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>41075422</v>
+        <v>41380941</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D69" s="6">
-        <v>600000</v>
+        <v>1209297189</v>
       </c>
       <c r="E69" s="4"/>
       <c r="F69" s="4"/>
       <c r="G69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N69" s="4" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>41079609</v>
+        <v>41380943</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D70" s="6">
-        <v>19000000</v>
+        <v>600000</v>
       </c>
       <c r="E70" s="4"/>
       <c r="F70" s="4"/>
       <c r="G70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>132</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N70" s="4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="7" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B71" s="8"/>
       <c r="C71" s="8"/>
       <c r="D71" s="9">
-        <v>1697112644</v>
+        <v>1716388954</v>
       </c>
       <c r="E71" s="8"/>
       <c r="F71" s="8"/>
       <c r="G71" s="8"/>
       <c r="H71" s="8"/>
       <c r="I71" s="8"/>
       <c r="J71" s="8"/>
       <c r="K71" s="8"/>
       <c r="L71" s="8"/>
       <c r="M71" s="8"/>
       <c r="N71" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A71:C71"/>
     <mergeCell ref="E71:N71"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>