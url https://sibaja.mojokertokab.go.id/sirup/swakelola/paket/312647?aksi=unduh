--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -209,87 +209,78 @@
   <si>
     <t>07/03/2025 10:48:56</t>
   </si>
   <si>
     <t>perjalanan dinas dalam kota sub Pengelolaan Surveilans Kesehatan bok pkm pesanggrahan</t>
   </si>
   <si>
     <t>07/03/2025 10:49:32</t>
   </si>
   <si>
     <t>perjalanan dinas dalam kota sub Pengelolaan Upaya Kesehatan ibu dan anak bok pkm pesanggrahan</t>
   </si>
   <si>
     <t>07/03/2025 10:49:48</t>
   </si>
   <si>
     <t>perjalanan dinas dalam daerah sub malaria bok pkm pesanggrahan</t>
   </si>
   <si>
     <t>19/05/2025</t>
   </si>
   <si>
     <t>19/05/2025 04:44:33</t>
   </si>
   <si>
+    <t>Belanja Barang dan Jasa BLUD PKM Pesanggrahan -Belanja Perjalanan Dinas Dalam Kota</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>12/11/2025 20:13:27</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota</t>
+  </si>
+  <si>
+    <t>Belanja Barang dan Jasa BLUD PKM Pesanggrahan -Belanja Jaspel Non Kapitasi</t>
+  </si>
+  <si>
+    <t>Belanja Barang dan Jasa BLUD PKM Pesanggrahan -Belanja jasa tenaga kesehatan ASN dan NON ASN</t>
+  </si>
+  <si>
     <t>Belanja barang dan Jasa BLUD PKM Pesanggrahan -Belanja Jasa Tenaga Ahli-Belanja jasa Instruktur senam</t>
   </si>
   <si>
-    <t>19/06/2025 21:07:30</t>
-[...13 lines deleted...]
-  <si>
     <t>Belanja Barang dan Jasa BLUD PKM Pesanggrahan -Belanja pembayaran pajak dan bea perijinan</t>
   </si>
   <si>
     <t>Kab. Mojokerto</t>
   </si>
   <si>
     <t>BADAN PENDAPATAN DAERAH</t>
-  </si>
-[...10 lines deleted...]
-    <t>Belanja Perjalanan Dinas Dalam Kota</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1563,257 +1554,257 @@
       </c>
       <c r="I22" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>64</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>40745970</v>
+        <v>41326050</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>65</v>
       </c>
       <c r="D23" s="6">
-        <v>1800000</v>
+        <v>15000000</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>41017668</v>
+        <v>41326053</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D24" s="6">
-        <v>73100000</v>
+        <v>62200000</v>
       </c>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>41017682</v>
+        <v>41326055</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="6">
-        <v>770522940</v>
+        <v>838685897</v>
       </c>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>41017702</v>
+        <v>41326056</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="6">
-        <v>2800000</v>
-[...6 lines deleted...]
-      </c>
+        <v>1350000</v>
+      </c>
+      <c r="E26" s="4"/>
+      <c r="F26" s="4"/>
       <c r="G26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>41072858</v>
+        <v>41326058</v>
       </c>
       <c r="C27" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" s="6">
+        <v>3400000</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F27" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="D27" s="6">
-[...3 lines deleted...]
-      <c r="F27" s="4"/>
       <c r="G27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="7" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="9">
-        <v>1213461740</v>
+        <v>1275674697</v>
       </c>
       <c r="E28" s="8"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
       <c r="I28" s="8"/>
       <c r="J28" s="8"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="E28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>