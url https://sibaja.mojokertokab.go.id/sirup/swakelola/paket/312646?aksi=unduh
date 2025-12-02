--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -92,225 +92,195 @@
   <si>
     <t>15/01/2025 12:00:42</t>
   </si>
   <si>
     <t>'196701221994032001</t>
   </si>
   <si>
     <t>drg. Wilis Puspitadewi Anggraini ,M.Si</t>
   </si>
   <si>
     <t>6 orang/bulan</t>
   </si>
   <si>
     <t>Honorarium Penanggungjawaban Pengelola Keuangan</t>
   </si>
   <si>
     <t>Belanja Honorarium Pengadaan Barang/Jasa</t>
   </si>
   <si>
     <t>1 orang/bulan</t>
   </si>
   <si>
     <t>Honorarium Pengadaan Barang/Jasa</t>
   </si>
   <si>
+    <t>Belanja Jasa Pelaksanaan Transaksi Keuangan</t>
+  </si>
+  <si>
+    <t>18/01/2025</t>
+  </si>
+  <si>
+    <t>18/01/2025 11:37:20</t>
+  </si>
+  <si>
+    <t>1 Tahun</t>
+  </si>
+  <si>
+    <t>Jasa Pelaksanaan Transaksi Keuangan</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Pengolahan Sampah</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>01/03/2025 13:50:08</t>
+  </si>
+  <si>
+    <t>Sampah Medis dan Non Medis</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pengelolaan Pelayanan Kesehatan Ibu Hamil</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>23/10/2025 11:30:31</t>
+  </si>
+  <si>
+    <t>1 Paket</t>
+  </si>
+  <si>
+    <t>DAK</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pelayanan Kesehatan pada Usia Pendidikan Dasar</t>
+  </si>
+  <si>
+    <t>01/03/2025 13:05:43</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pengelolaan Pelayanan Kesehatan pada Usia Lanjut</t>
+  </si>
+  <si>
+    <t>01/03/2025 13:05:00</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pengelolaan Pelayanan Kesehatan Orang dengan Gangguan Jiwa Berat</t>
+  </si>
+  <si>
+    <t>DPA</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pengelolaan pelayanan kesehatan orang terduga Tuberkulosis</t>
+  </si>
+  <si>
+    <t>01/03/2025 13:05:20</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pengelolaan Pelayanan Kesehatan Lingkungan</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pengelolaan Surveilans Kesehatan</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pengelolaan Pelayanan Kesehatan Orang dengan Masalah Kesehatan Jiwa (ODMK)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pelayanan Kesehatan Penyakit Menular dan Tidak Menular</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO Operasional Pelayanan Puskesmas</t>
+  </si>
+  <si>
+    <t>23/10/2025 13:05:30</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO Pengelolaan Pelayanan Kesehatan Reproduksi</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO Pengelolaan Upaya Kesehatan Ibu dan Anak</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO Bimbingan Teknis dan Supervisi Pengembangan dan Pelaksanaan Upaya Kesehatan Bersumber Daya Masyarakat (UKBM)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pengelolaan Pelayanan Kesehatan Gizi Masyarakat</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO SUB KEGIATAN Pengelolaan Pelayanan Kesehatan Kerja dan Olahraga</t>
+  </si>
+  <si>
+    <t>12/03/2025</t>
+  </si>
+  <si>
+    <t>12/03/2025 11:41:27</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO Pengelolaan Pelayanan Kesehatan Malaria</t>
+  </si>
+  <si>
+    <t>Sesuai DPA</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>24/10/2025 11:19:51</t>
+  </si>
+  <si>
     <t>Belanja Jasa Tenaga Kesehatan</t>
   </si>
   <si>
-    <t>04/09/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>12 bulan</t>
   </si>
   <si>
     <t>-Jaspel Semua Pegawai puskesmas -Jasa Tenaga Dokter</t>
   </si>
   <si>
     <t>Honorarium Narasumber atau Pembahas, Moderator, Pembawa Acara, dan Panitia</t>
   </si>
   <si>
-    <t>18/01/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>48 kali</t>
   </si>
   <si>
     <t>Jasa Instruktur Senam</t>
   </si>
   <si>
     <t>Belanja Iuran Jaminan Kesehatan bagi Non ASN</t>
   </si>
   <si>
-    <t>1 Tahun</t>
-[...1 lines deleted...]
-  <si>
     <t>Iuran Jaminan Kesehatan bagi Non ASN</t>
-  </si>
-[...136 lines deleted...]
-    <t>Belanja Perjalanan Dinas Dalam Kota BOK UPTD PKM KUTOREJO Pengelolaan Pelayanan Kesehatan Malaria</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -671,72 +641,72 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:N26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E29" sqref="E29:N29"/>
+      <selection activeCell="E26" sqref="E26:N26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="61.271" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -824,1069 +794,949 @@
       </c>
       <c r="I3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="5">
-        <v>39150673</v>
+        <v>39260103</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="6">
-        <v>1109032058</v>
+        <v>350000</v>
       </c>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5">
-        <v>39258397</v>
+        <v>39260389</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="6">
-        <v>14400000</v>
+        <v>22425000</v>
       </c>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="N5" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5">
-        <v>39258620</v>
+        <v>40084199</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D6" s="6">
-        <v>20000000</v>
+        <v>46350000</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
-        <v>39258920</v>
+        <v>40084210</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D7" s="6">
-        <v>1965000</v>
+        <v>19200000</v>
       </c>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N7" s="4" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
-        <v>39260103</v>
+        <v>40084226</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="6">
-        <v>350000</v>
+        <v>10000000</v>
       </c>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
-        <v>39260389</v>
+        <v>40084252</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D9" s="6">
-        <v>22425000</v>
+        <v>12600000</v>
       </c>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J9" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M9" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N9" s="4" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>39260498</v>
+        <v>40084302</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D10" s="6">
-        <v>109500000</v>
+        <v>10000000</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>39260691</v>
+        <v>40084315</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D11" s="6">
-        <v>27755000</v>
+        <v>9000000</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>39295403</v>
+        <v>40084322</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D12" s="6">
-        <v>10000000</v>
+        <v>8300000</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>54</v>
+        <v>32</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>56</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>40084199</v>
+        <v>40084375</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="D13" s="6">
-        <v>12600000</v>
+        <v>15600000</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="5" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>40084210</v>
+        <v>40084394</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="D14" s="6">
-        <v>19200000</v>
+        <v>103800000</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="5" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>40084226</v>
+        <v>40084466</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>64</v>
+        <v>53</v>
       </c>
       <c r="D15" s="6">
-        <v>10000000</v>
+        <v>32312000</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>40084252</v>
+        <v>40084475</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="D16" s="6">
-        <v>12600000</v>
+        <v>7617000</v>
       </c>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="5" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>40084302</v>
+        <v>40084494</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="D17" s="6">
-        <v>10000000</v>
+        <v>1000000</v>
       </c>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="5" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>40084315</v>
+        <v>40084523</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>69</v>
+        <v>57</v>
       </c>
       <c r="D18" s="6">
-        <v>9000000</v>
+        <v>6000000</v>
       </c>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="5" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>40084322</v>
+        <v>40087808</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>70</v>
+        <v>58</v>
       </c>
       <c r="D19" s="6">
-        <v>8300000</v>
+        <v>163629800</v>
       </c>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="5" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>40084375</v>
+        <v>40087879</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="D20" s="6">
-        <v>15600000</v>
+        <v>7000000</v>
       </c>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>40084394</v>
+        <v>40229673</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="D21" s="6">
-        <v>93800000</v>
+        <v>1845000</v>
       </c>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>40084466</v>
+        <v>41230469</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="D22" s="6">
-        <v>17612000</v>
+        <v>14500000</v>
       </c>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="N22" s="4" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>40084475</v>
+        <v>41230478</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="D23" s="6">
-        <v>4817000</v>
+        <v>1331973444</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>40084494</v>
+        <v>41230485</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D24" s="6">
-        <v>1000000</v>
+        <v>11400000</v>
       </c>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>40084523</v>
+        <v>41230490</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D25" s="6">
-        <v>8600000</v>
+        <v>3000000</v>
       </c>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="5" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
     </row>
     <row r="26" spans="1:14">
-      <c r="A26" s="5">
-[...22 lines deleted...]
-      <c r="J26" s="5" t="s">
+      <c r="A26" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="K26" s="4" t="s">
-[...110 lines deleted...]
-      <c r="N29" s="8"/>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="9">
+        <v>1915059744</v>
+      </c>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="8"/>
+      <c r="K26" s="8"/>
+      <c r="L26" s="8"/>
+      <c r="M26" s="8"/>
+      <c r="N26" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A29:C29"/>
-    <mergeCell ref="E29:N29"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="E26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>