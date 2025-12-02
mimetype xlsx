--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -71,77 +71,71 @@
   <si>
     <t>Nama PPK</t>
   </si>
   <si>
     <t>Volume Pekerjaan</t>
   </si>
   <si>
     <t>Uraian Pekerjaan</t>
   </si>
   <si>
     <t>Belanja pembayaran pajak , bea dan perizinan - pajak Kendaraan Bermotor BLUD PUSKESMAS MANDURO</t>
   </si>
   <si>
     <t>Provinsi Jawa Timur</t>
   </si>
   <si>
     <t>UPT PENGELOLAAN PENDAPATAN DAERAH MOJOKERTO</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
-    <t>19/09/2025</t>
-[...2 lines deleted...]
-    <t>19/09/2025 20:45:12</t>
+    <t>16/11/2025</t>
+  </si>
+  <si>
+    <t>16/11/2025 19:43:30</t>
   </si>
   <si>
     <t>'198308242014122001</t>
   </si>
   <si>
     <t>dr. Siska Widiyanti</t>
   </si>
   <si>
     <t>1 PAKET</t>
   </si>
   <si>
     <t>Belanja Pajak Kendaraan Bermotor BLUD PUSKESMAS MANDURO</t>
   </si>
   <si>
     <t>Honorarium dan Belanja Jasa Tenaga Kesehatan BLUD PUSKESMAS MANDURO</t>
   </si>
   <si>
-    <t>30/09/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Honor instruktur senam dan Honor Narasumber Edukasi Belanja Jasa Tenaga Kesehatan Konsultan Izin Operasional Puskesmas Belanja jasa pelaksanaan transaksi keuangan Belanja Honorarium Penanggungjawaban Pengelola Keuangan Belanja Honorarium Pengadaan Barang/Jasa Belanja Iuran Jaminan Kesehatan Bagi Non ASN</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas BLUD PUSKESMAS MANDURO</t>
   </si>
   <si>
     <t>02/09/2025</t>
   </si>
   <si>
     <t>03/09/2025 13:02:17</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Biasa Dan Belanja Perjalanan Dinas dalam Kota BLUD PUSKESMAS MANDURO</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas dalam Daerah - Pengelolaan Pelayanan Kesehatan Ibu Hamil</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>22/03/2025</t>
   </si>
   <si>
     <t>22/03/2025 14:20:21</t>
@@ -177,50 +171,53 @@
     <t>21/03/2025 08:41:29</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas dalam Daerah - Pengelolaan Surveilans Kesehatan</t>
   </si>
   <si>
     <t>22/03/2025 14:14:48</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas dalam Daerah - Operasional Pelayanan Puskesmas</t>
   </si>
   <si>
     <t>22/03/2025 14:45:32</t>
   </si>
   <si>
     <t>Belanja Kursus Singkat / Pelatihan BLUD PUSKESMAS MANDURO</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>01/10/2025 14:27:34</t>
   </si>
   <si>
     <t>SESUAI DPA</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa BLUD Puskesmas Manduro</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -581,54 +578,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:N23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E22" sqref="E22:N22"/>
+      <selection activeCell="E23" sqref="E23:N23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="111.973" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
@@ -660,867 +657,907 @@
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="5">
         <v>1</v>
       </c>
       <c r="B2" s="5">
         <v>39353551</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="6">
-        <v>3400000</v>
+        <v>2138000</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N2" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="5">
         <v>2</v>
       </c>
       <c r="B3" s="5">
         <v>39355512</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D3" s="6">
-        <v>1241226500</v>
+        <v>1147970500</v>
       </c>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="5">
         <v>39375251</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D4" s="6">
         <v>8820000</v>
       </c>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5">
         <v>40332556</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D5" s="6">
         <v>16800000</v>
       </c>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M5" s="4">
         <v>1</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5">
         <v>40332703</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D6" s="6">
         <v>9200000</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M6" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J6" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N6" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
         <v>40332733</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D7" s="6">
         <v>15400000</v>
       </c>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M7" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J7" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N7" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
         <v>40332773</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D8" s="6">
         <v>1100000</v>
       </c>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K8" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L8" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M8" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N8" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
         <v>40332807</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D9" s="6">
         <v>68400000</v>
       </c>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K9" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L9" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M9" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J9" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N9" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
         <v>40332855</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D10" s="6">
         <v>11000000</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M10" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J10" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N10" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
         <v>40333232</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D11" s="6">
         <v>3200000</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M11" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J11" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N11" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
         <v>40333270</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D12" s="6">
         <v>2000000</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M12" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J12" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N12" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
         <v>40333326</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D13" s="6">
         <v>2700000</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M13" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J13" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N13" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
         <v>40333374</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D14" s="6">
         <v>3700000</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M14" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J14" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N14" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
         <v>40333433</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D15" s="6">
         <v>3000000</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M15" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J15" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N15" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
         <v>40333625</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D16" s="6">
         <v>2000000</v>
       </c>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M16" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="J16" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N16" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
         <v>40386242</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D17" s="6">
         <v>79900000</v>
       </c>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
         <v>40405726</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D18" s="6">
         <v>800000</v>
       </c>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
         <v>40425216</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D19" s="6">
         <v>14200000</v>
       </c>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K19" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L19" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M19" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N19" s="4" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
         <v>40425467</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D20" s="6">
         <v>18200000</v>
       </c>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M20" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N20" s="4" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
         <v>41123663</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D21" s="6">
         <v>4000000</v>
       </c>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N21" s="4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14">
+      <c r="A22" s="5">
+        <v>21</v>
+      </c>
+      <c r="B22" s="5">
+        <v>41235238</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D22" s="6">
+        <v>420000</v>
+      </c>
+      <c r="E22" s="4"/>
+      <c r="F22" s="4"/>
+      <c r="G22" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K22" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M22" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N22" s="4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14">
+      <c r="A23" s="7" t="s">
         <v>54</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      <c r="N22" s="8"/>
+      <c r="B23" s="8"/>
+      <c r="C23" s="8"/>
+      <c r="D23" s="9">
+        <v>1414948500</v>
+      </c>
+      <c r="E23" s="8"/>
+      <c r="F23" s="8"/>
+      <c r="G23" s="8"/>
+      <c r="H23" s="8"/>
+      <c r="I23" s="8"/>
+      <c r="J23" s="8"/>
+      <c r="K23" s="8"/>
+      <c r="L23" s="8"/>
+      <c r="M23" s="8"/>
+      <c r="N23" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A22:C22"/>
-    <mergeCell ref="E22:N22"/>
+    <mergeCell ref="A23:C23"/>
+    <mergeCell ref="E23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>