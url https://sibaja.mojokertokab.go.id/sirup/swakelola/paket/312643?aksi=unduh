--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -281,117 +281,114 @@
   <si>
     <t>18/05/2025 07:25:18</t>
   </si>
   <si>
     <t>INSTRUKTUR SENAM</t>
   </si>
   <si>
     <t>BELANJA HONORARIUM PENGADAAN BARANG DAN JASA_BLUD</t>
   </si>
   <si>
     <t>18/05/2025 09:31:17</t>
   </si>
   <si>
     <t>HONORARIUM PENJABAT PENGADAAN</t>
   </si>
   <si>
     <t>BELANJA PERJALAN DINAS BIASA_BLUD</t>
   </si>
   <si>
     <t>18/05/2025 09:32:42</t>
   </si>
   <si>
     <t>TRANSPORTASI LUAR KOTA</t>
   </si>
   <si>
+    <t>BELANJA HONORARIUM PJ PENGELOLA KEUANGAN_BLUD</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>04/08/2025 11:17:40</t>
+  </si>
+  <si>
+    <t>KPA, BEN PEN BLUD, BEN PENG BLUD, PPTK BLUD, PPTK BOK, PPK</t>
+  </si>
+  <si>
+    <t>BELANJA PEMBAYARAN PAJAK, BEA</t>
+  </si>
+  <si>
+    <t>Kab. Mojokerto</t>
+  </si>
+  <si>
+    <t>PUSKESMAS NGORO</t>
+  </si>
+  <si>
+    <t>30/08/2025</t>
+  </si>
+  <si>
+    <t>30/08/2025 10:22:37</t>
+  </si>
+  <si>
+    <t>PAJAK STNK KENDARAAN DINAS</t>
+  </si>
+  <si>
+    <t>BELANJA PERJALANAN DINAS DALAM KOTA_BLUD</t>
+  </si>
+  <si>
+    <t>30/08/2025 10:23:38</t>
+  </si>
+  <si>
+    <t>TRANSPORT</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Cetak/pengadaan_BOK Pengelolaan Pelayanan Kesehatan Orang dengan Masalah Kesehatan Jiwa (ODMK)</t>
+  </si>
+  <si>
+    <t>22/09/2025</t>
+  </si>
+  <si>
+    <t>22/09/2025 07:26:22</t>
+  </si>
+  <si>
+    <t>BELANJA JASA TENAGA KESEHATAN_BLUD</t>
+  </si>
+  <si>
+    <t>01/12/2025 12:16:43</t>
+  </si>
+  <si>
+    <t>JASA PELAYANAN KAPITASI, JASA PERSALINAN,PROLANIS, ANC BPJS, KB, JASA PELAYANAN UMUM</t>
+  </si>
+  <si>
     <t>Belanja Khursus Singkat atau Pelatihan_BLUD</t>
   </si>
   <si>
-    <t>17/07/2025</t>
-[...2 lines deleted...]
-    <t>17/07/2025 09:28:40</t>
+    <t>01/12/2025 12:20:27</t>
   </si>
   <si>
     <t>BTCLS/ACLS</t>
-  </si>
-[...55 lines deleted...]
-    <t>22/09/2025 07:26:22</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1745,297 +1742,297 @@
       </c>
       <c r="I24" s="5" t="s">
         <v>77</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>87</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="4">
         <v>1</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>40906673</v>
+        <v>40941385</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>89</v>
       </c>
       <c r="D25" s="6">
-        <v>20000000</v>
+        <v>63297500</v>
       </c>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>90</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>91</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="4">
         <v>1</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>40941385</v>
+        <v>41006633</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>93</v>
       </c>
       <c r="D26" s="6">
-        <v>63297500</v>
-[...2 lines deleted...]
-      <c r="F26" s="4"/>
+        <v>3000000</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>95</v>
+      </c>
       <c r="G26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="4">
         <v>1</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>41006629</v>
+        <v>41006636</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D27" s="6">
-        <v>1273908607</v>
+        <v>32800000</v>
       </c>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="4">
         <v>1</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>41006633</v>
+        <v>41075481</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D28" s="6">
-        <v>3000000</v>
-[...4 lines deleted...]
-      <c r="F28" s="4" t="s">
+        <v>13000</v>
+      </c>
+      <c r="E28" s="4"/>
+      <c r="F28" s="4"/>
+      <c r="G28" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I28" s="5" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>104</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="4">
         <v>1</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>105</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>41006636</v>
+        <v>41386629</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D29" s="6">
-        <v>32800000</v>
+        <v>1309761807</v>
       </c>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>98</v>
+        <v>16</v>
       </c>
       <c r="J29" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="K29" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L29" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M29" s="4">
+        <v>1</v>
+      </c>
+      <c r="N29" s="4" t="s">
         <v>107</v>
-      </c>
-[...10 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>41075481</v>
+        <v>41386641</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D30" s="6">
-        <v>13000</v>
+        <v>10000000</v>
       </c>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="K30" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L30" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M30" s="4">
+        <v>1</v>
+      </c>
+      <c r="N30" s="4" t="s">
         <v>110</v>
-      </c>
-[...13 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="7" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B31" s="8"/>
       <c r="C31" s="8"/>
       <c r="D31" s="9">
-        <v>1689481507</v>
+        <v>1715334707</v>
       </c>
       <c r="E31" s="8"/>
       <c r="F31" s="8"/>
       <c r="G31" s="8"/>
       <c r="H31" s="8"/>
       <c r="I31" s="8"/>
       <c r="J31" s="8"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A31:C31"/>
     <mergeCell ref="E31:N31"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>