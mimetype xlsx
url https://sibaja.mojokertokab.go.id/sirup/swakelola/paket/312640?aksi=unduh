--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -257,90 +257,111 @@
   <si>
     <t>29/04/2025</t>
   </si>
   <si>
     <t>29/04/2025 11:21:49</t>
   </si>
   <si>
     <t>Pemantauan dan tindak lanjut kasus penyakit menular BOK Puskesmas Modopuro</t>
   </si>
   <si>
     <t>Perjadin Kasus Aktif Penyakit Menular, NTDs (Penyakit Tropis terabaikan), KIPI dan PD3I (AFP, Campak rubela dan PD3i Lainnya), Pneumonia dan infeksi saluran Pernafasan akut terintegrasi dengan Posyandu, Posbindu BOK Puskesmas Modopuro</t>
   </si>
   <si>
     <t>Perjadin pemantauan lansia risti dan pelayanan homecare pada lansia dengan PJP oleh petugas puskesmas BOK Puskesmas Modopuro</t>
   </si>
   <si>
     <t>Perjadin pelacakan da pelaporan kematian dan pelaksanaan otopsi verbal kematian ibu dan bayi/balita BOK Puskesmas Modopuro</t>
   </si>
   <si>
     <t>14/03/2025</t>
   </si>
   <si>
     <t>14/03/2025 14:29:25</t>
   </si>
   <si>
+    <t>Belanja Jasa Pengelolaan Sampah (BLUD) UPTD Puskesmas Modopuro</t>
+  </si>
+  <si>
+    <t>Kab. Mojokerto</t>
+  </si>
+  <si>
+    <t>DINAS LINGKUNGAN HIDUP</t>
+  </si>
+  <si>
+    <t>25/06/2025</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Pengelolaan Sampah non medis</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan dinas dalm kota (UPTD) Puskesmas Modopuro</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>11/09/2025 09:02:12</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan dinas dalm kota</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Luar Kota</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>08/11/2025</t>
+  </si>
+  <si>
+    <t>08/11/2025 08:44:07</t>
+  </si>
+  <si>
     <t>Belanja Jasa Pelasana Transaksi (BLUD) UPTD Puskesmas Modopuro</t>
   </si>
   <si>
-    <t>25/06/2025</t>
-[...2 lines deleted...]
-    <t>26/06/2025 14:00:47</t>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>10/11/2025 14:03:37</t>
   </si>
   <si>
     <t>Belanja Jasa Pelasana Transaksi</t>
   </si>
   <si>
-    <t>Belanja Jasa Pengelolaan Sampah (BLUD) UPTD Puskesmas Modopuro</t>
-[...10 lines deleted...]
-  <si>
     <t>Belanja Pembayaran iuran pajama, bea, dan perijinan (BLUD) UPTD Puskesmas Modopuro</t>
   </si>
   <si>
-    <t>11/09/2025</t>
-[...2 lines deleted...]
-    <t>11/09/2025 09:02:12</t>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>25/11/2025 12:25:48</t>
   </si>
   <si>
     <t>Perijinan Operasional Puskesmas</t>
-  </si>
-[...4 lines deleted...]
-    <t>Belanja Perjalanan dinas dalm kota</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -701,54 +722,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N42"/>
+  <dimension ref="A1:N43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E42" sqref="E42:N42"/>
+      <selection activeCell="E43" sqref="E43:N43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="277.075" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="277.075" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
@@ -2218,233 +2239,273 @@
       </c>
       <c r="I37" s="5" t="s">
         <v>79</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>80</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>40865643</v>
+        <v>40865646</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>81</v>
       </c>
       <c r="D38" s="6">
-        <v>155800</v>
-[...2 lines deleted...]
-      <c r="F38" s="4"/>
+        <v>5400000</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F38" s="4" t="s">
+        <v>83</v>
+      </c>
       <c r="G38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>40865646</v>
+        <v>41038344</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D39" s="6">
-        <v>5400000</v>
-[...4 lines deleted...]
-      <c r="F39" s="4" t="s">
+        <v>15000000</v>
+      </c>
+      <c r="E39" s="4"/>
+      <c r="F39" s="4"/>
+      <c r="G39" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I39" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="G39" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J39" s="5" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>41038263</v>
+        <v>41303518</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D40" s="6">
-        <v>32659300</v>
+        <v>2270000</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="I40" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K40" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L40" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M40" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N40" s="4" t="s">
         <v>90</v>
-      </c>
-[...13 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>41038344</v>
+        <v>41311585</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D41" s="6">
-        <v>15000000</v>
+        <v>255800</v>
       </c>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="42" spans="1:14">
-      <c r="A42" s="7" t="s">
-[...16 lines deleted...]
-      <c r="N42" s="8"/>
+      <c r="A42" s="5">
+        <v>41</v>
+      </c>
+      <c r="B42" s="5">
+        <v>41371951</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D42" s="6">
+        <v>11250277</v>
+      </c>
+      <c r="E42" s="4"/>
+      <c r="F42" s="4"/>
+      <c r="G42" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="K42" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L42" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M42" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N42" s="4" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14">
+      <c r="A43" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="B43" s="8"/>
+      <c r="C43" s="8"/>
+      <c r="D43" s="9">
+        <v>1460250594</v>
+      </c>
+      <c r="E43" s="8"/>
+      <c r="F43" s="8"/>
+      <c r="G43" s="8"/>
+      <c r="H43" s="8"/>
+      <c r="I43" s="8"/>
+      <c r="J43" s="8"/>
+      <c r="K43" s="8"/>
+      <c r="L43" s="8"/>
+      <c r="M43" s="8"/>
+      <c r="N43" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A42:C42"/>
-    <mergeCell ref="E42:N42"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="E43:N43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>