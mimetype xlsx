--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -125,135 +125,132 @@
   <si>
     <t>04/08/2025 14:05:55</t>
   </si>
   <si>
     <t>Honorarium nara Sumber atau Pembahas, Moderator, Pembawa Acara dan panitia BLUD UPTD Puskesmas Kemlagi</t>
   </si>
   <si>
     <t>04/08/2025 14:25:01</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Pelayanan Umum BLUD UPTD Puskesmas Kemlagi</t>
   </si>
   <si>
     <t>Belanja Jasa Pelaksanaan Transaksi Keuangan BLUD UPTD Puskesmas Kemlagi</t>
   </si>
   <si>
     <t>Belanja Honorarium pengadaan Barang / Jasa BLUD UPTD Puskesmas Kemlagi</t>
   </si>
   <si>
     <t>11/08/2025</t>
   </si>
   <si>
     <t>11/08/2025 23:42:26</t>
   </si>
   <si>
-    <t>Belanja Perjalanan Dinas Biasa BLUD UPTD Puskesmas Kemlag</t>
-[...8 lines deleted...]
-    <t>Belanja Perjalanan Dinas Biasa BLUD UPTD Puskesmas Kemlagi i</t>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Pengelolaan Pelayanan Kesehatan pada Usia Lanjut UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>08/10/2025</t>
+  </si>
+  <si>
+    <t>08/10/2025 11:18:31</t>
+  </si>
+  <si>
+    <t>1 PAKET</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Operasional Pelayanan Puskesmas UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>08/10/2025 20:38:18</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) ODGJ Berat UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Ibu Hamil UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) KIA UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>08/10/2025 20:38:06</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Kespro UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) PTM PM UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Usia Pendidikan Dasar UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Surveilans Kesehatan UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Kesling UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Kesehatan kerja dan Olahraga UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Gizi UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Terduga Tuberkulosis UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) Kesehatan Malaria UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota (BOK) UKBM UPTD PUSKESMAS KEMLAGI</t>
+  </si>
+  <si>
+    <t>08/10/2025 20:39:01</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa BLUD UPTD Puskesmas Kemlagi</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>31/10/2025 10:51:24</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Kesehatan BLUD UPTD Puskesmas Kemlagi</t>
   </si>
   <si>
-    <t>14/09/2025 10:48:19</t>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>14/11/2025 21:40:30</t>
   </si>
   <si>
     <t>Belanja Pembayaran Pajak, Bea, dan Perizinan BLUD UPTD Puskesmas Kemlagi</t>
-  </si>
-[...64 lines deleted...]
-    <t>08/10/2025 20:39:01</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1007,773 +1004,773 @@
       </c>
       <c r="I9" s="5" t="s">
         <v>35</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>36</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>41045482</v>
+        <v>41155185</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="6">
-        <v>18700000</v>
+        <v>8200000</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>39</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>41045491</v>
+        <v>41158300</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="6">
-        <v>1365656223</v>
+        <v>30200000</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>42</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>41045571</v>
+        <v>41158312</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>43</v>
       </c>
       <c r="D12" s="6">
-        <v>3350000</v>
+        <v>12000000</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>41155185</v>
+        <v>41158319</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D13" s="6">
-        <v>8200000</v>
+        <v>16800000</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>41158300</v>
+        <v>41158325</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D14" s="6">
-        <v>30200000</v>
+        <v>4000000</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J14" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J14" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K14" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>41158312</v>
+        <v>41158336</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D15" s="6">
-        <v>12000000</v>
+        <v>6000000</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J15" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J15" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K15" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>41158319</v>
+        <v>41158342</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D16" s="6">
-        <v>16800000</v>
+        <v>78800000</v>
       </c>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J16" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J16" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N16" s="4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>41158325</v>
+        <v>41158348</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D17" s="6">
-        <v>4000000</v>
+        <v>9600000</v>
       </c>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J17" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J17" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>41158336</v>
+        <v>41158368</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="D18" s="6">
-        <v>6000000</v>
+        <v>19600000</v>
       </c>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J18" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J18" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>41158342</v>
+        <v>41158390</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D19" s="6">
-        <v>78800000</v>
+        <v>17400000</v>
       </c>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J19" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K19" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>41158348</v>
+        <v>41158407</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D20" s="6">
-        <v>9600000</v>
+        <v>3600000</v>
       </c>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J20" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J20" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>41158368</v>
+        <v>41158409</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="D21" s="6">
-        <v>19600000</v>
+        <v>52700000</v>
       </c>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J21" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J21" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K21" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>41158390</v>
+        <v>41158414</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D22" s="6">
-        <v>17400000</v>
+        <v>9000000</v>
       </c>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J22" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J22" s="5" t="s">
+      <c r="K22" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M22" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N22" s="4" t="s">
         <v>54</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>41158407</v>
+        <v>41158424</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D23" s="6">
-        <v>3600000</v>
+        <v>4800000</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J23" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J23" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>41158409</v>
+        <v>41158430</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D24" s="6">
-        <v>52700000</v>
+        <v>4100000</v>
       </c>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>41158414</v>
+        <v>41264351</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D25" s="6">
-        <v>9000000</v>
+        <v>18700000</v>
       </c>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>41158424</v>
+        <v>41336436</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D26" s="6">
-        <v>4800000</v>
+        <v>1391813323</v>
       </c>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>41158430</v>
+        <v>41336437</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>64</v>
       </c>
       <c r="D27" s="6">
-        <v>4100000</v>
+        <v>3950000</v>
       </c>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="7" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="9">
-        <v>1768186223</v>
+        <v>1794943323</v>
       </c>
       <c r="E28" s="8"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
       <c r="I28" s="8"/>
       <c r="J28" s="8"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="E28:N28"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>