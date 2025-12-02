--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -80,360 +80,369 @@
   <si>
     <t>Belanja Perjalanan Dinas Dalam Kota ( Pospam Nataru ) BLUD UPTD Puskesmas Bangsal</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>08/01/2025</t>
   </si>
   <si>
     <t>08/01/2025 13:04:13</t>
   </si>
   <si>
     <t>'198209182010012009</t>
   </si>
   <si>
     <t>dr Ulfah Kurniasari.M.Kes</t>
   </si>
   <si>
     <t>27 Orang</t>
   </si>
   <si>
+    <t>Belanja Jasa Pengambilan Sampah Non Medis BLUD UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>12 Bulan</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Narasumber PROLANIS BLUD UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Kunjungan lapangan pemantauan Tumbuh Kembang dan Masalah Gizi ibu dan anak BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>27/02/2025</t>
+  </si>
+  <si>
+    <t>01/03/2025 22:52:55</t>
+  </si>
+  <si>
+    <t>Uang Transportasi kegiatan dalam Kota</t>
+  </si>
+  <si>
+    <t>Perjadin Pendampingan Rujukan Balita Stunting BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pendampingan Pemberian MPASI Dan ASI Eksklusif dan PMT Penyuluhan BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pembekalan Tim Pelaksanaan dalam Penyiapan Pemberian Makanan Tambahan Berbasis Pangan Lokal bagi Bumil KEK serta Balita Bermasalah Gizi BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Transport Petugas</t>
+  </si>
+  <si>
+    <t>Bantrans Pembekalan Tim Pelaksanaan dalam Penyiapan Pemberian Makanan Tambahan Berbasis Pangan Lokal bagi Bumil KEK serta Balita Bermasalah Gizi BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Bantuan Transport Peserta Kegiatan</t>
+  </si>
+  <si>
+    <t>Perjadin Pelaksanaan Kelas ibu hamil BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pelaksanaan Kelas ibu balita BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pelayanan Kesehatan pada anak usia sekolah dan remaja (Skrining dan pembinaan di sekolah dan komunitas) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pelacakan dan pelaporan kematian dan pelaksanaan otopsi verbal kematian Ibu dan Bayi/balita BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pelacakan dan pengawasan minum obat untuk ODGJ berat BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pelaksanaan skrining dan intervensi hasil skrining masalah Kesehatan jiwa di UKBM/Lembaga BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>01/03/2025 22:52:15</t>
+  </si>
+  <si>
+    <t>Perjadin Skrining kebugaran jasmani di sekolah, tempat kerja dan calon jemaah haji BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pemantauan lansia risti dan pelayanan homecare pada lansia dengan PJP BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Bantrans Pelaksanaan penyuluhan dan pelayanan KB BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>28/02/2025</t>
+  </si>
+  <si>
+    <t>2 Kali Kegiatan</t>
+  </si>
+  <si>
+    <t>Perjadin Pelaksanaan penyuluhan dan pelayanan KB BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>01/03/2025 22:50:14</t>
+  </si>
+  <si>
+    <t>uang Transportasi kegiatan dalam Kota (petugas)</t>
+  </si>
+  <si>
+    <t>Perjadin Pemantauan minum obat dan terapi pencegahan TBC BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Penemuan kasus aktif, investigasi kontak, dan pelacakan kasus mangkir BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Inspeksi Kesling BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>1 Paket</t>
+  </si>
+  <si>
+    <t>Perjadin Surveilans kualitas air minum di tingkat rumah tangga (SKAMRT) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pemeriksaan Massal Malaria (MBS/MFS) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>- Transport - Uang harian/saku</t>
+  </si>
+  <si>
+    <t>Perjadin Verifikasi Sinyal/(PE)/ Pelacakan Kontak Penyakit Berpotensi KLB dan Penyakit Infeksi Emerging BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Survey Vektor Malaria (Fogging) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>01/03/2025 22:51:34</t>
+  </si>
+  <si>
+    <t>Perjadin Survey Vektor Malaria (Pemeriksaan Jentik Berkala) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Surveilans dan pengendalian vektor penyakit menular di masyarakat (Surveilans migrasi Malaria, survei sentinel ILI SARI) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>"- Transport - Uang harian/saku"</t>
+  </si>
+  <si>
+    <t>Bantrans Asesment Tingkat Keterampilan Kader Purwa/Madya/Utama oleh puskesmas BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>01/03/2025 22:55:02</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota</t>
+  </si>
+  <si>
+    <t>Perjadin Pendampingan pelaksanaan ILP di posyandu prima/pustu dan posyandu BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Bantrans Transport kunjungan rumah kader posyandu BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Kader melakukan kunjungan rumah</t>
+  </si>
+  <si>
+    <t>Bantrans Pelaksanaan Lokakarya mini linsek BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>4 Bulan</t>
+  </si>
+  <si>
+    <t>Transpot Peserta</t>
+  </si>
+  <si>
+    <t>Perjadin Pelaksanaan Mobile Tes HIV dan IMS pada populasi kunci BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin pemantauan dan penjangkauan Lost to Follow Up (HIV AIDS dan PIMS) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin pemantauan pengobatan Malaria (Lost to follow up) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Penemuan kasus hepatitis B (HBsAg reaktif) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>01/03/2025 22:50:49</t>
+  </si>
+  <si>
+    <t>Perjadin pemantauan minum Oralit dan Zinc pada balita Diare BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pemantauan Minum Obat Kusta BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pemberian Obat Cacing (POPM) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pelaksanaan Follow Up Layanan Quitline Terintegrasi dengan Layanan UBM di FKTP BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Deteksi dini penyakit tidak menular(kesehatan gigi dan mulut) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Deteksi dini penyakit tidak menular(perilaku merokok pada anak sekolah kelas 4-12) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Deteksi dini penyakit tidak menular(hipertensi, obesitas, DM, kanker, PPOK, gangguan indera) BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Bantrans Pemberdayaan kader masyarakat melalui pemicuan untuk implementasi seluruh pilar STBM BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Transport kader</t>
+  </si>
+  <si>
+    <t>Bantrans Pemberdayaan kader masyarakat terlibat dalam pelaksanaan imunisasi dan surveilans PD3I BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Bantrans Pemberdayaan kader masyarakat terlibat dalam pelaksanaan deteksi dini faktor risiko penyakit tidak menular BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Bantrans Pemberdayaan kader masyarakat dalam pencegahan penyakit menular BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Penemuan Kasus KIPI BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Penemuan Kasus PD3I BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pelayanan Imunisasi BIAS BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Monitoring Imunisasi Rutin BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Uang Transport Kegiatan dalam Kota</t>
+  </si>
+  <si>
+    <t>Perjadin Sweeping Imunisasi BIAS BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Uang Transportasi Kegiatan dalam kota</t>
+  </si>
+  <si>
+    <t>Perjadin Imunisasi Rutin BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Uang Transportasi Kegiatan dalam Kota</t>
+  </si>
+  <si>
+    <t>Perjadin Validasi Data Imunisasi BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>Perjadin Pendampingan Pelayanan Kesehatan Bagi Kelompok Rentan BOK UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>11/03/2025</t>
+  </si>
+  <si>
+    <t>11/03/2025 09:56:42</t>
+  </si>
+  <si>
+    <t>Pembulatan</t>
+  </si>
+  <si>
+    <t>11/03/2025 10:10:53</t>
+  </si>
+  <si>
+    <t>Pembulatan nilai RAB</t>
+  </si>
+  <si>
+    <t>Pembulatan RAB BOK UPTD Puskesmass Bangsal</t>
+  </si>
+  <si>
+    <t>11/03/2025 10:51:26</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota ( Pospam Lebaran ) BLUD UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>15/05/2025</t>
+  </si>
+  <si>
+    <t>15/05/2025 13:18:46</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kesehatan ( Promosi Kesehatan ) BLUD UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>17/07/2025</t>
+  </si>
+  <si>
+    <t>17/07/2025 11:38:34</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Pengelola Keuangan BLUD UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>02/09/2025</t>
+  </si>
+  <si>
+    <t>02/09/2025 12:28:23</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Pengelola Keuangan Kuasa Pengguna Anggaran Bendahara Penerimaan Bendahara Pengeluaran PPK Pejabat Pengadaan Tenaga Pengelola Keuangan</t>
+  </si>
+  <si>
     <t>Belanja Transaksi Keuangan BLUD UPTD Puskesmas Bangsal</t>
   </si>
   <si>
-    <t>12 Bulan</t>
-[...272 lines deleted...]
-    <t>17/07/2025 11:38:34</t>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>31/10/2025 10:26:32</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Dalam Kota (SPPD) BLUD UPTD Puskesmas Bangsal</t>
   </si>
   <si>
-    <t>02/09/2025</t>
-[...2 lines deleted...]
-    <t>02/09/2025 12:21:48</t>
+    <t>31/10/2025 10:36:57</t>
+  </si>
+  <si>
+    <t>Belanja Tenaga Kesehatan - Belanja Jasa Layanan NON ASN BLUD UPTD Puskesmas Bangsal</t>
+  </si>
+  <si>
+    <t>31/10/2025 10:40:25</t>
+  </si>
+  <si>
+    <t>Jasa Layanan Non ASN (Kapitasi) Jasa Layanan Non ASN Rawat Inap BPJS Jasa Layanan Non ASN Umum Jasa Layanan Non ASN Persalinan BPJS Jasa Layanan Non ASN Rawat Inap Umum</t>
   </si>
   <si>
     <t>Belanja Tenaga Kesehatan - Belanja Layanan ASN BLUD UPTD Puskesmas Bangsal</t>
   </si>
   <si>
-    <t>02/09/2025 12:24:06</t>
+    <t>31/10/2025 10:41:30</t>
   </si>
   <si>
     <t>Jasa Layanan ASN (Kapitasi) Jasa Layanan ASN Persalinan BPJS Jasa Layanan ASN Rawat Inap BPJS Jasa Layanan ASN Umum Jasa Layanan ASN Persalinan Umum Jasa Layanan ASN Rawat Inap Umum</t>
-  </si>
-[...13 lines deleted...]
-    <t>Belanja Honorarium Pengelola Keuangan Kuasa Pengguna Anggaran Bendahara Penerimaan Bendahara Pengeluaran PPK Pejabat Pengadaan Tenaga Pengelola Keuangan</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -907,2533 +916,2533 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N2" s="4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="5">
         <v>2</v>
       </c>
       <c r="B3" s="5">
-        <v>38912595</v>
+        <v>38917602</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="6">
-        <v>200000</v>
+        <v>3600000</v>
       </c>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="5">
-        <v>38917602</v>
+        <v>38924576</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="6">
-        <v>3600000</v>
+        <v>2400000</v>
       </c>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5">
-        <v>38924576</v>
+        <v>40070596</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="6">
-        <v>2400000</v>
+        <v>17000000</v>
       </c>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5">
-        <v>40070596</v>
+        <v>40070622</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D6" s="6">
-        <v>17000000</v>
+        <v>3600000</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N6" s="4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
-        <v>40070622</v>
+        <v>40070634</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="6">
-        <v>3600000</v>
+        <v>12000000</v>
       </c>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="K7" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N7" s="4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
-        <v>40070634</v>
+        <v>40070643</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="6">
-        <v>12000000</v>
+        <v>600000</v>
       </c>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J8" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K8" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N8" s="4" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
-        <v>40070643</v>
+        <v>40070651</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D9" s="6">
-        <v>600000</v>
+        <v>6800000</v>
       </c>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J9" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>40070651</v>
+        <v>40070733</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D10" s="6">
-        <v>6800000</v>
+        <v>13600000</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N10" s="4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>40070733</v>
+        <v>40070751</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="6">
-        <v>13600000</v>
+        <v>10200000</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J11" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="K11" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N11" s="4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>40070751</v>
+        <v>40070918</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="6">
-        <v>10200000</v>
+        <v>26500000</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J12" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="K12" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L12" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M12" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N12" s="4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>40070918</v>
+        <v>40070958</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="6">
-        <v>26500000</v>
+        <v>3000000</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="K13" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N13" s="4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>40070958</v>
+        <v>40070983</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="6">
-        <v>3000000</v>
+        <v>6400000</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J14" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="K14" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N14" s="4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>40070983</v>
+        <v>40071015</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="6">
-        <v>6400000</v>
+        <v>6800000</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="J15" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N15" s="4" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>40071015</v>
+        <v>40071084</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D16" s="6">
-        <v>6800000</v>
+        <v>10800000</v>
       </c>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>40071084</v>
+        <v>40071125</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="6">
-        <v>10800000</v>
+        <v>8500000</v>
       </c>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>40071125</v>
+        <v>40072230</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D18" s="6">
-        <v>8500000</v>
+        <v>4800000</v>
       </c>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>40072230</v>
+        <v>40072869</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" s="6">
-        <v>4800000</v>
+        <v>1200000</v>
       </c>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K19" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L19" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M19" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="J19" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N19" s="4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>40072869</v>
+        <v>40074690</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D20" s="6">
-        <v>1200000</v>
+        <v>2000000</v>
       </c>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="4" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>40074690</v>
+        <v>40074724</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="6">
-        <v>2000000</v>
+        <v>4000000</v>
       </c>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>40074724</v>
+        <v>40075026</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>53</v>
       </c>
       <c r="D22" s="6">
-        <v>4000000</v>
+        <v>7600000</v>
       </c>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="N22" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>40075026</v>
+        <v>40075066</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D23" s="6">
-        <v>7600000</v>
+        <v>4200000</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="N23" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>40075066</v>
+        <v>40075189</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>56</v>
       </c>
       <c r="D24" s="6">
-        <v>4200000</v>
+        <v>1004000</v>
       </c>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="4" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="N24" s="4" t="s">
-        <v>29</v>
+        <v>57</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>40075189</v>
+        <v>40081191</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D25" s="6">
-        <v>1004000</v>
+        <v>2000000</v>
       </c>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N25" s="4" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>40081191</v>
+        <v>40081194</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>59</v>
       </c>
       <c r="D26" s="6">
-        <v>2000000</v>
+        <v>9000000</v>
       </c>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>40081194</v>
+        <v>40081197</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D27" s="6">
-        <v>9000000</v>
+        <v>6800000</v>
       </c>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>40081197</v>
+        <v>40081200</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D28" s="6">
-        <v>6800000</v>
+        <v>1000000</v>
       </c>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N28" s="4" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>40081200</v>
+        <v>40081271</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D29" s="6">
         <v>1000000</v>
       </c>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>40081271</v>
+        <v>40081506</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D30" s="6">
-        <v>1000000</v>
+        <v>14400000</v>
       </c>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J30" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="K30" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L30" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M30" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N30" s="4" t="s">
         <v>66</v>
-      </c>
-[...10 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>40081506</v>
+        <v>40081578</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>68</v>
       </c>
       <c r="D31" s="6">
-        <v>14400000</v>
+        <v>6000000</v>
       </c>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>40081578</v>
+        <v>40081591</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D32" s="6">
-        <v>6000000</v>
+        <v>13600000</v>
       </c>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="4" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>40081591</v>
+        <v>40081622</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D33" s="6">
-        <v>13600000</v>
+        <v>3000000</v>
       </c>
       <c r="E33" s="4"/>
       <c r="F33" s="4"/>
       <c r="G33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="4" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>40081622</v>
+        <v>40081630</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>74</v>
       </c>
       <c r="D34" s="6">
-        <v>3000000</v>
+        <v>4000000</v>
       </c>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N34" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>40081630</v>
+        <v>40081636</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>75</v>
       </c>
       <c r="D35" s="6">
-        <v>4000000</v>
+        <v>500000</v>
       </c>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>40081636</v>
+        <v>40081645</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D36" s="6">
-        <v>500000</v>
+        <v>3000000</v>
       </c>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>40081645</v>
+        <v>40081651</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D37" s="6">
-        <v>3000000</v>
+        <v>1700000</v>
       </c>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>40081651</v>
+        <v>40081677</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D38" s="6">
-        <v>1700000</v>
+        <v>1600000</v>
       </c>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>40081677</v>
+        <v>40081694</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>80</v>
       </c>
       <c r="D39" s="6">
-        <v>1600000</v>
+        <v>4900000</v>
       </c>
       <c r="E39" s="4"/>
       <c r="F39" s="4"/>
       <c r="G39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>40081694</v>
+        <v>40081703</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>81</v>
       </c>
       <c r="D40" s="6">
-        <v>4900000</v>
+        <v>4200000</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N40" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>40081703</v>
+        <v>40082386</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>82</v>
       </c>
       <c r="D41" s="6">
-        <v>4200000</v>
+        <v>500000</v>
       </c>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>40082386</v>
+        <v>40082873</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D42" s="6">
-        <v>500000</v>
+        <v>1000000</v>
       </c>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N42" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>40082873</v>
+        <v>40082879</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>84</v>
       </c>
       <c r="D43" s="6">
-        <v>1000000</v>
+        <v>8500000</v>
       </c>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>40082879</v>
+        <v>40082888</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>85</v>
       </c>
       <c r="D44" s="6">
-        <v>8500000</v>
+        <v>2200000</v>
       </c>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N44" s="4" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>40082888</v>
+        <v>40082890</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D45" s="6">
-        <v>2200000</v>
+        <v>2500000</v>
       </c>
       <c r="E45" s="4"/>
       <c r="F45" s="4"/>
       <c r="G45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>40082890</v>
+        <v>40082896</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>88</v>
       </c>
       <c r="D46" s="6">
-        <v>2500000</v>
+        <v>3400000</v>
       </c>
       <c r="E46" s="4"/>
       <c r="F46" s="4"/>
       <c r="G46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J46" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J46" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K46" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N46" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>40082896</v>
+        <v>40082910</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>89</v>
       </c>
       <c r="D47" s="6">
-        <v>3400000</v>
+        <v>2000000</v>
       </c>
       <c r="E47" s="4"/>
       <c r="F47" s="4"/>
       <c r="G47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J47" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K47" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N47" s="4" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>40082910</v>
+        <v>40082974</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>90</v>
       </c>
       <c r="D48" s="6">
-        <v>2000000</v>
+        <v>3400000</v>
       </c>
       <c r="E48" s="4"/>
       <c r="F48" s="4"/>
       <c r="G48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J48" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J48" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K48" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N48" s="4" t="s">
-        <v>87</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>40082974</v>
+        <v>40082989</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>91</v>
       </c>
       <c r="D49" s="6">
-        <v>3400000</v>
+        <v>3000000</v>
       </c>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J49" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J49" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K49" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>40082989</v>
+        <v>40083066</v>
       </c>
       <c r="C50" s="4" t="s">
         <v>92</v>
       </c>
       <c r="D50" s="6">
-        <v>3000000</v>
+        <v>19200000</v>
       </c>
       <c r="E50" s="4"/>
       <c r="F50" s="4"/>
       <c r="G50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J50" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K50" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N50" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>40083066</v>
+        <v>40083117</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>93</v>
       </c>
       <c r="D51" s="6">
-        <v>19200000</v>
+        <v>14400000</v>
       </c>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J51" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J51" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K51" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>40083117</v>
+        <v>40083163</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D52" s="6">
-        <v>14400000</v>
+        <v>6800000</v>
       </c>
       <c r="E52" s="4"/>
       <c r="F52" s="4"/>
       <c r="G52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J52" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J52" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K52" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N52" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>40083163</v>
+        <v>40083192</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D53" s="6">
-        <v>6800000</v>
+        <v>40800000</v>
       </c>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J53" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J53" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K53" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N53" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>40083192</v>
+        <v>40083209</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D54" s="6">
-        <v>40800000</v>
+        <v>6800000</v>
       </c>
       <c r="E54" s="4"/>
       <c r="F54" s="4"/>
       <c r="G54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="J54" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="J54" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K54" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N54" s="4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>40083209</v>
+        <v>40204376</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>100</v>
       </c>
       <c r="D55" s="6">
-        <v>6800000</v>
+        <v>1816000</v>
       </c>
       <c r="E55" s="4"/>
       <c r="F55" s="4"/>
       <c r="G55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>49</v>
+        <v>101</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>50</v>
+        <v>102</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N55" s="4" t="s">
-        <v>99</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>40204376</v>
+        <v>40204898</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D56" s="6">
-        <v>1816000</v>
+        <v>2600</v>
       </c>
       <c r="E56" s="4"/>
       <c r="F56" s="4"/>
       <c r="G56" s="5" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="4" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="N56" s="4" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>40204898</v>
+        <v>40205658</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D57" s="6">
-        <v>2600</v>
+        <v>74000</v>
       </c>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="5" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>40205658</v>
+        <v>40728704</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D58" s="6">
-        <v>74000</v>
+        <v>3600000</v>
       </c>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="J58" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K58" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L58" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M58" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="N58" s="4" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>40728704</v>
+        <v>40907568</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D59" s="6">
-        <v>3600000</v>
+        <v>3750000</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="J59" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="K59" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L59" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M59" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N59" s="4" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>40907568</v>
+        <v>41012660</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D60" s="6">
-        <v>3750000</v>
+        <v>90450000</v>
       </c>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N60" s="4" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>41012641</v>
+        <v>41264062</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D61" s="6">
-        <v>8000000</v>
+        <v>300000</v>
       </c>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="4" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="N61" s="4" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>41012647</v>
+        <v>41264177</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D62" s="6">
-        <v>1116728981</v>
+        <v>6700000</v>
       </c>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="N62" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>41012648</v>
+        <v>41264226</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D63" s="6">
-        <v>398801357</v>
+        <v>399981753</v>
       </c>
       <c r="E63" s="4"/>
       <c r="F63" s="4"/>
       <c r="G63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="N63" s="4" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>41012660</v>
+        <v>41264240</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D64" s="6">
-        <v>90450000</v>
+        <v>1155816080</v>
       </c>
       <c r="E64" s="4"/>
       <c r="F64" s="4"/>
       <c r="G64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="4" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="N64" s="4" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="7" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="B65" s="8"/>
       <c r="C65" s="8"/>
       <c r="D65" s="9">
-        <v>1973926938</v>
+        <v>2012994433</v>
       </c>
       <c r="E65" s="8"/>
       <c r="F65" s="8"/>
       <c r="G65" s="8"/>
       <c r="H65" s="8"/>
       <c r="I65" s="8"/>
       <c r="J65" s="8"/>
       <c r="K65" s="8"/>
       <c r="L65" s="8"/>
       <c r="M65" s="8"/>
       <c r="N65" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A65:C65"/>
     <mergeCell ref="E65:N65"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>