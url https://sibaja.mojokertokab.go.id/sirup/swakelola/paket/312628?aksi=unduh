--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -305,90 +305,90 @@
   <si>
     <t>Sesuai PJB</t>
   </si>
   <si>
     <t>Belanja Alat Tulis kantor</t>
   </si>
   <si>
     <t>28/04/2025</t>
   </si>
   <si>
     <t>28/04/2025 10:59:09</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Administrasi</t>
   </si>
   <si>
     <t>27/05/2025</t>
   </si>
   <si>
     <t>27/05/2025 02:34:40</t>
   </si>
   <si>
     <t>Jasa Tenaga Administrasi</t>
   </si>
   <si>
+    <t>Belanja Iuran Jaminan Kesehatan bagi Non ASN</t>
+  </si>
+  <si>
+    <t>30/10/2025</t>
+  </si>
+  <si>
+    <t>30/10/2025 14:00:51</t>
+  </si>
+  <si>
+    <t>Iuran Jaminan Kesehatan bagi Non ASN</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Pengadaan Barang/Jasa</t>
+  </si>
+  <si>
+    <t>Belanja Pelatihan ( Kedokteran Keluarga, Endokrin, Hipertensi)</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kesehatan</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Kesehatan</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Luar Kota</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>12/11/2025 01:44:48</t>
+  </si>
+  <si>
     <t>Belanja Perjalanan Dinas Dalam Kota</t>
-  </si>
-[...37 lines deleted...]
-    <t>11/09/2025 11:34:31</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -749,54 +749,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N41"/>
+  <dimension ref="A1:N42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E41" sqref="E41:N41"/>
+      <selection activeCell="E42" sqref="E42:N42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="207.521" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="74.268" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
@@ -2194,285 +2194,325 @@
       </c>
       <c r="I35" s="5" t="s">
         <v>94</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>95</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>40940787</v>
+        <v>41259001</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>97</v>
       </c>
       <c r="D36" s="6">
-        <v>4400000</v>
+        <v>4884000</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>98</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>99</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N36" s="4" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>41006109</v>
+        <v>41259021</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D37" s="6">
-        <v>0</v>
-[...6 lines deleted...]
-      </c>
+        <v>8160000</v>
+      </c>
+      <c r="E37" s="4"/>
+      <c r="F37" s="4"/>
       <c r="G37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>41006110</v>
+        <v>41259036</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D38" s="6">
-        <v>1144572208</v>
+        <v>3900000</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N38" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>41006117</v>
+        <v>41259172</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D39" s="6">
-        <v>5184000</v>
+        <v>1142134908</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>41039519</v>
+        <v>41320328</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D40" s="6">
-        <v>8587010</v>
+        <v>1240000</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="5" t="s">
-        <v>17</v>
+        <v>106</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>18</v>
+        <v>107</v>
       </c>
       <c r="I40" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="J40" s="5" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>21</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>22</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>23</v>
       </c>
       <c r="N40" s="4" t="s">
-        <v>51</v>
+        <v>77</v>
       </c>
     </row>
     <row r="41" spans="1:14">
-      <c r="A41" s="7" t="s">
+      <c r="A41" s="5">
+        <v>40</v>
+      </c>
+      <c r="B41" s="5">
+        <v>41320330</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D41" s="6">
+        <v>8900000</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="K41" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="M41" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="N41" s="4" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14">
+      <c r="A42" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="B41" s="8"/>
-[...13 lines deleted...]
-      <c r="N41" s="8"/>
+      <c r="B42" s="8"/>
+      <c r="C42" s="8"/>
+      <c r="D42" s="9">
+        <v>1515880208</v>
+      </c>
+      <c r="E42" s="8"/>
+      <c r="F42" s="8"/>
+      <c r="G42" s="8"/>
+      <c r="H42" s="8"/>
+      <c r="I42" s="8"/>
+      <c r="J42" s="8"/>
+      <c r="K42" s="8"/>
+      <c r="L42" s="8"/>
+      <c r="M42" s="8"/>
+      <c r="N42" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A41:C41"/>
-    <mergeCell ref="E41:N41"/>
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="E42:N42"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>