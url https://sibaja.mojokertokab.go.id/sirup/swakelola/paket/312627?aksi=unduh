--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -350,99 +350,99 @@
   <si>
     <t>Belanja perjalanan dinas dalam daerah kegiatan peaksanaan dan pemantauan LTFU bagi ODHIV SUB KEGIATAN PELAYANAN KESEHATAN PENYKIT MENULAR DAN TIDAK MENULAR BOK UPTD PUSKESMAS TROWULAN</t>
   </si>
   <si>
     <t>Belanja perjalanan dinas dalam daerah kegiatan mobile vicity SUB KEGIATAN PELAYANAN KESEHATAN PENYKIT MENULAR DAN TIDAK MENULAR BOK UPTD PUSKESMAS TROWULAN</t>
   </si>
   <si>
     <t>Belanja perjalanan dinas dalam daerah kegiatan imunisasi rutin SUB KEGIATAN PELAYANAN KESEHATAN PENYKIT MENULAR DAN TIDAK MENULAR BOK UPTD PUSKESMAS TROWULAN</t>
   </si>
   <si>
     <t>Belanja perjalanan dinas dalam daerah kegiatan bias SUB KEGIATAN PELAYANAN KESEHATAN PENYKIT MENULAR DAN TIDAK MENULAR BOK UPTD PUSKESMAS TROWULAN</t>
   </si>
   <si>
     <t>Belanja perjalanan dinas dalam daerah kegiatan sweeping imunisasi SUB KEGIATAN PELAYANAN KESEHATAN PENYKIT MENULAR DAN TIDAK MENULAR BOK UPTD PUSKESMAS TROWULAN</t>
   </si>
   <si>
     <t>Belanja perjalanan dinas dalam daerah kegiatan validasi antigen baru SUB KEGIATAN PELAYANAN KESEHATAN PENYKIT MENULAR DAN TIDAK MENULAR BOK UPTD PUSKESMAS TROWULAN</t>
   </si>
   <si>
     <t>Belanja perjalanan dinas dalam daerah kegiatan kipi SUB KEGIATAN PELAYANAN KESEHATAN PENYKIT MENULAR DAN TIDAK MENULAR BOK UPTD PUSKESMAS TROWULAN</t>
   </si>
   <si>
     <t>Belanja perjalanan dinas dalam daerah kegiatan PD3I SUB KEGIATAN PELAYANAN KESEHATAN PENYKIT MENULAR DAN TIDAK MENULAR BOK UPTD PUSKESMAS TROWULAN</t>
   </si>
   <si>
+    <t>belanja Iuran JKN non ASN (BLUD Puskesmas Trowulan)</t>
+  </si>
+  <si>
+    <t>03/06/2025</t>
+  </si>
+  <si>
+    <t>03/06/2025 10:42:53</t>
+  </si>
+  <si>
+    <t>iuran jkn</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi BLUD Pusk.Trowulan</t>
+  </si>
+  <si>
+    <t>03/06/2025 11:22:19</t>
+  </si>
+  <si>
+    <t>Honor Tenaga Keuangan</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kesehatan BLUD Puskesmas Trowulan</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 20:12:52</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Kesehatan</t>
+  </si>
+  <si>
     <t>Belanja Pembayaran Pajak, Bea, dan Perizinan BLUD Pusk.Trowulan</t>
   </si>
   <si>
-    <t>02/06/2025</t>
-[...2 lines deleted...]
-    <t>02/06/2025 14:41:45</t>
+    <t>17/11/2025</t>
+  </si>
+  <si>
+    <t>17/11/2025 08:56:14</t>
   </si>
   <si>
     <t>Belanja pajak ambulance</t>
   </si>
   <si>
     <t>belanja Perjalanan Dinas dalam daerah (BLUD Puskesmas Trowulan)</t>
   </si>
   <si>
-    <t>03/06/2025</t>
-[...32 lines deleted...]
-    <t>Jasa Tenaga Kesehatan</t>
+    <t>17/11/2025 08:59:25</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3076,253 +3076,253 @@
       </c>
       <c r="I56" s="5" t="s">
         <v>79</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>90</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>26</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>40799237</v>
+        <v>40802245</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>112</v>
       </c>
       <c r="D57" s="6">
-        <v>800000</v>
+        <v>2800000</v>
       </c>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>113</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>114</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>40801948</v>
+        <v>40802405</v>
       </c>
       <c r="C58" s="4" t="s">
         <v>116</v>
       </c>
       <c r="D58" s="6">
-        <v>14000000</v>
+        <v>3000000</v>
       </c>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="J58" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="J58" s="5" t="s">
+      <c r="K58" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L58" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M58" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="N58" s="4" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>40802245</v>
+        <v>41057920</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>119</v>
       </c>
       <c r="D59" s="6">
-        <v>2800000</v>
+        <v>1193680854</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="N59" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>40802405</v>
+        <v>41340168</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D60" s="6">
-        <v>3000000</v>
+        <v>1387000</v>
       </c>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N60" s="4" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>41057920</v>
+        <v>41340231</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D61" s="6">
-        <v>1193680854</v>
+        <v>18800000</v>
       </c>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J61" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="K61" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L61" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M61" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N61" s="4" t="s">
         <v>127</v>
-      </c>
-[...10 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="7" t="s">
         <v>129</v>
       </c>
       <c r="B62" s="8"/>
       <c r="C62" s="8"/>
       <c r="D62" s="9">
-        <v>1617984954</v>
+        <v>1623371954</v>
       </c>
       <c r="E62" s="8"/>
       <c r="F62" s="8"/>
       <c r="G62" s="8"/>
       <c r="H62" s="8"/>
       <c r="I62" s="8"/>
       <c r="J62" s="8"/>
       <c r="K62" s="8"/>
       <c r="L62" s="8"/>
       <c r="M62" s="8"/>
       <c r="N62" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A62:C62"/>
     <mergeCell ref="E62:N62"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>