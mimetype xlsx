--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Nama KLPD Penyelenggara</t>
   </si>
   <si>
     <t>Nama Satker Penyelenggara</t>
   </si>
   <si>
     <t>Tanggal Awal Pelaksanaan Kontrak</t>
   </si>
   <si>
     <t>Tanggal Akhir Pelaksanaan Kontrak</t>
   </si>
   <si>
@@ -83,501 +83,495 @@
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>08/01/2025</t>
   </si>
   <si>
     <t>09/01/2025 07:23:31</t>
   </si>
   <si>
     <t>'197805202007012007</t>
   </si>
   <si>
     <t>drg. Cahyarti Sumirat</t>
   </si>
   <si>
     <t>1 paket</t>
   </si>
   <si>
     <t>Belanja Pengisian Isi Tabung O2</t>
   </si>
   <si>
+    <t>Belanja Honorarium Pengadaan Barang dan Jasa BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>22/01/2025</t>
+  </si>
+  <si>
+    <t>22/01/2025 16:34:15</t>
+  </si>
+  <si>
+    <t>Honorarium Pejabat Pengadaan</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Penanggungjawaban Pengelola Keuangan BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>Honorarium Kuasa Pengguna Anggaran; Honorarium Bendahara Penerimaan Pembantu; Honorarium Bendahara Pengeluaran Pembantu; Honorarium PPTK BLUD; Honorarium PPTK BOK; Honorarium PPK</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pendampingan pelayanan Kesehatan bagi kelompok Rentan (penyandang disabilitas, korban Kekerasan terhadap Perempuan dan Anak/Tindak Pidana Perdangan Orang) di tingkat komunitas - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>26/02/2025</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:51:03</t>
+  </si>
+  <si>
+    <t>2 Orang x 15 Desa x 1 Kali</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Bagi Petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Asesment Tingkat Keterampilan Kader Purwa/Madya/Utama oleh Puskesmas - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>5 Orang x 2 Kali x 1 Tahun</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Untuk Petugas</t>
+  </si>
+  <si>
+    <t>Belanja Barang Alat Tulis Kantor Cetak Penggandaan Form Penilaian - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>25 Lembar x 2 Kali x 46 Orang</t>
+  </si>
+  <si>
+    <t>Penggandaan Form Penilaian</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan Kelas ibu hamil dan Ibu Balita - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>13/03/2025 13:58:38</t>
+  </si>
+  <si>
+    <t>2 orang x 15 desa x 4 kali x 3 kali</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Kegiatan Kelas ibu hamil dan Ibu Balita; untuk petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan Kesehatan pada anak usia sekolah dan remaja - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:48:03</t>
+  </si>
+  <si>
+    <t>2 orang x 1 hari x 56 sekolah</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan Kesehatan pada anak usia sekolah dan remaja; untuk petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pendampingan dan Pelayanan Kesehatan pada usia lanjut - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:47:48</t>
+  </si>
+  <si>
+    <t>2 orang x 15 desa x 3 bln</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pendampingan dan Pelayanan Kesehatan pada usia lanjut ; tranport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelacakan dan pengawasan minum obat untuk ODGJ berat - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:47:02</t>
+  </si>
+  <si>
+    <t>2 orang x 2 pasien x 3 kali</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelacakan dan pengawasan minum obat untuk ODGJ berat</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Penemuan kasus aktif dan pemantauan pengobatan TBC - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:47:35</t>
+  </si>
+  <si>
+    <t>3 orang x 40 kasus x 12 lokasi</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Penemuan kasus aktif dan pemantauan pengobatan TBC; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pendampingan Pemberian MPASI Dan ASI Eksklusif - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>13/03/2025 13:58:21</t>
+  </si>
+  <si>
+    <t>2 orang x 15 desa x 5 orang</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pendampingan Pemberian MPASI Dan ASI Eksklusif; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pendampingan rujukan balita stunting/gizi buruk - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>2 orang x 1 kali x 82 kasus</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pendampingan rujukan balita stunting/gizi buruk; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Kunjungan lapangan pemnatauan Tumbuh Kembang dan Masalah Gizi ibu dan anak - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>2 orang x 2 kali x 15 posyandu</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Kunjungan lapangan pemnatauan Tumbuh Kembang dan Masalah Gizi ibu dan anak; trasnport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelatihan tim pelaksana dalam penyiapan pemberian makanan tambahan berbasis pangan lokal bagi ibu hamil kek dan balita gizi kurang tingkat kab/kota dan puskesmas - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>5 orang x 72 posyandu</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelatihan tim pelaksana dalam penyiapan pemberian makanan tambahan berbasis pangan lokal bagi ibu hamil kek dan balita gizi kurang tingkat kab/kota dan puskesmas; transport kader; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Skrining kebugaran jasmani di sekolah, tempat kerja dan calon jemaah haji - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:46:11</t>
+  </si>
+  <si>
+    <t>12 orang x 35 lokasi</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Skrining kebugaran jasmani di sekolah, tempat kerja dan calon jemaah haji</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan skrining dan intervensi hasil skrining masalah Kesehatan jiwa di UKBM/Lembaga - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:47:22</t>
+  </si>
+  <si>
+    <t>2 orang x 15 lokasi x 2 kali</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan skrining dan intervensi hasil skrining masalah Kesehatan jiwa di UKBM/Lembaga; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Inspeksi Kesling di Sarana Tempat dan Fasilitas Umum, Sarana Tempat Pengelolaan Pangan, Sarana Air Minum, Fasyankes - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:46:27</t>
+  </si>
+  <si>
+    <t>5 orang x 54 lokasi x 1 kali</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Inspeksi Kesling di Sarana Tempat dan Fasilitas Umum, Sarana Tempat Pengelolaan Pangan, Sarana Air Minum, Fasyankes; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Surveilans kualitas air minum di tingkat rumah tangga (SKAMRT) - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>1 orang x 60 lokasi x 2 kali</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Surveilans kualitas air minum di tingkat rumah tangga (SKAMRT)</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pemeriksaan Massal Malaria (MBS/MFS) - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>27/02/2025</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:46:39</t>
+  </si>
+  <si>
+    <t>3 orang x 2 kasus</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pemeriksaan Massal Malaria (MBS/MFS); transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan penyuluhan dan pelayanan KB, praktik P2GP dan kesehatan reproduksi, pencegahan kekerasan pada perempuan dan anak dan kesehatan penyandang disabilitas - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:48:15</t>
+  </si>
+  <si>
+    <t>2 orang x 1 kali</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan penyuluhan dan pelayanan KB, praktik P2GP dan kesehatan reproduksi, pencegahan kekerasan pada perempuan dan anak dan kesehatan penyandang disabilitas ; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelacakan dan pelaporan kematian dan pelaksanaan otopsi verbal kematian Ibu dan Bayi/balita - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:48:50</t>
+  </si>
+  <si>
+    <t>3 orang x 1 hari x 8 kasus</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelacakan dan pelaporan kematian dan pelaksanaan otopsi verbal kematian Ibu dan Bayi/balita; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Verifikasi Sinyal/ Penyelidikan Epidemiologi (PE)/ Pelacakan Kontak Penyakit Berpotensi KLB/Wabah dan Penyakit Infeksi Emerging - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 07:48:37</t>
+  </si>
+  <si>
+    <t>6 orang x 15 kasus</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Verifikasi Sinyal/ Penyelidikan Epidemiologi (PE)/ Pelacakan Kontak Penyakit Berpotensi KLB/Wabah dan Penyakit Infeksi Emerging ; TRANSPORT PETUGAS</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Survei vector (DBD, Malaria dan Leptosprirosis) dan pengendalian vector (pengasapan/fogging, penyemprotan dinding rumah (IRS), larvasidasi DBD/Malaria dan PSN - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>112 orang/tahun</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Survei vector (DBD, Malaria dan Leptosprirosis) dan pengendalian vector (pengasapan/fogging, penyemprotan dinding rumah (IRS), larvasidasi DBD/Malaria dan PSN</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Surveilans dan pengendalian vektor penyakit menular di masyarakat (Surveilans migrasi Malaria, survei sentinel ILI SARI) - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Surveilans dan pengendalian vektor penyakit menular di masyarakat (Surveilans migrasi Malaria, survei sentinel ILI SARI); transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelayanan Imunisasi - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>13/03/2025 13:58:03</t>
+  </si>
+  <si>
+    <t>892 orang/tahun</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelayanan Imunisasi ; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Penemuan kasus aktif penyakit menular, NTDs (Penyakit Tropis Terabaikan), KIPI dan PD3I (AFP, Campak Rubela dan PD3I lainnya), Pneumonia dan Infeksi Saluran Pernapasan Akut terintegrasi dengan Posyandu, Posbindu - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>340 orang/tahun</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Penemuan kasus aktif penyakit menular, NTDs (Penyakit Tropis Terabaikan), KIPI dan PD3I (AFP, Campak Rubela dan PD3I lainnya), Pneumonia dan Infeksi Saluran Pernapasan Akut terintegrasi dengan Posyandu, Posbindu; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pemberdayaan kader masyarakat dalam pencegahan penyakit menular - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>110 orang/tahun</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pemberdayaan kader masyarakat dalam pencegahan penyakit menular; transport kader</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Deteksi dini penyakit tidak menular - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>206 orang/ tahun</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Deteksi dini penyakit tidak menular; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pemantauan dan tindaklanjut kasus penyakit menular - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>195 orang / tahun</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pemantauan dan tindaklanjut kasus penyakit menular; transport petugas</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam KotaPendampingan pelaksanaan ILP di posyandu prima/pustu dan posyandu - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>13/03/2025 13:57:46</t>
+  </si>
+  <si>
+    <t>2 orang x 24 lokasi x 2kali</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam KotaPendampingan pelaksanaan ILP di posyandu prima/pustu dan posyandu; transport kader</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan lokakarya mini lintas sektor triwulanan - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>23 orang x 4 kali</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Pelaksanaan lokakarya mini lintas sektor triwulanan; transport peserta</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Transport kunjungan rumah kader posyandu - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>24 orang/tahun</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Dalam Kota Transport kunjungan rumah kader posyandu; trasport kader</t>
+  </si>
+  <si>
+    <t>Belanja Paket Data Internet - Dukungan internet dalam implementasi dashboard ILP dan ASIK BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025</t>
+  </si>
+  <si>
+    <t>18/03/2025 10:59:17</t>
+  </si>
+  <si>
+    <t>1 paket x 1 kali x 12 bulan</t>
+  </si>
+  <si>
+    <t>Dukungan internet dalam implementasi dashboard ILP dan ASIK</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor - Karbon Sub Kegiatan Operasional Pelayanan Puskesmas BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 11:56:27</t>
+  </si>
+  <si>
+    <t>55000 lembar x 1 kali</t>
+  </si>
+  <si>
+    <t>Pembulatan untuk Pelaksanaan Sub Kegiatan Operasional Pelayanan Puskesmas BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor - Karbon Sub Kegiatan Pengelolaan Pelayanan Kesehatan Gizi Masyarakat BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 11:55:34</t>
+  </si>
+  <si>
+    <t>219200 lembar x 1 rupiah x 1 kali</t>
+  </si>
+  <si>
+    <t>Karbon untuk kegiatan Pembekalan Tim Pelaksanaan dalam Penyiapan Pemberian Makanan Tambahan Berbasis Pangan Lokal bagi Bumil KEK serta Balita Bermasalah Gizi</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor - Karbon Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 11:56:00</t>
+  </si>
+  <si>
+    <t>Karbon Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor - Karbon Sub Kegiatan Pelayanan Kesehatan Reproduksi Puskesmas BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/03/2025 12:00:21</t>
+  </si>
+  <si>
+    <t>70000 lembar x 1 rupiah x 1 kali</t>
+  </si>
+  <si>
+    <t>Karbon untuk pembulatan Sub Kegiatan Pelayanan Kesehatan Reproduksi Puskesmas BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>Belanja Pembayaran Pajak, Bea dan Perizinan BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>06/11/2025</t>
+  </si>
+  <si>
+    <t>06/11/2025 11:51:47</t>
+  </si>
+  <si>
+    <t>Belanja STNK 2 Kendaraan Puskesmas (1 mobil Ambulan, 1 mobil Pusling); Belanja Konsultasi Perijinan Puskesmas</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kesehatan BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:23:20</t>
+  </si>
+  <si>
+    <t>Belanja Honorarium Pegawai BLUD; Belanja Jasa Pelayanan Kesehatan ASN; Belanja Jasa Pelayanan Kesehatan Non ASN</t>
+  </si>
+  <si>
     <t>Belanja Uang dan/atau Jasa untuk diberikan kepada Pihak ketiga/pihak lain/masyarakat</t>
   </si>
   <si>
-    <t>20/01/2025</t>
-[...2 lines deleted...]
-    <t>20/01/2025 13:05:34</t>
+    <t>28/11/2025 11:44:52</t>
   </si>
   <si>
     <t>Belanja Jasa Pengelola Parkir</t>
   </si>
   <si>
-    <t>Belanja Honorarium Pengadaan Barang dan Jasa BLUD UPTD Puskesmas Sooko</t>
-[...409 lines deleted...]
-  <si>
     <t>Belanja Perjalanan Dinas BLUD UPTD Puskesmas Sooko</t>
   </si>
   <si>
-    <t>12/09/2025</t>
-[...2 lines deleted...]
-    <t>12/09/2025 21:49:11</t>
+    <t>28/11/2025 11:44:10</t>
   </si>
   <si>
     <t>Belanja Perjalanan Dinas Biasa; Belanja Perjalanan Dinas Dalam Kota</t>
   </si>
   <si>
-    <t>Belanja Jasa Tenaga Kesehatan BLUD UPTD Puskesmas Sooko</t>
-[...7 lines deleted...]
-  <si>
     <t>Belanja Honorarium Narasumber/Pembahas/Moderator/Pembawa Acara dan Panitia BLUD UPTD Puskesmas Sooko</t>
   </si>
   <si>
-    <t>18/09/2025</t>
-[...2 lines deleted...]
-    <t>18/09/2025 13:54:34</t>
+    <t>28/11/2025 11:43:49</t>
   </si>
   <si>
     <t>Honorarium Instruktur Sena; Honorarium Narasumber Prolanis; Honorarium Instruktur Senam Prolanis</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1054,1733 +1048,1733 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N2" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="5">
         <v>2</v>
       </c>
       <c r="B3" s="5">
-        <v>39304577</v>
+        <v>39411384</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="6">
-        <v>12000000</v>
+        <v>8160000</v>
       </c>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="5">
-        <v>39411384</v>
+        <v>39411405</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="6">
-        <v>8160000</v>
+        <v>60650000</v>
       </c>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N4" s="4" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5">
-        <v>39411405</v>
+        <v>40040494</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D5" s="6">
-        <v>60650000</v>
+        <v>3000000</v>
       </c>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="4" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5">
-        <v>40040494</v>
+        <v>40041871</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" s="6">
-        <v>3000000</v>
+        <v>1000000</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J6" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M6" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="K6" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
-        <v>40041871</v>
+        <v>40042077</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D7" s="6">
-        <v>1000000</v>
+        <v>920000</v>
       </c>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" s="4" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
-        <v>40042077</v>
+        <v>40043503</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D8" s="6">
-        <v>920000</v>
+        <v>21000000</v>
       </c>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
-        <v>40043503</v>
+        <v>40048015</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="6">
-        <v>21000000</v>
+        <v>11200000</v>
       </c>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>45</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>40048015</v>
+        <v>40048291</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="6">
-        <v>11200000</v>
+        <v>9000000</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>40048291</v>
+        <v>40048371</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="6">
-        <v>9000000</v>
+        <v>12000000</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>53</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>40048371</v>
+        <v>40048737</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>56</v>
       </c>
       <c r="D12" s="6">
-        <v>12000000</v>
+        <v>31200000</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>40048737</v>
+        <v>40048800</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>60</v>
       </c>
       <c r="D13" s="6">
-        <v>31200000</v>
+        <v>15000000</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>61</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>40048800</v>
+        <v>40048877</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>64</v>
       </c>
       <c r="D14" s="6">
-        <v>15000000</v>
+        <v>8000000</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J14" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M14" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="K14" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M14" s="4" t="s">
+      <c r="N14" s="4" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>40048877</v>
+        <v>40048954</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D15" s="6">
-        <v>8000000</v>
+        <v>30000000</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="N15" s="4" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>40048954</v>
+        <v>40049070</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D16" s="6">
-        <v>30000000</v>
+        <v>37600000</v>
       </c>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="N16" s="4" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>40049070</v>
+        <v>40049159</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D17" s="6">
-        <v>37600000</v>
+        <v>11100000</v>
       </c>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>40049159</v>
+        <v>40053220</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>77</v>
       </c>
       <c r="D18" s="6">
-        <v>11100000</v>
+        <v>6000000</v>
       </c>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>79</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>40053220</v>
+        <v>40053246</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>81</v>
       </c>
       <c r="D19" s="6">
-        <v>6000000</v>
+        <v>8300000</v>
       </c>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>82</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>40053246</v>
+        <v>40053271</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>85</v>
       </c>
       <c r="D20" s="6">
-        <v>8300000</v>
+        <v>4000000</v>
       </c>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J20" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M20" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="K20" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M20" s="4" t="s">
+      <c r="N20" s="4" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>40053271</v>
+        <v>40055273</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D21" s="6">
-        <v>4000000</v>
+        <v>300000</v>
       </c>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>40055273</v>
+        <v>40055594</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D22" s="6">
-        <v>300000</v>
+        <v>200000</v>
       </c>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>94</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>40055594</v>
+        <v>40055696</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>97</v>
       </c>
       <c r="D23" s="6">
-        <v>200000</v>
+        <v>2400000</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>98</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>99</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>40055696</v>
+        <v>40056244</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>101</v>
       </c>
       <c r="D24" s="6">
-        <v>2400000</v>
+        <v>3000000</v>
       </c>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>40056244</v>
+        <v>40056277</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>105</v>
       </c>
       <c r="D25" s="6">
-        <v>3000000</v>
+        <v>11200000</v>
       </c>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J25" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M25" s="4" t="s">
         <v>106</v>
       </c>
-      <c r="K25" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M25" s="4" t="s">
+      <c r="N25" s="4" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>40056277</v>
+        <v>40056379</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D26" s="6">
-        <v>11200000</v>
+        <v>600000</v>
       </c>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="4" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="N26" s="4" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>40056379</v>
+        <v>40056845</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D27" s="6">
-        <v>600000</v>
+        <v>89200000</v>
       </c>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>40056845</v>
+        <v>40056906</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>114</v>
       </c>
       <c r="D28" s="6">
-        <v>89200000</v>
+        <v>3400000</v>
       </c>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J28" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="K28" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L28" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M28" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="K28" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M28" s="4" t="s">
+      <c r="N28" s="4" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>40056906</v>
+        <v>40056972</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D29" s="6">
-        <v>3400000</v>
+        <v>11000000</v>
       </c>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="N29" s="4" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>40056972</v>
+        <v>40057020</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D30" s="6">
-        <v>11000000</v>
+        <v>20600000</v>
       </c>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="N30" s="4" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>40057020</v>
+        <v>40057035</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D31" s="6">
-        <v>20600000</v>
+        <v>19500000</v>
       </c>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="N31" s="4" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>40057035</v>
+        <v>40059170</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D32" s="6">
-        <v>19500000</v>
+        <v>9600000</v>
       </c>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>115</v>
+        <v>127</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>40059170</v>
+        <v>40059237</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>130</v>
       </c>
       <c r="D33" s="6">
-        <v>9600000</v>
+        <v>9200000</v>
       </c>
       <c r="E33" s="4"/>
       <c r="F33" s="4"/>
       <c r="G33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J33" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="K33" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L33" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M33" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="K33" s="4" t="s">
-[...5 lines deleted...]
-      <c r="M33" s="4" t="s">
+      <c r="N33" s="4" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>40059237</v>
+        <v>40059284</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D34" s="6">
-        <v>9200000</v>
+        <v>24000000</v>
       </c>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="N34" s="4" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>40059284</v>
+        <v>40339037</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D35" s="6">
-        <v>24000000</v>
+        <v>1200000</v>
       </c>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>40339037</v>
+        <v>40341376</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D36" s="6">
-        <v>1200000</v>
+        <v>55000</v>
       </c>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>142</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>143</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>40341376</v>
+        <v>40341599</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>145</v>
       </c>
       <c r="D37" s="6">
-        <v>55000</v>
+        <v>219200</v>
       </c>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>146</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>40341599</v>
+        <v>40341707</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>149</v>
       </c>
       <c r="D38" s="6">
-        <v>219200</v>
+        <v>51000</v>
       </c>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>150</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="M38" s="4" t="s">
+      <c r="M38" s="4">
+        <v>51000</v>
+      </c>
+      <c r="N38" s="4" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>40341707</v>
+        <v>40342556</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D39" s="6">
-        <v>51000</v>
+        <v>70000</v>
       </c>
       <c r="E39" s="4"/>
       <c r="F39" s="4"/>
       <c r="G39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="J39" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="K39" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L39" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M39" s="4" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>51000</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>40342556</v>
+        <v>41294640</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>156</v>
       </c>
       <c r="D40" s="6">
-        <v>70000</v>
+        <v>3316500</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>141</v>
+        <v>157</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="4" t="s">
-        <v>158</v>
+        <v>21</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>40942445</v>
+        <v>41381740</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>160</v>
       </c>
       <c r="D41" s="6">
-        <v>2666500</v>
+        <v>1972386969</v>
       </c>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>161</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>162</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>41044225</v>
+        <v>41381825</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>164</v>
       </c>
       <c r="D42" s="6">
-        <v>11920000</v>
+        <v>14700000</v>
       </c>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="J42" s="5" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N42" s="4" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>41044235</v>
+        <v>41381827</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D43" s="6">
-        <v>1942844709</v>
+        <v>12772500</v>
       </c>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N43" s="4" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>41067083</v>
+        <v>41381828</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D44" s="6">
-        <v>31800000</v>
+        <v>43300000</v>
       </c>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>21</v>
       </c>
       <c r="N44" s="4" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="7" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B45" s="8"/>
       <c r="C45" s="8"/>
       <c r="D45" s="9">
-        <v>2485828159</v>
+        <v>2531072919</v>
       </c>
       <c r="E45" s="8"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
       <c r="I45" s="8"/>
       <c r="J45" s="8"/>
       <c r="K45" s="8"/>
       <c r="L45" s="8"/>
       <c r="M45" s="8"/>
       <c r="N45" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A45:C45"/>
     <mergeCell ref="E45:N45"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>