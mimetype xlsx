--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -71,54 +71,54 @@
   <si>
     <t>Nama PPK</t>
   </si>
   <si>
     <t>Volume Pekerjaan</t>
   </si>
   <si>
     <t>Uraian Pekerjaan</t>
   </si>
   <si>
     <t>Karbon</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>30/12/2024</t>
   </si>
   <si>
     <t>30/12/2024 18:29:15</t>
   </si>
   <si>
-    <t>'196706261987031002</t>
-[...2 lines deleted...]
-    <t>TATANG MARHAENDRATA, SH.MH</t>
+    <t>'197212061994021001</t>
+  </si>
+  <si>
+    <t>AMAT SUSILO</t>
   </si>
   <si>
     <t>4750 Lembar</t>
   </si>
   <si>
     <t>Karbon;</t>
   </si>
   <si>
     <t>Pejabat Pengadaan Barang/Jasa</t>
   </si>
   <si>
     <t>4 Orang / Bulan</t>
   </si>
   <si>
     <t>Pejabat Pengadaan Barang/Jasa;</t>
   </si>
   <si>
     <t>Pejabat Pelaksana Teknis Kegiatan (PPTK)</t>
   </si>
   <si>
     <t>12 Orang / Bulan</t>
   </si>
   <si>
     <t>Pejabat Pelaksana Teknis Kegiatan (PPTK);</t>
   </si>
@@ -290,354 +290,354 @@
   <si>
     <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Taksi; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Biaya Tiket Kereta Api; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
   </si>
   <si>
     <t>09/04/2025 12:04:45</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Keamanan</t>
   </si>
   <si>
     <t>09/04/2025 12:09:37</t>
   </si>
   <si>
     <t>Jasa Tenaga Keamanan;</t>
   </si>
   <si>
     <t>Jasa Tenaga Kebersihan;</t>
   </si>
   <si>
     <t>09/04/2025 12:19:06</t>
   </si>
   <si>
     <t>09/04/2025 12:23:31</t>
   </si>
   <si>
-    <t>09/04/2025 14:02:55</t>
+    <t>09/04/2025 14:11:01</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Biaya Tiket Kereta Api;</t>
+  </si>
+  <si>
+    <t>10/04/2025 09:59:44</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Luar Kota</t>
+  </si>
+  <si>
+    <t>Uang Harian Luar Kota (Diklat); Uang Harian Luar Kota (Diklat); Uang Harian Luar Kota (Diklat);</t>
+  </si>
+  <si>
+    <t>Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way);</t>
+  </si>
+  <si>
+    <t>108 Orang / Kali</t>
+  </si>
+  <si>
+    <t>21/04/2025</t>
+  </si>
+  <si>
+    <t>21/04/2025 14:27:52</t>
+  </si>
+  <si>
+    <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Supir</t>
+  </si>
+  <si>
+    <t>22/04/2025</t>
+  </si>
+  <si>
+    <t>22/04/2025 09:01:58</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Supir;</t>
+  </si>
+  <si>
+    <t>Belanja Pembayaran Pajak, Bea, dan Perizinan</t>
+  </si>
+  <si>
+    <t>Provinsi Jawa Timur</t>
+  </si>
+  <si>
+    <t>BADAN PENDAPATAN DAERAH</t>
+  </si>
+  <si>
+    <t>24/04/2025</t>
+  </si>
+  <si>
+    <t>25/04/2025 11:26:29</t>
+  </si>
+  <si>
+    <t>Pajak Stnk Kendaraan Dinas; Pajak Stnk Kendaraan Dinas; Pajak Stnk Kendaraan Dinas;</t>
+  </si>
+  <si>
+    <t>Biaya setor PNBP penilaian kompetensi PNS Spesifikasi: Pelaksana</t>
+  </si>
+  <si>
+    <t>Badan Kepegawaian Negara</t>
+  </si>
+  <si>
+    <t>KANTOR REGIONAL II BADAN KEPEGAWAIAN NEGARA SURABAYA</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>03/06/2025</t>
+  </si>
+  <si>
+    <t>03/06/2025 15:59:01</t>
+  </si>
+  <si>
+    <t>penilaian kompetensi PNS Spesifikasi: Pelaksana</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>04/08/2025 11:37:38</t>
+  </si>
+  <si>
+    <t>Bahan Bakar (Pertamax)</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas;</t>
+  </si>
+  <si>
+    <t>Belanja Medical Check Up</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>04/08/2025 15:01:45</t>
+  </si>
+  <si>
+    <t>Medical check up pengujian kesehatan pejabat</t>
+  </si>
+  <si>
+    <t>04/08/2025 16:20:17</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak</t>
+  </si>
+  <si>
+    <t>Uang Harian Dalam Negeri (Luar Kota); Penginapan Dalam Negeri - Pejabat Eselon III/Golongan IV; Biaya Tiket Kereta Api; Biaya Taksi;</t>
+  </si>
+  <si>
+    <t>Belanja Paket/Pengiriman</t>
+  </si>
+  <si>
+    <t>05/08/2025</t>
+  </si>
+  <si>
+    <t>05/08/2025 09:19:32</t>
+  </si>
+  <si>
+    <t>Biaya Pengiriman Barang; Spesifikasi : Lokal Pulau Jawa - Antar Provinsi</t>
+  </si>
+  <si>
+    <t>06/08/2025</t>
+  </si>
+  <si>
+    <t>06/08/2025 08:56:13</t>
+  </si>
+  <si>
+    <t>Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Taksi; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
+  </si>
+  <si>
+    <t>06/08/2025 09:49:27</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas;</t>
+  </si>
+  <si>
+    <t>Belanja Kursus Singkat/Pelatihan</t>
+  </si>
+  <si>
+    <t>Penilaian Kompetensi (Competence Asessment);</t>
+  </si>
+  <si>
+    <t>Belanja Bimbingan Teknis Biaya Setor Retreat Spesifikasi : Kepala Perangkat Daerah</t>
+  </si>
+  <si>
+    <t>Kementerian Pertahanan</t>
+  </si>
+  <si>
+    <t>Korem 082 Citra Panca Yudha Jaya Dam V Brw TNI AD</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>08/08/2025</t>
+  </si>
+  <si>
+    <t>08/08/2025 10:12:09</t>
+  </si>
+  <si>
+    <t>63 Orang</t>
+  </si>
+  <si>
+    <t>Biaya Setor Retreat Spesifikasi : Kepala Perangkat Daerah</t>
+  </si>
+  <si>
+    <t>Belanja Bimbingan Teknis Biaya Setor Retreat Spesifikasi : Satuan Polisi Pamong Praja</t>
+  </si>
+  <si>
+    <t>70 Orang</t>
+  </si>
+  <si>
+    <t>Biaya Setor Retreat Spesifikasi : Satuan Polisi Pamong Praja</t>
+  </si>
+  <si>
+    <t>Belanja Kursus Singkat/Pelatihan Biaya Setor Penilaian Kompetensi (Assessment) Spesifikasi : Jabatan Pimpinan Tinggi Pratama</t>
+  </si>
+  <si>
+    <t>BADAN KEPEGAWAIAN DAERAH</t>
+  </si>
+  <si>
+    <t>08/08/2025 10:10:10</t>
+  </si>
+  <si>
+    <t>31 Orang</t>
+  </si>
+  <si>
+    <t>Biaya Setor Penilaian Kompetensi (Assessment) Spesifikasi : Jabatan Pimpinan Tinggi Pratama</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>01/09/2025 11:18:54</t>
+  </si>
+  <si>
+    <t>01/09/2025 11:25:40</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas kegiatan assesment</t>
+  </si>
+  <si>
+    <t>03/09/2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 10:20:02</t>
+  </si>
+  <si>
+    <t>03/09/2025 22:35:28</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas;</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Keamanan; Jasa Tenaga Keamanan;</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Kesehatan; Jasa Tenaga Kesehatan;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Bakar dan Pelumas</t>
+  </si>
+  <si>
+    <t>03/09/2025 23:09:31</t>
+  </si>
+  <si>
+    <t>1 paket</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>11/09/2025 13:43:50</t>
+  </si>
+  <si>
+    <t>11/09/2025 14:55:22</t>
+  </si>
+  <si>
+    <t>Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Pembaca Doa; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas; Honorarium Pengajar yang berasal dari Luar Satuan Kerja Perangkat Daerah Penyelenggara; Narasumber/ Pembahas; Narasumber/ Pembahas; Narasumber/ Pembahas;</t>
+  </si>
+  <si>
+    <t>11/09/2025 15:48:08</t>
+  </si>
+  <si>
+    <t>Bendahara Pengeluaran Atau Bendahara Penerimaan; Pengurus Barang Pengguna; Pejabat Penatausahaan Keuangan Satuan Kerja Perangkat Daerah (Ppk Skpd); Pejabat Pengelola Keuangan Daerah (Ppkd)/ Kuasa Pengguna Anggaran (Kpa); Pembantu Pejabat Penatausahaan Keuangan Satuan Kerja Perangkat Daerah (PPK SKPD); Pembantu Bendahara Pengeluaran;</t>
+  </si>
+  <si>
+    <t>11/09/2025 17:47:42</t>
+  </si>
+  <si>
+    <t>Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Dalam Negeri (Luar Kota); Biaya Taksi; Penginapan Dalam Negeri - Pejabat Eselon III/Golongan IV; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III, II dan I; Penginapan Dalam Negeri - Anggota DPRD/Pejabat Eselon II; Uang Representasi Perjalanan Dinas (Luar Provinsi Jawa Timur); Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Tiket Pesawat Kelas Ekonomi; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Representasi Perjalanan Dinas (Luar Provinsi Jawa Timur); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Tiket Pesawat Kelas Ekonomi; Biaya Taksi; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota);</t>
+  </si>
+  <si>
+    <t>Pelatihan / Bimbingan Teknis</t>
+  </si>
+  <si>
+    <t>13/10/2025</t>
+  </si>
+  <si>
+    <t>13/10/2025 19:58:57</t>
+  </si>
+  <si>
+    <t>11 Kegiatan</t>
+  </si>
+  <si>
+    <t>Pelatihan / Bimbingan Teknis;</t>
+  </si>
+  <si>
+    <t>17/11/2025</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:13:20</t>
   </si>
   <si>
     <t>Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Penginapan Dalam Negeri - Pejabat Eselon III/Golongan IV; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Tiket Pesawat Kelas Ekonomi; Penginapan Dalam Negeri - Pejabat Eselon IV/Golongan III; Uang Harian Dalam Negeri (Luar Kota); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Representasi Perjalanan Dinas (Luar Kota Dalam Provinsi Jawa Timur); Biaya Tiket Kereta Api; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
   </si>
   <si>
     <t>Uang Harian Pertemuan Diluar Kantor - Dalam Kota; Uang Harian Pertemuan Diluar Kantor - Dalam Kota;</t>
   </si>
   <si>
-    <t>09/04/2025 14:11:01</t>
-[...5 lines deleted...]
-    <t>10/04/2025 10:05:05</t>
+    <t>17/11/2025 11:16:51</t>
+  </si>
+  <si>
+    <t>Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
+  </si>
+  <si>
+    <t>25/11/2025 10:31:00</t>
+  </si>
+  <si>
+    <t>Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way); Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur;</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>25/11/2025 10:33:16</t>
   </si>
   <si>
     <t>Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Uang Harian Luar Kota Dalam Provinsi Jawa Timur; Biaya Transportasi Darat Dari Kabupaten Mojokerto Menuju Kabupaten/Kota Dalam Provinsi (One Way);</t>
-  </si>
-[...283 lines deleted...]
-    <t>11/09/2025 18:41:02</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -998,70 +998,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N99"/>
+  <dimension ref="A1:N98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E99" sqref="E99:N99"/>
+      <selection activeCell="E98" sqref="E98:N98"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="42.275" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="1711.725" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
@@ -3031,2009 +3031,1969 @@
       </c>
       <c r="I50" s="5" t="s">
         <v>79</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>91</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>40571240</v>
+        <v>40571307</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>59</v>
       </c>
       <c r="D51" s="6">
-        <v>28342000</v>
+        <v>6550000</v>
       </c>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>79</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>92</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>40571250</v>
+        <v>40573561</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D52" s="6">
-        <v>800000</v>
+        <v>1500000</v>
       </c>
       <c r="E52" s="4"/>
       <c r="F52" s="4"/>
       <c r="G52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N52" s="4" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>40571307</v>
+        <v>40573600</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>59</v>
+        <v>95</v>
       </c>
       <c r="D53" s="6">
-        <v>6550000</v>
+        <v>10560000</v>
       </c>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>40573418</v>
+        <v>40574073</v>
       </c>
       <c r="C54" s="4" t="s">
         <v>59</v>
       </c>
       <c r="D54" s="6">
-        <v>10050000</v>
+        <v>11454000</v>
       </c>
       <c r="E54" s="4"/>
       <c r="F54" s="4"/>
       <c r="G54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>60</v>
       </c>
       <c r="J54" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="K54" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="L54" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="M54" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N54" s="4" t="s">
         <v>97</v>
-      </c>
-[...10 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>40573561</v>
+        <v>40574113</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="D55" s="6">
-        <v>1500000</v>
+        <v>452360000</v>
       </c>
       <c r="E55" s="4"/>
       <c r="F55" s="4"/>
       <c r="G55" s="5" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>60</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="4" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="N55" s="4" t="s">
-        <v>81</v>
+        <v>66</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>40573600</v>
+        <v>40622904</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="D56" s="6">
-        <v>10560000</v>
+        <v>14600000</v>
       </c>
       <c r="E56" s="4"/>
       <c r="F56" s="4"/>
       <c r="G56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>60</v>
+        <v>99</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>40573621</v>
+        <v>40625198</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>78</v>
+        <v>102</v>
       </c>
       <c r="D57" s="6">
-        <v>2800000</v>
+        <v>48888240</v>
       </c>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>60</v>
+        <v>103</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>40573756</v>
+        <v>40637718</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>78</v>
+        <v>106</v>
       </c>
       <c r="D58" s="6">
-        <v>2500000</v>
-[...2 lines deleted...]
-      <c r="F58" s="4"/>
+        <v>6197900</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="F58" s="4" t="s">
+        <v>108</v>
+      </c>
       <c r="G58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>60</v>
+        <v>109</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N58" s="4" t="s">
-        <v>81</v>
+        <v>111</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>40573942</v>
+        <v>40805132</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>59</v>
+        <v>112</v>
       </c>
       <c r="D59" s="6">
-        <v>10700000</v>
-[...2 lines deleted...]
-      <c r="F59" s="4"/>
+        <v>70800000</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="F59" s="4" t="s">
+        <v>114</v>
+      </c>
       <c r="G59" s="5" t="s">
-        <v>15</v>
+        <v>115</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>60</v>
+        <v>116</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="M59" s="4" t="s">
-        <v>34</v>
+      <c r="M59" s="4">
+        <v>1</v>
       </c>
       <c r="N59" s="4" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>40574073</v>
+        <v>40941401</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="D60" s="6">
-        <v>11454000</v>
+        <v>585900</v>
       </c>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N60" s="4" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>40574113</v>
+        <v>40941420</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="D61" s="6">
-        <v>452360000</v>
+        <v>4750000</v>
       </c>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="5" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="4" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="N61" s="4" t="s">
-        <v>66</v>
+        <v>122</v>
       </c>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>40577195</v>
+        <v>40941992</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>78</v>
+        <v>123</v>
       </c>
       <c r="D62" s="6">
-        <v>600000</v>
+        <v>1000000</v>
       </c>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="5" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>106</v>
+        <v>125</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N62" s="4" t="s">
-        <v>81</v>
+        <v>126</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>40577221</v>
+        <v>40942148</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="D63" s="6">
-        <v>2540000</v>
+        <v>1200000</v>
       </c>
       <c r="E63" s="4"/>
       <c r="F63" s="4"/>
       <c r="G63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N63" s="4" t="s">
-        <v>107</v>
+        <v>81</v>
       </c>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>40622904</v>
+        <v>40942151</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>78</v>
+        <v>128</v>
       </c>
       <c r="D64" s="6">
-        <v>14600000</v>
+        <v>2400</v>
       </c>
       <c r="E64" s="4"/>
       <c r="F64" s="4"/>
       <c r="G64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N64" s="4" t="s">
-        <v>110</v>
+        <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>40625198</v>
+        <v>40942208</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>111</v>
+        <v>59</v>
       </c>
       <c r="D65" s="6">
-        <v>48888240</v>
+        <v>5626000</v>
       </c>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N65" s="4" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>40637718</v>
+        <v>40942597</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
       <c r="D66" s="6">
-        <v>6197900</v>
-[...6 lines deleted...]
-      </c>
+        <v>588000</v>
+      </c>
+      <c r="E66" s="4"/>
+      <c r="F66" s="4"/>
       <c r="G66" s="5" t="s">
-        <v>15</v>
+        <v>124</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N66" s="4" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>40805132</v>
+        <v>40944685</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D67" s="6">
-        <v>70800000</v>
-[...6 lines deleted...]
-      </c>
+        <v>1600000</v>
+      </c>
+      <c r="E67" s="4"/>
+      <c r="F67" s="4"/>
       <c r="G67" s="5" t="s">
-        <v>124</v>
+        <v>46</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="M67" s="4">
-        <v>1</v>
+      <c r="M67" s="4" t="s">
+        <v>34</v>
       </c>
       <c r="N67" s="4" t="s">
-        <v>127</v>
+        <v>81</v>
       </c>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>40941401</v>
+        <v>40944762</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>78</v>
+        <v>59</v>
       </c>
       <c r="D68" s="6">
-        <v>585900</v>
+        <v>21565000</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N68" s="4" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>40941420</v>
+        <v>40944905</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D69" s="6">
-        <v>4750000</v>
+        <v>375</v>
       </c>
       <c r="E69" s="4"/>
       <c r="F69" s="4"/>
       <c r="G69" s="5" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N69" s="4" t="s">
-        <v>131</v>
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>40941790</v>
+        <v>40945000</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D70" s="6">
-        <v>12000</v>
+        <v>346000000</v>
       </c>
       <c r="E70" s="4"/>
       <c r="F70" s="4"/>
       <c r="G70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N70" s="4" t="s">
-        <v>22</v>
+        <v>138</v>
       </c>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="5">
-        <v>40941992</v>
+        <v>40945017</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="D71" s="6">
-        <v>1000000</v>
+        <v>144000000</v>
       </c>
       <c r="E71" s="4"/>
       <c r="F71" s="4"/>
       <c r="G71" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I71" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="H71" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J71" s="5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N71" s="4" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>40942072</v>
+        <v>40950435</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="D72" s="6">
-        <v>10000</v>
-[...2 lines deleted...]
-      <c r="F72" s="4"/>
+        <v>396900000</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="F72" s="4" t="s">
+        <v>143</v>
+      </c>
       <c r="G72" s="5" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M72" s="4" t="s">
-        <v>34</v>
+        <v>147</v>
       </c>
       <c r="N72" s="4" t="s">
-        <v>22</v>
+        <v>148</v>
       </c>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>40942148</v>
+        <v>40950456</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>78</v>
+        <v>149</v>
       </c>
       <c r="D73" s="6">
-        <v>1200000</v>
-[...2 lines deleted...]
-      <c r="F73" s="4"/>
+        <v>175000000</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>143</v>
+      </c>
       <c r="G73" s="5" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="H73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M73" s="4" t="s">
-        <v>34</v>
+        <v>150</v>
       </c>
       <c r="N73" s="4" t="s">
-        <v>81</v>
+        <v>151</v>
       </c>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>40942151</v>
+        <v>40950472</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="D74" s="6">
-        <v>2400</v>
-[...2 lines deleted...]
-      <c r="F74" s="4"/>
+        <v>124000000</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="F74" s="4" t="s">
+        <v>153</v>
+      </c>
       <c r="G74" s="5" t="s">
-        <v>15</v>
+        <v>144</v>
       </c>
       <c r="H74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M74" s="4" t="s">
-        <v>34</v>
+        <v>155</v>
       </c>
       <c r="N74" s="4" t="s">
-        <v>22</v>
+        <v>156</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>40942208</v>
+        <v>41008705</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="D75" s="6">
-        <v>5626000</v>
+        <v>6300</v>
       </c>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="5" t="s">
-        <v>15</v>
+        <v>115</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>128</v>
+        <v>157</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N75" s="4" t="s">
-        <v>140</v>
+        <v>22</v>
       </c>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>40942597</v>
+        <v>41008755</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>141</v>
+        <v>38</v>
       </c>
       <c r="D76" s="6">
-        <v>588000</v>
+        <v>15400000</v>
       </c>
       <c r="E76" s="4"/>
       <c r="F76" s="4"/>
       <c r="G76" s="5" t="s">
-        <v>134</v>
+        <v>15</v>
       </c>
       <c r="H76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N76" s="4" t="s">
-        <v>144</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>40944685</v>
+        <v>41015672</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>78</v>
+        <v>45</v>
       </c>
       <c r="D77" s="6">
-        <v>1600000</v>
+        <v>28750</v>
       </c>
       <c r="E77" s="4"/>
       <c r="F77" s="4"/>
       <c r="G77" s="5" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N77" s="4" t="s">
-        <v>81</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>40944762</v>
+        <v>41019284</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="D78" s="6">
-        <v>21565000</v>
+        <v>14000000</v>
       </c>
       <c r="E78" s="4"/>
       <c r="F78" s="4"/>
       <c r="G78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>146</v>
+        <v>163</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N78" s="4" t="s">
-        <v>147</v>
+        <v>164</v>
       </c>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>40944905</v>
+        <v>41019288</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="D79" s="6">
-        <v>375</v>
+        <v>2700000</v>
       </c>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
       <c r="G79" s="5" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H79" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N79" s="4" t="s">
-        <v>22</v>
+        <v>165</v>
       </c>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>40945000</v>
+        <v>41019290</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D80" s="6">
-        <v>346000000</v>
+        <v>900000</v>
       </c>
       <c r="E80" s="4"/>
       <c r="F80" s="4"/>
       <c r="G80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H80" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N80" s="4" t="s">
-        <v>149</v>
+        <v>166</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>40945017</v>
+        <v>41019291</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>150</v>
+        <v>57</v>
       </c>
       <c r="D81" s="6">
-        <v>144000000</v>
+        <v>1440000</v>
       </c>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H81" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N81" s="4" t="s">
-        <v>151</v>
+        <v>58</v>
       </c>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>40950435</v>
+        <v>41019308</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="D82" s="6">
-        <v>396900000</v>
-[...6 lines deleted...]
-      </c>
+        <v>567000</v>
+      </c>
+      <c r="E82" s="4"/>
+      <c r="F82" s="4"/>
       <c r="G82" s="5" t="s">
-        <v>155</v>
+        <v>124</v>
       </c>
       <c r="H82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M82" s="4" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="N82" s="4" t="s">
-        <v>159</v>
+        <v>121</v>
       </c>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>40950456</v>
+        <v>41040083</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>160</v>
+        <v>45</v>
       </c>
       <c r="D83" s="6">
-        <v>175000000</v>
-[...6 lines deleted...]
-      </c>
+        <v>6525</v>
+      </c>
+      <c r="E83" s="4"/>
+      <c r="F83" s="4"/>
       <c r="G83" s="5" t="s">
-        <v>155</v>
+        <v>15</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>156</v>
+        <v>170</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M83" s="4" t="s">
-        <v>161</v>
+        <v>34</v>
       </c>
       <c r="N83" s="4" t="s">
-        <v>162</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>40950472</v>
+        <v>41040475</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>163</v>
+        <v>38</v>
       </c>
       <c r="D84" s="6">
-        <v>124000000</v>
-[...6 lines deleted...]
-      </c>
+        <v>42300000</v>
+      </c>
+      <c r="E84" s="4"/>
+      <c r="F84" s="4"/>
       <c r="G84" s="5" t="s">
-        <v>155</v>
+        <v>15</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>156</v>
+        <v>170</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M84" s="4" t="s">
-        <v>166</v>
+        <v>34</v>
       </c>
       <c r="N84" s="4" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>41008657</v>
+        <v>41040862</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>168</v>
+        <v>37</v>
       </c>
       <c r="D85" s="6">
-        <v>160000000</v>
+        <v>72318000</v>
       </c>
       <c r="E85" s="4"/>
       <c r="F85" s="4"/>
       <c r="G85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M85" s="4" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="N85" s="4" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>41008705</v>
+        <v>41041160</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="D86" s="6">
-        <v>6300</v>
+        <v>55012000</v>
       </c>
       <c r="E86" s="4"/>
       <c r="F86" s="4"/>
       <c r="G86" s="5" t="s">
-        <v>124</v>
+        <v>15</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N86" s="4" t="s">
-        <v>22</v>
+        <v>177</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>41008755</v>
+        <v>41176225</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>38</v>
+        <v>178</v>
       </c>
       <c r="D87" s="6">
-        <v>15400000</v>
+        <v>85000000</v>
       </c>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M87" s="4" t="s">
-        <v>34</v>
+        <v>181</v>
       </c>
       <c r="N87" s="4" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>41015672</v>
+        <v>41341393</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="D88" s="6">
-        <v>28750</v>
+        <v>28642000</v>
       </c>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N88" s="4" t="s">
-        <v>22</v>
+        <v>185</v>
       </c>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>41019284</v>
+        <v>41341404</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="D89" s="6">
-        <v>14000000</v>
+        <v>500000</v>
       </c>
       <c r="E89" s="4"/>
       <c r="F89" s="4"/>
       <c r="G89" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N89" s="4" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>41019288</v>
+        <v>41341426</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="D90" s="6">
-        <v>2700000</v>
+        <v>300000</v>
       </c>
       <c r="E90" s="4"/>
       <c r="F90" s="4"/>
       <c r="G90" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M90" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N90" s="4" t="s">
-        <v>180</v>
+        <v>81</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>41019290</v>
+        <v>41341434</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D91" s="6">
-        <v>900000</v>
+        <v>2840000</v>
       </c>
       <c r="E91" s="4"/>
       <c r="F91" s="4"/>
       <c r="G91" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N91" s="4" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>41019291</v>
+        <v>41342702</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="D92" s="6">
-        <v>1440000</v>
+        <v>3600</v>
       </c>
       <c r="E92" s="4"/>
       <c r="F92" s="4"/>
       <c r="G92" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H92" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N92" s="4" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>41019308</v>
+        <v>41342735</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>182</v>
+        <v>78</v>
       </c>
       <c r="D93" s="6">
-        <v>567000</v>
+        <v>1600000</v>
       </c>
       <c r="E93" s="4"/>
       <c r="F93" s="4"/>
       <c r="G93" s="5" t="s">
-        <v>134</v>
+        <v>15</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M93" s="4" t="s">
-        <v>184</v>
+        <v>34</v>
       </c>
       <c r="N93" s="4" t="s">
-        <v>130</v>
+        <v>81</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>41040083</v>
+        <v>41342777</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="D94" s="6">
-        <v>6525</v>
+        <v>11450000</v>
       </c>
       <c r="E94" s="4"/>
       <c r="F94" s="4"/>
       <c r="G94" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M94" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N94" s="4" t="s">
-        <v>22</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>41040475</v>
+        <v>41347629</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>38</v>
+        <v>78</v>
       </c>
       <c r="D95" s="6">
-        <v>42300000</v>
+        <v>1420000</v>
       </c>
       <c r="E95" s="4"/>
       <c r="F95" s="4"/>
       <c r="G95" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H95" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M95" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N95" s="4" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>41040862</v>
+        <v>41347695</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="D96" s="6">
-        <v>72318000</v>
+        <v>11370000</v>
       </c>
       <c r="E96" s="4"/>
       <c r="F96" s="4"/>
       <c r="G96" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H96" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M96" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N96" s="4" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>41041160</v>
+        <v>41347707</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="D97" s="6">
-        <v>55012000</v>
+        <v>72700</v>
       </c>
       <c r="E97" s="4"/>
       <c r="F97" s="4"/>
       <c r="G97" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>20</v>
       </c>
       <c r="M97" s="4" t="s">
         <v>34</v>
       </c>
       <c r="N97" s="4" t="s">
-        <v>192</v>
+        <v>22</v>
       </c>
     </row>
     <row r="98" spans="1:14">
-      <c r="A98" s="5">
-[...39 lines deleted...]
-      <c r="A99" s="7" t="s">
+      <c r="A98" s="7" t="s">
         <v>194</v>
       </c>
-      <c r="B99" s="8"/>
-[...13 lines deleted...]
-      <c r="N99" s="8"/>
+      <c r="B98" s="8"/>
+      <c r="C98" s="8"/>
+      <c r="D98" s="9">
+        <v>2673459579</v>
+      </c>
+      <c r="E98" s="8"/>
+      <c r="F98" s="8"/>
+      <c r="G98" s="8"/>
+      <c r="H98" s="8"/>
+      <c r="I98" s="8"/>
+      <c r="J98" s="8"/>
+      <c r="K98" s="8"/>
+      <c r="L98" s="8"/>
+      <c r="M98" s="8"/>
+      <c r="N98" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A99:C99"/>
-    <mergeCell ref="E99:N99"/>
+    <mergeCell ref="A98:C98"/>
+    <mergeCell ref="E98:N98"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>