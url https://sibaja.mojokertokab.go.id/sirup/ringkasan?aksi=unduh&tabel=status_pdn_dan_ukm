--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -53,279 +53,279 @@
   <si>
     <t>Non-UKM</t>
   </si>
   <si>
     <t>Total Pagu</t>
   </si>
   <si>
     <t>Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Persentase</t>
   </si>
   <si>
     <t>BADAN KEPEGAWAIAN DAN PENGEMBANGAN SUMBER DAYA MANUSIA</t>
   </si>
   <si>
     <t>100%</t>
   </si>
   <si>
     <t>0%</t>
   </si>
   <si>
-    <t>94,31%</t>
-[...2 lines deleted...]
-    <t>5,69%</t>
+    <t>94,69%</t>
+  </si>
+  <si>
+    <t>5,31%</t>
   </si>
   <si>
     <t>BADAN KESATUAN BANGSA DAN POLITIK</t>
   </si>
   <si>
     <t>94,01%</t>
   </si>
   <si>
     <t>5,99%</t>
   </si>
   <si>
     <t>BADAN PENANGGULANGAN BENCANA DAERAH</t>
   </si>
   <si>
     <t>BADAN PENDAPATAN DAERAH</t>
   </si>
   <si>
     <t>BADAN PENGELOLAAN KEUANGAN DAN ASET DAERAH</t>
   </si>
   <si>
     <t>BADAN PERENCANAAN PEMBANGUNAN DAERAH</t>
   </si>
   <si>
     <t>76,73%</t>
   </si>
   <si>
     <t>23,27%</t>
   </si>
   <si>
     <t>BAGIAN ADMINISTRASI PEMBANGUNAN</t>
   </si>
   <si>
     <t>95,69%</t>
   </si>
   <si>
     <t>4,31%</t>
   </si>
   <si>
     <t>BAGIAN HUKUM</t>
   </si>
   <si>
-    <t>70,24%</t>
-[...2 lines deleted...]
-    <t>29,76%</t>
+    <t>71,59%</t>
+  </si>
+  <si>
+    <t>28,41%</t>
   </si>
   <si>
     <t>BAGIAN KESEJAHTERAAN RAKYAT</t>
   </si>
   <si>
     <t>99,11%</t>
   </si>
   <si>
     <t>0,89%</t>
   </si>
   <si>
     <t>BAGIAN ORGANISASI</t>
   </si>
   <si>
     <t>89,7%</t>
   </si>
   <si>
     <t>10,3%</t>
   </si>
   <si>
     <t>BAGIAN PEMERINTAHAN</t>
   </si>
   <si>
-    <t>94,04%</t>
-[...2 lines deleted...]
-    <t>5,96%</t>
+    <t>93,62%</t>
+  </si>
+  <si>
+    <t>6,38%</t>
   </si>
   <si>
     <t>BAGIAN PENGADAAN BARANG DAN JASA</t>
   </si>
   <si>
     <t>BAGIAN PEREKONOMIAN DAN SUMBER DAYA ALAM</t>
   </si>
   <si>
     <t>BAGIAN PERENCANAAN DAN KEUANGAN</t>
   </si>
   <si>
     <t>88,61%</t>
   </si>
   <si>
     <t>11,39%</t>
   </si>
   <si>
     <t>BAGIAN PROTOKOL DAN KOMUNIKASI PIMPINAN</t>
   </si>
   <si>
     <t>79,14%</t>
   </si>
   <si>
     <t>20,86%</t>
   </si>
   <si>
     <t>BAGIAN UMUM</t>
   </si>
   <si>
     <t>DINAS KEBUDAYAAN, KEPEMUDAAN, OLAHRAGA DAN PARIWISATA</t>
   </si>
   <si>
-    <t>94,67%</t>
-[...2 lines deleted...]
-    <t>5,33%</t>
+    <t>94,95%</t>
+  </si>
+  <si>
+    <t>5,05%</t>
   </si>
   <si>
     <t>DINAS KEPENDUDUKAN DAN PENCATATAN SIPIL</t>
   </si>
   <si>
     <t>35,21%</t>
   </si>
   <si>
     <t>64,79%</t>
   </si>
   <si>
     <t>DINAS KESEHATAN</t>
   </si>
   <si>
-    <t>99,05%</t>
-[...2 lines deleted...]
-    <t>0,95%</t>
+    <t>99,13%</t>
+  </si>
+  <si>
+    <t>0,87%</t>
   </si>
   <si>
     <t>DINAS KOMUNIKASI DAN INFORMATIKA</t>
   </si>
   <si>
-    <t>44,13%</t>
-[...2 lines deleted...]
-    <t>55,87%</t>
+    <t>44,14%</t>
+  </si>
+  <si>
+    <t>55,86%</t>
   </si>
   <si>
     <t>DINAS KOPERASI DAN USAHA MIKRO</t>
   </si>
   <si>
     <t>DINAS LINGKUNGAN HIDUP</t>
   </si>
   <si>
     <t>DINAS PANGAN DAN PERIKANAN</t>
   </si>
   <si>
-    <t>93,85%</t>
-[...2 lines deleted...]
-    <t>6,15%</t>
+    <t>93,61%</t>
+  </si>
+  <si>
+    <t>6,39%</t>
   </si>
   <si>
     <t>DINAS PEKERJAAN UMUM DAN PENATAAN RUANG</t>
   </si>
   <si>
     <t>DINAS PEMBERDAYAAN MASYARAKAT DAN DESA</t>
   </si>
   <si>
     <t>90,37%</t>
   </si>
   <si>
     <t>9,63%</t>
   </si>
   <si>
     <t>DINAS PENANAMAN MODAL DAN PELAYANAN TERPADU SATU PINTU</t>
   </si>
   <si>
     <t>DINAS PENDIDIKAN</t>
   </si>
   <si>
-    <t>99,77%</t>
-[...8 lines deleted...]
-    <t>0,43%</t>
+    <t>99,78%</t>
+  </si>
+  <si>
+    <t>0,22%</t>
+  </si>
+  <si>
+    <t>99,58%</t>
+  </si>
+  <si>
+    <t>0,42%</t>
   </si>
   <si>
     <t>DINAS PENGENDALIAN PENDUDUK, KELUARGA BERENCANA DAN PEMBERDAYAAN PEREMPUAN</t>
   </si>
   <si>
     <t>95,34%</t>
   </si>
   <si>
     <t>4,66%</t>
   </si>
   <si>
     <t>DINAS PERINDUSTRIAN DAN PERDAGANGAN</t>
   </si>
   <si>
-    <t>97,77%</t>
-[...2 lines deleted...]
-    <t>2,23%</t>
+    <t>97,76%</t>
+  </si>
+  <si>
+    <t>2,24%</t>
   </si>
   <si>
     <t>DINAS PERPUSTAKAAN DAN KEARSIPAN</t>
   </si>
   <si>
     <t>82,51%</t>
   </si>
   <si>
     <t>17,49%</t>
   </si>
   <si>
     <t>DINAS PERTANIAN</t>
   </si>
   <si>
-    <t>62,67%</t>
-[...2 lines deleted...]
-    <t>37,33%</t>
+    <t>61,81%</t>
+  </si>
+  <si>
+    <t>38,19%</t>
   </si>
   <si>
     <t>DINAS PERUMAHAN RAKYAT, KAWASAN PERMUKIMAN DAN PERHUBUNGAN</t>
   </si>
   <si>
-    <t>99,87%</t>
-[...2 lines deleted...]
-    <t>0,13%</t>
+    <t>99,88%</t>
+  </si>
+  <si>
+    <t>0,12%</t>
   </si>
   <si>
     <t>DINAS SOSIAL</t>
   </si>
   <si>
     <t>DINAS TENAGA KERJA</t>
   </si>
   <si>
     <t>97,1%</t>
   </si>
   <si>
     <t>2,9%</t>
   </si>
   <si>
     <t>INSPEKTORAT</t>
   </si>
   <si>
     <t>23,15%</t>
   </si>
   <si>
     <t>76,85%</t>
   </si>
   <si>
     <t>KECAMATAN BANGSAL</t>
   </si>
@@ -389,303 +389,303 @@
   <si>
     <t>KECAMATAN TRAWAS</t>
   </si>
   <si>
     <t>KECAMATAN TROWULAN</t>
   </si>
   <si>
     <t>KELURAHAN KAUMAN</t>
   </si>
   <si>
     <t>KELURAHAN MOJOSARI</t>
   </si>
   <si>
     <t>KELURAHAN SARIREJO</t>
   </si>
   <si>
     <t>KELURAHAN SAWAHAN</t>
   </si>
   <si>
     <t>KELURAHAN WONOKUSUMO</t>
   </si>
   <si>
     <t>PUSKESMAS BANGSAL</t>
   </si>
   <si>
-    <t>92,55%</t>
-[...2 lines deleted...]
-    <t>7,45%</t>
+    <t>92,36%</t>
+  </si>
+  <si>
+    <t>7,64%</t>
   </si>
   <si>
     <t>PUSKESMAS DAWARBLANDONG</t>
   </si>
   <si>
     <t>PUSKESMAS DLANGGU</t>
   </si>
   <si>
-    <t>97,88%</t>
-[...2 lines deleted...]
-    <t>2,12%</t>
+    <t>97,89%</t>
+  </si>
+  <si>
+    <t>2,11%</t>
   </si>
   <si>
     <t>PUSKESMAS GAYAMAN</t>
   </si>
   <si>
     <t>76,77%</t>
   </si>
   <si>
     <t>23,23%</t>
   </si>
   <si>
     <t>PUSKESMAS GEDEG</t>
   </si>
   <si>
     <t>PUSKESMAS GONDANG</t>
   </si>
   <si>
     <t>83,69%</t>
   </si>
   <si>
     <t>16,31%</t>
   </si>
   <si>
     <t>PUSKESMAS JATIREJO</t>
   </si>
   <si>
     <t>98,47%</t>
   </si>
   <si>
     <t>1,53%</t>
   </si>
   <si>
     <t>PUSKESMAS JETIS</t>
   </si>
   <si>
     <t>PUSKESMAS KEDUNGSARI</t>
   </si>
   <si>
     <t>89,73%</t>
   </si>
   <si>
     <t>10,27%</t>
   </si>
   <si>
     <t>PUSKESMAS KEMLAGI</t>
   </si>
   <si>
-    <t>95,7%</t>
-[...2 lines deleted...]
-    <t>4,3%</t>
+    <t>95,48%</t>
+  </si>
+  <si>
+    <t>4,52%</t>
   </si>
   <si>
     <t>PUSKESMAS KUPANG</t>
   </si>
   <si>
-    <t>98%</t>
-[...2 lines deleted...]
-    <t>2%</t>
+    <t>98,01%</t>
+  </si>
+  <si>
+    <t>1,99%</t>
   </si>
   <si>
     <t>PUSKESMAS KUTOREJO</t>
   </si>
   <si>
-    <t>73,96%</t>
-[...2 lines deleted...]
-    <t>26,04%</t>
+    <t>72,24%</t>
+  </si>
+  <si>
+    <t>27,76%</t>
   </si>
   <si>
     <t>PUSKESMAS LESPADANGAN</t>
   </si>
   <si>
     <t>PUSKESMAS MANDURO</t>
   </si>
   <si>
-    <t>89,04%</t>
-[...8 lines deleted...]
-    <t>38,15%</t>
+    <t>89,77%</t>
+  </si>
+  <si>
+    <t>10,23%</t>
+  </si>
+  <si>
+    <t>61,58%</t>
+  </si>
+  <si>
+    <t>38,42%</t>
   </si>
   <si>
     <t>PUSKESMAS MODOPURO</t>
   </si>
   <si>
-    <t>98,49%</t>
-[...2 lines deleted...]
-    <t>1,51%</t>
+    <t>98,52%</t>
+  </si>
+  <si>
+    <t>1,48%</t>
   </si>
   <si>
     <t>PUSKESMAS MOJOSARI</t>
   </si>
   <si>
-    <t>96,58%</t>
-[...2 lines deleted...]
-    <t>3,42%</t>
+    <t>96,6%</t>
+  </si>
+  <si>
+    <t>3,4%</t>
   </si>
   <si>
     <t>PUSKESMAS NGORO</t>
   </si>
   <si>
     <t>91,78%</t>
   </si>
   <si>
     <t>8,22%</t>
   </si>
   <si>
     <t>PUSKESMAS PACET</t>
   </si>
   <si>
     <t>PUSKESMAS PANDAN</t>
   </si>
   <si>
     <t>PUSKESMAS PESANGGRAHAN</t>
   </si>
   <si>
-    <t>99,15%</t>
-[...2 lines deleted...]
-    <t>0,85%</t>
+    <t>99,21%</t>
+  </si>
+  <si>
+    <t>0,79%</t>
   </si>
   <si>
     <t>PUSKESMAS PUNGGING</t>
   </si>
   <si>
     <t>67,34%</t>
   </si>
   <si>
     <t>32,66%</t>
   </si>
   <si>
     <t>PUSKESMAS PURI</t>
   </si>
   <si>
-    <t>87,95%</t>
-[...2 lines deleted...]
-    <t>12,05%</t>
+    <t>87,1%</t>
+  </si>
+  <si>
+    <t>12,9%</t>
   </si>
   <si>
     <t>PUSKESMAS SOOKO</t>
   </si>
   <si>
-    <t>90,32%</t>
-[...2 lines deleted...]
-    <t>9,68%</t>
+    <t>90,98%</t>
+  </si>
+  <si>
+    <t>9,02%</t>
   </si>
   <si>
     <t>PUSKESMAS TAWANGSARI</t>
   </si>
   <si>
-    <t>96,18%</t>
-[...8 lines deleted...]
-    <t>20,6%</t>
+    <t>96,36%</t>
+  </si>
+  <si>
+    <t>3,64%</t>
+  </si>
+  <si>
+    <t>79,79%</t>
+  </si>
+  <si>
+    <t>20,21%</t>
   </si>
   <si>
     <t>PUSKESMAS TRAWAS</t>
   </si>
   <si>
-    <t>87,59%</t>
-[...2 lines deleted...]
-    <t>12,41%</t>
+    <t>87,68%</t>
+  </si>
+  <si>
+    <t>12,32%</t>
   </si>
   <si>
     <t>PUSKESMAS TROWULAN</t>
   </si>
   <si>
     <t>PUSKESMAS WATUKENONGO</t>
   </si>
   <si>
     <t>RSUD PROF DR SOEKANDAR</t>
   </si>
   <si>
-    <t>94,79%</t>
-[...2 lines deleted...]
-    <t>5,21%</t>
+    <t>94,75%</t>
+  </si>
+  <si>
+    <t>5,25%</t>
   </si>
   <si>
     <t>RSUD RA BASOENI</t>
   </si>
   <si>
-    <t>85,61%</t>
-[...8 lines deleted...]
-    <t>37,59%</t>
+    <t>85,7%</t>
+  </si>
+  <si>
+    <t>14,3%</t>
+  </si>
+  <si>
+    <t>62,73%</t>
+  </si>
+  <si>
+    <t>37,27%</t>
   </si>
   <si>
     <t>SATUAN POLISI PAMONG PRAJA</t>
   </si>
   <si>
     <t>95,65%</t>
   </si>
   <si>
     <t>4,35%</t>
   </si>
   <si>
     <t>SEKRETARIAT DPRD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
-    <t>97,78%</t>
-[...8 lines deleted...]
-    <t>5,68%</t>
+    <t>97,79%</t>
+  </si>
+  <si>
+    <t>2,21%</t>
+  </si>
+  <si>
+    <t>94,36%</t>
+  </si>
+  <si>
+    <t>5,64%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1169,87 +1169,87 @@
       <c r="J2" s="8" t="s">
         <v>8</v>
       </c>
       <c r="K2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="L2" s="7" t="s">
         <v>7</v>
       </c>
       <c r="M2" s="8" t="s">
         <v>8</v>
       </c>
       <c r="N2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="O2" s="6"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="10">
         <v>1</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="11">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D3" s="12">
-        <v>1469412682</v>
+        <v>1544569202</v>
       </c>
       <c r="E3" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="11">
         <v>0</v>
       </c>
       <c r="G3" s="12">
         <v>0</v>
       </c>
       <c r="H3" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I3" s="11">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="J3" s="12">
-        <v>1385782198</v>
+        <v>1462583018</v>
       </c>
       <c r="K3" s="12" t="s">
         <v>13</v>
       </c>
       <c r="L3" s="11">
         <v>11</v>
       </c>
       <c r="M3" s="12">
-        <v>83630484</v>
+        <v>81986184</v>
       </c>
       <c r="N3" s="12" t="s">
         <v>14</v>
       </c>
       <c r="O3" s="12">
-        <v>1469412682</v>
+        <v>1544569202</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="10">
         <v>2</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="11">
         <v>135</v>
       </c>
       <c r="D4" s="12">
         <v>1605857170</v>
       </c>
       <c r="E4" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="11">
         <v>0</v>
       </c>
       <c r="G4" s="12">
         <v>0</v>
       </c>
       <c r="H4" s="12" t="s">
@@ -1357,87 +1357,87 @@
       </c>
       <c r="K6" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L6" s="11">
         <v>0</v>
       </c>
       <c r="M6" s="12">
         <v>0</v>
       </c>
       <c r="N6" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O6" s="12">
         <v>8458197833</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="10">
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="11">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D7" s="12">
-        <v>82386681857</v>
+        <v>82728199215</v>
       </c>
       <c r="E7" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="11">
         <v>0</v>
       </c>
       <c r="G7" s="12">
         <v>0</v>
       </c>
       <c r="H7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I7" s="11">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="J7" s="12">
-        <v>82386681857</v>
+        <v>82728199215</v>
       </c>
       <c r="K7" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L7" s="11">
         <v>0</v>
       </c>
       <c r="M7" s="12">
         <v>0</v>
       </c>
       <c r="N7" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O7" s="12">
-        <v>82386681857</v>
+        <v>82728199215</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="10">
         <v>6</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="11">
         <v>96</v>
       </c>
       <c r="D8" s="12">
         <v>3935874294</v>
       </c>
       <c r="E8" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="11">
         <v>0</v>
       </c>
       <c r="G8" s="12">
         <v>0</v>
       </c>
       <c r="H8" s="12" t="s">
@@ -1498,87 +1498,87 @@
       </c>
       <c r="K9" s="12" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="11">
         <v>3</v>
       </c>
       <c r="M9" s="12">
         <v>25736850</v>
       </c>
       <c r="N9" s="12" t="s">
         <v>26</v>
       </c>
       <c r="O9" s="12">
         <v>597433900</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="10">
         <v>8</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="11">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D10" s="12">
-        <v>504415980</v>
+        <v>528340980</v>
       </c>
       <c r="E10" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="11">
         <v>0</v>
       </c>
       <c r="G10" s="12">
         <v>0</v>
       </c>
       <c r="H10" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I10" s="11">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J10" s="12">
-        <v>354306330</v>
+        <v>378231330</v>
       </c>
       <c r="K10" s="12" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="11">
         <v>3</v>
       </c>
       <c r="M10" s="12">
         <v>150109650</v>
       </c>
       <c r="N10" s="12" t="s">
         <v>29</v>
       </c>
       <c r="O10" s="12">
-        <v>504415980</v>
+        <v>528340980</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="10">
         <v>9</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C11" s="11">
         <v>33</v>
       </c>
       <c r="D11" s="12">
         <v>1108033650</v>
       </c>
       <c r="E11" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="11">
         <v>0</v>
       </c>
       <c r="G11" s="12">
         <v>0</v>
       </c>
       <c r="H11" s="12" t="s">
@@ -1639,134 +1639,134 @@
       </c>
       <c r="K12" s="12" t="s">
         <v>34</v>
       </c>
       <c r="L12" s="11">
         <v>5</v>
       </c>
       <c r="M12" s="12">
         <v>22791000</v>
       </c>
       <c r="N12" s="12" t="s">
         <v>35</v>
       </c>
       <c r="O12" s="12">
         <v>221294878</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="10">
         <v>11</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="11">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D13" s="12">
-        <v>832960600</v>
+        <v>777743200</v>
       </c>
       <c r="E13" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="11">
         <v>0</v>
       </c>
       <c r="G13" s="12">
         <v>0</v>
       </c>
       <c r="H13" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I13" s="11">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J13" s="12">
-        <v>783348100</v>
+        <v>728130700</v>
       </c>
       <c r="K13" s="12" t="s">
         <v>37</v>
       </c>
       <c r="L13" s="11">
         <v>4</v>
       </c>
       <c r="M13" s="12">
         <v>49612500</v>
       </c>
       <c r="N13" s="12" t="s">
         <v>38</v>
       </c>
       <c r="O13" s="12">
-        <v>832960600</v>
+        <v>777743200</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="10">
         <v>12</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="11">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D14" s="12">
-        <v>134160950</v>
+        <v>134096750</v>
       </c>
       <c r="E14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="11">
         <v>0</v>
       </c>
       <c r="G14" s="12">
         <v>0</v>
       </c>
       <c r="H14" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I14" s="11">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J14" s="12">
-        <v>134160950</v>
+        <v>134096750</v>
       </c>
       <c r="K14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L14" s="11">
         <v>0</v>
       </c>
       <c r="M14" s="12">
         <v>0</v>
       </c>
       <c r="N14" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O14" s="12">
-        <v>134160950</v>
+        <v>134096750</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="10">
         <v>13</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="11">
         <v>32</v>
       </c>
       <c r="D15" s="12">
         <v>183876300</v>
       </c>
       <c r="E15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="11">
         <v>0</v>
       </c>
       <c r="G15" s="12">
         <v>0</v>
       </c>
       <c r="H15" s="12" t="s">
@@ -1874,134 +1874,134 @@
       </c>
       <c r="K17" s="12" t="s">
         <v>45</v>
       </c>
       <c r="L17" s="11">
         <v>2</v>
       </c>
       <c r="M17" s="12">
         <v>145461150</v>
       </c>
       <c r="N17" s="12" t="s">
         <v>46</v>
       </c>
       <c r="O17" s="12">
         <v>697362464</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="10">
         <v>16</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="11">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="D18" s="12">
         <v>19960148700</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="11">
         <v>0</v>
       </c>
       <c r="G18" s="12">
         <v>0</v>
       </c>
       <c r="H18" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I18" s="11">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="J18" s="12">
         <v>19960148700</v>
       </c>
       <c r="K18" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L18" s="11">
         <v>0</v>
       </c>
       <c r="M18" s="12">
         <v>0</v>
       </c>
       <c r="N18" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O18" s="12">
         <v>19960148700</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" s="10">
         <v>17</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="11">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D19" s="12">
-        <v>5300103654</v>
+        <v>5598688904</v>
       </c>
       <c r="E19" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="11">
         <v>0</v>
       </c>
       <c r="G19" s="12">
         <v>0</v>
       </c>
       <c r="H19" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I19" s="11">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="J19" s="12">
-        <v>5017502308</v>
+        <v>5316087558</v>
       </c>
       <c r="K19" s="12" t="s">
         <v>49</v>
       </c>
       <c r="L19" s="11">
         <v>3</v>
       </c>
       <c r="M19" s="12">
         <v>282601346</v>
       </c>
       <c r="N19" s="12" t="s">
         <v>50</v>
       </c>
       <c r="O19" s="12">
-        <v>5300103654</v>
+        <v>5598688904</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" s="10">
         <v>18</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C20" s="11">
         <v>59</v>
       </c>
       <c r="D20" s="12">
         <v>2363256781</v>
       </c>
       <c r="E20" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="11">
         <v>0</v>
       </c>
       <c r="G20" s="12">
         <v>0</v>
       </c>
       <c r="H20" s="12" t="s">
@@ -2015,134 +2015,134 @@
       </c>
       <c r="K20" s="12" t="s">
         <v>52</v>
       </c>
       <c r="L20" s="11">
         <v>9</v>
       </c>
       <c r="M20" s="12">
         <v>1531110660</v>
       </c>
       <c r="N20" s="12" t="s">
         <v>53</v>
       </c>
       <c r="O20" s="12">
         <v>2363256781</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" s="10">
         <v>19</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C21" s="11">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="D21" s="12">
-        <v>38450439497</v>
+        <v>42056458997</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="11">
         <v>0</v>
       </c>
       <c r="G21" s="12">
         <v>0</v>
       </c>
       <c r="H21" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I21" s="11">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="J21" s="12">
-        <v>38083733947</v>
+        <v>41689753447</v>
       </c>
       <c r="K21" s="12" t="s">
         <v>55</v>
       </c>
       <c r="L21" s="11">
         <v>7</v>
       </c>
       <c r="M21" s="12">
         <v>366705550</v>
       </c>
       <c r="N21" s="12" t="s">
         <v>56</v>
       </c>
       <c r="O21" s="12">
-        <v>38450439497</v>
+        <v>42056458997</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" s="10">
         <v>20</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C22" s="11">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D22" s="12">
-        <v>6647372472</v>
+        <v>6649281272</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>58</v>
       </c>
       <c r="F22" s="11">
         <v>14</v>
       </c>
       <c r="G22" s="12">
         <v>8415752505</v>
       </c>
       <c r="H22" s="12" t="s">
         <v>59</v>
       </c>
       <c r="I22" s="11">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="J22" s="12">
-        <v>15063124977</v>
+        <v>15065033777</v>
       </c>
       <c r="K22" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L22" s="11">
         <v>0</v>
       </c>
       <c r="M22" s="12">
         <v>0</v>
       </c>
       <c r="N22" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O22" s="12">
-        <v>15063124977</v>
+        <v>15065033777</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" s="10">
         <v>21</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="11">
         <v>152</v>
       </c>
       <c r="D23" s="12">
         <v>2607541403</v>
       </c>
       <c r="E23" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="11">
         <v>0</v>
       </c>
       <c r="G23" s="12">
         <v>0</v>
       </c>
       <c r="H23" s="12" t="s">
@@ -2156,181 +2156,181 @@
       </c>
       <c r="K23" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L23" s="11">
         <v>0</v>
       </c>
       <c r="M23" s="12">
         <v>0</v>
       </c>
       <c r="N23" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O23" s="12">
         <v>2607541403</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" s="10">
         <v>22</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C24" s="11">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D24" s="12">
-        <v>5551659520</v>
+        <v>5967429714</v>
       </c>
       <c r="E24" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="11">
         <v>0</v>
       </c>
       <c r="G24" s="12">
         <v>0</v>
       </c>
       <c r="H24" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I24" s="11">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="J24" s="12">
-        <v>5551659520</v>
+        <v>5967429714</v>
       </c>
       <c r="K24" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L24" s="11">
         <v>0</v>
       </c>
       <c r="M24" s="12">
         <v>0</v>
       </c>
       <c r="N24" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O24" s="12">
-        <v>5551659520</v>
+        <v>5967429714</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" s="10">
         <v>23</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C25" s="11">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D25" s="12">
-        <v>2357117755</v>
+        <v>2268385907</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="11">
         <v>0</v>
       </c>
       <c r="G25" s="12">
         <v>0</v>
       </c>
       <c r="H25" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I25" s="11">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J25" s="12">
-        <v>2212178193</v>
+        <v>2123446345</v>
       </c>
       <c r="K25" s="12" t="s">
         <v>63</v>
       </c>
       <c r="L25" s="11">
         <v>13</v>
       </c>
       <c r="M25" s="12">
         <v>144939562</v>
       </c>
       <c r="N25" s="12" t="s">
         <v>64</v>
       </c>
       <c r="O25" s="12">
-        <v>2357117755</v>
+        <v>2268385907</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" s="10">
         <v>24</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C26" s="11">
-        <v>815</v>
+        <v>856</v>
       </c>
       <c r="D26" s="12">
-        <v>210723544716</v>
+        <v>211917992824</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="11">
         <v>0</v>
       </c>
       <c r="G26" s="12">
         <v>0</v>
       </c>
       <c r="H26" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I26" s="11">
-        <v>815</v>
+        <v>856</v>
       </c>
       <c r="J26" s="12">
-        <v>210723544716</v>
+        <v>211917992824</v>
       </c>
       <c r="K26" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L26" s="11">
         <v>0</v>
       </c>
       <c r="M26" s="12">
         <v>0</v>
       </c>
       <c r="N26" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O26" s="12">
-        <v>210723544716</v>
+        <v>211917992824</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" s="10">
         <v>25</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C27" s="11">
         <v>189</v>
       </c>
       <c r="D27" s="12">
         <v>3253545533</v>
       </c>
       <c r="E27" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="11">
         <v>0</v>
       </c>
       <c r="G27" s="12">
         <v>0</v>
       </c>
       <c r="H27" s="12" t="s">
@@ -2347,131 +2347,131 @@
       </c>
       <c r="L27" s="11">
         <v>25</v>
       </c>
       <c r="M27" s="12">
         <v>313209100</v>
       </c>
       <c r="N27" s="12" t="s">
         <v>68</v>
       </c>
       <c r="O27" s="12">
         <v>3253545533</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" s="10">
         <v>26</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="11">
         <v>99</v>
       </c>
       <c r="D28" s="12">
-        <v>1679169800</v>
+        <v>1693670250</v>
       </c>
       <c r="E28" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="11">
         <v>0</v>
       </c>
       <c r="G28" s="12">
         <v>0</v>
       </c>
       <c r="H28" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I28" s="11">
         <v>99</v>
       </c>
       <c r="J28" s="12">
-        <v>1679169800</v>
+        <v>1693670250</v>
       </c>
       <c r="K28" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L28" s="11">
         <v>0</v>
       </c>
       <c r="M28" s="12">
         <v>0</v>
       </c>
       <c r="N28" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O28" s="12">
-        <v>1679169800</v>
+        <v>1693670250</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" s="10">
         <v>27</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C29" s="11">
-        <v>526</v>
+        <v>542</v>
       </c>
       <c r="D29" s="12">
-        <v>66685775034</v>
+        <v>67804255455</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>71</v>
       </c>
       <c r="F29" s="11">
         <v>1</v>
       </c>
       <c r="G29" s="12">
         <v>151913900</v>
       </c>
       <c r="H29" s="12" t="s">
         <v>72</v>
       </c>
       <c r="I29" s="11">
-        <v>521</v>
+        <v>537</v>
       </c>
       <c r="J29" s="12">
-        <v>66551137234</v>
+        <v>67669617655</v>
       </c>
       <c r="K29" s="12" t="s">
         <v>73</v>
       </c>
       <c r="L29" s="11">
         <v>6</v>
       </c>
       <c r="M29" s="12">
         <v>286551700</v>
       </c>
       <c r="N29" s="12" t="s">
         <v>74</v>
       </c>
       <c r="O29" s="12">
-        <v>66837688934</v>
+        <v>67956169355</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" s="10">
         <v>28</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C30" s="11">
         <v>118</v>
       </c>
       <c r="D30" s="12">
         <v>4235977394</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="11">
         <v>0</v>
       </c>
       <c r="G30" s="12">
         <v>0</v>
       </c>
       <c r="H30" s="12" t="s">
@@ -2485,87 +2485,87 @@
       </c>
       <c r="K30" s="12" t="s">
         <v>76</v>
       </c>
       <c r="L30" s="11">
         <v>9</v>
       </c>
       <c r="M30" s="12">
         <v>197467789</v>
       </c>
       <c r="N30" s="12" t="s">
         <v>77</v>
       </c>
       <c r="O30" s="12">
         <v>4235977394</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" s="10">
         <v>29</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C31" s="11">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D31" s="12">
-        <v>3346403622</v>
+        <v>3339997622</v>
       </c>
       <c r="E31" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="11">
         <v>0</v>
       </c>
       <c r="G31" s="12">
         <v>0</v>
       </c>
       <c r="H31" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I31" s="11">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J31" s="12">
-        <v>3271648772</v>
+        <v>3265242772</v>
       </c>
       <c r="K31" s="12" t="s">
         <v>79</v>
       </c>
       <c r="L31" s="11">
         <v>5</v>
       </c>
       <c r="M31" s="12">
         <v>74754850</v>
       </c>
       <c r="N31" s="12" t="s">
         <v>80</v>
       </c>
       <c r="O31" s="12">
-        <v>3346403622</v>
+        <v>3339997622</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" s="10">
         <v>30</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C32" s="11">
         <v>75</v>
       </c>
       <c r="D32" s="12">
         <v>798758300</v>
       </c>
       <c r="E32" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="11">
         <v>0</v>
       </c>
       <c r="G32" s="12">
         <v>0</v>
       </c>
       <c r="H32" s="12" t="s">
@@ -2579,210 +2579,210 @@
       </c>
       <c r="K32" s="12" t="s">
         <v>82</v>
       </c>
       <c r="L32" s="11">
         <v>5</v>
       </c>
       <c r="M32" s="12">
         <v>139734250</v>
       </c>
       <c r="N32" s="12" t="s">
         <v>83</v>
       </c>
       <c r="O32" s="12">
         <v>798758300</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" s="10">
         <v>31</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C33" s="11">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D33" s="12">
-        <v>16603902862</v>
+        <v>16232934282</v>
       </c>
       <c r="E33" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="11">
         <v>0</v>
       </c>
       <c r="G33" s="12">
         <v>0</v>
       </c>
       <c r="H33" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I33" s="11">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J33" s="12">
-        <v>10405346332</v>
+        <v>10034377752</v>
       </c>
       <c r="K33" s="12" t="s">
         <v>85</v>
       </c>
       <c r="L33" s="11">
         <v>4</v>
       </c>
       <c r="M33" s="12">
         <v>6198556530</v>
       </c>
       <c r="N33" s="12" t="s">
         <v>86</v>
       </c>
       <c r="O33" s="12">
-        <v>16603902862</v>
+        <v>16232934282</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" s="10">
         <v>32</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>87</v>
       </c>
       <c r="C34" s="11">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D34" s="12">
-        <v>10087668204</v>
+        <v>10337484342</v>
       </c>
       <c r="E34" s="12" t="s">
         <v>88</v>
       </c>
       <c r="F34" s="11">
         <v>3</v>
       </c>
       <c r="G34" s="12">
         <v>12650100</v>
       </c>
       <c r="H34" s="12" t="s">
         <v>89</v>
       </c>
       <c r="I34" s="11">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="J34" s="12">
-        <v>10087668204</v>
+        <v>10337484342</v>
       </c>
       <c r="K34" s="12" t="s">
         <v>88</v>
       </c>
       <c r="L34" s="11">
         <v>3</v>
       </c>
       <c r="M34" s="12">
         <v>12650100</v>
       </c>
       <c r="N34" s="12" t="s">
         <v>89</v>
       </c>
       <c r="O34" s="12">
-        <v>10100318304</v>
+        <v>10350134442</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" s="10">
         <v>33</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>90</v>
       </c>
       <c r="C35" s="11">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D35" s="12">
-        <v>2454631981</v>
+        <v>2454071281</v>
       </c>
       <c r="E35" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="11">
         <v>0</v>
       </c>
       <c r="G35" s="12">
         <v>0</v>
       </c>
       <c r="H35" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I35" s="11">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="J35" s="12">
-        <v>2454631981</v>
+        <v>2454071281</v>
       </c>
       <c r="K35" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L35" s="11">
         <v>0</v>
       </c>
       <c r="M35" s="12">
         <v>0</v>
       </c>
       <c r="N35" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O35" s="12">
-        <v>2454631981</v>
+        <v>2454071281</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" s="10">
         <v>34</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C36" s="11">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D36" s="12">
         <v>1049165286</v>
       </c>
       <c r="E36" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="11">
         <v>0</v>
       </c>
       <c r="G36" s="12">
         <v>0</v>
       </c>
       <c r="H36" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I36" s="11">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J36" s="12">
         <v>1018774786</v>
       </c>
       <c r="K36" s="12" t="s">
         <v>92</v>
       </c>
       <c r="L36" s="11">
         <v>1</v>
       </c>
       <c r="M36" s="12">
         <v>30390500</v>
       </c>
       <c r="N36" s="12" t="s">
         <v>93</v>
       </c>
       <c r="O36" s="12">
         <v>1049165286</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" s="10">
         <v>35</v>
       </c>
       <c r="B37" s="9" t="s">
@@ -3143,69 +3143,69 @@
       </c>
       <c r="K44" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L44" s="11">
         <v>0</v>
       </c>
       <c r="M44" s="12">
         <v>0</v>
       </c>
       <c r="N44" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O44" s="12">
         <v>420895558</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" s="10">
         <v>43</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>106</v>
       </c>
       <c r="C45" s="11">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D45" s="12">
         <v>506641720</v>
       </c>
       <c r="E45" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="11">
         <v>0</v>
       </c>
       <c r="G45" s="12">
         <v>0</v>
       </c>
       <c r="H45" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I45" s="11">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="J45" s="12">
         <v>506641720</v>
       </c>
       <c r="K45" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L45" s="11">
         <v>0</v>
       </c>
       <c r="M45" s="12">
         <v>0</v>
       </c>
       <c r="N45" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O45" s="12">
         <v>506641720</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" s="10">
         <v>44</v>
       </c>
       <c r="B46" s="9" t="s">
@@ -3237,87 +3237,87 @@
       </c>
       <c r="K46" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L46" s="11">
         <v>0</v>
       </c>
       <c r="M46" s="12">
         <v>0</v>
       </c>
       <c r="N46" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O46" s="12">
         <v>422131670</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" s="10">
         <v>45</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>108</v>
       </c>
       <c r="C47" s="11">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D47" s="12">
-        <v>331958000</v>
+        <v>335285550</v>
       </c>
       <c r="E47" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="11">
         <v>0</v>
       </c>
       <c r="G47" s="12">
         <v>0</v>
       </c>
       <c r="H47" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I47" s="11">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J47" s="12">
-        <v>331958000</v>
+        <v>335285550</v>
       </c>
       <c r="K47" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L47" s="11">
         <v>0</v>
       </c>
       <c r="M47" s="12">
         <v>0</v>
       </c>
       <c r="N47" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O47" s="12">
-        <v>331958000</v>
+        <v>335285550</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" s="10">
         <v>46</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>109</v>
       </c>
       <c r="C48" s="11">
         <v>54</v>
       </c>
       <c r="D48" s="12">
         <v>989517703</v>
       </c>
       <c r="E48" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="11">
         <v>0</v>
       </c>
       <c r="G48" s="12">
         <v>0</v>
       </c>
       <c r="H48" s="12" t="s">
@@ -3331,69 +3331,69 @@
       </c>
       <c r="K48" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L48" s="11">
         <v>0</v>
       </c>
       <c r="M48" s="12">
         <v>0</v>
       </c>
       <c r="N48" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O48" s="12">
         <v>989517703</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" s="10">
         <v>47</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>110</v>
       </c>
       <c r="C49" s="11">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D49" s="12">
         <v>420121200</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="11">
         <v>0</v>
       </c>
       <c r="G49" s="12">
         <v>0</v>
       </c>
       <c r="H49" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I49" s="11">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="J49" s="12">
         <v>420121200</v>
       </c>
       <c r="K49" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L49" s="11">
         <v>0</v>
       </c>
       <c r="M49" s="12">
         <v>0</v>
       </c>
       <c r="N49" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O49" s="12">
         <v>420121200</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" s="10">
         <v>48</v>
       </c>
       <c r="B50" s="9" t="s">
@@ -3895,87 +3895,87 @@
       </c>
       <c r="K60" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L60" s="11">
         <v>0</v>
       </c>
       <c r="M60" s="12">
         <v>0</v>
       </c>
       <c r="N60" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O60" s="12">
         <v>648733430</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" s="10">
         <v>59</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>124</v>
       </c>
       <c r="C61" s="11">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D61" s="12">
-        <v>1298603165</v>
+        <v>1260835670</v>
       </c>
       <c r="E61" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="11">
         <v>0</v>
       </c>
       <c r="G61" s="12">
         <v>0</v>
       </c>
       <c r="H61" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I61" s="11">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J61" s="12">
-        <v>1201834765</v>
+        <v>1164505560</v>
       </c>
       <c r="K61" s="12" t="s">
         <v>125</v>
       </c>
       <c r="L61" s="11">
         <v>4</v>
       </c>
       <c r="M61" s="12">
-        <v>96768400</v>
+        <v>96330110</v>
       </c>
       <c r="N61" s="12" t="s">
         <v>126</v>
       </c>
       <c r="O61" s="12">
-        <v>1298603165</v>
+        <v>1260835670</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" s="10">
         <v>60</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>127</v>
       </c>
       <c r="C62" s="11">
         <v>62</v>
       </c>
       <c r="D62" s="12">
         <v>1841665920</v>
       </c>
       <c r="E62" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="11">
         <v>0</v>
       </c>
       <c r="G62" s="12">
         <v>0</v>
       </c>
       <c r="H62" s="12" t="s">
@@ -3989,87 +3989,87 @@
       </c>
       <c r="K62" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L62" s="11">
         <v>0</v>
       </c>
       <c r="M62" s="12">
         <v>0</v>
       </c>
       <c r="N62" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O62" s="12">
         <v>1841665920</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" s="10">
         <v>61</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>128</v>
       </c>
       <c r="C63" s="11">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D63" s="12">
-        <v>1329580630</v>
+        <v>1334460630</v>
       </c>
       <c r="E63" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="11">
         <v>0</v>
       </c>
       <c r="G63" s="12">
         <v>0</v>
       </c>
       <c r="H63" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I63" s="11">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="J63" s="12">
-        <v>1301380630</v>
+        <v>1306260630</v>
       </c>
       <c r="K63" s="12" t="s">
         <v>129</v>
       </c>
       <c r="L63" s="11">
         <v>2</v>
       </c>
       <c r="M63" s="12">
         <v>28200000</v>
       </c>
       <c r="N63" s="12" t="s">
         <v>130</v>
       </c>
       <c r="O63" s="12">
-        <v>1329580630</v>
+        <v>1334460630</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" s="10">
         <v>62</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>131</v>
       </c>
       <c r="C64" s="11">
         <v>37</v>
       </c>
       <c r="D64" s="12">
         <v>910752115</v>
       </c>
       <c r="E64" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="11">
         <v>0</v>
       </c>
       <c r="G64" s="12">
         <v>0</v>
       </c>
       <c r="H64" s="12" t="s">
@@ -4177,134 +4177,134 @@
       </c>
       <c r="K66" s="12" t="s">
         <v>136</v>
       </c>
       <c r="L66" s="11">
         <v>6</v>
       </c>
       <c r="M66" s="12">
         <v>184680000</v>
       </c>
       <c r="N66" s="12" t="s">
         <v>137</v>
       </c>
       <c r="O66" s="12">
         <v>1132196900</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67" s="10">
         <v>65</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>138</v>
       </c>
       <c r="C67" s="11">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D67" s="12">
         <v>1308389032</v>
       </c>
       <c r="E67" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="11">
         <v>0</v>
       </c>
       <c r="G67" s="12">
         <v>0</v>
       </c>
       <c r="H67" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I67" s="11">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="J67" s="12">
         <v>1288389032</v>
       </c>
       <c r="K67" s="12" t="s">
         <v>139</v>
       </c>
       <c r="L67" s="11">
         <v>1</v>
       </c>
       <c r="M67" s="12">
         <v>20000000</v>
       </c>
       <c r="N67" s="12" t="s">
         <v>140</v>
       </c>
       <c r="O67" s="12">
         <v>1308389032</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68" s="10">
         <v>66</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>141</v>
       </c>
       <c r="C68" s="11">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D68" s="12">
-        <v>533868200</v>
+        <v>528518200</v>
       </c>
       <c r="E68" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="11">
         <v>0</v>
       </c>
       <c r="G68" s="12">
         <v>0</v>
       </c>
       <c r="H68" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I68" s="11">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J68" s="12">
-        <v>533868200</v>
+        <v>528518200</v>
       </c>
       <c r="K68" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L68" s="11">
         <v>0</v>
       </c>
       <c r="M68" s="12">
         <v>0</v>
       </c>
       <c r="N68" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O68" s="12">
-        <v>533868200</v>
+        <v>528518200</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69" s="10">
         <v>67</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C69" s="11">
         <v>34</v>
       </c>
       <c r="D69" s="12">
         <v>594185663</v>
       </c>
       <c r="E69" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="11">
         <v>0</v>
       </c>
       <c r="G69" s="12">
         <v>0</v>
       </c>
       <c r="H69" s="12" t="s">
@@ -4318,369 +4318,369 @@
       </c>
       <c r="K69" s="12" t="s">
         <v>143</v>
       </c>
       <c r="L69" s="11">
         <v>6</v>
       </c>
       <c r="M69" s="12">
         <v>61022000</v>
       </c>
       <c r="N69" s="12" t="s">
         <v>144</v>
       </c>
       <c r="O69" s="12">
         <v>594185663</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70" s="10">
         <v>68</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>145</v>
       </c>
       <c r="C70" s="11">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D70" s="12">
-        <v>1066043372</v>
+        <v>1047286272</v>
       </c>
       <c r="E70" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="11">
         <v>0</v>
       </c>
       <c r="G70" s="12">
         <v>0</v>
       </c>
       <c r="H70" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I70" s="11">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="J70" s="12">
-        <v>1020231372</v>
+        <v>999974272</v>
       </c>
       <c r="K70" s="12" t="s">
         <v>146</v>
       </c>
       <c r="L70" s="11">
         <v>3</v>
       </c>
       <c r="M70" s="12">
-        <v>45812000</v>
+        <v>47312000</v>
       </c>
       <c r="N70" s="12" t="s">
         <v>147</v>
       </c>
       <c r="O70" s="12">
-        <v>1066043372</v>
+        <v>1047286272</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71" s="10">
         <v>69</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>148</v>
       </c>
       <c r="C71" s="11">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D71" s="12">
-        <v>736105433</v>
+        <v>740705433</v>
       </c>
       <c r="E71" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="11">
         <v>0</v>
       </c>
       <c r="G71" s="12">
         <v>0</v>
       </c>
       <c r="H71" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I71" s="11">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="J71" s="12">
-        <v>721370433</v>
+        <v>725970433</v>
       </c>
       <c r="K71" s="12" t="s">
         <v>149</v>
       </c>
       <c r="L71" s="11">
         <v>2</v>
       </c>
       <c r="M71" s="12">
         <v>14735000</v>
       </c>
       <c r="N71" s="12" t="s">
         <v>150</v>
       </c>
       <c r="O71" s="12">
-        <v>736105433</v>
+        <v>740705433</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72" s="10">
         <v>70</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>151</v>
       </c>
       <c r="C72" s="11">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D72" s="12">
-        <v>1060403939</v>
+        <v>813702753</v>
       </c>
       <c r="E72" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="11">
         <v>0</v>
       </c>
       <c r="G72" s="12">
         <v>0</v>
       </c>
       <c r="H72" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I72" s="11">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="J72" s="12">
-        <v>784295743</v>
+        <v>587858453</v>
       </c>
       <c r="K72" s="12" t="s">
         <v>152</v>
       </c>
       <c r="L72" s="11">
         <v>5</v>
       </c>
       <c r="M72" s="12">
-        <v>276108196</v>
+        <v>225844300</v>
       </c>
       <c r="N72" s="12" t="s">
         <v>153</v>
       </c>
       <c r="O72" s="12">
-        <v>1060403939</v>
+        <v>813702753</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73" s="10">
         <v>71</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>154</v>
       </c>
       <c r="C73" s="11">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D73" s="12">
-        <v>375410860</v>
+        <v>368029256</v>
       </c>
       <c r="E73" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="11">
         <v>0</v>
       </c>
       <c r="G73" s="12">
         <v>0</v>
       </c>
       <c r="H73" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I73" s="11">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="J73" s="12">
-        <v>375410860</v>
+        <v>368029256</v>
       </c>
       <c r="K73" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L73" s="11">
         <v>0</v>
       </c>
       <c r="M73" s="12">
         <v>0</v>
       </c>
       <c r="N73" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O73" s="12">
-        <v>375410860</v>
+        <v>368029256</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" s="10">
         <v>72</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>155</v>
       </c>
       <c r="C74" s="11">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D74" s="12">
-        <v>698563417</v>
+        <v>789409154</v>
       </c>
       <c r="E74" s="12" t="s">
         <v>156</v>
       </c>
       <c r="F74" s="11">
         <v>4</v>
       </c>
       <c r="G74" s="12">
-        <v>86000000</v>
+        <v>90000000</v>
       </c>
       <c r="H74" s="12" t="s">
         <v>157</v>
       </c>
       <c r="I74" s="11">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="J74" s="12">
-        <v>485263417</v>
+        <v>541509154</v>
       </c>
       <c r="K74" s="12" t="s">
         <v>158</v>
       </c>
       <c r="L74" s="11">
         <v>8</v>
       </c>
       <c r="M74" s="12">
-        <v>299300000</v>
+        <v>337900000</v>
       </c>
       <c r="N74" s="12" t="s">
         <v>159</v>
       </c>
       <c r="O74" s="12">
-        <v>784563417</v>
+        <v>879409154</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75" s="10">
         <v>73</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>160</v>
       </c>
       <c r="C75" s="11">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D75" s="12">
-        <v>757048048</v>
+        <v>776087071</v>
       </c>
       <c r="E75" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="11">
         <v>0</v>
       </c>
       <c r="G75" s="12">
         <v>0</v>
       </c>
       <c r="H75" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I75" s="11">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J75" s="12">
-        <v>745594048</v>
+        <v>764633071</v>
       </c>
       <c r="K75" s="12" t="s">
         <v>161</v>
       </c>
       <c r="L75" s="11">
         <v>2</v>
       </c>
       <c r="M75" s="12">
         <v>11454000</v>
       </c>
       <c r="N75" s="12" t="s">
         <v>162</v>
       </c>
       <c r="O75" s="12">
-        <v>757048048</v>
+        <v>776087071</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76" s="10">
         <v>74</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>163</v>
       </c>
       <c r="C76" s="11">
         <v>63</v>
       </c>
       <c r="D76" s="12">
-        <v>1060607862</v>
+        <v>1068407862</v>
       </c>
       <c r="E76" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="11">
         <v>0</v>
       </c>
       <c r="G76" s="12">
         <v>0</v>
       </c>
       <c r="H76" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I76" s="11">
         <v>60</v>
       </c>
       <c r="J76" s="12">
-        <v>1024287862</v>
+        <v>1032087862</v>
       </c>
       <c r="K76" s="12" t="s">
         <v>164</v>
       </c>
       <c r="L76" s="11">
         <v>3</v>
       </c>
       <c r="M76" s="12">
         <v>36320000</v>
       </c>
       <c r="N76" s="12" t="s">
         <v>165</v>
       </c>
       <c r="O76" s="12">
-        <v>1060607862</v>
+        <v>1068407862</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" s="10">
         <v>75</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>166</v>
       </c>
       <c r="C77" s="11">
         <v>40</v>
       </c>
       <c r="D77" s="12">
         <v>979200061</v>
       </c>
       <c r="E77" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="11">
         <v>0</v>
       </c>
       <c r="G77" s="12">
         <v>0</v>
       </c>
       <c r="H77" s="12" t="s">
@@ -4694,181 +4694,181 @@
       </c>
       <c r="K77" s="12" t="s">
         <v>167</v>
       </c>
       <c r="L77" s="11">
         <v>3</v>
       </c>
       <c r="M77" s="12">
         <v>80453950</v>
       </c>
       <c r="N77" s="12" t="s">
         <v>168</v>
       </c>
       <c r="O77" s="12">
         <v>979200061</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78" s="10">
         <v>76</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>169</v>
       </c>
       <c r="C78" s="11">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D78" s="12">
-        <v>890061737</v>
+        <v>870785427</v>
       </c>
       <c r="E78" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="11">
         <v>0</v>
       </c>
       <c r="G78" s="12">
         <v>0</v>
       </c>
       <c r="H78" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I78" s="11">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="J78" s="12">
-        <v>890061737</v>
+        <v>870785427</v>
       </c>
       <c r="K78" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L78" s="11">
         <v>0</v>
       </c>
       <c r="M78" s="12">
         <v>0</v>
       </c>
       <c r="N78" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O78" s="12">
-        <v>890061737</v>
+        <v>870785427</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79" s="10">
         <v>77</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>170</v>
       </c>
       <c r="C79" s="11">
         <v>27</v>
       </c>
       <c r="D79" s="12">
-        <v>450319964</v>
+        <v>474077333</v>
       </c>
       <c r="E79" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="11">
         <v>0</v>
       </c>
       <c r="G79" s="12">
         <v>0</v>
       </c>
       <c r="H79" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I79" s="11">
         <v>27</v>
       </c>
       <c r="J79" s="12">
-        <v>450319964</v>
+        <v>474077333</v>
       </c>
       <c r="K79" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L79" s="11">
         <v>0</v>
       </c>
       <c r="M79" s="12">
         <v>0</v>
       </c>
       <c r="N79" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O79" s="12">
-        <v>450319964</v>
+        <v>474077333</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" s="10">
         <v>78</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>171</v>
       </c>
       <c r="C80" s="11">
         <v>45</v>
       </c>
       <c r="D80" s="12">
-        <v>774430505</v>
+        <v>712217548</v>
       </c>
       <c r="E80" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="11">
         <v>0</v>
       </c>
       <c r="G80" s="12">
         <v>0</v>
       </c>
       <c r="H80" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I80" s="11">
         <v>43</v>
       </c>
       <c r="J80" s="12">
-        <v>767830505</v>
+        <v>706622548</v>
       </c>
       <c r="K80" s="12" t="s">
         <v>172</v>
       </c>
       <c r="L80" s="11">
         <v>2</v>
       </c>
       <c r="M80" s="12">
-        <v>6600000</v>
+        <v>5595000</v>
       </c>
       <c r="N80" s="12" t="s">
         <v>173</v>
       </c>
       <c r="O80" s="12">
-        <v>774430505</v>
+        <v>712217548</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81" s="10">
         <v>79</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>174</v>
       </c>
       <c r="C81" s="11">
         <v>55</v>
       </c>
       <c r="D81" s="12">
         <v>1147943826</v>
       </c>
       <c r="E81" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="11">
         <v>0</v>
       </c>
       <c r="G81" s="12">
         <v>0</v>
       </c>
       <c r="H81" s="12" t="s">
@@ -4882,416 +4882,416 @@
       </c>
       <c r="K81" s="12" t="s">
         <v>175</v>
       </c>
       <c r="L81" s="11">
         <v>10</v>
       </c>
       <c r="M81" s="12">
         <v>374932179</v>
       </c>
       <c r="N81" s="12" t="s">
         <v>176</v>
       </c>
       <c r="O81" s="12">
         <v>1147943826</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82" s="10">
         <v>80</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>177</v>
       </c>
       <c r="C82" s="11">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D82" s="12">
-        <v>1773385496</v>
+        <v>1640452734</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="11">
         <v>0</v>
       </c>
       <c r="G82" s="12">
         <v>0</v>
       </c>
       <c r="H82" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I82" s="11">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="J82" s="12">
-        <v>1559757496</v>
+        <v>1428805434</v>
       </c>
       <c r="K82" s="12" t="s">
         <v>178</v>
       </c>
       <c r="L82" s="11">
         <v>7</v>
       </c>
       <c r="M82" s="12">
-        <v>213628000</v>
+        <v>211647300</v>
       </c>
       <c r="N82" s="12" t="s">
         <v>179</v>
       </c>
       <c r="O82" s="12">
-        <v>1773385496</v>
+        <v>1640452734</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" s="10">
         <v>81</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>180</v>
       </c>
       <c r="C83" s="11">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D83" s="12">
-        <v>1697568424</v>
+        <v>1652323664</v>
       </c>
       <c r="E83" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="11">
         <v>0</v>
       </c>
       <c r="G83" s="12">
         <v>0</v>
       </c>
       <c r="H83" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I83" s="11">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="J83" s="12">
-        <v>1533168774</v>
+        <v>1503315774</v>
       </c>
       <c r="K83" s="12" t="s">
         <v>181</v>
       </c>
       <c r="L83" s="11">
         <v>6</v>
       </c>
       <c r="M83" s="12">
-        <v>164399650</v>
+        <v>149007890</v>
       </c>
       <c r="N83" s="12" t="s">
         <v>182</v>
       </c>
       <c r="O83" s="12">
-        <v>1697568424</v>
+        <v>1652323664</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84" s="10">
         <v>82</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>183</v>
       </c>
       <c r="C84" s="11">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D84" s="12">
-        <v>979595405</v>
+        <v>975631165</v>
       </c>
       <c r="E84" s="12" t="s">
         <v>184</v>
       </c>
       <c r="F84" s="11">
         <v>4</v>
       </c>
       <c r="G84" s="12">
-        <v>38880000</v>
+        <v>36880000</v>
       </c>
       <c r="H84" s="12" t="s">
         <v>185</v>
       </c>
       <c r="I84" s="11">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="J84" s="12">
-        <v>808635405</v>
+        <v>807921165</v>
       </c>
       <c r="K84" s="12" t="s">
         <v>186</v>
       </c>
       <c r="L84" s="11">
         <v>9</v>
       </c>
       <c r="M84" s="12">
-        <v>209840000</v>
+        <v>204590000</v>
       </c>
       <c r="N84" s="12" t="s">
         <v>187</v>
       </c>
       <c r="O84" s="12">
-        <v>1018475405</v>
+        <v>1012511165</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85" s="10">
         <v>83</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>188</v>
       </c>
       <c r="C85" s="11">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D85" s="12">
-        <v>901920327</v>
+        <v>908516347</v>
       </c>
       <c r="E85" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="11">
         <v>0</v>
       </c>
       <c r="G85" s="12">
         <v>0</v>
       </c>
       <c r="H85" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I85" s="11">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J85" s="12">
-        <v>789999219</v>
+        <v>796595239</v>
       </c>
       <c r="K85" s="12" t="s">
         <v>189</v>
       </c>
       <c r="L85" s="11">
         <v>3</v>
       </c>
       <c r="M85" s="12">
         <v>111921108</v>
       </c>
       <c r="N85" s="12" t="s">
         <v>190</v>
       </c>
       <c r="O85" s="12">
-        <v>901920327</v>
+        <v>908516347</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" s="10">
         <v>84</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>191</v>
       </c>
       <c r="C86" s="11">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D86" s="12">
-        <v>916682136</v>
+        <v>907115136</v>
       </c>
       <c r="E86" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="11">
         <v>0</v>
       </c>
       <c r="G86" s="12">
         <v>0</v>
       </c>
       <c r="H86" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I86" s="11">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J86" s="12">
-        <v>916682136</v>
+        <v>907115136</v>
       </c>
       <c r="K86" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L86" s="11">
         <v>0</v>
       </c>
       <c r="M86" s="12">
         <v>0</v>
       </c>
       <c r="N86" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O86" s="12">
-        <v>916682136</v>
+        <v>907115136</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87" s="10">
         <v>85</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>192</v>
       </c>
       <c r="C87" s="11">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D87" s="12">
-        <v>402863895</v>
+        <v>419633895</v>
       </c>
       <c r="E87" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="11">
         <v>0</v>
       </c>
       <c r="G87" s="12">
         <v>0</v>
       </c>
       <c r="H87" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I87" s="11">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J87" s="12">
-        <v>402863895</v>
+        <v>419633895</v>
       </c>
       <c r="K87" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L87" s="11">
         <v>0</v>
       </c>
       <c r="M87" s="12">
         <v>0</v>
       </c>
       <c r="N87" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O87" s="12">
-        <v>402863895</v>
+        <v>419633895</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88" s="10">
         <v>86</v>
       </c>
       <c r="B88" s="9" t="s">
         <v>193</v>
       </c>
       <c r="C88" s="11">
         <v>55</v>
       </c>
       <c r="D88" s="12">
-        <v>104423247964</v>
+        <v>103725513404</v>
       </c>
       <c r="E88" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="11">
         <v>0</v>
       </c>
       <c r="G88" s="12">
         <v>0</v>
       </c>
       <c r="H88" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I88" s="11">
         <v>54</v>
       </c>
       <c r="J88" s="12">
-        <v>98980000000</v>
+        <v>98282265440</v>
       </c>
       <c r="K88" s="12" t="s">
         <v>194</v>
       </c>
       <c r="L88" s="11">
         <v>1</v>
       </c>
       <c r="M88" s="12">
         <v>5443247964</v>
       </c>
       <c r="N88" s="12" t="s">
         <v>195</v>
       </c>
       <c r="O88" s="12">
-        <v>104423247964</v>
+        <v>103725513404</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89" s="10">
         <v>87</v>
       </c>
       <c r="B89" s="9" t="s">
         <v>196</v>
       </c>
       <c r="C89" s="11">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D89" s="12">
-        <v>44428382319</v>
+        <v>44770994323</v>
       </c>
       <c r="E89" s="12" t="s">
         <v>197</v>
       </c>
       <c r="F89" s="11">
         <v>5</v>
       </c>
       <c r="G89" s="12">
         <v>7468333900</v>
       </c>
       <c r="H89" s="12" t="s">
         <v>198</v>
       </c>
       <c r="I89" s="11">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J89" s="12">
-        <v>32389842719</v>
+        <v>32770454723</v>
       </c>
       <c r="K89" s="12" t="s">
         <v>199</v>
       </c>
       <c r="L89" s="11">
         <v>21</v>
       </c>
       <c r="M89" s="12">
-        <v>19506873500</v>
+        <v>19468873500</v>
       </c>
       <c r="N89" s="12" t="s">
         <v>200</v>
       </c>
       <c r="O89" s="12">
-        <v>51896716219</v>
+        <v>52239328223</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90" s="10">
         <v>88</v>
       </c>
       <c r="B90" s="9" t="s">
         <v>201</v>
       </c>
       <c r="C90" s="11">
         <v>97</v>
       </c>
       <c r="D90" s="12">
         <v>1768139546</v>
       </c>
       <c r="E90" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="11">
         <v>0</v>
       </c>
       <c r="G90" s="12">
         <v>0</v>
       </c>
       <c r="H90" s="12" t="s">
@@ -5305,132 +5305,132 @@
       </c>
       <c r="K90" s="12" t="s">
         <v>202</v>
       </c>
       <c r="L90" s="11">
         <v>1</v>
       </c>
       <c r="M90" s="12">
         <v>76998429</v>
       </c>
       <c r="N90" s="12" t="s">
         <v>203</v>
       </c>
       <c r="O90" s="12">
         <v>1768139546</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91" s="10">
         <v>89</v>
       </c>
       <c r="B91" s="9" t="s">
         <v>204</v>
       </c>
       <c r="C91" s="11">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D91" s="12">
-        <v>14904485088</v>
+        <v>12110923834</v>
       </c>
       <c r="E91" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="11">
         <v>0</v>
       </c>
       <c r="G91" s="12">
         <v>0</v>
       </c>
       <c r="H91" s="12" t="s">
         <v>12</v>
       </c>
       <c r="I91" s="11">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="J91" s="12">
-        <v>14904485088</v>
+        <v>12110923834</v>
       </c>
       <c r="K91" s="12" t="s">
         <v>11</v>
       </c>
       <c r="L91" s="11">
         <v>0</v>
       </c>
       <c r="M91" s="12">
         <v>0</v>
       </c>
       <c r="N91" s="12" t="s">
         <v>12</v>
       </c>
       <c r="O91" s="12">
-        <v>14904485088</v>
+        <v>12110923834</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92" s="13" t="s">
         <v>205</v>
       </c>
       <c r="B92" s="14"/>
       <c r="C92" s="15">
-        <v>7679</v>
+        <v>7822</v>
       </c>
       <c r="D92" s="16">
-        <v>718738616588</v>
+        <v>721996572074</v>
       </c>
       <c r="E92" s="16" t="s">
         <v>206</v>
       </c>
       <c r="F92" s="15">
         <v>33</v>
       </c>
       <c r="G92" s="16">
-        <v>16343771555</v>
+        <v>16345771555</v>
       </c>
       <c r="H92" s="16" t="s">
         <v>207</v>
       </c>
       <c r="I92" s="15">
-        <v>7410</v>
+        <v>7553</v>
       </c>
       <c r="J92" s="16">
-        <v>693362602544</v>
+        <v>696696431976</v>
       </c>
       <c r="K92" s="16" t="s">
         <v>208</v>
       </c>
       <c r="L92" s="15">
         <v>302</v>
       </c>
       <c r="M92" s="16">
-        <v>41719785599</v>
+        <v>41645911653</v>
       </c>
       <c r="N92" s="16" t="s">
         <v>209</v>
       </c>
       <c r="O92" s="16">
-        <v>735082388143</v>
+        <v>738342343629</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="F1:H1"/>
     <mergeCell ref="I1:K1"/>
     <mergeCell ref="L1:N1"/>
     <mergeCell ref="O1:O2"/>
     <mergeCell ref="A92:B92"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>