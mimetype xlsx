--- v1 (2025-12-02)
+++ v2 (2026-01-28)
@@ -12,680 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Satuan Kerja</t>
   </si>
   <si>
     <t>PDN</t>
   </si>
   <si>
     <t>Non-PDN</t>
   </si>
   <si>
     <t>UKM</t>
   </si>
   <si>
     <t>Non-UKM</t>
   </si>
   <si>
     <t>Total Pagu</t>
   </si>
   <si>
     <t>Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Persentase</t>
   </si>
   <si>
-    <t>BADAN KEPEGAWAIAN DAN PENGEMBANGAN SUMBER DAYA MANUSIA</t>
-[...2 lines deleted...]
-    <t>100%</t>
+    <t>Total</t>
   </si>
   <si>
     <t>0%</t>
-  </si>
-[...589 lines deleted...]
-    <t>5,64%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -707,86 +113,74 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="13">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...10 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
@@ -1064,73 +458,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O92"/>
+  <dimension ref="A1:O3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="O92" sqref="O92"/>
+      <selection activeCell="O3" sqref="O3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="12.854" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="3" t="s">
@@ -1162,4287 +556,104 @@
       </c>
       <c r="H2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J2" s="8" t="s">
         <v>8</v>
       </c>
       <c r="K2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="L2" s="7" t="s">
         <v>7</v>
       </c>
       <c r="M2" s="8" t="s">
         <v>8</v>
       </c>
       <c r="N2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="O2" s="6"/>
     </row>
     <row r="3" spans="1:15">
-      <c r="A3" s="10">
-[...2 lines deleted...]
-      <c r="B3" s="9" t="s">
+      <c r="A3" s="9" t="s">
         <v>10</v>
       </c>
+      <c r="B3" s="10"/>
       <c r="C3" s="11">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="D3" s="12">
-        <v>1544569202</v>
+        <v>0</v>
       </c>
       <c r="E3" s="12" t="s">
         <v>11</v>
       </c>
       <c r="F3" s="11">
         <v>0</v>
       </c>
       <c r="G3" s="12">
         <v>0</v>
       </c>
       <c r="H3" s="12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I3" s="11">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="J3" s="12">
-        <v>1462583018</v>
+        <v>0</v>
       </c>
       <c r="K3" s="12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="L3" s="11">
+        <v>0</v>
+      </c>
+      <c r="M3" s="12">
+        <v>0</v>
+      </c>
+      <c r="N3" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="M3" s="12">
-[...4 lines deleted...]
-      </c>
       <c r="O3" s="12">
-        <v>1544569202</v>
-[...4180 lines deleted...]
-        <v>738342343629</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="F1:H1"/>
     <mergeCell ref="I1:K1"/>
     <mergeCell ref="L1:N1"/>
     <mergeCell ref="O1:O2"/>
-    <mergeCell ref="A92:B92"/>
+    <mergeCell ref="A3:B3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>