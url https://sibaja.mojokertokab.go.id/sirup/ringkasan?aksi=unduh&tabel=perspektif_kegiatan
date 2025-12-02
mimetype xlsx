--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -828,78 +828,78 @@
       <c r="G2" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="8" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="6"/>
       <c r="L2" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3" s="10">
         <v>1</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="11">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D3" s="12">
-        <v>1469412682</v>
+        <v>1544569202</v>
       </c>
       <c r="E3" s="11">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F3" s="12">
-        <v>2748624967</v>
+        <v>2673459579</v>
       </c>
       <c r="G3" s="11">
         <v>0</v>
       </c>
       <c r="H3" s="12">
         <v>0</v>
       </c>
       <c r="I3" s="11">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="J3" s="12">
-        <v>4218037649</v>
+        <v>4218028781</v>
       </c>
       <c r="K3" s="12">
         <v>2857352049</v>
       </c>
       <c r="L3" s="12">
-        <v>147.62050936202</v>
+        <v>147.62019900475</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4" s="10">
         <v>2</v>
       </c>
       <c r="B4" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="11">
         <v>135</v>
       </c>
       <c r="D4" s="12">
         <v>1605857170</v>
       </c>
       <c r="E4" s="11">
         <v>64</v>
       </c>
       <c r="F4" s="12">
         <v>905759383</v>
       </c>
       <c r="G4" s="11">
         <v>0</v>
       </c>
       <c r="H4" s="12">
@@ -980,78 +980,78 @@
       </c>
       <c r="H6" s="12">
         <v>0</v>
       </c>
       <c r="I6" s="11">
         <v>172</v>
       </c>
       <c r="J6" s="12">
         <v>22688561198</v>
       </c>
       <c r="K6" s="12">
         <v>18123809084</v>
       </c>
       <c r="L6" s="12">
         <v>125.18649414614</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7" s="10">
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="11">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D7" s="12">
-        <v>82386681857</v>
+        <v>82728199215</v>
       </c>
       <c r="E7" s="11">
         <v>105</v>
       </c>
       <c r="F7" s="12">
-        <v>5620189937</v>
+        <v>5218341606</v>
       </c>
       <c r="G7" s="11">
         <v>0</v>
       </c>
       <c r="H7" s="12">
         <v>0</v>
       </c>
       <c r="I7" s="11">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="J7" s="12">
-        <v>88006871794</v>
+        <v>87946540821</v>
       </c>
       <c r="K7" s="12">
         <v>81517575394</v>
       </c>
       <c r="L7" s="12">
-        <v>107.96061017349</v>
+        <v>107.88660039989</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8" s="10">
         <v>6</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="11">
         <v>96</v>
       </c>
       <c r="D8" s="12">
         <v>3935874294</v>
       </c>
       <c r="E8" s="11">
         <v>106</v>
       </c>
       <c r="F8" s="12">
         <v>2488971306</v>
       </c>
       <c r="G8" s="11">
         <v>0</v>
       </c>
       <c r="H8" s="12">
@@ -1094,60 +1094,60 @@
       </c>
       <c r="H9" s="12">
         <v>0</v>
       </c>
       <c r="I9" s="11">
         <v>45</v>
       </c>
       <c r="J9" s="12">
         <v>979539962</v>
       </c>
       <c r="K9" s="12">
         <v>754539962</v>
       </c>
       <c r="L9" s="12">
         <v>129.8194941728</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10" s="10">
         <v>8</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="11">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D10" s="12">
-        <v>504415980</v>
+        <v>528340980</v>
       </c>
       <c r="E10" s="11">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F10" s="12">
-        <v>1231040900</v>
+        <v>1207115900</v>
       </c>
       <c r="G10" s="11">
         <v>0</v>
       </c>
       <c r="H10" s="12">
         <v>0</v>
       </c>
       <c r="I10" s="11">
         <v>40</v>
       </c>
       <c r="J10" s="12">
         <v>1735456880</v>
       </c>
       <c r="K10" s="12">
         <v>949456880</v>
       </c>
       <c r="L10" s="12">
         <v>182.7841702511</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11" s="10">
         <v>9</v>
       </c>
       <c r="B11" s="9" t="s">
@@ -1208,116 +1208,116 @@
       </c>
       <c r="H12" s="12">
         <v>0</v>
       </c>
       <c r="I12" s="11">
         <v>56</v>
       </c>
       <c r="J12" s="12">
         <v>796858170</v>
       </c>
       <c r="K12" s="12">
         <v>746858170</v>
       </c>
       <c r="L12" s="12">
         <v>106.69471152736</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13" s="10">
         <v>11</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="11">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D13" s="12">
         <v>777743200</v>
       </c>
       <c r="E13" s="11">
         <v>22</v>
       </c>
       <c r="F13" s="12">
         <v>2167129300</v>
       </c>
       <c r="G13" s="11">
         <v>0</v>
       </c>
       <c r="H13" s="12">
         <v>0</v>
       </c>
       <c r="I13" s="11">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J13" s="12">
         <v>2944872500</v>
       </c>
       <c r="K13" s="12">
         <v>2344120500</v>
       </c>
       <c r="L13" s="12">
         <v>125.62803405371</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14" s="10">
         <v>12</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C14" s="11">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D14" s="12">
-        <v>134160950</v>
+        <v>134096750</v>
       </c>
       <c r="E14" s="11">
         <v>14</v>
       </c>
       <c r="F14" s="12">
-        <v>197130050</v>
+        <v>197136750</v>
       </c>
       <c r="G14" s="11">
         <v>0</v>
       </c>
       <c r="H14" s="12">
         <v>0</v>
       </c>
       <c r="I14" s="11">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="J14" s="12">
-        <v>331291000</v>
+        <v>331233500</v>
       </c>
       <c r="K14" s="12">
         <v>331291000</v>
       </c>
       <c r="L14" s="12">
-        <v>100</v>
+        <v>99.982643657691</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15" s="10">
         <v>13</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="11">
         <v>32</v>
       </c>
       <c r="D15" s="12">
         <v>183876300</v>
       </c>
       <c r="E15" s="11">
         <v>26</v>
       </c>
       <c r="F15" s="12">
         <v>460514250</v>
       </c>
       <c r="G15" s="11">
         <v>0</v>
       </c>
       <c r="H15" s="12">
@@ -1398,382 +1398,382 @@
       </c>
       <c r="H17" s="12">
         <v>0</v>
       </c>
       <c r="I17" s="11">
         <v>67</v>
       </c>
       <c r="J17" s="12">
         <v>1912499775</v>
       </c>
       <c r="K17" s="12">
         <v>1439464995</v>
       </c>
       <c r="L17" s="12">
         <v>132.86184670298</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18" s="10">
         <v>16</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C18" s="11">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="D18" s="12">
         <v>19960148700</v>
       </c>
       <c r="E18" s="11">
         <v>13</v>
       </c>
       <c r="F18" s="12">
         <v>942707100</v>
       </c>
       <c r="G18" s="11">
         <v>0</v>
       </c>
       <c r="H18" s="12">
         <v>0</v>
       </c>
       <c r="I18" s="11">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="J18" s="12">
         <v>20902855800</v>
       </c>
       <c r="K18" s="12">
         <v>14933740300</v>
       </c>
       <c r="L18" s="12">
         <v>139.97066629048</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19" s="10">
         <v>17</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="11">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D19" s="12">
-        <v>5300103654</v>
+        <v>5598688904</v>
       </c>
       <c r="E19" s="11">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F19" s="12">
-        <v>2405089194</v>
+        <v>5827215794</v>
       </c>
       <c r="G19" s="11">
         <v>0</v>
       </c>
       <c r="H19" s="12">
         <v>0</v>
       </c>
       <c r="I19" s="11">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="J19" s="12">
-        <v>7705192848</v>
+        <v>11425904698</v>
       </c>
       <c r="K19" s="12">
         <v>5042815176</v>
       </c>
       <c r="L19" s="12">
-        <v>152.79546402317</v>
+        <v>226.57789943162</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20" s="10">
         <v>18</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="11">
         <v>59</v>
       </c>
       <c r="D20" s="12">
         <v>2363256781</v>
       </c>
       <c r="E20" s="11">
         <v>58</v>
       </c>
       <c r="F20" s="12">
         <v>952815694</v>
       </c>
       <c r="G20" s="11">
         <v>0</v>
       </c>
       <c r="H20" s="12">
         <v>0</v>
       </c>
       <c r="I20" s="11">
         <v>117</v>
       </c>
       <c r="J20" s="12">
         <v>3316072475</v>
       </c>
       <c r="K20" s="12">
         <v>2116592200</v>
       </c>
       <c r="L20" s="12">
         <v>156.67035317431</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21" s="10">
         <v>19</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="11">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="D21" s="12">
-        <v>38450439497</v>
+        <v>42056458997</v>
       </c>
       <c r="E21" s="11">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="F21" s="12">
-        <v>76700767385</v>
+        <v>76813631885</v>
       </c>
       <c r="G21" s="11">
         <v>0</v>
       </c>
       <c r="H21" s="12">
         <v>0</v>
       </c>
       <c r="I21" s="11">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="J21" s="12">
-        <v>115151206882</v>
+        <v>118870090882</v>
       </c>
       <c r="K21" s="12">
         <v>107005894965</v>
       </c>
       <c r="L21" s="12">
-        <v>107.61202167382</v>
+        <v>111.08742272646</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22" s="10">
         <v>20</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="11">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D22" s="12">
-        <v>15063124977</v>
+        <v>15065033777</v>
       </c>
       <c r="E22" s="11">
         <v>92</v>
       </c>
       <c r="F22" s="12">
-        <v>1966862660</v>
+        <v>1963872660</v>
       </c>
       <c r="G22" s="11">
         <v>0</v>
       </c>
       <c r="H22" s="12">
         <v>0</v>
       </c>
       <c r="I22" s="11">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="J22" s="12">
-        <v>17029987637</v>
+        <v>17028906437</v>
       </c>
       <c r="K22" s="12">
         <v>13874160637</v>
       </c>
       <c r="L22" s="12">
-        <v>122.74607511451</v>
+        <v>122.73828221065</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23" s="10">
         <v>21</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="11">
         <v>152</v>
       </c>
       <c r="D23" s="12">
         <v>2607541403</v>
       </c>
       <c r="E23" s="11">
         <v>131</v>
       </c>
       <c r="F23" s="12">
         <v>2589281172</v>
       </c>
       <c r="G23" s="11">
         <v>0</v>
       </c>
       <c r="H23" s="12">
         <v>0</v>
       </c>
       <c r="I23" s="11">
         <v>283</v>
       </c>
       <c r="J23" s="12">
         <v>5196822575</v>
       </c>
       <c r="K23" s="12">
         <v>3388819150</v>
       </c>
       <c r="L23" s="12">
         <v>153.35201865228</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24" s="10">
         <v>22</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="11">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D24" s="12">
-        <v>5551659520</v>
+        <v>5967429714</v>
       </c>
       <c r="E24" s="11">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F24" s="12">
-        <v>6434342405</v>
+        <v>6646763611</v>
       </c>
       <c r="G24" s="11">
         <v>0</v>
       </c>
       <c r="H24" s="12">
         <v>0</v>
       </c>
       <c r="I24" s="11">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="J24" s="12">
-        <v>11986001925</v>
+        <v>12614193325</v>
       </c>
       <c r="K24" s="12">
         <v>10000005285</v>
       </c>
       <c r="L24" s="12">
-        <v>119.85995590401</v>
+        <v>126.14186658402</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25" s="10">
         <v>23</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="11">
+        <v>109</v>
+      </c>
+      <c r="D25" s="12">
+        <v>2268385907</v>
+      </c>
+      <c r="E25" s="11">
         <v>110</v>
       </c>
-      <c r="D25" s="12">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="12">
-        <v>803877714</v>
+        <v>893609562</v>
       </c>
       <c r="G25" s="11">
         <v>0</v>
       </c>
       <c r="H25" s="12">
         <v>0</v>
       </c>
       <c r="I25" s="11">
         <v>219</v>
       </c>
       <c r="J25" s="12">
-        <v>3160995469</v>
+        <v>3161995469</v>
       </c>
       <c r="K25" s="12">
         <v>2781333773</v>
       </c>
       <c r="L25" s="12">
-        <v>113.65034645196</v>
+        <v>113.68630042519</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26" s="10">
         <v>24</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="11">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="D26" s="12">
-        <v>184041409264</v>
+        <v>184515343064</v>
       </c>
       <c r="E26" s="11">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="F26" s="12">
-        <v>20074118822</v>
+        <v>21537350055</v>
       </c>
       <c r="G26" s="11">
-        <v>462</v>
+        <v>492</v>
       </c>
       <c r="H26" s="12">
-        <v>27316600556</v>
+        <v>27402649760</v>
       </c>
       <c r="I26" s="11">
-        <v>911</v>
+        <v>955</v>
       </c>
       <c r="J26" s="12">
-        <v>231432128642</v>
+        <v>233455342879</v>
       </c>
       <c r="K26" s="12">
         <v>176195478740</v>
       </c>
       <c r="L26" s="12">
-        <v>131.34964091985</v>
+        <v>132.49791910012</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27" s="10">
         <v>25</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="11">
         <v>189</v>
       </c>
       <c r="D27" s="12">
         <v>3253545533</v>
       </c>
       <c r="E27" s="11">
         <v>138</v>
       </c>
       <c r="F27" s="12">
         <v>11261233295</v>
       </c>
       <c r="G27" s="11">
         <v>0</v>
       </c>
       <c r="H27" s="12">
@@ -1781,180 +1781,180 @@
       </c>
       <c r="I27" s="11">
         <v>327</v>
       </c>
       <c r="J27" s="12">
         <v>14514778828</v>
       </c>
       <c r="K27" s="12">
         <v>11011899578</v>
       </c>
       <c r="L27" s="12">
         <v>131.80994546116</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28" s="10">
         <v>26</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="11">
         <v>99</v>
       </c>
       <c r="D28" s="12">
-        <v>1679169800</v>
+        <v>1693670250</v>
       </c>
       <c r="E28" s="11">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F28" s="12">
-        <v>671463500</v>
+        <v>667395050</v>
       </c>
       <c r="G28" s="11">
         <v>0</v>
       </c>
       <c r="H28" s="12">
         <v>0</v>
       </c>
       <c r="I28" s="11">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J28" s="12">
-        <v>2350633300</v>
+        <v>2361065300</v>
       </c>
       <c r="K28" s="12">
         <v>1443081300</v>
       </c>
       <c r="L28" s="12">
-        <v>162.88987321782</v>
+        <v>163.61277081201</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29" s="10">
         <v>27</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C29" s="11">
-        <v>527</v>
+        <v>543</v>
       </c>
       <c r="D29" s="12">
-        <v>66837688934</v>
+        <v>67956169355</v>
       </c>
       <c r="E29" s="11">
         <v>322</v>
       </c>
       <c r="F29" s="12">
-        <v>104026690639</v>
+        <v>103904777883</v>
       </c>
       <c r="G29" s="11">
         <v>0</v>
       </c>
       <c r="H29" s="12">
         <v>0</v>
       </c>
       <c r="I29" s="11">
-        <v>849</v>
+        <v>865</v>
       </c>
       <c r="J29" s="12">
-        <v>170864379573</v>
+        <v>171860947238</v>
       </c>
       <c r="K29" s="12">
         <v>157391636704</v>
       </c>
       <c r="L29" s="12">
-        <v>108.56001192385</v>
+        <v>109.19318893749</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30" s="10">
         <v>28</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C30" s="11">
         <v>118</v>
       </c>
       <c r="D30" s="12">
         <v>4235977394</v>
       </c>
       <c r="E30" s="11">
         <v>111</v>
       </c>
       <c r="F30" s="12">
         <v>11049002281</v>
       </c>
       <c r="G30" s="11">
         <v>0</v>
       </c>
       <c r="H30" s="12">
         <v>0</v>
       </c>
       <c r="I30" s="11">
         <v>229</v>
       </c>
       <c r="J30" s="12">
         <v>15284979675</v>
       </c>
       <c r="K30" s="12">
         <v>14516564675</v>
       </c>
       <c r="L30" s="12">
         <v>105.29336669662</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31" s="10">
         <v>29</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C31" s="11">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D31" s="12">
-        <v>3346403622</v>
+        <v>3339997622</v>
       </c>
       <c r="E31" s="11">
         <v>221</v>
       </c>
       <c r="F31" s="12">
-        <v>2270310915</v>
+        <v>2276716915</v>
       </c>
       <c r="G31" s="11">
         <v>0</v>
       </c>
       <c r="H31" s="12">
         <v>0</v>
       </c>
       <c r="I31" s="11">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="J31" s="12">
         <v>5616714537</v>
       </c>
       <c r="K31" s="12">
         <v>4522807187</v>
       </c>
       <c r="L31" s="12">
         <v>124.1864688184</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32" s="10">
         <v>30</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C32" s="11">
         <v>75</v>
       </c>
       <c r="D32" s="12">
         <v>798758300</v>
       </c>
       <c r="E32" s="11">
@@ -1968,183 +1968,183 @@
       </c>
       <c r="H32" s="12">
         <v>0</v>
       </c>
       <c r="I32" s="11">
         <v>135</v>
       </c>
       <c r="J32" s="12">
         <v>1289107200</v>
       </c>
       <c r="K32" s="12">
         <v>1279279200</v>
       </c>
       <c r="L32" s="12">
         <v>100.76824511803</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33" s="10">
         <v>31</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C33" s="11">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D33" s="12">
-        <v>16603902862</v>
+        <v>16232934282</v>
       </c>
       <c r="E33" s="11">
         <v>136</v>
       </c>
       <c r="F33" s="12">
         <v>1945525635</v>
       </c>
       <c r="G33" s="11">
         <v>0</v>
       </c>
       <c r="H33" s="12">
         <v>0</v>
       </c>
       <c r="I33" s="11">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="J33" s="12">
-        <v>18549428497</v>
+        <v>18178459917</v>
       </c>
       <c r="K33" s="12">
         <v>15927444747</v>
       </c>
       <c r="L33" s="12">
-        <v>116.46204894538</v>
+        <v>114.13293347273</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34" s="10">
         <v>32</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C34" s="11">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D34" s="12">
-        <v>10100318304</v>
+        <v>10350134442</v>
       </c>
       <c r="E34" s="11">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F34" s="12">
-        <v>6641333918</v>
+        <v>6391373534</v>
       </c>
       <c r="G34" s="11">
         <v>0</v>
       </c>
       <c r="H34" s="12">
         <v>0</v>
       </c>
       <c r="I34" s="11">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="J34" s="12">
-        <v>16741652222</v>
+        <v>16741507976</v>
       </c>
       <c r="K34" s="12">
         <v>11391526672</v>
       </c>
       <c r="L34" s="12">
-        <v>146.9658343789</v>
+        <v>146.96456812194</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35" s="10">
         <v>33</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C35" s="11">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D35" s="12">
-        <v>2454631981</v>
+        <v>2454071281</v>
       </c>
       <c r="E35" s="11">
         <v>84</v>
       </c>
       <c r="F35" s="12">
         <v>10481598526</v>
       </c>
       <c r="G35" s="11">
         <v>0</v>
       </c>
       <c r="H35" s="12">
         <v>0</v>
       </c>
       <c r="I35" s="11">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="J35" s="12">
-        <v>12936230507</v>
+        <v>12935669807</v>
       </c>
       <c r="K35" s="12">
         <v>12411065507</v>
       </c>
       <c r="L35" s="12">
-        <v>104.23142557505</v>
+        <v>104.2269078324</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36" s="10">
         <v>34</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="11">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D36" s="12">
         <v>1049165286</v>
       </c>
       <c r="E36" s="11">
         <v>72</v>
       </c>
       <c r="F36" s="12">
         <v>4757027914</v>
       </c>
       <c r="G36" s="11">
         <v>0</v>
       </c>
       <c r="H36" s="12">
         <v>0</v>
       </c>
       <c r="I36" s="11">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J36" s="12">
         <v>5806193200</v>
       </c>
       <c r="K36" s="12">
         <v>4602729200</v>
       </c>
       <c r="L36" s="12">
         <v>126.14674789036</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37" s="10">
         <v>35</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C37" s="11">
         <v>74</v>
       </c>
       <c r="D37" s="12">
         <v>3831205273</v>
       </c>
       <c r="E37" s="11">
@@ -2424,69 +2424,69 @@
       </c>
       <c r="H44" s="12">
         <v>0</v>
       </c>
       <c r="I44" s="11">
         <v>76</v>
       </c>
       <c r="J44" s="12">
         <v>814876000</v>
       </c>
       <c r="K44" s="12">
         <v>527376000</v>
       </c>
       <c r="L44" s="12">
         <v>154.51518461212</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45" s="10">
         <v>43</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C45" s="11">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D45" s="12">
         <v>506641720</v>
       </c>
       <c r="E45" s="11">
         <v>35</v>
       </c>
       <c r="F45" s="12">
         <v>317634279</v>
       </c>
       <c r="G45" s="11">
         <v>0</v>
       </c>
       <c r="H45" s="12">
         <v>0</v>
       </c>
       <c r="I45" s="11">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="J45" s="12">
         <v>824275999</v>
       </c>
       <c r="K45" s="12">
         <v>519776000</v>
       </c>
       <c r="L45" s="12">
         <v>158.58292783815</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46" s="10">
         <v>44</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C46" s="11">
         <v>38</v>
       </c>
       <c r="D46" s="12">
         <v>422131670</v>
       </c>
       <c r="E46" s="11">
@@ -2500,145 +2500,145 @@
       </c>
       <c r="H46" s="12">
         <v>0</v>
       </c>
       <c r="I46" s="11">
         <v>76</v>
       </c>
       <c r="J46" s="12">
         <v>843116000</v>
       </c>
       <c r="K46" s="12">
         <v>511976000</v>
       </c>
       <c r="L46" s="12">
         <v>164.67881306936</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47" s="10">
         <v>45</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C47" s="11">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D47" s="12">
-        <v>331958000</v>
+        <v>335285550</v>
       </c>
       <c r="E47" s="11">
         <v>40</v>
       </c>
       <c r="F47" s="12">
         <v>399152500</v>
       </c>
       <c r="G47" s="11">
         <v>0</v>
       </c>
       <c r="H47" s="12">
         <v>0</v>
       </c>
       <c r="I47" s="11">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J47" s="12">
-        <v>731110500</v>
+        <v>734438050</v>
       </c>
       <c r="K47" s="12">
         <v>482702350</v>
       </c>
       <c r="L47" s="12">
-        <v>151.46197237283</v>
+        <v>152.15133093924</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48" s="10">
         <v>46</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C48" s="11">
         <v>54</v>
       </c>
       <c r="D48" s="12">
         <v>989517703</v>
       </c>
       <c r="E48" s="11">
         <v>55</v>
       </c>
       <c r="F48" s="12">
         <v>442006087</v>
       </c>
       <c r="G48" s="11">
         <v>0</v>
       </c>
       <c r="H48" s="12">
         <v>0</v>
       </c>
       <c r="I48" s="11">
         <v>109</v>
       </c>
       <c r="J48" s="12">
         <v>1431523790</v>
       </c>
       <c r="K48" s="12">
         <v>1166690000</v>
       </c>
       <c r="L48" s="12">
         <v>122.69958515115</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49" s="10">
         <v>47</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C49" s="11">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D49" s="12">
         <v>420121200</v>
       </c>
       <c r="E49" s="11">
         <v>37</v>
       </c>
       <c r="F49" s="12">
         <v>341085800</v>
       </c>
       <c r="G49" s="11">
         <v>0</v>
       </c>
       <c r="H49" s="12">
         <v>0</v>
       </c>
       <c r="I49" s="11">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="J49" s="12">
         <v>761207000</v>
       </c>
       <c r="K49" s="12">
         <v>506726000</v>
       </c>
       <c r="L49" s="12">
         <v>150.22063205756</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50" s="10">
         <v>48</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C50" s="11">
         <v>58</v>
       </c>
       <c r="D50" s="12">
         <v>407742429</v>
       </c>
       <c r="E50" s="11">
@@ -3032,145 +3032,145 @@
       </c>
       <c r="H60" s="12">
         <v>0</v>
       </c>
       <c r="I60" s="11">
         <v>31</v>
       </c>
       <c r="J60" s="12">
         <v>728398830</v>
       </c>
       <c r="K60" s="12">
         <v>699089000</v>
       </c>
       <c r="L60" s="12">
         <v>104.1925749082</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61" s="10">
         <v>59</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C61" s="11">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D61" s="12">
-        <v>1298603165</v>
+        <v>1260835670</v>
       </c>
       <c r="E61" s="11">
         <v>63</v>
       </c>
       <c r="F61" s="12">
-        <v>1973926938</v>
+        <v>2012994433</v>
       </c>
       <c r="G61" s="11">
         <v>0</v>
       </c>
       <c r="H61" s="12">
         <v>0</v>
       </c>
       <c r="I61" s="11">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="J61" s="12">
-        <v>3272530103</v>
+        <v>3273830103</v>
       </c>
       <c r="K61" s="12">
         <v>3087166110</v>
       </c>
       <c r="L61" s="12">
-        <v>106.00434140552</v>
+        <v>106.04645122254</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62" s="10">
         <v>60</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C62" s="11">
         <v>62</v>
       </c>
       <c r="D62" s="12">
         <v>1841665920</v>
       </c>
       <c r="E62" s="11">
         <v>53</v>
       </c>
       <c r="F62" s="12">
         <v>2160132850</v>
       </c>
       <c r="G62" s="11">
         <v>0</v>
       </c>
       <c r="H62" s="12">
         <v>0</v>
       </c>
       <c r="I62" s="11">
         <v>115</v>
       </c>
       <c r="J62" s="12">
         <v>4001798770</v>
       </c>
       <c r="K62" s="12">
         <v>3764445149</v>
       </c>
       <c r="L62" s="12">
         <v>106.30514223492</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63" s="10">
         <v>61</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C63" s="11">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D63" s="12">
-        <v>1329580630</v>
+        <v>1334460630</v>
       </c>
       <c r="E63" s="11">
         <v>65</v>
       </c>
       <c r="F63" s="12">
-        <v>2419328900</v>
+        <v>2414448900</v>
       </c>
       <c r="G63" s="11">
         <v>0</v>
       </c>
       <c r="H63" s="12">
         <v>0</v>
       </c>
       <c r="I63" s="11">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="J63" s="12">
         <v>3748909530</v>
       </c>
       <c r="K63" s="12">
         <v>3257316536</v>
       </c>
       <c r="L63" s="12">
         <v>115.09196261913</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64" s="10">
         <v>62</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C64" s="11">
         <v>37</v>
       </c>
       <c r="D64" s="12">
         <v>910752115</v>
       </c>
       <c r="E64" s="11">
@@ -3184,69 +3184,69 @@
       </c>
       <c r="H64" s="12">
         <v>0</v>
       </c>
       <c r="I64" s="11">
         <v>61</v>
       </c>
       <c r="J64" s="12">
         <v>2252706772</v>
       </c>
       <c r="K64" s="12">
         <v>2078465915</v>
       </c>
       <c r="L64" s="12">
         <v>108.38314719248</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65" s="10">
         <v>63</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C65" s="11">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D65" s="12">
         <v>799094729</v>
       </c>
       <c r="E65" s="11">
         <v>24</v>
       </c>
       <c r="F65" s="12">
         <v>1209198620</v>
       </c>
       <c r="G65" s="11">
         <v>0</v>
       </c>
       <c r="H65" s="12">
         <v>0</v>
       </c>
       <c r="I65" s="11">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J65" s="12">
         <v>2008293349</v>
       </c>
       <c r="K65" s="12">
         <v>1824722600</v>
       </c>
       <c r="L65" s="12">
         <v>110.06020032853</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66" s="10">
         <v>64</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C66" s="11">
         <v>55</v>
       </c>
       <c r="D66" s="12">
         <v>1132196900</v>
       </c>
       <c r="E66" s="11">
@@ -3260,107 +3260,107 @@
       </c>
       <c r="H66" s="12">
         <v>0</v>
       </c>
       <c r="I66" s="11">
         <v>86</v>
       </c>
       <c r="J66" s="12">
         <v>3027902260</v>
       </c>
       <c r="K66" s="12">
         <v>2846079188</v>
       </c>
       <c r="L66" s="12">
         <v>106.3885457849</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67" s="10">
         <v>65</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C67" s="11">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D67" s="12">
         <v>1308389032</v>
       </c>
       <c r="E67" s="11">
         <v>28</v>
       </c>
       <c r="F67" s="12">
         <v>2508619575</v>
       </c>
       <c r="G67" s="11">
         <v>0</v>
       </c>
       <c r="H67" s="12">
         <v>0</v>
       </c>
       <c r="I67" s="11">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J67" s="12">
         <v>3817008607</v>
       </c>
       <c r="K67" s="12">
         <v>3465636235</v>
       </c>
       <c r="L67" s="12">
         <v>110.1387551426</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68" s="10">
         <v>66</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>77</v>
       </c>
       <c r="C68" s="11">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D68" s="12">
-        <v>533868200</v>
+        <v>528518200</v>
       </c>
       <c r="E68" s="11">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F68" s="12">
-        <v>1195398669</v>
+        <v>1200748669</v>
       </c>
       <c r="G68" s="11">
         <v>0</v>
       </c>
       <c r="H68" s="12">
         <v>0</v>
       </c>
       <c r="I68" s="11">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="J68" s="12">
         <v>1729266869</v>
       </c>
       <c r="K68" s="12">
         <v>2201714650</v>
       </c>
       <c r="L68" s="12">
         <v>78.541825072563</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69" s="10">
         <v>67</v>
       </c>
       <c r="B69" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C69" s="11">
         <v>34</v>
       </c>
       <c r="D69" s="12">
         <v>594185663</v>
       </c>
       <c r="E69" s="11">
@@ -3374,288 +3374,288 @@
       </c>
       <c r="H69" s="12">
         <v>0</v>
       </c>
       <c r="I69" s="11">
         <v>55</v>
       </c>
       <c r="J69" s="12">
         <v>1513515135</v>
       </c>
       <c r="K69" s="12">
         <v>1467824400</v>
       </c>
       <c r="L69" s="12">
         <v>103.11282023926</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70" s="10">
         <v>68</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C70" s="11">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D70" s="12">
-        <v>1074043372</v>
+        <v>1047286272</v>
       </c>
       <c r="E70" s="11">
         <v>26</v>
       </c>
       <c r="F70" s="12">
-        <v>1768186223</v>
+        <v>1794943323</v>
       </c>
       <c r="G70" s="11">
         <v>0</v>
       </c>
       <c r="H70" s="12">
         <v>0</v>
       </c>
       <c r="I70" s="11">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="J70" s="12">
         <v>2842229595</v>
       </c>
       <c r="K70" s="12">
         <v>2554223372</v>
       </c>
       <c r="L70" s="12">
         <v>111.27568661994</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71" s="10">
         <v>69</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C71" s="11">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D71" s="12">
-        <v>736105433</v>
+        <v>740705433</v>
       </c>
       <c r="E71" s="11">
         <v>57</v>
       </c>
       <c r="F71" s="12">
         <v>1326702750</v>
       </c>
       <c r="G71" s="11">
         <v>0</v>
       </c>
       <c r="H71" s="12">
         <v>0</v>
       </c>
       <c r="I71" s="11">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J71" s="12">
-        <v>2062808183</v>
+        <v>2067408183</v>
       </c>
       <c r="K71" s="12">
         <v>2080882457</v>
       </c>
       <c r="L71" s="12">
-        <v>99.131413024354</v>
+        <v>99.352473083971</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72" s="10">
         <v>70</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C72" s="11">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D72" s="12">
-        <v>1060403939</v>
+        <v>813702753</v>
       </c>
       <c r="E72" s="11">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F72" s="12">
-        <v>1668358558</v>
+        <v>1915059744</v>
       </c>
       <c r="G72" s="11">
         <v>0</v>
       </c>
       <c r="H72" s="12">
         <v>0</v>
       </c>
       <c r="I72" s="11">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="J72" s="12">
         <v>2728762497</v>
       </c>
       <c r="K72" s="12">
         <v>2696246443</v>
       </c>
       <c r="L72" s="12">
         <v>101.20597485013</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73" s="10">
         <v>71</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C73" s="11">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D73" s="12">
-        <v>375410860</v>
+        <v>368029256</v>
       </c>
       <c r="E73" s="11">
         <v>55</v>
       </c>
       <c r="F73" s="12">
-        <v>1094853759</v>
+        <v>1102235363</v>
       </c>
       <c r="G73" s="11">
         <v>0</v>
       </c>
       <c r="H73" s="12">
         <v>0</v>
       </c>
       <c r="I73" s="11">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J73" s="12">
         <v>1470264619</v>
       </c>
       <c r="K73" s="12">
         <v>1254003340</v>
       </c>
       <c r="L73" s="12">
         <v>117.24567009526</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74" s="10">
         <v>72</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C74" s="11">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="D74" s="12">
-        <v>784563417</v>
+        <v>879409154</v>
       </c>
       <c r="E74" s="11">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F74" s="12">
-        <v>1509046500</v>
+        <v>1414948500</v>
       </c>
       <c r="G74" s="11">
         <v>0</v>
       </c>
       <c r="H74" s="12">
         <v>0</v>
       </c>
       <c r="I74" s="11">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="J74" s="12">
-        <v>2293609917</v>
+        <v>2294357654</v>
       </c>
       <c r="K74" s="12">
         <v>1829174000</v>
       </c>
       <c r="L74" s="12">
-        <v>125.39047225688</v>
+        <v>125.43135065336</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75" s="10">
         <v>73</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C75" s="11">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D75" s="12">
-        <v>757048048</v>
+        <v>776087071</v>
       </c>
       <c r="E75" s="11">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F75" s="12">
-        <v>1479289617</v>
+        <v>1460250594</v>
       </c>
       <c r="G75" s="11">
         <v>0</v>
       </c>
       <c r="H75" s="12">
         <v>0</v>
       </c>
       <c r="I75" s="11">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="J75" s="12">
         <v>2236337665</v>
       </c>
       <c r="K75" s="12">
         <v>2067227811</v>
       </c>
       <c r="L75" s="12">
         <v>108.18051368602</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76" s="10">
         <v>74</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C76" s="11">
         <v>63</v>
       </c>
       <c r="D76" s="12">
-        <v>1060607862</v>
+        <v>1068407862</v>
       </c>
       <c r="E76" s="11">
         <v>44</v>
       </c>
       <c r="F76" s="12">
-        <v>1713977209</v>
+        <v>1706177209</v>
       </c>
       <c r="G76" s="11">
         <v>0</v>
       </c>
       <c r="H76" s="12">
         <v>0</v>
       </c>
       <c r="I76" s="11">
         <v>107</v>
       </c>
       <c r="J76" s="12">
         <v>2774585071</v>
       </c>
       <c r="K76" s="12">
         <v>2653756079</v>
       </c>
       <c r="L76" s="12">
         <v>104.55313104909</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77" s="10">
         <v>75</v>
       </c>
       <c r="B77" s="9" t="s">
@@ -3678,136 +3678,136 @@
       </c>
       <c r="H77" s="12">
         <v>0</v>
       </c>
       <c r="I77" s="11">
         <v>69</v>
       </c>
       <c r="J77" s="12">
         <v>2668681568</v>
       </c>
       <c r="K77" s="12">
         <v>2467359011</v>
       </c>
       <c r="L77" s="12">
         <v>108.15943509244</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78" s="10">
         <v>76</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>87</v>
       </c>
       <c r="C78" s="11">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D78" s="12">
-        <v>882861737</v>
+        <v>870785427</v>
       </c>
       <c r="E78" s="11">
         <v>69</v>
       </c>
       <c r="F78" s="12">
-        <v>1697112644</v>
+        <v>1716388954</v>
       </c>
       <c r="G78" s="11">
         <v>0</v>
       </c>
       <c r="H78" s="12">
         <v>0</v>
       </c>
       <c r="I78" s="11">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="J78" s="12">
-        <v>2579974381</v>
+        <v>2587174381</v>
       </c>
       <c r="K78" s="12">
         <v>2617116217</v>
       </c>
       <c r="L78" s="12">
-        <v>98.580810597606</v>
+        <v>98.855922568302</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79" s="10">
         <v>77</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C79" s="11">
         <v>19</v>
       </c>
       <c r="D79" s="12">
-        <v>398485364</v>
+        <v>425192333</v>
       </c>
       <c r="E79" s="11">
         <v>22</v>
       </c>
       <c r="F79" s="12">
-        <v>1053231073</v>
+        <v>1029473704</v>
       </c>
       <c r="G79" s="11">
         <v>8</v>
       </c>
       <c r="H79" s="12">
-        <v>51834600</v>
+        <v>48885000</v>
       </c>
       <c r="I79" s="11">
         <v>49</v>
       </c>
       <c r="J79" s="12">
         <v>1503551037</v>
       </c>
       <c r="K79" s="12">
         <v>1395676035</v>
       </c>
       <c r="L79" s="12">
         <v>107.72922936948</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80" s="10">
         <v>78</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>89</v>
       </c>
       <c r="C80" s="11">
         <v>45</v>
       </c>
       <c r="D80" s="12">
-        <v>774430505</v>
+        <v>712217548</v>
       </c>
       <c r="E80" s="11">
         <v>26</v>
       </c>
       <c r="F80" s="12">
-        <v>1213461740</v>
+        <v>1275674697</v>
       </c>
       <c r="G80" s="11">
         <v>0</v>
       </c>
       <c r="H80" s="12">
         <v>0</v>
       </c>
       <c r="I80" s="11">
         <v>71</v>
       </c>
       <c r="J80" s="12">
         <v>1987892245</v>
       </c>
       <c r="K80" s="12">
         <v>1703285917</v>
       </c>
       <c r="L80" s="12">
         <v>116.70925152139</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81" s="10">
         <v>79</v>
       </c>
       <c r="B81" s="9" t="s">
@@ -3830,335 +3830,335 @@
       </c>
       <c r="H81" s="12">
         <v>0</v>
       </c>
       <c r="I81" s="11">
         <v>83</v>
       </c>
       <c r="J81" s="12">
         <v>3106902626</v>
       </c>
       <c r="K81" s="12">
         <v>2682884800</v>
       </c>
       <c r="L81" s="12">
         <v>115.80454837271</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82" s="10">
         <v>80</v>
       </c>
       <c r="B82" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C82" s="11">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D82" s="12">
-        <v>1773385496</v>
+        <v>1640452734</v>
       </c>
       <c r="E82" s="11">
         <v>28</v>
       </c>
       <c r="F82" s="12">
-        <v>2704138100</v>
+        <v>2836370862</v>
       </c>
       <c r="G82" s="11">
         <v>0</v>
       </c>
       <c r="H82" s="12">
         <v>0</v>
       </c>
       <c r="I82" s="11">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J82" s="12">
-        <v>4477523596</v>
+        <v>4476823596</v>
       </c>
       <c r="K82" s="12">
         <v>3857653595</v>
       </c>
       <c r="L82" s="12">
-        <v>116.06857603294</v>
+        <v>116.05043028753</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83" s="10">
         <v>81</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>92</v>
       </c>
       <c r="C83" s="11">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D83" s="12">
-        <v>1697568424</v>
+        <v>1652323664</v>
       </c>
       <c r="E83" s="11">
         <v>43</v>
       </c>
       <c r="F83" s="12">
-        <v>2485828159</v>
+        <v>2531072919</v>
       </c>
       <c r="G83" s="11">
         <v>0</v>
       </c>
       <c r="H83" s="12">
         <v>0</v>
       </c>
       <c r="I83" s="11">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="J83" s="12">
         <v>4183396583</v>
       </c>
       <c r="K83" s="12">
         <v>3355752400</v>
       </c>
       <c r="L83" s="12">
         <v>124.66344605758</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84" s="10">
         <v>82</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C84" s="11">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D84" s="12">
-        <v>1018475405</v>
+        <v>1012511165</v>
       </c>
       <c r="E84" s="11">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F84" s="12">
-        <v>1509404518</v>
+        <v>1515880208</v>
       </c>
       <c r="G84" s="11">
         <v>0</v>
       </c>
       <c r="H84" s="12">
         <v>0</v>
       </c>
       <c r="I84" s="11">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="J84" s="12">
-        <v>2527879923</v>
+        <v>2528391373</v>
       </c>
       <c r="K84" s="12">
         <v>2344294318</v>
       </c>
       <c r="L84" s="12">
-        <v>107.83116708471</v>
+        <v>107.85298388459</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85" s="10">
         <v>83</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C85" s="11">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D85" s="12">
-        <v>901920327</v>
+        <v>908516347</v>
       </c>
       <c r="E85" s="11">
         <v>58</v>
       </c>
       <c r="F85" s="12">
         <v>1550260241</v>
       </c>
       <c r="G85" s="11">
         <v>0</v>
       </c>
       <c r="H85" s="12">
         <v>0</v>
       </c>
       <c r="I85" s="11">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J85" s="12">
-        <v>2452180568</v>
+        <v>2458776588</v>
       </c>
       <c r="K85" s="12">
         <v>2352180568</v>
       </c>
       <c r="L85" s="12">
-        <v>104.2513742933</v>
+        <v>104.53179579196</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86" s="10">
         <v>84</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C86" s="11">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D86" s="12">
-        <v>916682136</v>
+        <v>907115136</v>
       </c>
       <c r="E86" s="11">
         <v>60</v>
       </c>
       <c r="F86" s="12">
-        <v>1617984954</v>
+        <v>1623371954</v>
       </c>
       <c r="G86" s="11">
         <v>0</v>
       </c>
       <c r="H86" s="12">
         <v>0</v>
       </c>
       <c r="I86" s="11">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J86" s="12">
-        <v>2534667090</v>
+        <v>2530487090</v>
       </c>
       <c r="K86" s="12">
         <v>2224609437</v>
       </c>
       <c r="L86" s="12">
-        <v>113.93762194132</v>
+        <v>113.74972379028</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87" s="10">
         <v>85</v>
       </c>
       <c r="B87" s="9" t="s">
         <v>96</v>
       </c>
       <c r="C87" s="11">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D87" s="12">
-        <v>402863895</v>
+        <v>419633895</v>
       </c>
       <c r="E87" s="11">
         <v>44</v>
       </c>
       <c r="F87" s="12">
         <v>1191285229</v>
       </c>
       <c r="G87" s="11">
         <v>0</v>
       </c>
       <c r="H87" s="12">
         <v>0</v>
       </c>
       <c r="I87" s="11">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="J87" s="12">
-        <v>1594149124</v>
+        <v>1610919124</v>
       </c>
       <c r="K87" s="12">
         <v>1430029217</v>
       </c>
       <c r="L87" s="12">
-        <v>111.47668208796</v>
+        <v>112.64938540063</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88" s="10">
         <v>86</v>
       </c>
       <c r="B88" s="9" t="s">
         <v>97</v>
       </c>
       <c r="C88" s="11">
         <v>55</v>
       </c>
       <c r="D88" s="12">
-        <v>104423247964</v>
+        <v>103725513404</v>
       </c>
       <c r="E88" s="11">
         <v>7</v>
       </c>
       <c r="F88" s="12">
         <v>32415000000</v>
       </c>
       <c r="G88" s="11">
         <v>0</v>
       </c>
       <c r="H88" s="12">
         <v>0</v>
       </c>
       <c r="I88" s="11">
         <v>62</v>
       </c>
       <c r="J88" s="12">
-        <v>136838247964</v>
+        <v>136140513404</v>
       </c>
       <c r="K88" s="12">
         <v>114500000000</v>
       </c>
       <c r="L88" s="12">
-        <v>119.50938686812</v>
+        <v>118.90001170655</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89" s="10">
         <v>87</v>
       </c>
       <c r="B89" s="9" t="s">
         <v>98</v>
       </c>
       <c r="C89" s="11">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D89" s="12">
-        <v>51896716219</v>
+        <v>52239328223</v>
       </c>
       <c r="E89" s="11">
         <v>10</v>
       </c>
       <c r="F89" s="12">
-        <v>16592826127</v>
+        <v>16250214123</v>
       </c>
       <c r="G89" s="11">
         <v>0</v>
       </c>
       <c r="H89" s="12">
         <v>0</v>
       </c>
       <c r="I89" s="11">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J89" s="12">
         <v>68489542346</v>
       </c>
       <c r="K89" s="12">
         <v>62557880004</v>
       </c>
       <c r="L89" s="12">
         <v>109.4818787683</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90" s="10">
         <v>88</v>
       </c>
       <c r="B90" s="9" t="s">
         <v>99</v>
       </c>
       <c r="C90" s="11">
         <v>97</v>
       </c>
       <c r="D90" s="12">
         <v>1768139546</v>
       </c>
       <c r="E90" s="11">
@@ -4172,114 +4172,114 @@
       </c>
       <c r="H90" s="12">
         <v>0</v>
       </c>
       <c r="I90" s="11">
         <v>147</v>
       </c>
       <c r="J90" s="12">
         <v>4634818736</v>
       </c>
       <c r="K90" s="12">
         <v>4323118736</v>
       </c>
       <c r="L90" s="12">
         <v>107.21007261273</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91" s="10">
         <v>89</v>
       </c>
       <c r="B91" s="9" t="s">
         <v>100</v>
       </c>
       <c r="C91" s="11">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D91" s="12">
-        <v>14904485088</v>
+        <v>12110923834</v>
       </c>
       <c r="E91" s="11">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F91" s="12">
-        <v>42706996117</v>
+        <v>43255209871</v>
       </c>
       <c r="G91" s="11">
         <v>0</v>
       </c>
       <c r="H91" s="12">
         <v>0</v>
       </c>
       <c r="I91" s="11">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="J91" s="12">
-        <v>57611481205</v>
+        <v>55366133705</v>
       </c>
       <c r="K91" s="12">
         <v>43340453605</v>
       </c>
       <c r="L91" s="12">
-        <v>132.9277301296</v>
+        <v>127.74701024037</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92" s="13" t="s">
         <v>101</v>
       </c>
       <c r="B92" s="14"/>
       <c r="C92" s="15">
-        <v>7220</v>
+        <v>7330</v>
       </c>
       <c r="D92" s="16">
-        <v>707629297391</v>
+        <v>710226105569</v>
       </c>
       <c r="E92" s="15">
-        <v>5173</v>
+        <v>5191</v>
       </c>
       <c r="F92" s="16">
-        <v>452450742549</v>
+        <v>457529774549</v>
       </c>
       <c r="G92" s="15">
-        <v>495</v>
+        <v>525</v>
       </c>
       <c r="H92" s="16">
-        <v>28033138456</v>
+        <v>28116238060</v>
       </c>
       <c r="I92" s="15">
-        <v>12888</v>
+        <v>13046</v>
       </c>
       <c r="J92" s="16">
-        <v>1188113178396</v>
+        <v>1195872118178</v>
       </c>
       <c r="K92" s="16">
         <v>1005112986316</v>
       </c>
       <c r="L92" s="16">
-        <v>118.20692743716</v>
+        <v>118.97887446079</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="I1:J1"/>
     <mergeCell ref="K1:K2"/>
     <mergeCell ref="A92:B92"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>