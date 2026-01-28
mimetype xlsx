--- v1 (2025-12-02)
+++ v2 (2026-01-28)
@@ -12,353 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Satuan Kerja</t>
   </si>
   <si>
     <t>Penyedia</t>
   </si>
   <si>
     <t>Swakelola</t>
   </si>
   <si>
     <t>Penyedia Dalam Swakelola</t>
   </si>
   <si>
     <t>Terumumkan</t>
   </si>
   <si>
     <t>Total Pagu</t>
   </si>
   <si>
     <t>Persentase</t>
   </si>
   <si>
     <t>Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Anggaran</t>
   </si>
   <si>
     <t>Terumumkan (%)</t>
-  </si>
-[...265 lines deleted...]
-    <t>SEKRETARIAT DPRD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -383,86 +116,74 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="13">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...10 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -736,69 +457,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L92"/>
+  <dimension ref="A1:L3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L92" sqref="L92"/>
+      <selection activeCell="L3" sqref="L3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="3.428" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="17.567" bestFit="true" customWidth="true" style="0"/>
-[...2 lines deleted...]
-    <col min="11" max="11" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="4"/>
       <c r="E1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="F1" s="4"/>
       <c r="G1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="H1" s="4"/>
       <c r="I1" s="3" t="s">
         <v>5</v>
       </c>
@@ -821,3477 +542,95 @@
       </c>
       <c r="E2" s="7" t="s">
         <v>8</v>
       </c>
       <c r="F2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="G2" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H2" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I2" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J2" s="8" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="6"/>
       <c r="L2" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:12">
-      <c r="A3" s="10">
-[...2 lines deleted...]
-      <c r="B3" s="9" t="s">
+      <c r="A3" s="9" t="s">
         <v>12</v>
       </c>
+      <c r="B3" s="10"/>
       <c r="C3" s="11">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="D3" s="12">
-        <v>1544569202</v>
+        <v>0</v>
       </c>
       <c r="E3" s="11">
-        <v>96</v>
+        <v>0</v>
       </c>
       <c r="F3" s="12">
-        <v>2673459579</v>
+        <v>0</v>
       </c>
       <c r="G3" s="11">
         <v>0</v>
       </c>
       <c r="H3" s="12">
         <v>0</v>
       </c>
       <c r="I3" s="11">
-        <v>172</v>
+        <v>0</v>
       </c>
       <c r="J3" s="12">
-        <v>4218028781</v>
+        <v>0</v>
       </c>
       <c r="K3" s="12">
-        <v>2857352049</v>
+        <v>0</v>
       </c>
       <c r="L3" s="12">
-        <v>147.62019900475</v>
-[...3379 lines deleted...]
-        <v>118.97887446079</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:B2"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="E1:F1"/>
     <mergeCell ref="G1:H1"/>
     <mergeCell ref="I1:J1"/>
     <mergeCell ref="K1:K2"/>
-    <mergeCell ref="A92:B92"/>
+    <mergeCell ref="A3:B3"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>