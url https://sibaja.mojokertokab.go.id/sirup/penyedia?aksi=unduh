--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -747,54 +747,54 @@
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="5">
         <v>1</v>
       </c>
       <c r="B2" s="4">
         <v>140997</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D2" s="6">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E2" s="7">
-        <v>1469412682</v>
+        <v>1544569202</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="5">
         <v>2</v>
       </c>
       <c r="B3" s="4">
         <v>67163</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="6">
         <v>135</v>
       </c>
       <c r="E3" s="7">
         <v>1605857170</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="4">
         <v>78654</v>
@@ -815,173 +815,173 @@
       </c>
       <c r="B5" s="4">
         <v>67154</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="6">
         <v>84</v>
       </c>
       <c r="E5" s="7">
         <v>8458197833</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="4">
         <v>74598</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="6">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="E6" s="7">
-        <v>82386681857</v>
+        <v>82728199215</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="4">
         <v>67156</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="6">
         <v>96</v>
       </c>
       <c r="E7" s="7">
         <v>3935874294</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="4">
         <v>143665</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="6">
         <v>26</v>
       </c>
       <c r="E8" s="7">
         <v>597433900</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="4">
         <v>312657</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D9" s="6">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E9" s="7">
-        <v>504415980</v>
+        <v>528340980</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="4">
         <v>67128</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D10" s="6">
         <v>33</v>
       </c>
       <c r="E10" s="7">
         <v>1108033650</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="4">
         <v>67135</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D11" s="6">
         <v>24</v>
       </c>
       <c r="E11" s="7">
         <v>221294878</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="4">
         <v>312656</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="6">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E12" s="7">
         <v>777743200</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="4">
         <v>149096</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="6">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E13" s="7">
-        <v>134160950</v>
+        <v>134096750</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="4">
         <v>67132</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="6">
         <v>32</v>
       </c>
       <c r="E14" s="7">
         <v>183876300</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="4">
         <v>312658</v>
@@ -1002,357 +1002,357 @@
       </c>
       <c r="B16" s="4">
         <v>67130</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D16" s="6">
         <v>42</v>
       </c>
       <c r="E16" s="7">
         <v>697362464</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="4">
         <v>97887</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="6">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="E17" s="7">
         <v>19960148700</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="4">
         <v>100861</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="6">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E18" s="7">
-        <v>5300103654</v>
+        <v>5598688904</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="4">
         <v>67143</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D19" s="6">
         <v>59</v>
       </c>
       <c r="E19" s="7">
         <v>2363256781</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="4">
         <v>67139</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D20" s="6">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="E20" s="7">
-        <v>38450439497</v>
+        <v>42056458997</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="4">
         <v>98634</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D21" s="6">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E21" s="7">
-        <v>15063124977</v>
+        <v>15065033777</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="4">
         <v>67148</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D22" s="6">
         <v>152</v>
       </c>
       <c r="E22" s="7">
         <v>2607541403</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="4">
         <v>67158</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>26</v>
       </c>
       <c r="D23" s="6">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E23" s="7">
-        <v>5551659520</v>
+        <v>5967429714</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="4">
         <v>101306</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D24" s="6">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E24" s="7">
-        <v>2357117755</v>
+        <v>2268385907</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="4">
         <v>98725</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="D25" s="6">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="E25" s="7">
-        <v>184041409264</v>
+        <v>184515343064</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="4">
         <v>67161</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D26" s="6">
         <v>189</v>
       </c>
       <c r="E26" s="7">
         <v>3253545533</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="4">
         <v>67164</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D27" s="6">
         <v>99</v>
       </c>
       <c r="E27" s="7">
-        <v>1679169800</v>
+        <v>1693670250</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="4">
         <v>67137</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>31</v>
       </c>
       <c r="D28" s="6">
-        <v>527</v>
+        <v>543</v>
       </c>
       <c r="E28" s="7">
-        <v>66837688934</v>
+        <v>67956169355</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="4">
         <v>100844</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D29" s="6">
         <v>118</v>
       </c>
       <c r="E29" s="7">
         <v>4235977394</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="4">
         <v>67149</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D30" s="6">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E30" s="7">
-        <v>3346403622</v>
+        <v>3339997622</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="4">
         <v>67167</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="6">
         <v>75</v>
       </c>
       <c r="E31" s="7">
         <v>798758300</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="4">
         <v>67150</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>35</v>
       </c>
       <c r="D32" s="6">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E32" s="7">
-        <v>16603902862</v>
+        <v>16232934282</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="4">
         <v>101305</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="6">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="E33" s="7">
-        <v>10100318304</v>
+        <v>10350134442</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="4">
         <v>67140</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D34" s="6">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="E34" s="7">
-        <v>2454631981</v>
+        <v>2454071281</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="4">
         <v>67141</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D35" s="6">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E35" s="7">
         <v>1049165286</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="4">
         <v>67155</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D36" s="6">
         <v>74</v>
       </c>
       <c r="E36" s="7">
         <v>3831205273</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="5">
         <v>36</v>
@@ -1461,119 +1461,119 @@
       </c>
       <c r="B43" s="4">
         <v>67200</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D43" s="6">
         <v>37</v>
       </c>
       <c r="E43" s="7">
         <v>420895558</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="4">
         <v>67199</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>47</v>
       </c>
       <c r="D44" s="6">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E44" s="7">
         <v>506641720</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="4">
         <v>67207</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>48</v>
       </c>
       <c r="D45" s="6">
         <v>38</v>
       </c>
       <c r="E45" s="7">
         <v>422131670</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="4">
         <v>67222</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>49</v>
       </c>
       <c r="D46" s="6">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E46" s="7">
-        <v>331958000</v>
+        <v>335285550</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="4">
         <v>67204</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D47" s="6">
         <v>54</v>
       </c>
       <c r="E47" s="7">
         <v>989517703</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="4">
         <v>67206</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D48" s="6">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E48" s="7">
         <v>420121200</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="4">
         <v>67220</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>52</v>
       </c>
       <c r="D49" s="6">
         <v>58</v>
       </c>
       <c r="E49" s="7">
         <v>407742429</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="5">
         <v>49</v>
@@ -1733,577 +1733,577 @@
       </c>
       <c r="B59" s="4">
         <v>312660</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D59" s="6">
         <v>22</v>
       </c>
       <c r="E59" s="7">
         <v>648733430</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="4">
         <v>312631</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>63</v>
       </c>
       <c r="D60" s="6">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E60" s="7">
-        <v>1298603165</v>
+        <v>1260835670</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="4">
         <v>312636</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>64</v>
       </c>
       <c r="D61" s="6">
         <v>62</v>
       </c>
       <c r="E61" s="7">
         <v>1841665920</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="4">
         <v>312645</v>
       </c>
       <c r="C62" s="4" t="s">
         <v>65</v>
       </c>
       <c r="D62" s="6">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="E62" s="7">
-        <v>1329580630</v>
+        <v>1334460630</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="4">
         <v>312630</v>
       </c>
       <c r="C63" s="4" t="s">
         <v>66</v>
       </c>
       <c r="D63" s="6">
         <v>37</v>
       </c>
       <c r="E63" s="7">
         <v>910752115</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="4">
         <v>312632</v>
       </c>
       <c r="C64" s="4" t="s">
         <v>67</v>
       </c>
       <c r="D64" s="6">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E64" s="7">
         <v>799094729</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="4">
         <v>312651</v>
       </c>
       <c r="C65" s="4" t="s">
         <v>68</v>
       </c>
       <c r="D65" s="6">
         <v>55</v>
       </c>
       <c r="E65" s="7">
         <v>1132196900</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="4">
         <v>312652</v>
       </c>
       <c r="C66" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D66" s="6">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E66" s="7">
         <v>1308389032</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="4">
         <v>312638</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>70</v>
       </c>
       <c r="D67" s="6">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E67" s="7">
-        <v>533868200</v>
+        <v>528518200</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="4">
         <v>312635</v>
       </c>
       <c r="C68" s="4" t="s">
         <v>71</v>
       </c>
       <c r="D68" s="6">
         <v>34</v>
       </c>
       <c r="E68" s="7">
         <v>594185663</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="4">
         <v>312634</v>
       </c>
       <c r="C69" s="4" t="s">
         <v>72</v>
       </c>
       <c r="D69" s="6">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="E69" s="7">
-        <v>1074043372</v>
+        <v>1047286272</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="4">
         <v>312637</v>
       </c>
       <c r="C70" s="4" t="s">
         <v>73</v>
       </c>
       <c r="D70" s="6">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E70" s="7">
-        <v>736105433</v>
+        <v>740705433</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="4">
         <v>312646</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>74</v>
       </c>
       <c r="D71" s="6">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="E71" s="7">
-        <v>1060403939</v>
+        <v>813702753</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="4">
         <v>312633</v>
       </c>
       <c r="C72" s="4" t="s">
         <v>75</v>
       </c>
       <c r="D72" s="6">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E72" s="7">
-        <v>375410860</v>
+        <v>368029256</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="4">
         <v>312644</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>76</v>
       </c>
       <c r="D73" s="6">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="E73" s="7">
-        <v>784563417</v>
+        <v>879409154</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="4">
         <v>312640</v>
       </c>
       <c r="C74" s="4" t="s">
         <v>77</v>
       </c>
       <c r="D74" s="6">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="E74" s="7">
-        <v>757048048</v>
+        <v>776087071</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="4">
         <v>312639</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D75" s="6">
         <v>63</v>
       </c>
       <c r="E75" s="7">
-        <v>1060607862</v>
+        <v>1068407862</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="4">
         <v>312643</v>
       </c>
       <c r="C76" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D76" s="6">
         <v>40</v>
       </c>
       <c r="E76" s="7">
         <v>979200061</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="4">
         <v>312648</v>
       </c>
       <c r="C77" s="4" t="s">
         <v>80</v>
       </c>
       <c r="D77" s="6">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E77" s="7">
-        <v>882861737</v>
+        <v>870785427</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="4">
         <v>312649</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>81</v>
       </c>
       <c r="D78" s="6">
         <v>19</v>
       </c>
       <c r="E78" s="7">
-        <v>398485364</v>
+        <v>425192333</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="4">
         <v>312647</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>82</v>
       </c>
       <c r="D79" s="6">
         <v>45</v>
       </c>
       <c r="E79" s="7">
-        <v>774430505</v>
+        <v>712217548</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="4">
         <v>312641</v>
       </c>
       <c r="C80" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D80" s="6">
         <v>55</v>
       </c>
       <c r="E80" s="7">
         <v>1147943826</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="4">
         <v>312629</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>84</v>
       </c>
       <c r="D81" s="6">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="E81" s="7">
-        <v>1773385496</v>
+        <v>1640452734</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="4">
         <v>312626</v>
       </c>
       <c r="C82" s="4" t="s">
         <v>85</v>
       </c>
       <c r="D82" s="6">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E82" s="7">
-        <v>1697568424</v>
+        <v>1652323664</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="4">
         <v>312628</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>86</v>
       </c>
       <c r="D83" s="6">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E83" s="7">
-        <v>1018475405</v>
+        <v>1012511165</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="4">
         <v>312650</v>
       </c>
       <c r="C84" s="4" t="s">
         <v>87</v>
       </c>
       <c r="D84" s="6">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E84" s="7">
-        <v>901920327</v>
+        <v>908516347</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="4">
         <v>312627</v>
       </c>
       <c r="C85" s="4" t="s">
         <v>88</v>
       </c>
       <c r="D85" s="6">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E85" s="7">
-        <v>916682136</v>
+        <v>907115136</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="4">
         <v>312642</v>
       </c>
       <c r="C86" s="4" t="s">
         <v>89</v>
       </c>
       <c r="D86" s="6">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E86" s="7">
-        <v>402863895</v>
+        <v>419633895</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="4">
         <v>312653</v>
       </c>
       <c r="C87" s="4" t="s">
         <v>90</v>
       </c>
       <c r="D87" s="6">
         <v>55</v>
       </c>
       <c r="E87" s="7">
-        <v>104423247964</v>
+        <v>103725513404</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="4">
         <v>312654</v>
       </c>
       <c r="C88" s="4" t="s">
         <v>91</v>
       </c>
       <c r="D88" s="6">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E88" s="7">
-        <v>51896716219</v>
+        <v>52239328223</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="4">
         <v>67224</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>92</v>
       </c>
       <c r="D89" s="6">
         <v>97</v>
       </c>
       <c r="E89" s="7">
         <v>1768139546</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="4">
         <v>78653</v>
       </c>
       <c r="C90" s="4" t="s">
         <v>93</v>
       </c>
       <c r="D90" s="6">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E90" s="7">
-        <v>14904485088</v>
+        <v>12110923834</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" s="8" t="s">
         <v>94</v>
       </c>
       <c r="B91" s="9"/>
       <c r="C91" s="9"/>
       <c r="D91" s="10">
-        <v>7220</v>
+        <v>7330</v>
       </c>
       <c r="E91" s="11">
-        <v>707629297391</v>
+        <v>710226105569</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A91:C91"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>