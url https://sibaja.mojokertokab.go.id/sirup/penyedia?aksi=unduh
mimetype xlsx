--- v1 (2025-12-02)
+++ v2 (2026-01-28)
@@ -12,332 +12,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode Satuan Kerja</t>
   </si>
   <si>
     <t>Satuan Kerja</t>
   </si>
   <si>
     <t>Paket</t>
   </si>
   <si>
     <t>Pagu</t>
-  </si>
-[...265 lines deleted...]
-    <t>SEKRETARIAT DPRD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -362,71 +95,59 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...10 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="3" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
@@ -704,1611 +425,98 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E91"/>
+  <dimension ref="A1:E2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E91" sqref="E91"/>
+      <selection activeCell="E2" sqref="E2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.138" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
-      <c r="A2" s="5">
-[...5 lines deleted...]
-      <c r="C2" s="4" t="s">
+      <c r="A2" s="4" t="s">
         <v>5</v>
       </c>
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
       <c r="D2" s="6">
-        <v>76</v>
+        <v>0</v>
       </c>
       <c r="E2" s="7">
-        <v>1544569202</v>
-[...1508 lines deleted...]
-        <v>710226105569</v>
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A91:C91"/>
+    <mergeCell ref="A2:C2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>