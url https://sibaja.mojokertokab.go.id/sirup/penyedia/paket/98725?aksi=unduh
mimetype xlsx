--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1196">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -824,2736 +824,2823 @@
   <si>
     <t>21/12/2024</t>
   </si>
   <si>
     <t>Jasa Konsultansi Perencanaan pada Sub Kegiatan Evaluasi dan Rekomendasi Teknis (Rekomtek) Pemanfaatan SDA WS Kewenangan Kabupaten/Kota</t>
   </si>
   <si>
     <t>Biaya Perencanaan Teknis 800.000.001 S/D 850.000.000</t>
   </si>
   <si>
     <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Penyusunan Rencana Teknis dan Dokumen Lingkungan Hidup untuk Konstruksi Bendungan, Embung, dan Bangunan Penampung Air Lainnya - Penyusunan SID Daerah Irigasi</t>
   </si>
   <si>
     <t>Penyusunan SID Daerah Irigasi</t>
   </si>
   <si>
     <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Penyusunan AKNOP</t>
   </si>
   <si>
     <t>01/09/2026</t>
   </si>
   <si>
     <t>Penyusunan AKNOP</t>
   </si>
   <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Pendataan Kelaikan Bangunan Gedung Negara di Kec. Kutorejo</t>
+  </si>
+  <si>
+    <t>29/12/2024</t>
+  </si>
+  <si>
+    <t>08/01/2025 09:39:23</t>
+  </si>
+  <si>
+    <t>'197705142009011008</t>
+  </si>
+  <si>
+    <t>DODY PRASETYO, ST</t>
+  </si>
+  <si>
+    <t>melakukan pendataan bangunan gedung yang berada di wilayah Kecamatan Kutorejo, Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>" Biaya Perencanaan Teknis Spesifikasi : 1.500.000.001 S/D 2.000.000.000 "</t>
+  </si>
+  <si>
+    <t>BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - BIAYA PERENCANAAN TEKNIS - PEMBANGUNAN GEDUNG KODIM 0815 MOJOKERTO</t>
+  </si>
+  <si>
+    <t>07/01/2025 10:32:37</t>
+  </si>
+  <si>
+    <t>Melaksanakan PERENCANAAN TEKNIS - PEMBANGUNAN GEDUNG KODIM 0815 MOJOKERTO, yang meliputi pembuatan desain Pra rancang, gambar kerja, perhitungan biaya dan kontruksi</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - PEMBANGUNAN GEDUNG KODIM 0815 MOJOKERTO</t>
+  </si>
+  <si>
+    <t>BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - BIAYA PERENCANAAN TEKNIS - PEMBANGUNAN RUMAH NEGARA TIPE C atau D atau E KEJAKSAAN NEGERI KABUPATEN MOJOKERTO</t>
+  </si>
+  <si>
+    <t>Melaksanakan PERENCANAAN TEKNIS - PEMBANGUNAN RUMAH NEGARA TIPE C atau D atau E KEJAKSAAN NEGERI KABUPATEN MOJOKERTO yang meliputi pembuatan desain Pra rancang, gambar kerja, perhitungan biaya dan kontruksi</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - PEMBANGUNAN RUMAH NEGARA TIPE C atau D atau E KEJAKSAAN NEGERI KABUPATEN MOJOKERTO</t>
+  </si>
+  <si>
+    <t>BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - BIAYA PERENCANAAN TEKNIS - REHABILITASI AULA, RUANG LOBBY, RUANG RAPAT SANIKA SATYA WADA, GAPURA DAN PAGAR MAKO POLRES MOJOKERTO</t>
+  </si>
+  <si>
+    <t>Melaksanakan PERENCANAAN TEKNIS - REHABILITASI AULA, RUANG LOBBY, RUANG RAPAT SANIKA SATYA WADA, GAPURA DAN PAGAR MAKO POLRES MOJOKERTO yang meliputi pembuatan desain Pra rancang, gambar kerja, perhitungan biaya dan kontruksi</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - REHABILITASI AULA, RUANG LOBBY, RUANG RAPAT SANIKA SATYA WADA, GAPURA DAN PAGAR MAKO POLRES MOJOKERT</t>
+  </si>
+  <si>
+    <t>BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - REHABILITASI AULA, RUANG LOBBY, RUANG RAPAT SANIKA SATYA WADA, GAPURA DAN PAGAR MAKO POLRES MOJOKERTO</t>
+  </si>
+  <si>
+    <t>01/12/2035</t>
+  </si>
+  <si>
+    <t>Melaksanakana pekerjaan fisik REHABILITASI AULA, RUANG LOBBY, RUANG RAPAT SANIKA SATYA WADA, GAPURA DAN PAGAR MAKO POLRES MOJOKERTO</t>
+  </si>
+  <si>
+    <t>" 1 M2 Rehabilitasi Sedang Gedung Negara Sederhana</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - BIAYA PERENCANAAN TEKNIS - PEMBANGUNAN GEDUNG NEGARA SEDERHANA - SARANA &amp; PRASARANA KANTOR KEL. SAWAHAN</t>
+  </si>
+  <si>
+    <t>30/12/2024</t>
+  </si>
+  <si>
+    <t>MELAKSANAKAN PERENCANAAN TEKNIS - PEMBANGUNAN GEDUNG NEGARA SEDERHANA - SARANA &amp; PRASARANA KANTOR KEL. SAWAHAN yang meliputi pembuatan desain Pra rancang, gambar kerja, perhitungan biaya dan kontruksi</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - PEMBANGUNAN GEDUNG NEGARA SEDERHANA - SARANA &amp; PRASARANA KANTOR KEL. SAWAHAN</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - PEMBANGUNAN GEDUNG NEGARA SEDERHANA - SARANA &amp; PRASARANA KANTOR KEL. SAWAHAN</t>
+  </si>
+  <si>
+    <t>MELAKSANAKANA PEKERJAAN FISIK PEMBANGUNAN GEDUNG NEGARA SEDERHANA - SARANA &amp; PRASARANA KANTOR KEL. SAWAHAN</t>
+  </si>
+  <si>
+    <t>PEMBANGUNAN GEDUNG NEGARA SEDERHANA - SARANA &amp; PRASARANA KANTOR KEL. SAWAHAN " 1 m2 Pembangunan Gedung Negara Sederhana "</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - BIAYA PERENCANAAN TEKNIS - REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - GEDUNG DAN PRASARANA PENUNJANG DINAS PUPR Kab.MOJOKERTO</t>
+  </si>
+  <si>
+    <t>Melaksanakan PERENCANAAN TEKNIS - REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - GEDUNG DAN PRASARANA PENUNJANG DINAS PUPR Kab.MOJOKERTO yang meliputi pembuatan desain Pra rancang, gambar kerja, perhitungan biaya dan kontruksi</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - GEDUNG DAN PRASARANA PENUNJANG DINAS PUPR Kab.MOJOKERTO</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - GEDUNG DAN PRASARANA PENUNJANG DINAS PUPR Kab.MOJOKERTO</t>
+  </si>
+  <si>
+    <t>Melaksanakan pekerjaan fisik REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - GEDUNG DAN PRASARANA PENUNJANG DINAS PUPR Kab.MOJOKERTO</t>
+  </si>
+  <si>
+    <t>" 1 m2 Rehabilitasi Berat Gedung Negara Tidak Sederhana "</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - REHABILITASI GEDUNG EX BAPENDA</t>
+  </si>
+  <si>
+    <t>01/12/2027</t>
+  </si>
+  <si>
+    <t>Melaksanakan kontruksi fisik REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - REHABILITASI GEDUNG EX BAPENDA</t>
+  </si>
+  <si>
+    <t>1 M2 Finishing Interior Ruang Kerja Eselon III</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - BIAYA PERENCANAAN TEKNIS - REHABILITASI GEDUNG KANTOR BPKAD</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - REHABILITASI GEDUNG KANTOR BPKAD yang meliputi pembuatan desain Pra rancang, gambar kerja, perhitungan biaya dan kontruksi</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - REHABILITASI GEDUNG KANTOR BPKAD</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rekonstruksi Ruas Jalan Sampangagung - Windurejo</t>
+  </si>
+  <si>
+    <t>04/01/2025</t>
+  </si>
+  <si>
+    <t>04/01/2025 23:05:11</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rekonstruksi Jalan Sampangagung - Windurejo</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 500.000.001 S/D 550.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pemeliharaan Berkala Ruas Jalan Kedunggede - Bakalan</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangam teknis Pemeliharaan Berkala Ruas Jalan Kedunggede - Bakalan</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 1.500.000.001 S/D 2.000.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pemeliharaan Berkala Ruas Jalan SMKN Trowulan - Beloh</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangam teknis Pemeliharaan Berkala Ruas Jalan SMKN Trowulan - Beloh</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jembatan Swideng</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Perancangan Teknis Rehabilitasi Jembatan Swideng</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 900.000.001 S/D 950.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jembatan Sumberjati</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Perancangan Teknis Rehabilitasi Jembatan Sumberjati</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Kemlagi - Beratkulon</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Kemlagi - Beratkulon</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Mojogebang - Mojowatesrejo</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Mojogebang - Mojowatesrejo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Modopuro - Leminggir</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Modopuro - Leminggir</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Balekambang - Ngoro</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Balekambang - Ngoro</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 100.000.001 S/D 150.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Kedunggempol - Ngrame</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Kedunggempol - Ngrame</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Bicak - Tempuran</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Bicak - Tempuran</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 200.000.001 S/D 250.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Bicak - Watesumpak</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Bicak - Watesumpak</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 200.000.001 S/D 250.000.000 Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Bicak - Watesumpak</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Kintelan - Padangasri</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Kintelan - Padangasri</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Tawangsari - Pekuwon</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Tawangsari - Pekuwon</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 350.000.001 S/D 400.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Pacet - Trawas</t>
+  </si>
+  <si>
+    <t>06/01/2025</t>
+  </si>
+  <si>
+    <t>06/01/2025 22:19:52</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan perancangan teknis Pelebaran Jalan Menuju Standar Ruas Jalan Pacet - Trawas</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Nasihat dan Konsultansi Rekayasa Teknik - Penyusunan Leger Jalan Pada Ruas Jalan RA Basuni - By Pass Dan Ruas Jalan Wonogiri - Lebaksono</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konsultansi Rekayasa Teknis Penyusunan Leger jalan di Ruas Jalan RA. Basuni dan Wonogiri - Lebaksono</t>
+  </si>
+  <si>
+    <t>Penyusunan Leger Jalan Ruas Jalan R.A Basuni - Bypass dan Ruas Jalan Wonogiri Lebaksono Spesifikasi : Penyusunan Leger</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Nasihat dan Konsultansi Rekayasa Teknik - PENYUSUNAN KAJIAN KELAS JALAN DI RUAS JALAN KEWENANGAN KABUPATEN</t>
+  </si>
+  <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
+    <t>10/01/2025 12:16:18</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Kajian Teknis Kelas Jalan di Ruas Jalan Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Perencanaan Kajian Kelas Jalan di Ruas JalanKewenangan Kabupaten Mojokerto Spesifikasi : Kajian Kelas Jalan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rekonstruksi Ruas Jalan Damarsi - Kwedenkembar</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rekonstruksi Ruas Jalan Damarsi - Kwedenkembar</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rekonstruksi Ruas Jalan Jatijejer - Kesemen</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rekonstruksi Ruas Jalan Jatijejer - Kesemen</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rekonstruksi Ruas Jalan Modongan - Karangkedawang</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rekonstruksi Ruas Jalan Modongan - Karangkedawang</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rekonstruksi Ruas Jalan Sampangagung - Windurejo</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rekonstruksi Ruas Jalan Sampangagung - Windurejo</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 500.000.001 S/D 550.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rekonstruksi Ruas Jalan Damarsi - Kwedenkembar</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rekonstruksi Ruas Jalan Damarsi - Kwedenkembar</t>
+  </si>
+  <si>
+    <t>Peninggian 1 M2 Jalan Aspal Lama Kolektor Tipe B Spesifikasi :</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rekonstruksi Ruas Jalan Modongan - Karangkedawang</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rekonstruksi Ruas Jalan Modongan - Karangkedawang</t>
+  </si>
+  <si>
+    <t>1 M2 Perkerasan Bahu Jalan Spesifikasi : 8130 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rekonstruksi Ruas Jalan Jatijejer - Kesemen</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rekonstruksi Ruas Jalan Jatijejer - Kesemen</t>
+  </si>
+  <si>
+    <t>- Aspal 2 Lapis (hrs L Tebal 4 Cm + Acbc L Tebal 6 Cm) = 6555 M2 Spesifikasi :- - 1 M2 Perkerasan Bahu Jalan = 2761 M2 Spesifikasi :</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rekonstruksi Ruas Jalan Sampangagung - Windurejo</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rekonstruksi Ruas Jalan Sampangagung - Windurejo</t>
+  </si>
+  <si>
+    <t>1 M2 Perkerasan Bahu Jalan = 2452 M2 Spesifikasi :</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Desain Rekayasa untuk Pekerjaan Teknik Sipil Air - Uji Geolistrik dan Perencanaan Pembangunan SPAM Desa Kepuhanyar -Penanganan Kawasan Kumuh Terpadu (Dana Sharing)</t>
+  </si>
+  <si>
+    <t>09/01/2025</t>
+  </si>
+  <si>
+    <t>13/01/2025 09:16:02</t>
+  </si>
+  <si>
+    <t>Perencanaan Uji Geolistrik dan Perencanaan Pembangunan SPAM Desa Kepuhanyar -Penanganan Kawasan Kumuh Terpadu</t>
+  </si>
+  <si>
+    <t>Dokumen Perencanaan Uji Geolistrik dan Perencanaan Pembangunan SPAM Desa Kepuhanyar -Penanganan Kawasan Kumuh Terpadu</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Dokumen Database SPAM Kecamatan Dlanggu</t>
+  </si>
+  <si>
+    <t>22/01/2025 15:11:18</t>
+  </si>
+  <si>
+    <t>Penyusunan Dokumen Database SPAM Kecamatan Dlanggu</t>
+  </si>
+  <si>
+    <t>Dokumen Database SPAM Kecamatan Dlanggu</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Dokumen Database SPAM Kecamatan Gedeg</t>
+  </si>
+  <si>
+    <t>Penyusunan Dokumen Database SPAM Kecamatan Gedeg</t>
+  </si>
+  <si>
+    <t>Dokumen Database SPAM Kecamatan Gedeg</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Dokumen Database SPAM Kecamatan Jetis</t>
+  </si>
+  <si>
+    <t>Penyusunan Dokumen Database SPAM Kecamatan Jetis</t>
+  </si>
+  <si>
+    <t>Dokumen Database SPAM Kecamatan Jetis</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Dokumen Database SPAM Kecamatan Mojoanyar</t>
+  </si>
+  <si>
+    <t>Penyusunan Dokumen Database SPAM Kecamatan Mojoanyar</t>
+  </si>
+  <si>
+    <t>Dokumen Database SPAM Kecamatan Mojoanyar</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Dokumen Database SPAM Kecamatan Mojosari</t>
+  </si>
+  <si>
+    <t>Penyusunan Dokumen Database SPAM Kecamatan Mojosari</t>
+  </si>
+  <si>
+    <t>Dokumen Database SPAM Kecamatan Mojosari</t>
+  </si>
+  <si>
+    <t>Belanja Hibah Barang kepada Badan dan Lembaga Nirlaba, Sukarela Bersifat Sosial Kemasyarakatan - Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Perencanaan Pekerjaan Konstruksi Teknik Sipil Air - Perluasan SPAM Jaringan Perpipaan Di Desa Lebakjabung Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan Rekayasa-Jasa Perencanaan Pekerjaan Konstruksi Teknik Sipil Air</t>
+  </si>
+  <si>
+    <t>Dokumen Perencanaan Rekayasa-Jasa Perencanaan Pekerjaan Konstruksi Teknik Sipil Air</t>
+  </si>
+  <si>
+    <t>Belanja Hibah Barang kepada Badan dan Lembaga Nirlaba, Sukarela Bersifat Sosial Kemasyarakatan - Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Perencanaan Pekerjaan Konstruksi Teknik Sipil Air - Perluasan SPAM Jaringan Perpipaan Di Desa Ngembat Kec. Gondang</t>
+  </si>
+  <si>
+    <t>Dokumen Konsultansi Perencanaan Rekayasa-Jasa Perencanaan Pekerjaan Konstruksi Teknik Sipil Air</t>
+  </si>
+  <si>
+    <t>Belanja Hibah Barang kepada Badan dan Lembaga Nirlaba, Sukarela Bersifat Sosial Kemasyarakatan - Belanja Jasa Konsultansi Pengawasan Rekayasa-Jasa Pengawas Pekerjaan Konstruksi Teknik Sipil Air - Perluasan SPAM Jaringan Perpipaan Di Desa Lebakjabung Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Pengawasan Rekayasa-Jasa Pengawas Pekerjaan Konstruksi Teknik Sipil Air</t>
+  </si>
+  <si>
+    <t>Belanja Hibah Barang kepada Badan dan Lembaga Nirlaba, Sukarela Bersifat Sosial Kemasyarakatan - Belanja Jasa Konsultansi Pengawasan Rekayasa-Jasa Pengawas Pekerjaan Konstruksi Teknik Sipil Air - Perluasan SPAM Jaringan Perpipaan Di Desa Ngembat Kec. Gondang</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Pacet - Trawas</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Menuju Standar Ruas Jalan Pacet - Trawas</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Pacet - Trawas</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Pacet - Trawas</t>
+  </si>
+  <si>
+    <t>- Aspal 2 Lapis (hrs L Tebal 4 Cm + Acbc L Tebal 6 Cm) Spesifikasi : - = 2460 M2 - Peninggian 1 M2 Jalan Aspal Lama Kolektor Tipe B Spesifikasi : - = 2460 M2 - 1 M1 Penahan Jalan Tipe 2 (1 - 1,5 Meter) Spesifikasi : - = 590 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Dinoyo - Bulaksempu</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Menuju Standar Ruas Jalan Dinoyo - Bulaksempu</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 3.000.000.001 S/D 3.500.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Ngrowo - Salen</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Ngrowo - Salen</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 1.500.000.001 S/D 2.000.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Pacet - Made</t>
+  </si>
+  <si>
+    <t>21/04/2025 22:18:28</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Menuju Standar Ruas Jalan Pacet - Made</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 1.000.000.001 S/D 1.500.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Dinoyo - Bulaksempu (Insentif Fiskal)</t>
+  </si>
+  <si>
+    <t>01/09/2030</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Dinoyo - Bulaksempu</t>
+  </si>
+  <si>
+    <t>- Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) Spesifikasi : - = 3492 M2 - 1 M1 Penahan Jalan Tipe 2 (1 - 1,5 Meter) Spesifikasi : - = 50 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Ngrowo - Salen</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Ngrowo - Salen</t>
+  </si>
+  <si>
+    <t>- Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) Spesifikasi : - = 1200 M2 - 1 M1 Penahan Jalan Tipe 2 (1 - 1,5 Meter) Spesifikasi : - = 50 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pemeliharaan Berkala Ruas Jalan Kedunggede - Bakalan</t>
+  </si>
+  <si>
+    <t>10/01/2025 12:56:30</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan Kedunggede - Bakalan</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 2.000.000.001 S/D 2.500.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pemeliharaan Berkala Ruas Jalan SMKN Trowulan - Beloh</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan SMKN Trowulan - Beloh</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pemeliharaan Berkala Ruas Jalan Kedunggede - Bakalan</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan Kedunggede - Bakalan</t>
+  </si>
+  <si>
+    <t>Aspal 2 Lapis (hrs L Tebal 4 Cm + Acbc L Tebal 6 Cm) Spesifikasi : - = 6321 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pemeliharaan Berkala Ruas Jalan SMKN Trowulan - Beloh</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan SMKN Trowulan - Beloh</t>
+  </si>
+  <si>
+    <t>Aspal 2 Lapis (hrs L Tebal 4 Cm + Acbc L Tebal 6 Cm) Spesifikasi : - = 5107 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Belanja Pengawasan Pembangunan Jembatan Lebaksono</t>
+  </si>
+  <si>
+    <t>10/01/2025 12:56:02</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pembangunan Jembatan Lebaksono</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 7.000.000.001 S/D 7.500.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Belanja Pengawasan Pembangunan Jembatan Jurang III</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pembangunan Jembatan Jurang III</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Belanja Pengawasan Pembangunan Jembatan Buntut II</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pembangunan Jembatan Buntut II</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Pembangunan Jembatan Lebaksono</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pembangunan Jembatan Lebaksono</t>
+  </si>
+  <si>
+    <t>1 M2 Pembangunan Jembatan Spesifikasi : - = 283 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Pembangunan Jembatan Jurang III</t>
+  </si>
+  <si>
+    <t>01/09/2035</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pembangunan Jembatan Jurang III</t>
+  </si>
+  <si>
+    <t>- Pembangunan 1 M2 Jembatan Komposit Spesifikasi : - = 84 M2 - 1 M1 Penahan Jalan Tipe 3 (1,5 - 2 Meter) Spesifikasi : - = 183 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Pembangunan Jembatan Buntut II</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pembangunan Jembatan Buntut II</t>
+  </si>
+  <si>
+    <t>- Pembangunan 1 M2 Jembatan Komposit Spesifikasi : - = 42 M2 - 1 M1 Penahan Jalan Tipe 3 (1,5 - 2 Meter) Spesifikasi : - = 182 M1</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Jasa Konsultansi Kajian Teknis Perencanaan Pembangunan IPAL Skala Permukiman Minimal 50 KK Desa Mojopilang Kec. Kemlagi</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Kajian Teknis Perencanaan Pembangunan IPAL Skala Permukiman Minimal 50 KK Desa Mojopilang Kec. Kemlagi</t>
+  </si>
+  <si>
+    <t>Dokumen Konsultansi Kajian Teknis Perencanaan Pembangunan IPAL Skala Permukiman Minimal 50 KK Desa Mojopilang Kec. Kemlagi</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Jasa Konsultansi Pendataan Pengangkutan Lumpur Tinja Di Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Pendataan Pengangkutan Lumpur Tinja Di Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Dokumen Konsultansi Pendataan Pengangkutan Lumpur Tinja Di Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Pembangunan Sistem Drainase Lingkungan Desa Bangeran Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Pembangunan Sistem Drainase Lingkungan Desa Bangeran Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Pembangunan Sistem Drainase Lingkungan Desa Bangeran Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Pembangunan Sistem Drainase Lingkungan Desa Mojopilang Kec. Kemlagi</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Pembangunan Sistem Drainase Lingkungan Desa Mojopilang Kec. Kemlagi</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Pembangunan Sistem Drainase Lingkungan Desa Mojopilang Kec. Kemlagi</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pembangunan Sistem Drainase Lingkungan Desa Bangeran Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Pembangunan Sistem Drainase Lingkungan Desa Bangeran Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pembangunan Sistem Drainase Lingkungan Desa Mojopilang Kec. Kemlagi</t>
+  </si>
+  <si>
+    <t>Pembangunan Sistem Drainase Lingkungan Desa Mojopilang Kec. Kemlagi</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Balongsari Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Balongsari Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Balongsari Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Kedunglengkong Kec. Dlanggu</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Kedunglengkong Kec. Dlanggu</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Kedunglengkong Kec. Dlanggu</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Kesiman Kec. Trawas</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Kesiman Kec. Trawas</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Kesiman Kec. Trawas</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Pulorejo Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Pulorejo Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Pulorejo Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Puri Kec. Puri</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Puri Kec. Puri</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Puri Kec. Puri</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Randegan Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Randegan Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Randegan Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Tambakrejo Kec. Ngoro</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Tambakrejo Kec. Ngoro</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Tambakrejo Kec. Ngoro</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Wonoploso Kec. Gondang</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Wonoploso Kec. Gondang</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Desa Wonoploso Kec. Gondang</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Lingkungan Desa Balongsari Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Lingkungan Desa Balongsari Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Lingkungan Desa Kedunglengkong Kec. Dlanggu</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Lingkungan Desa Kedunglengkong Kec. Dlanggu</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Lingkungan Desa Kesiman Kec. Trawas</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Lingkungan Desa Kesiman Kec. Trawas</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Lingkungan Desa Pulorejo Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Lingkungan Desa Pulorejo Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Lingkungan Desa Puri Kec. Puri</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Lingkungan Desa Puri Kec. Puri</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Lingkungan Desa Wonoploso Kec. Gondang</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Lingkungan Desa Wonoploso Kec. Gondang</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Rencana, Kebijakan, Strategi dan Teknis Sistem Drainase Lingkungan - Penyusunan PK AKNOP Drainase Kabupaten Mojokerto Tahun 2025</t>
+  </si>
+  <si>
+    <t>12/01/2025</t>
+  </si>
+  <si>
+    <t>Penyusunan PK AKNOP Drainase Kabupaten Mojokerto Tahun 2025</t>
+  </si>
+  <si>
+    <t>Dokumen PK AKNOP Drainase Kabupaten Mojokerto Tahun 2025</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Rencana, Kebijakan, Strategi dan Teknis Sistem Drainase Lingkungan - Outlineplan Jaringan Drainase Kecamatan Gedeg Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Outlineplan Jaringan Drainase Kecamatan Gedeg Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Dokumen Outlineplan Jaringan Drainase Kecamatan Gedeg Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Rencana, Kebijakan, Strategi dan Teknis Sistem Drainase Lingkungan - Outlineplan Jaringan Drainase Kecamatan Kemlagi Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Outlineplan Jaringan Drainase Kecamatan Kemlagi Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Dokumen Outlineplan Jaringan Drainase Kecamatan Kemlagi Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Rencana, Kebijakan, Strategi dan Teknis Sistem Drainase Lingkungan - Outlineplan Jaringan Drainase Kecamatan Mojosari Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Outlineplan Jaringan Drainase Kecamatan Mojosari Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Dokumen Outlineplan Jaringan Drainase Kecamatan Mojosari Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik - Penyusunan Rencana, Kebijakan, Strategi dan Teknis Sistem Drainase Lingkungan - Outlineplan Jaringan Drainase Kecamatan Trowulan Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Outlineplan Jaringan Drainase Kecamatan Trowulan Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Dokummen Outlineplan Jaringan Drainase Kecamatan Trowulan Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Sumberagung Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Sumberagung Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Sumberagung Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Sumberkembar Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Sumberkembar Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Sumberkembar Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Sumbertanggul Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Sumbertanggul Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Sumbertanggul Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Tanjungkenongo Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Tanjungkenongo Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Peningkatan Sistem Drainase Perkotaan Desa Tanjungkenongo Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Perkotaan Desa Sumberagung Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Perkotaan Desa Sumberagung Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Perkotaan Desa Sumberkembar Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Perkotaan Desa Sumberkembar Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Perkotaan Desa Sumbertanggul Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Perkotaan Desa Sumbertanggul Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Perkotaan Desa Tanjungkenongo Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Perkotaan Desa Tanjungkenongo Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Pembangunan Sistem Drainase Perkotaan Desa Kupang Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Pembangunan Sistem Drainase Perkotaan Desa Kupang Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Pembangunan Sistem Drainase Perkotaan Desa Kupang Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pembangunan Sistem Drainase Perkotaan Desa Kupang Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Pembangunan Sistem Drainase Perkotaan Desa Kupang Kec. Jetis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Pembangunan Sistem Drainase Perkotaan Desa Pandanarum Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Pembangunan Sistem Drainase Perkotaan Desa Pandanarum Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Dokumen Pengawasan Teknis Pembangunan Sistem Drainase Perkotaan Desa Pandanarum Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pembangunan Sistem Drainase Perkotaan Desa Pandanarum Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Pembangunan Sistem Drainase Perkotaan Desa Pandanarum Kec. Pacet</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jembatan Sumberjati</t>
+  </si>
+  <si>
+    <t>12/01/2025 22:54:42</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jembatan Sumberjati</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 950.000.001 S/D 1.000.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jembatan Swideng</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jembatan Swideng</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Rehabilitasi Jembatan Sumberjati</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jembatan Sumberjati</t>
+  </si>
+  <si>
+    <t>1 M1 Penahan Jalan Tipe 3 (1,5 - 2 Meter) Spesifikasi : - =287 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Rehabilitasi Jembatan Swideng</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jembatan Swideng</t>
+  </si>
+  <si>
+    <t>Pembangunan 1 M2 Jembatan Komposit Spesifikasi : - = 43 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Jalan Kemlagi - Beratkulon</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jalan Ruas Jalan Kemlagi - Beratkulon</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Jalan Mojogebang - Mojowatesrejo</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jalan Ruas Jalan Mojogebang - Mojowatesrejo</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 500.000.001 S/D 550.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Jalan Pekukuhan - Ngoro</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jalan Ruas Jalan Pekukuhan - Ngoro</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 100.000.001 S/D 150.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Balekambang - Ngoro</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jalan Ruas Jalan Balekambang - Ngoro</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Jalan Kedunggempol - Ngrame</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jalan Ruas Jalan Kedunggempol - Ngrame</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Jalan Bicak - Tempuran</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jalan Ruas Jalan Bicak - Tempuran</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 200.000.001 S/D 250.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Jalan Bicak - Watesumpak</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jalan Ruas Jalan Bicak - Watesumpak</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Kintelan - Padangasri</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jalan Ruas Jalan Kintelan - Padangasri</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Jalan Tawangsari - Pekuwon</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rehabilitasi Jalan Ruas Jalan Tawangsari - Pekuwon</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 350.000.001 S/D 400.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Kemlagi - Beratkulon</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Kemlagi - Beratkulon</t>
+  </si>
+  <si>
+    <t>- 1 M1 Pekerjaan Dinding Penahan Sheet Pile Spesifikasi :- = 347 M1 - Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) + Wiremesh M8 Spesifikasi :- = 1109 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Mojogebang - Mojowatesrejo</t>
+  </si>
+  <si>
+    <t>01/06/2030</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Mojogebang - Mojowatesrejo</t>
+  </si>
+  <si>
+    <t>1 M1 Penahan Jalan Tipe 4 (2 - 2,5 Meter) Spesifikasi :- = 173 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Pekukuhan - Ngoro</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Pekukuhan - Ngoro</t>
+  </si>
+  <si>
+    <t>1 M1 Penahan Jalan Tipe 2 (1 - 1,5 Meter) Spesifikasi :- = 68 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Balekambang - Ngoro</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Balekambang - Ngoro</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Kedunggempol - Ngrame</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Ruas Jalan Kedunggempol - Ngrame</t>
+  </si>
+  <si>
+    <t>1 M1 Penahan Jalan Tipe 6 (3 - 3,5 Meter) Spesifikasi :- = 26 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Bicak - Tempuran</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Bicak - Tempuran</t>
+  </si>
+  <si>
+    <t>1 M1 Penahan Jalan Tipe 4 (2 - 2,5 Meter) Spesifikasi :- = 75 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Bicak - Watesumpak</t>
+  </si>
+  <si>
+    <t>Jasa Lainnya</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Bicak - Watesumpak</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Kintelan - Padangasri</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Kintelan - Padangasri</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Tawangsari - Pekuwon</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Tawangsari - Pekuwon</t>
+  </si>
+  <si>
+    <t>1 M1 Penahan Jalan Tipe 4 (2 - 2,5 Meter) Spesifikasi :- = 112 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Rekonstruksi Jembatan Talunbrak Ruas Desa Talunblandong</t>
+  </si>
+  <si>
+    <t>23/01/2025</t>
+  </si>
+  <si>
+    <t>23/01/2025 01:02:54</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan rekonstruksi Jambatan Talunbrak</t>
+  </si>
+  <si>
+    <t>Rekonstruksi Jembatan Talunbrak Ruas Desa Talunblandong kecamatan Dawarblandong Spesifikasi : DAK = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Jalan Ruas Jalan Pekukuhan - Ngoro</t>
+  </si>
+  <si>
+    <t>23/01/2025 01:55:12</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Pekukuhan - Ngoro</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Jalan Ruas Jalan Modopuro - Leminggir</t>
+  </si>
+  <si>
+    <t>10/04/2025</t>
+  </si>
+  <si>
+    <t>10/04/2025 10:18:46</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Modopuro - Leminggir</t>
+  </si>
+  <si>
+    <t>1 M1 Penahan Jalan Tipe 6 (3 - 3,5 Meter) Spesifikasi :- = 85 M1</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Jalan Ruas Jalan Modopuro - Leminggir</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konsultanasi Pengawasan Tenis Rehabilitasi Jalan Ruas Jalan Modopuro - Leminggir</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor dan Bahan Komputer (Sub Kegiatan Rehabilitasi Bendung Irigasi)</t>
+  </si>
+  <si>
+    <t>Barang</t>
+  </si>
+  <si>
+    <t>01/10/2026</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
+    <t>16/04/2025 13:10:27</t>
+  </si>
+  <si>
+    <t>Konsolidasi</t>
+  </si>
+  <si>
+    <t>1 tahun</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor dan Bahan Komputer</t>
+  </si>
+  <si>
+    <t>Ballpoint; Binder Clip; Buku Kwitansi; Isi Staples; Ordner; Paper Clips; Post It / Sticky Note; Kertas HVS; Lem Kertas; Map; Blanko; Kertas NCR; Tinta Printer.</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor dan Bahan Komputer (Sub Kegiatan Rehabilitasi Pintu Air/Bendung Pengendali Banjir)</t>
+  </si>
+  <si>
+    <t>Ballpoint; Binder Clip; Buku Kwitansi; Isi Staples; Ordner; Post It / Sticky Note; Kertas HVS; Lem Kertas; Map; Refill Toner.</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor dan Bahan Komputer (Sub Kegiatan Peningkatan Bendung Irigasi)</t>
+  </si>
+  <si>
+    <t>Ballpoint; Binder Clip; Buku Kwitansi; Isi Staples; Ordner; Paper Clips; Plak Band Hitam; Post It / Sticky Note; Staples; Kertas HVS; Lem Kertas; Map; Blanko; Kertas NCR; Refill Toner; Catriage Printer; Tinta Printer.</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor dan Bahan Komputer (Sub Kegiatan Rehabilitasi Jaringan Irigasi Permukaan)</t>
+  </si>
+  <si>
+    <t>Ballpoint; Binder Clip; Buku Kwitansi; Isi Staples; Ordner; Paper Clips; Post It / Sticky Note; Staples; Kertas HVS; Lem Kertas; Map; Blanko; Kertas NCR; Refill Toner; Catriage Printer; Tinta Printer.</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor, Kertas dan Cover dan Bahan Komputer - Evaluasi dan Rekomendasi Teknis (Rekomtek) Pemanfaatan Sumber Daya Air Wilayah Sungai Kewenangan Kabupaten/Kota - Biaya Umum</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor, Kertas dan Cover dan Bahan Komputer pada Sub Kegiatan Evaluasi dan Rekomendasi Teknis (Rekomtek) Pemanfaatan Sumber Daya Air Wilayah Sungai Kewenangan Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Ballpoint; Binder Clip; Buku Kwitansi; Isi Staples; Ordner; Paper Clips; Post It / Sticky Note; Lem Kertas; Map; Tinta; Kertas HVS; Kertas NCR; Refill Toner.</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Alat Tulis Kantor dan Kertas dan Cover - Penyusunan Rencana Teknis dan Dokumen Lingkungan Hidup untuk Konstruksi Bendungan, Embung, dan Bangunan Penampung Air Lainnya - Biaya Umum</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Alat Tulis Kantor dan Kertas dan Cover pada Sub Kegiatan Penyusunan Rencana Teknis dan Dokumen Lingkungan Hidup untuk Konstruksi Bendungan, Embung, dan Bangunan Penampung Air Lainnya</t>
+  </si>
+  <si>
+    <t>Buku Kwitansi; Isi Staples; Map; Paper Clips; Kertas HVS; Kertas NCR.</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor, Kertas dan Cover dan Bahan Komputer - Operasi dan Pemeliharaan Embung dan Penampung Air Lainnya - Biaya Umum</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor, Kertas dan Cover dan Bahan Komputer pada Sub Kegiatan Operasi dan Pemeliharaan Embung dan Penampung Air Lainnya</t>
+  </si>
+  <si>
+    <t>Ballpoint; Binder Clip; Buku Kwitansi; Isi Staples; Ordner; Paper Clips; Post It / Sticky Note; Lem Kertas; Map; Cutter; Penghapus Karet / Stip Karet; Pensil; Plak Band Hitam; Staples; Tipe-X / Correction; Kertas HVS; Kertas NCR; Tinta Printer; Refill Toner.</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Alat Tulis Kantor, Kertas dan Cover dan Bahan Cetak - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Biaya Umum</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Alat Tulis Kantor, Kertas dan Cover dan Bahan Cetak</t>
+  </si>
+  <si>
+    <t>Amplop Coklat; Amplop Putih; Ballpoint; Binder Clip; Buku Kwitansi; Cutter; Isi Staples; Isolasi Putih; Lem Kertas; Map; Ordner; Paper Clips; Penggaris Baja; Penghapus Karet / Stip Karet; Penghapus White Board; Pensil; Plak Band Hitam; Spidol; Staples; Kertas HVS; Kertas NCR; Blangko SPPD.</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Komputer, Perabot Kantor dan Alat Listrik - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Biaya Umum</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Komputer, Perabot Kantor dan Alat Listrik pada Sub Kegiatan Operasi dan Pemeliharaan Jaringan Irigasi Permukaan</t>
+  </si>
+  <si>
+    <t>Tinta Printer; Refill Toner; Flash Disk; Mouse; Toner; container box; Gunting; Baterai.</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - PEMBANGUNAN RUMAH NEGARA TIPE C atau D atau E KEJAKSAAN NEGERI KABUPATEN MOJOKERTO</t>
+  </si>
+  <si>
+    <t>16/04/2025 13:22:31</t>
+  </si>
+  <si>
+    <t>Melaksanakan PENGAWASAN TEKNIS - PEMBANGUNAN RUMAH NEGARA TIPE C atau D atau E KEJAKSAAN NEGERI KABUPATEN MOJOKERTO termasuk membuat laporan mingguan, bulanan, progres fisik pekerjaan, serta melakukan kajian teknis terhadap kondisi lapangan</t>
+  </si>
+  <si>
+    <t>PENGAWASAN TEKNIS - PEMBANGUNAN RUMAH NEGARA TIPE C atau D atau E KEJAKSAAN NEGERI KABUPATEN MOJOKERT</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - REHABILITASI AULA, RUANG LOBBY, RUANG RAPAT SANIKA SATYA WADA, GAPURA DAN PAGAR MAKO POLRES MOJOKERTO</t>
+  </si>
+  <si>
+    <t>16/04/2025 13:22:30</t>
+  </si>
+  <si>
+    <t>Melaksanakan PENGAWASAN TEKNIS - REHABILITASI AULA, RUANG LOBBY, RUANG RAPAT SANIKA SATYA WADA, GAPURA DAN PAGAR MAKO POLRES MOJOKERTO termasuk membuat laporan mingguan, bulanan, progres fisik pekerjaan, serta melakukan kajian teknis terhadap kondisi lapangan</t>
+  </si>
+  <si>
+    <t>PENGAWASAN TEKNIS - REHABILITASI AULA, RUANG LOBBY, RUANG RAPAT SANIKA SATYA WADA, GAPURA DAN PAGAR MAKO POLRES MOJOKERT</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - PEMBANGUNAN GEDUNG KODIM 0815 MOJOKERTO</t>
+  </si>
+  <si>
+    <t>16/04/2025 13:22:28</t>
+  </si>
+  <si>
+    <t>Melaksanakan PENGAWASAN TEKNIS - PEMBANGUNAN GEDUNG KODIM 0815 MOJOKERTO, termasuk membuat laporan mingguan, bulanan, progres fisik pekerjaan, serta melakukan kajian teknis terhadap kondisi lapangan</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - PEMBANGUNAN GEDUNG KODIM 0815 MOJOKERTO</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - BELANJA MODAL BANGUNAN GEDUNG KANTOR - REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - GEDUNG DAN PRASARANA PENUNJANG DINAS PUPR Kab.MOJOKERTO</t>
+  </si>
+  <si>
+    <t>16/04/2025 13:21:57</t>
+  </si>
+  <si>
+    <t>melaksanakan kegiatan PENGAWASAN TEKNIS - REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - GEDUNG DAN PRASARANA PENUNJANG DINAS PUPR Kab.MOJOKERTO termasuk membuat laporan mingguan, bulanan, progres fisik pekerjaan, serta melakukan kajian teknis terhadap kondisi lapangan</t>
+  </si>
+  <si>
+    <t>PENGAWASAN TEKNIS - REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - GEDUNG DAN PRASARANA PENUNJANG DINAS PUPR Kab.MOJOKERTO</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - BELANJA MODAL BANGUNAN GEDUNG KANTOR - PEMBANGUNAN GEDUNG NEGARA SEDERHANA - SARANA &amp; PRASARANA KANTOR KEL. SAWAHAN</t>
+  </si>
+  <si>
+    <t>16/04/2025 13:21:51</t>
+  </si>
+  <si>
+    <t>MELAKSANAKAN PENGAWASAN TEKNIS - PEMBANGUNAN GEDUNG NEGARA SEDERHANA - SARANA &amp; PRASARANA KANTOR KEL. SAWAHAN termasuk membuat laporan mingguan, bulanan, progres fisik pekerjaan, serta melakukan kajian teknis terhadap kondisi lapangan</t>
+  </si>
+  <si>
+    <t>PENGAWASAN TEKNIS - PEMBANGUNAN GEDUNG NEGARA SEDERHANA - SARANA &amp; PRASARANA KANTOR KEL. SAWAHAN</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - BELANJA MODAL BANGUNAN GEDUNG KANTOR - REHABILITASI GEDUNG KANTOR BPKAD</t>
+  </si>
+  <si>
+    <t>16/04/2025 13:21:46</t>
+  </si>
+  <si>
+    <t>PENGAWASAN TEKNIS - REHABILITASI GEDUNG KANTOR BPKAD termasuk membuat laporan mingguan, bulanan, progres fisik pekerjaan, serta melakukan kajian teknis terhadap kondisi lapangan</t>
+  </si>
+  <si>
+    <t>PENGAWASAN TEKNIS - REHABILITASI GEDUNG KANTOR BPKAD</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - BELANJA MODAL BANGUNAN GEDUNG KANTOR - REHABILITASI GEDUNG EX BAPENDA</t>
+  </si>
+  <si>
+    <t>16/04/2025 13:21:41</t>
+  </si>
+  <si>
+    <t>PENGAWASAN TEKNIS - REHABILITASI GEDUNG EX BAPENDA termasuk membuat laporan mingguan, bulanan, progres fisik pekerjaan, serta melakukan kajian teknis terhadap kondisi lapangan</t>
+  </si>
+  <si>
+    <t>PENGAWASAN TEKNIS - REHABILITASI GEDUNG EX BAPENDA</t>
+  </si>
+  <si>
+    <t>BIAYA PERENCANAAN TEKNIS - BELANJA MODAL BANGUNAN GEDUNG KANTOR - REHABILITASI GEDUNG EX BAPENDA</t>
+  </si>
+  <si>
+    <t>16/04/2025 13:21:24</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - REHABILITASI GEDUNG EX BAPENDA yang meliputi pembuatan desain Pra rancang, gambar kerja, perhitungan biaya dan kontruksi</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - REHABILITASI GEDUNG EX BAPENDA</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Rumah Tangga dan Komputer Unit ( Sub Kegiatan Penyediaan Peralatan dan Perlengkapan Kantor )</t>
+  </si>
+  <si>
+    <t>01/06/2028</t>
+  </si>
+  <si>
+    <t>01/05/2025 22:34:02</t>
+  </si>
+  <si>
+    <t>'</t>
+  </si>
+  <si>
+    <t>Belanja Modal Pengadaan Kursi Kerja dan Kursi Rapat, Belanja Modal Pengadaan AC dan Televisi, Belanja Modal Pengadaan Komputer, Printer dan Scanner</t>
+  </si>
+  <si>
+    <t># Belanja Modal Mebel : - Kursi Kerja Spesifikasi : 43.6(L) X 42(D) X 83.5(T)Cm. Sandaran Dan Dudukan ... = 7 Buah - Kursi Rapat Susun Spesifikasi :- = 14 Buah # Belanja Modal Alat Pendingin dan Belanja Modal Alat Rumah Tangga Lainnya : - Ac Split Spesifikasi : 1,5 pk = 4 Unit - Televisi Spesifikasi : 55 Inch = 2 Unit # Belanja Modal Personal Computer dan Belanja Modal Peralatan Personal Computer : - P.C Unit Spesifikasi : Multimedia = 1 Unit - Printer Spesifikasi : All-in-One Functions: Print, Scan, Copy = 2 Unit - Printer Spesifikasi : Laser Monochrome = 1 Unit - Scanner Spesifikasi : Tipe Scanner A4 Sheet-Fed (Support F4) = 2 Unit</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - REHABILITASI GEDUNG KANTOR BPKAD</t>
+  </si>
+  <si>
+    <t>09/05/2025</t>
+  </si>
+  <si>
+    <t>14/05/2025 16:07:26</t>
+  </si>
+  <si>
+    <t>Melaksanakan konstruksi fisik REHABILITASI BERAT GEDUNG NEGARA TIDAK SEDERHANA - REHABILITASI GEDUNG KANTOR BPKAD</t>
+  </si>
+  <si>
+    <t>" 1 M2 Rehabilitasi Sedang Gedung Negara Tidak Sederhana "</t>
+  </si>
+  <si>
+    <t>BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - PEMBANGUNAN GEDUNG KODIM 0815 MOJOKERTO</t>
+  </si>
+  <si>
+    <t>14/05/2025 16:07:19</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan fisik PEMBANGUNAN GEDUNG KODIM 0815 MOJOKERTO</t>
+  </si>
+  <si>
+    <t>" 1 m2 Pembangunan Gedung Negara Sederhana "</t>
+  </si>
+  <si>
+    <t>BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - PEMBANGUNAN RUMAH NEGARA TIPE C atau D atau E KEJAKSAAN NEGERI KABUPATEN MOJOKERTO</t>
+  </si>
+  <si>
+    <t>14/05/2025</t>
+  </si>
+  <si>
+    <t>14/05/2025 16:07:12</t>
+  </si>
+  <si>
+    <t>Melaksanakan pekerjaan fisik PEMBANGUNAN RUMAH NEGARA TIPE C atau D atau E KEJAKSAAN NEGERI KABUPATEN MOJOKERTO</t>
+  </si>
+  <si>
+    <t>" 1 M2 Pembangunan Rumah Negara Type C, D, E</t>
+  </si>
+  <si>
+    <t>Belanja Modal Kendaraan Bermotor Angkutan Barang - Pick Up</t>
+  </si>
+  <si>
+    <t>01/06/2026</t>
+  </si>
+  <si>
+    <t>01/03/2030</t>
+  </si>
+  <si>
+    <t>26/05/2025</t>
+  </si>
+  <si>
+    <t>26/05/2025 12:35:27</t>
+  </si>
+  <si>
+    <t>'198002042005012010</t>
+  </si>
+  <si>
+    <t>ANIK MUTAMMIMA K. ST</t>
+  </si>
+  <si>
+    <t>1 Unit</t>
+  </si>
+  <si>
+    <t>Belanja Modal Pengadaan kendaraan Pick Up</t>
+  </si>
+  <si>
+    <t>Kendaraan Operasional Kantor Dan/Atau Lapangan Roda 4 (Empat) Spesifikasi : Pick Up = 1 Unit</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Air-Bangunan Air Irigasi-Bangunan Pembawa Irigasi - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Pemeliharaan Jaringan Irigasi di Wilayah Kerja UPTD. Bangsal</t>
+  </si>
+  <si>
+    <t>13/06/2025</t>
+  </si>
+  <si>
+    <t>13/06/2025 13:03:25</t>
+  </si>
+  <si>
+    <t>Pemeliharaan Jaringan Irigasi di Wilayah Kerja UPTD. Bangsal</t>
+  </si>
+  <si>
+    <t>1 m' Saluran Dengan Batu kali h = 0.50 m (Tegak Depan)</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Air-Bangunan Air Irigasi-Bangunan Pembawa Irigasi - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Pemeliharaan Jaringan Irigasi di Wilayah Kerja UPTD. Sumengko</t>
+  </si>
+  <si>
+    <t>13/06/2025 13:03:20</t>
+  </si>
+  <si>
+    <t>Pemeliharaan Jaringan Irigasi di Wilayah Kerja UPTD. Sumengko</t>
+  </si>
+  <si>
+    <t>1 m' Saluran Dengan Batu kali h = 0.80 m (Miring)</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Air-Bangunan Air Irigasi-Bangunan Pembawa Irigasi - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Pemeliharaan Jaringan Irigasi di Wilayah Kerja UPTD. Pugeran</t>
+  </si>
+  <si>
+    <t>13/06/2025 13:03:15</t>
+  </si>
+  <si>
+    <t>Pemeliharaan Jaringan Irigasi di Wilayah Kerja UPTD. Pugeran</t>
+  </si>
+  <si>
+    <t>1 m' Saluran Dengan Batu kali h = 0.60 m (Tegak Depan)</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Air-Bangunan Air Irigasi-Bangunan Pembawa Irigasi - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Pemeliharaan Jaringan Irigasi di Wilayah Kerja UPTD. Pandan</t>
+  </si>
+  <si>
+    <t>13/06/2025 13:03:11</t>
+  </si>
+  <si>
+    <t>Pemeliharaan Jaringan Irigasi di Wilayah Kerja UPTD. Pandan</t>
+  </si>
+  <si>
+    <t>1 m' Saluran Dengan Batu kali h = 0.70 m (Tegak Depan)</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Penyusunan analis harga satuan pekerjaan tahun anggaran 2026</t>
+  </si>
+  <si>
+    <t>APBDP</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>01/12/2026</t>
+  </si>
+  <si>
+    <t>28/07/2025</t>
+  </si>
+  <si>
+    <t>29/07/2025 22:19:58</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Penyusunan analis harga satuan pekerjaan tahun anggaran 2026</t>
+  </si>
+  <si>
+    <t>Penyusunan analis harga satuan pekerjaan tahun anggaran 2026</t>
+  </si>
+  <si>
+    <t>Belanja Modal Kendaraan Bermotor Angkutan Barang - Pick Up (PAPBD)</t>
+  </si>
+  <si>
+    <t>01/09/2029</t>
+  </si>
+  <si>
+    <t>2 Unit</t>
+  </si>
+  <si>
+    <t>Kendaraan Operasional Kantor Dan/Atau Lapangan Roda 4 (Empat) Spesifikasi : Pick Up = 2 Unit</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis - Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - DED Pembangunan Masjid Setwan</t>
+  </si>
+  <si>
+    <t>29/07/2025</t>
+  </si>
+  <si>
+    <t>30/07/2025 13:09:21</t>
+  </si>
+  <si>
+    <t>Membuat Detail Engineering Design (DED) yang meliputi : Desain pra rancang, gambar rencana dan detail, spesifikasi teknsi pekerjaan, rencana kerja dan syarat (RKS), rencana anggran biaya (RAB), dokumen Sistem Manajemen Keselamatan Konstruksi (SMKK) dan Bill of Quantity (BoQ)</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis, Spesifikasi : pagu fisik anggaran 2.000.000.001 S/D 2.500.000.000</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis - Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Penyusunan Masterplan Stadion dan GOR Kab. Mojokerto</t>
+  </si>
+  <si>
+    <t>" Biaya Perencanaan Teknis, Spesifikasi :pagu anggaran fisik 7.500.000.001 S/D 8.000.000.000 "</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - PEMBANGUNAN GEDUNG ARSIP KANTOR PERTANAHAN KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>01/12/2028</t>
+  </si>
+  <si>
+    <t>30/07/2025 13:10:18</t>
+  </si>
+  <si>
+    <t>Melaksanakan PENGAWASAN TEKNIS - PEMBANGUNAN GEDUNG ARSIP KANTOR PERTANAHAN KAB. MOJOKERTO termasuk membuat laporan mingguan, bulanan, progres fisik pekerjaan, serta melakukan kajian teknis terhadap kondisi lapangan</t>
+  </si>
+  <si>
+    <t>PENGAWASAN TEKNIS - PEMBANGUNAN GEDUNG ARSIP KANTOR PERTANAHAN KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>BIAYA PERENCANAAN TEKNIS - BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - PEMBANGUNAN GEDUNG ARSIP KANTOR PERTANAHAN KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>30/07/2025 13:10:06</t>
+  </si>
+  <si>
+    <t>Melakukan kegiatan PERENCANAAN TEKNIS - PEMBANGUNAN GEDUNG ARSIP KANTOR PERTANAHAN KAB. MOJOKERTO yang meliputi pembuatan desain Pra rancang, gambar kerja, perhitungan biaya dan kontruksi</t>
+  </si>
+  <si>
+    <t>PERENCANAAN TEKNIS - PEMBANGUNAN GEDUNG ARSIP KANTOR PERTANAHAN KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - PEMBANGUNAN GEDUNG ARSIP KANTOR PERTANAHAN KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>30/07/2025 13:09:58</t>
+  </si>
+  <si>
+    <t>Melaksanakan pekerjaan fisik PEMBANGUNAN GEDUNG ARSIP KANTOR PERTANAHAN KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>BIAYA PERENCANAAN TEKNIS - PEMBANGUNAN RUMAH DINAS KEJAKSAAN NEGERI KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>Perencanaan Teknis paket pekerjaan PEMBANGUNAN RUMAH DINAS KEJAKSAAN NEGERI KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>BIAYA PENGAWASAN TEKNIS - PEMBANGUNAN RUMAH DINAS KEJAKSAAN NEGERI KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>Melakukan Pengawasan terhadap paket pekerjaan PEMBANGUNAN RUMAH DINAS KEJAKSAAN NEGERI KAB. MOJOKERTO, melakukan pengawasan terhadap progres pekerjaan, membuat laporan pekerjaan dan dokumentasi kegiatan, serta membatu PPK dalam melakukan monitoring dan evaluasi di lapangan</t>
+  </si>
+  <si>
+    <t>pengawasan teknis paket pekerjaan PEMBANGUNAN RUMAH DINAS KEJAKSAAN NEGERI KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor - Pemeliharaan Gedung Kantor</t>
+  </si>
+  <si>
+    <t>01/12/2029</t>
+  </si>
+  <si>
+    <t>29/07/2025 22:20:24</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pemeliharaan/Rehabilitasi Gedung Kantor</t>
+  </si>
+  <si>
+    <t>Rehabilitasi Sedang Gedung Negara Sederhana : 99 m2</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Pengawasan Arsitektur (Pemeliharaan/Rehabilitasi Gedung Kantor dan Bangunan Lainnya)</t>
+  </si>
+  <si>
+    <t>29/07/2025 22:20:18</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pemeliharaan/Rehabilitasi Gedung Kantor</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 250.000.001 S/D 300.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural (Pemeliharaan/Rehabilitasi Gedung Kantor dan Bangunan Lainnya)</t>
+  </si>
+  <si>
+    <t>29/07/2025 22:20:12</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Perancangan Teknis Pemeliharaan/Rehabilitasi Gedung Kantor</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 250.000.001 S/D 300.000.000 = 1 Paket</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rekonstruksi Ruas Jalan Banjarsari - Japanan</t>
+  </si>
+  <si>
+    <t>30/07/2025 00:19:30</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rekonstruksi Ruas Jalan Banjarsari - Japanan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rekonstruksi Ruas Jalan Ngarjo - Sadartengah</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rekonstruksi Ruas Jalan Ngarjo - Sadartengah</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 1.000.000.001 S/D 1.500.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rekonstruksi Ruas Jalan Srigading - Kesemen</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rekonstruksi Ruas Jalan Srigading - Kesemen</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pemeliharaan Berkala Ruas Jalan Pasinan - Pohkecik</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangam teknis Pemeliharaan Berkala Ruas Jalan Pasinan - Pohkecik</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pemeliharaan Berkala Ruas Jalan Purworejo - Purworejo</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangam teknis Pemeliharaan Berkala Ruas Jalan Purworejo - Purworejo</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 150.000.001 S/D 200.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pemeliharaan Berkala Ruas Jalan Swideng - Pakis (SILPA IF)</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangam teknis Pemeliharaan Berkala Ruas Jalan Swideng - Pakis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Pangi - Jembul (SILPA IF)</t>
+  </si>
+  <si>
+    <t>30/07/2025</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan perancangan teknis Pelebaran Jalan Menuju Standar Ruas Jalan Pangi - Jembul</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Parengan - Lakardowo</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan perancangan teknis Pelebaran Jalan Menuju Standar Ruas Jalan Parengan - Lakardowo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Jambangan - Jambangan</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan perancangan teknis Pelebaran Jalan Menuju Standar Ruas Jalan Jambangan - Jambangan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Ngastemi - Peterongan</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan perancangan teknis Pelebaran Jalan Menuju Standar Ruas Jalan Ngastemi - Peterongan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Puri - Randugenengan</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan perancangan teknis Pelebaran Jalan Menuju Standar Ruas Jalan Puri - Randugenengan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Watesnegoro - Kembangsri</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan perancangan teknis Pelebaran Jalan Menuju Standar Ruas Jalan Watesnegoro - Kembangsri</t>
+  </si>
+  <si>
+    <t>BIAYA PERENCANAAN TEKNIS - BELANJA MODAL BANGUNAN GEDUNG TEMPAT OLAHRAGA - REHABILITASI SARANA GOR dan STADION MOJOSARI</t>
+  </si>
+  <si>
+    <t>Perencanaan Teknis Lapangan Sepak Bola dan utilitas lapangan</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG TEMPAT OLAHRAGA - REHABILITASI SARANA GOR dan STADION MOJOSARI</t>
+  </si>
+  <si>
+    <t>Melaksanakan pekerjaan fisik REHABILITASI SARANA GOR dan STADION MOJOSARI, antara lain : melaksanakan rehabilitasi lapangan sepak bola dan pembuatan saluran irigasi lapangan dan utilitas lapangan</t>
+  </si>
+  <si>
+    <t>Rehabilitasi lapangan olah raga</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rekonstruksi Ruas Jalan Ngarjo - Sadartengah</t>
+  </si>
+  <si>
+    <t>30/07/2025 14:59:53</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rekonstruksi Ruas Jalan Ngarjo - Sadartengah</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rekonstruksi Ruas Jalan Srigading - Kesemen</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rekonstruksi Ruas Jalan Srigading - Kesemen</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Mojowono - Mojogebang</t>
+  </si>
+  <si>
+    <t>30/07/2025 14:04:02</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan perancangan teknis Pelebaran Jalan Menuju Standar Ruas Jalan Mojowono - Mojogebang</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Pangi - Jembul (SILPA IF)</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Pangi - Jembul</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Parengan - Lakardowo</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Parengan - Lakardowo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Mojowono - Mojogebang</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Mojowono - Mojogebang</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Mojokarang - Kalen</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Jalan Menuju Standar Mojokarang - Kalen</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Jambangan - Jambangan</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Jambangan - Jambangan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Puri - Randugenengan</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Puri - Randugenengan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Watesnegoro - Kembangsri</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Watesnegoro - Kembangsri</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pelebaran Jalan Menuju Standar Ruas Jalan Ngastemi - Peterongan</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Ngastemi - Peterongan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pemeliharaan Berkala Ruas Jalan Swideng - Pakis (SILPA IF)</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan Swideng - Pakis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pemeliharaan Berkala Ruas Jalan Pasinan - Pohkecik</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan Pasinan - Pohkecik</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 900.000.001 S/D 950.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Pemeliharaan Berkala Ruas Jalan Purworejo - Purworejo</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan Purworejo - Purworejo</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 150.000.001 S/D 200.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Desain Rekayasa untuk Pekerjaan Teknik Sipil Air - Jasa Konsultansi Kajian Teknis dan Reviu Perencanaan Pembangunan SPAM Desa Desa Kedungmaling Kec. Sooko Penanganan Permukiman Kumuh Terpadu</t>
+  </si>
+  <si>
+    <t>31/07/2025</t>
+  </si>
+  <si>
+    <t>04/08/2025 22:09:29</t>
+  </si>
+  <si>
+    <t>pekerjaan Jasa Konsultansi Kajian Teknis dan Reviu Perencanaan Pembangunan SPAM Desa Desa Kedungmaling Kec. Sooko Penanganan Permukiman Kumuh Terpadu</t>
+  </si>
+  <si>
+    <t>dokumen reviu DED dan dokumen kjian teknis</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Gebangsari Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>penyusunan Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Gebangsari Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>dokumen Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Gebangsari Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Wringinrejo Kec. Sooko</t>
+  </si>
+  <si>
+    <t>penyusunan Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Wringinrejo Kec. Sooko</t>
+  </si>
+  <si>
+    <t>dokumen Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Wringinrejo Kec. Sooko</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Trowulan Kec.Trowulan</t>
+  </si>
+  <si>
+    <t>penyusunan Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Trowulan Kec.Trowulan</t>
+  </si>
+  <si>
+    <t>dokumen penyusunan Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Trowulan Kec.Trowulan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pengambilan Irigasi - DED Rehabilitasi Bendung Dateng</t>
+  </si>
+  <si>
+    <t>01/04/2026</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:04:47</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan Rehabilitasi Bendung Dateng</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis 800.000.001 s/d 850.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pengambilan Irigasi - DED Rehabilitasi Bendung Manting II</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan Rehabilitasi Bendung Manting II</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis 600.000.001 s/d 650.000.001</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pengambilan Irigasi - DED Rehabilitasi Bendung Urung - Urung II</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan Rehabilitasi Bendung Urung - Urung II</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis 750.000.001 s/d 800.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Belik Kec. Trawas</t>
+  </si>
+  <si>
+    <t>jasa konsultansi penyusunan Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Belik Kec. Trawas</t>
+  </si>
+  <si>
+    <t>Dokumen Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Belik Kec. Trawas</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Trawas Kec. Trawas</t>
+  </si>
+  <si>
+    <t>jasa konsultansi pekerjaan Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Trawas Kec. Trawas</t>
+  </si>
+  <si>
+    <t>Dokumen Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Trawas Kec. Trawas</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Jl. Pemuda Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>pekerjaan jasa konsultansin Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Jl. Pemuda Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>dokumen Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Jl. Pemuda Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Banjaragung Kec. Puri</t>
+  </si>
+  <si>
+    <t>pekerjaan jasa konsultansi Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Banjaragung Kec. Puri</t>
+  </si>
+  <si>
+    <t>dokumen Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Banjaragung Kec. Puri</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Pembangunan Sistem Drainase Perkotaan Desa Temon Kec. Trowulan - PPKT</t>
+  </si>
+  <si>
+    <t>pekerjaan jasa konsultansi Perencanaan Teknis Pembangunan Sistem Drainase Perkotaan Desa Temon Kec. Trowulan - PPKT</t>
+  </si>
+  <si>
+    <t>dokumen Perencanaan Teknis Pembangunan Sistem Drainase Perkotaan Desa Temon Kec. Trowulan - PPKT</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Brangkal Kec. Sooko</t>
+  </si>
+  <si>
+    <t>jasa konsultansi pekerjaan Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Brangkal Kec. Sooko</t>
+  </si>
+  <si>
+    <t>dokumen Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Brangkal Kec. Sooko</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Leminggir Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>jasa konsultansi pekerjaan Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Leminggir Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>dokumen Perencanaan Teknis Peningkatan Sistem Drainase Perkotaan Desa Leminggir Kec. Mojosari</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Medali Kec. Puri</t>
+  </si>
+  <si>
+    <t>jasa konsultansi pekerjaan Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Medali Kec. Puri</t>
+  </si>
+  <si>
+    <t>dokumen Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Medali Kec. Puri</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Jatirejo Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>jasa konsultansi pekerjaan Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Jatirejo Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>dokumen Perencanaan Teknis Pembangunan Sistem Drainase Lingkungan Desa Jatirejo Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>Belanja Hibah Barang kepada Badan dan Lembaga Nirlaba, Sukarela Bersifat Sosial Kemasyarakatan - Perluasan Sistem Penyediaan Air Minum (SPAM) Jaringan Perpipaan - Perluasan SPAM Jaringan Perpipaan Di Desa Lebakjabung Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>04/08/2025 22:07:36</t>
+  </si>
+  <si>
+    <t>Perluasan Sistem Penyediaan Air Minum (SPAM) Jaringan Perpipaan</t>
+  </si>
+  <si>
+    <t>Belanja Hibah Barang kepada Badan dan Lembaga Nirlaba, Sukarela Bersifat Sosial Kemasyarakatan - Perluasan Sistem Penyediaan Air Minum (SPAM) Jaringan Perpipaan - Perluasan SPAM Jaringan Perpipaan Di Desa Ngembat Kec. Gondang</t>
+  </si>
+  <si>
+    <t>04/08/2025 22:08:14</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Lingkungan Desa Tambakrejo Kec. Ngoro</t>
+  </si>
+  <si>
+    <t>04/08/2025 22:08:30</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Lingkungan Desa Tambakrejo Kec. Ngoro</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Lingkungan Desa Randegan Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>04/08/2025 22:07:58</t>
+  </si>
+  <si>
+    <t>Peningkatan Sistem Drainase Lingkungan Desa Randegan Kec. Dawarblandong</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - DED Rehabilitasi Jaringan Irigasi D.I Kedungkutil</t>
+  </si>
+  <si>
+    <t>05/08/2025</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan Paket Rehabilitasi Jaringan Irigasi DI Kedungkutil</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural-DED Rehabilitasi Jaringan Irigasi D.I Sumber Soko II</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan Paket Rehabilitasi Jaringan Irigasi D.I Sumber Soko II</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis 900.000.001 S/D 950.000.000</t>
+  </si>
+  <si>
+    <t>BELANJA HIBAH BARANG KEPADA PEMERINTAH PUSAT - PEMBANGUNAN RUMAH DINAS KEJAKSAAN NEGERI KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>06/08/2025</t>
+  </si>
+  <si>
+    <t>06/08/2025 09:51:29</t>
+  </si>
+  <si>
+    <t>Melakukan PEMBANGUNAN fisik RUMAH DINAS KEJAKSAAN NEGERI KAB. MOJOKERTO</t>
+  </si>
+  <si>
+    <t>Pembangunan rumah negara tipe C, D, E</t>
+  </si>
+  <si>
+    <t>BIAYA PERENCANAAN TEKNIS - BELANJA MODAL GEDUNG KANTOR - PEMBANGUNAN PAGAR Ex RBU</t>
+  </si>
+  <si>
+    <t>06/08/2025 09:51:36</t>
+  </si>
+  <si>
+    <t>Perencanaan teknis Pembangunan Pagar Ex RBU</t>
+  </si>
+  <si>
+    <t>BIAYA PERENCANAAN TEKNIS - BELANJA MODAL GEDUNG KANTOR - REHABILITASI BANGUNAN GEDUNG DIKLAT KABUPATEN MOJOKERTO</t>
+  </si>
+  <si>
+    <t>06/08/2025 09:51:11</t>
+  </si>
+  <si>
+    <t>Perencanaan teknis balai diklat gedeg</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pengambilan Irigasi - DED Peningkatan Bendung Losari II</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan Paket DED Peningkatan Bendung Losari II</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pengambilan Irigasi - DED Peningkatan Bendung Nono</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan DED Peningkatan Bendung Nono</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pengambilan Irigasi - DED Peningkatan Bendung Purwojati</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan DED Peningkatan Bendung Purwojati</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis 850.000.001 S/D 900.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pengambilan Irigasi - DED Peningkatan Bendung Wonokerto Tahap II</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan DED Peningkatan Bendung Wonokerto Tahap II</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis 1.000.000.001 S/D 1.500.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pengambilan Irigasi - DED Rehabilitasi Pintu Air D.I Tambaksari</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan DED Rehabilitasi Pintu Air D.I Tambaksari</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembawa Irigasi - DED Peningkatan Jaringan Irigasi Cakarayam II</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan DED Peningkatan Jaringan Irigasi Cakarayam II</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis 550.000.001 S/D 600.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembawa Irigasi - DED Peningkatan Jaringan Irigasi Glibak</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan DED Peningkatan Jaringan Irigasi Glibak</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembawa Irigasi - DED Peningkatan Jaringan Irigasi Sbr. Punggul</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan DED Peningkatan Jaringan Irigasi Sbr. Punggul</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis 750.000.001 S/D 800.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembawa Irigasi - DED Peningkatan Jaringan Irigasi Sudimoro</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan DED Peningkatan Jaringan Irigasi Sudimoro</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis 650.000.001 S/D 700.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Penyusunan AKNOP II</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>Belanja Pakaian Teknik Sub Kegiatan Pembangunan Sistem Drainase Perkotaan</t>
+  </si>
+  <si>
+    <t>15/08/2025</t>
+  </si>
+  <si>
+    <t>21/08/2025 13:41:12</t>
+  </si>
+  <si>
+    <t>Sesuai DPA</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Belanja DED Perencanaan Pelebaran Jalan Menuju Standar Gotean - Ngepre</t>
+  </si>
+  <si>
+    <t>01/02/2026</t>
+  </si>
+  <si>
+    <t>31/08/2025</t>
+  </si>
+  <si>
+    <t>31/08/2025 23:13:26</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Peleabaran Jalan Menuju Standar Gotean - Ngepre</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Belanja Feasibility Study Fly Over Simpang Lima Kenanten</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan Feasibility Study Fly Over Simpang Lima Kenanten</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Belanja DED Perencanaan Preservasi Ruas Jalan Dlanggu - Ketidur</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Preservasi Ruas Jalan Dlanggu - Ketidur</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Belanja DED Perencanaan Preservasi Ruas Jalan Lebaksono - Slep</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Preservasi Jalan Ruas Jalan Lebaksono - Slepi</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Belanja DED Perencanaan Preservasi Ruas Jalan Pacing - Pacet</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Preservasi Jalan Ruas Jalan Pacing - Pacet</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja DED Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Kepuhanyar - Ngimbangan</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Kepuhanyar - Ngimbangan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja DED Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Tegalan - Sidolegi</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Tegalan - Sidolegi</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja DED Perencanaan Rekonstruksi Ruas Jalan Pekukuhan - Ngoro</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Rekonstruksi Ruas Jalan Pekukuhan - Ngoro</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja DED Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Parengan - Lakardowo</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Parengan - Lakardowo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja DED Perencanaan Pelebaran Jalan Menuju Standar Ruas Jalan Watesnegoro - Kunjorowesi</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Pelebaran Jalan Menuju Standar Ruas Jalan Watesnegoro - Kunjorowesi</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Belanja DED Perencanaan Pembangunan Jembatan Klanting (Di Ruas Jalan Beru - Gunungan)</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Pembangunan Jembatan Klanting (Di Ruas Jalan Beru - Gunungan)</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jembatan pada Jalan Kabupaten - Belanja DED Perencanaan Pembangunan Jembatan Lolawang I (Di Ruas Jalan Pekukuhan - Ngoro)</t>
+  </si>
+  <si>
+    <t>Melaksanakan Penyusunan DED Perencanaan Teknis Pembangunan Jembatan Lolawang I (Di Ruas Jalan Pekukuhan - Ngoro)</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Ruas Jalan Puloniti - Sumberkarang (P-APBD)</t>
+  </si>
+  <si>
+    <t>31/08/2025 23:49:19</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Puloniti - Sumberkarang</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Ruas Jalan Ngrame - Sukoanyar (P-APBD)</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Ruas Jalan Ngrame - Sukoanyar (P-APBD)</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 250.000.001 S/D 300.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Ruas Jalan Baureno - Sumberjati (P-APBD)</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Baureno - Sumberjati</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Ruas Jalan Sampangagung - Kuripansari (P-APBD)</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Sampangagung - Kuripansari</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Perencanaan Rehabilitasi Ruas Jalan Ngembeh - Payungrejo (P-APBD)</t>
+  </si>
+  <si>
+    <t>Melakukan pekerjaan perancangan teknis pekerjaan Rehabilitasi Jalan Ruas Jalan Ngembeh - Payungrejo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Ruas Jalan Sampangagung - Kuripansari (P-APBD)</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konsultanasi Pengawasan Tenis Rehabilitasi Jalan Ruas Jalan Sampangagung - Kuripansari</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis Spesifikasi : 250.000.001 S/D 300.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Ruas Jalan Puloniti - Sumberkarang (P-APBD)</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konsultanasi Pengawasan Tenis Rehabilitasi Jalan Ruas Jalan Puloniti - Sumberkarang</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Ruas Jalan Ngrame - Sukoanyar (P-APBD)</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konsultanasi Pengawasan Tenis Rehabilitasi Jalan Ruas Jalan Ngrame - Sukoanyar</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Ruas Jalan Ngembeh - Payungrejo (P-APBD)</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konsultanasi Pengawasan Tenis Rehabilitasi Jalan Ruas Jalan Ngembeh - Payungrejo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rehabilitasi Ruas Jalan Baureno - Sumberjati (P-APBD)</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konsultanasi Pengawasan Tenis Rehabilitasi Jalan Ruas Jalan Baureno - Sumberjati</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Perencanaan Teknis Peningkatan Sistem Drainase Lingkungan Dsn. Gebangsari Desa Gebangsari Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>02/09/2025</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:04:01</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis</t>
+  </si>
+  <si>
+    <t>Spesifikasi : 150.000.001 S/D 200.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Pengawasan Teknis Peningkatan Sistem Drainase Lingkungan Dsn. Gebangsari Desa Gebangsari Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>20/10/2025 13:48:03</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembuang Air Kotor - Peningkatan Sistem Drainase Lingkungan Dsn. Gebangsari Desa Gebangsari Kec. Jatirejo</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
+  </si>
+  <si>
+    <t>82 M1</t>
+  </si>
+  <si>
+    <t>Pembangunan Saluran Drainase</t>
+  </si>
+  <si>
+    <t>Pekerjaan saluran terbuka dan tertutup U-Ditch 80.80.120 cm</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Ruas Jalan Sampangagung - Kuripansari</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:12:14</t>
+  </si>
+  <si>
+    <t>104 M1</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Sampangagung - Kuripansari</t>
+  </si>
+  <si>
+    <t>1 M1 Penahan Jalan Tipe 4 (2 - 2,5 Meter) Spesifikasi : -</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Ruas Jalan Ngembeh - Payungrejo</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:12:09</t>
+  </si>
+  <si>
+    <t>98 M1</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Ngembeh - Payungrejo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Ruas Jalan Baureno - Sumberjati</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:11:57</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Baureno - Sumberjati</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Ruas Jalan Ngrame - Sukoanyar</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:11:51</t>
+  </si>
+  <si>
+    <t>90 M1</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Ngrame - Sukoanyar</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rehabilitasi Ruas Jalan Puloniti - Sumberkarang</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:11:40</t>
+  </si>
+  <si>
+    <t>77 M1</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rehabilitasi Jalan Ruas Jalan Puloniti - Sumberkarang</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rekonstruksi Ruas Jalan Srigading - Kesemen</t>
+  </si>
+  <si>
+    <t>01/12/2030</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:14:46</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rekonstruksi Ruas Jalan Srigading - Kesemen</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) : 1303 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Belanja Pengawasan Rekonstruksi Ruas Jalan Banjarsari - Japanan</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:15:25</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Pengawasan Teknis Rekonstruksi Ruas Jalan Banjarsari - Japanan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rekonstruksi Ruas Jalan Ngarjo - Sadartengah</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:17:50</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rekonstruksi Ruas Jalan Ngarjo - Sadartengah</t>
+  </si>
+  <si>
+    <t>Aspal 2 Lapis (hrs L Tebal 4 Cm + Acbc L Tebal 6 Cm) : 4770 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pemeliharaan Berkala Ruas Jalan Swideng - Pakis (SILPA IF)</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:17:55</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan Swideng - Pakis</t>
+  </si>
+  <si>
+    <t>- 1 M2 Pemeliharaan Jalan Aspal Tipe C : 3526 M2 - Aspal 2 Lapis (hrs L Tebal 4 Cm + Acbc L Tebal 6 Cm + Agregat Kelas A 20 Cm) : 500 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pemeliharaan Berkala Ruas Jalan Purworejo - Purworejo</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:18:00</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan Purworejo - Purworejo</t>
+  </si>
+  <si>
+    <t>Aspal 2 Lapis (hrs L Tebal 4 Cm + Acbc L Tebal 6 Cm + Agregat Kelas A 20 Cm) : 511 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pemeliharaan Berkala Ruas Jalan Pasinan - Pohkecik (SILPA DAU EARMACK)</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:18:57</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pemeliharaan Berkala Ruas Jalan Pasinan - Pohkecik</t>
+  </si>
+  <si>
+    <t>1 M2 Pemeliharaan Jalan Overlay Tipe A : 3255 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Rekonstruksi Ruas Jalan Banjarsari - Japanan</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:22:40</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Rekonstruksi Ruas Jalan Banjarsari - Japanan</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) + Wiremesh M8 : 2339 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Parengan - Lakardowo</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:22:42</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Parengan - Lakardowo</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) + Wiremesh M8 : 1465 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Mojowono - Mojogebang</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:22:43</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Mojowono - Mojogebang</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) + Wiremesh M8 : 2110 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Mojokarang - Kalen</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:22:45</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Mojokarang - Kalen</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) : 2099 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Puri - Randugenengan</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:22:46</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Puri - Randugenengan</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) : 1202 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Watesnegoro - Kembangsri</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:22:48</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Watesnegoro - Kembangsri</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) : 1191 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Ngastemi - Peterongan</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:22:50</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Ngastemi - Peterongan</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) : 1541 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Pangi - Jembul (SILPA IF)</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:22:52</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Pangi - Jembul</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) : 1462 M2</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten - Pelebaran Jalan Menuju Standar Ruas Jalan Jambangan - Jambangan</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:24:24</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Konstruksi Pelebaran Jalan Menuju Standar Ruas Jalan Jambangan - Jambangan</t>
+  </si>
+  <si>
+    <t>Jalan Beton Fs-40 25cm (termasuk Leveling Dan Finishing) : 1505 M2</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - PEMBANGUNAN PAGAR Ex RBU</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>10/09/2025 07:59:06</t>
+  </si>
+  <si>
+    <t>Melaksanakan pembangunan fisik pagar dan utilitas lainnya pada lokasi Ex RBU</t>
+  </si>
+  <si>
+    <t>pembangunan fisik pagar dan utilias lainnya</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - REHABILITASI BANGUNAN GEDUNG DIKLAT KABUPATEN MOJOKERTO</t>
+  </si>
+  <si>
+    <t>10/09/2025 07:58:29</t>
+  </si>
+  <si>
+    <t>Melaksanakan pekerjaan fisik rehabilitasi gedung Balai Diklat Gedeg, anatar lain : Pembangunan aula dan rehabilitasi sarana penunjang pada kawasan balai diklat gedeg</t>
+  </si>
+  <si>
+    <t>pembangunan fisik pekerjaan</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - BIAYA PENGAWASAN TEKNIS - PEMBANGUNAN PAGAR Ex RBU</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>25/09/2025 13:20:40</t>
+  </si>
+  <si>
+    <t>Melakukan Pengawasan terhadap paket pekerjaan Rehabilitasi pagar Ex RBU, melakukan pengawasan terhadap progres pekerjaan, membuat laporan pekerjaan dan dokumentasi kegiatan, serta membatu PPK dalam melakukan monitoring dan evaluasi di lapangan</t>
+  </si>
+  <si>
+    <t>Pengawasan terhadap paket pekerjaan Rehabilitasi Pagar Ex. RBU</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG KANTOR - BIAYA PENGAWASAN TEKNIS - REHABILITASI BANGUNAN GEDUNG DIKLAT KABUPATEN MOJOKERTO</t>
+  </si>
+  <si>
+    <t>25/09/2025 13:20:50</t>
+  </si>
+  <si>
+    <t>Melakukan Pengawasan terhadap paket pekerjaan rehabilitasi gedung diklat Gedeg, melakukan pengawasan terhadap progres pekerjaan, membuat laporan pekerjaan dan dokumentasi kegiatan, serta membatu PPK dalam melakukan monitoring dan evaluasi di lapangan</t>
+  </si>
+  <si>
+    <t>Pengawasan teknis rehabilitasi gedung diklat di Gedeg</t>
+  </si>
+  <si>
+    <t>BELANJA MODAL BANGUNAN GEDUNG TEMPAT OLAHRAGA - BIAYA PENGAWASAN TEKNIS - REHABILITASI SARANA GOR dan STADION MOJOSARI</t>
+  </si>
+  <si>
+    <t>25/09/2025 13:20:30</t>
+  </si>
+  <si>
+    <t>Melakukan Pengawasan terhadap paket pekerjaan REHABILITASI SARANA GOR dan STADION MOJOSARI, melakukan pengawasan terhadap progres pekerjaan, membuat laporan pekerjaan dan dokumentasi kegiatan, serta membatu PPK dalam melakukan monitoring dan evaluasi di lapangan</t>
+  </si>
+  <si>
+    <t>Pengawasan pekerjaan fisik lapangan dan utilias</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Konstruksi - Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Penyusunan Rencana Teknis dan Dokumen Lingkungan Hidup untuk Konstruksi Bendungan, Embung, dan Bangunan Penampung Air Lainnya - Kajian Potensi Sumur Pompa Air Tanah</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>19/09/2025 14:56:49</t>
+  </si>
+  <si>
+    <t>Kajian Potensi Sumur Pompa Air Tanah</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Desain Rekayasa Lainnya - Belanja Jasa Konsultansi Penyusunan Dokumen Survey Kondisi Jalan</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>24/09/2025 10:15:00</t>
+  </si>
+  <si>
+    <t>Melakukan Pekerjaan Survey Kondisi Jalan di Wilayah Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Desain Rekayasa Lainnya - Belanja Jasa Konsultansi Penyusunan Dokumen Survey Kondisi Jembatan</t>
+  </si>
+  <si>
+    <t>Melakukan Survey Kondisi Jembatan pada Ruas Jalan Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Desain Rekayasa Lainnya - Jasa Konsultansi Kajian Teknis dan Reviu Perencanaan Pembangunan IPAL Skala Permukiman Desa Kedungmaling Kec. Sooko Penanganan Permukiman Kumuh Terpadu</t>
+  </si>
+  <si>
+    <t>26/09/2025</t>
+  </si>
+  <si>
+    <t>28/09/2025 21:50:04</t>
+  </si>
+  <si>
+    <t>1.000.000.001 S/D 1.500.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Rekayasa-Jasa Desain Rekayasa untuk Pekerjaan Teknik Sipil Air - DED Perencanaan Teknis Perluasan SPAM Desa Kepuhanyar Kec. Mojoanyar</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025 19:55:17</t>
+  </si>
+  <si>
+    <t>Penyusunan DED Perencanaan Teknis Perluasan SPAM Desa Kepuhanyar Kec. Mojoanyar</t>
+  </si>
+  <si>
+    <t>dokumen DED Perencanaan Teknis Perluasan SPAM Desa Kepuhanyar Kec. Mojoanyar</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Air-Bangunan Air Irigasi-Bangunan Pembawa Irigasi - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Penanganan Operasi dan Pemeliharaan Jaringan Irigasi</t>
+  </si>
+  <si>
+    <t>10/10/2025</t>
+  </si>
+  <si>
+    <t>13/10/2025 08:38:53</t>
+  </si>
+  <si>
+    <t>Penanganan Operasi dan Pemeliharaan Jaringan Irigasi di Kabupaten Mojokerto</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Pembawa Irigasi - DED Rehabilitasi Bendung Jatidukuh</t>
+  </si>
+  <si>
+    <t>13/10/2025 08:38:36</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan DED Rehabilitasi Bendung Jatidukuh</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural-DED Rehabilitasi Jaringan Irigasi D.I Turi</t>
+  </si>
+  <si>
+    <t>13/10/2025 08:38:28</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Perencanaan Paket Rehabilitasi Jaringan Irigasi D.I Turi</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Belanja Feasibility Syudy Pembangunan Jembatan Turi I - Leminggir (Di Ruas Jalan Kepuhanyar Ngimbangan)</t>
+  </si>
+  <si>
+    <t>13/10/2025</t>
+  </si>
+  <si>
+    <t>13/10/2025 08:49:02</t>
+  </si>
+  <si>
+    <t>Melakukan Penyusuna DED Perencanaan teknis Pembangunan Jembatan Turi I - Leminggir</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis Spesifikasi : 2.000.000.001 S/D 2.500.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Air-Bangunan Air Irigasi-Bangunan Pembawa Irigasi - Penanganan Operasi dan Pemeliharaan Jaringan Irigasi PAPBD</t>
+  </si>
+  <si>
+    <t>16/10/2025</t>
+  </si>
+  <si>
+    <t>16/10/2025 09:36:01</t>
+  </si>
+  <si>
+    <t>Penanganan Operasi dan Pemeliharaan Jaringan Irigasi PAPBD 1 m' Saluran Dengan Batu kali h = 0.70 m (Tegak Depan)</t>
+  </si>
+  <si>
+    <t>Spesifikasi : -</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Air-Bangunan Air Irigasi-Bangunan Air Irigasi Lainnya - Operasi dan Pemeliharaan Embung dan Penampung Air Lainnya</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025 09:26:08</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Air pada Sub Kegiatan Operasi dan Pemeliharaan Embung dan Penampung Air Lainnya</t>
+  </si>
+  <si>
+    <t>1 m' Saluran Dengan Batu kali h = 4.00 m (Tegak Depan).</t>
+  </si>
+  <si>
     <t>Belanja Pemeliharaan Bangunan Air-Bangunan Air Irigasi-Bangunan Air Irigasi Lainnya - Operasi dan Pemeliharaan Jaringan Irigasi Permukaan - Pemeliharaan Pintu Air Irigasi</t>
   </si>
   <si>
-    <t>27/12/2024</t>
+    <t>29/10/2025 09:26:28</t>
   </si>
   <si>
     <t>Pemeliharaan Pintu Air Irigasi pada Sub Kegiatan Operasi dan Pemeliharaan Jaringan Irigasi Permukaan</t>
   </si>
   <si>
     <t>Pembuatan 1 Buah Pintu Air Bendung Tipe C5; Pembuatan 1 Buah Pintu Air Bendung Tipe C3; Pembuatan 1 Buah Pintu Air Bendung Tipe C2.</t>
   </si>
   <si>
-    <t>Belanja Jasa Konsultansi Perencanaan Arsitektur-Jasa Desain Arsitektural - Pendataan Kelaikan Bangunan Gedung Negara di Kec. Kutorejo</t>
-[...2672 lines deleted...]
-    <t>1 m' Saluran Dengan Batu kali h = 4.00 m (Tegak Depan).</t>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Peningkatan Sistem Drainase Perkotaan PAPBD</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025 09:25:56</t>
+  </si>
+  <si>
+    <t>belanja makanan dan minuman rapat</t>
+  </si>
+  <si>
+    <t>belanja makanan dan minuman rapat (nasi kotak, snack, prasmanan)</t>
+  </si>
+  <si>
+    <t>Belanja Alat Tulis Kantor dan Kertas Penyelenggaraan Jalan Kabupaten/Kota (PAPBD)</t>
+  </si>
+  <si>
+    <t>17/11/2025</t>
+  </si>
+  <si>
+    <t>17/11/2025 13:55:59</t>
+  </si>
+  <si>
+    <t>Belanja ATK dan kertas</t>
+  </si>
+  <si>
+    <t>"Ballpoint Spesifikasi: 4 Warna" 13 Buah "Ballpoint Spesifikasi: Tulis" 10 Buah "container box Spesifikasi: kapasitas 95 l, bahan plastik dengan penutup" 5 Buah "Spidol Spesifikasi: Besar" 10 Buah "Tipe-X / Correction Spesifikasi: Cair" 6 Buah</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Komputer Penyelenggaraan Jalan Kabupaten/Kota (PAPBD)</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Kelengkapan Komputer dan Printer</t>
+  </si>
+  <si>
+    <t>"Catriage Printer Spesifikasi: Tinta Cair" 1 Buah "Flash Disk Spesifikasi: 8gb" 3 Buah "Mouse Spesifikasi: Wireless" 2 Buah "Tinta Printer Spesifikasi: Tinta Cair 70 Ml" 4 Botol "Tinta Printer Spesifikasi: Toner Hitam, 500 Gram" "4 Per Bungkus"</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3914,54 +4001,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y360"/>
+  <dimension ref="A1:Y366"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E360" sqref="E360:Y360"/>
+      <selection activeCell="E366" sqref="E366:Y366"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="327.92" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -9356,21603 +9443,22053 @@
       <c r="S72" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T72" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U72" s="4"/>
       <c r="V72" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W72" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X72" s="4" t="s">
         <v>269</v>
       </c>
       <c r="Y72" s="4" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>53991037</v>
+        <v>54177405</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>270</v>
       </c>
       <c r="D73" s="6">
-        <v>197511000</v>
+        <v>100000000</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G73" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H73" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="J73" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="I73" s="5" t="s">
+      <c r="K73" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="L73" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="J73" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M73" s="5" t="s">
-        <v>268</v>
+        <v>91</v>
       </c>
       <c r="N73" s="5" t="s">
         <v>271</v>
       </c>
       <c r="O73" s="5" t="s">
-        <v>146</v>
+        <v>272</v>
       </c>
       <c r="P73" s="4" t="s">
-        <v>147</v>
+        <v>273</v>
       </c>
       <c r="Q73" s="4" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="R73" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S73" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T73" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U73" s="4"/>
       <c r="V73" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W73" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X73" s="4" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="Y73" s="4" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>54177405</v>
+        <v>54198288</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D74" s="6">
-        <v>100000000</v>
+        <v>21000000</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F74" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>158</v>
+        <v>56</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>91</v>
+        <v>157</v>
       </c>
       <c r="L74" s="5" t="s">
         <v>158</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N74" s="5" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="O74" s="5" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="P74" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q74" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R74" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S74" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T74" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U74" s="4"/>
       <c r="V74" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W74" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X74" s="4" t="s">
         <v>279</v>
       </c>
       <c r="Y74" s="4" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:25">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>54198288</v>
+        <v>54198441</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>281</v>
       </c>
       <c r="D75" s="6">
         <v>21000000</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>157</v>
       </c>
       <c r="L75" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N75" s="5" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="O75" s="5" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P75" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q75" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R75" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S75" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T75" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U75" s="4"/>
       <c r="V75" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W75" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X75" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="Y75" s="4" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="76" spans="1:25">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>54198441</v>
+        <v>54198524</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D76" s="6">
-        <v>21000000</v>
+        <v>100000000</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F76" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H76" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>157</v>
       </c>
       <c r="L76" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N76" s="5" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="O76" s="5" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P76" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q76" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R76" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S76" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T76" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U76" s="4"/>
       <c r="V76" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W76" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X76" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="Y76" s="4" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="77" spans="1:25">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>54198524</v>
+        <v>54198624</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D77" s="6">
-        <v>100000000</v>
+        <v>4381025520</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F77" s="4" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="G77" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>56</v>
+        <v>157</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>56</v>
+        <v>157</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>157</v>
+        <v>91</v>
       </c>
       <c r="L77" s="5" t="s">
-        <v>158</v>
+        <v>91</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>91</v>
+        <v>288</v>
       </c>
       <c r="N77" s="5" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="O77" s="5" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P77" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q77" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R77" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S77" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T77" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U77" s="4"/>
       <c r="V77" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W77" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X77" s="4" t="s">
         <v>289</v>
       </c>
       <c r="Y77" s="4" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:25">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>54198624</v>
+        <v>54221799</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>291</v>
       </c>
       <c r="D78" s="6">
-        <v>4381025520</v>
+        <v>45000000</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F78" s="4" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="G78" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="I78" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K78" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="J78" s="5" t="s">
+      <c r="L78" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="K78" s="5" t="s">
+      <c r="M78" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="L78" s="5" t="s">
-[...2 lines deleted...]
-      <c r="M78" s="5" t="s">
+      <c r="N78" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="N78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O78" s="5" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P78" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q78" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R78" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S78" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T78" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U78" s="4"/>
       <c r="V78" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W78" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X78" s="4" t="s">
         <v>293</v>
       </c>
       <c r="Y78" s="4" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="79" spans="1:25">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>54221799</v>
+        <v>54222334</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>295</v>
       </c>
       <c r="D79" s="6">
-        <v>45000000</v>
+        <v>998133865</v>
       </c>
       <c r="E79" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F79" s="4" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="G79" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>30</v>
+        <v>157</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>30</v>
+        <v>157</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>157</v>
+        <v>91</v>
       </c>
       <c r="L79" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>91</v>
+        <v>288</v>
       </c>
       <c r="N79" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O79" s="5" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P79" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q79" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R79" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S79" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T79" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U79" s="4"/>
       <c r="V79" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W79" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X79" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="Y79" s="4" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="80" spans="1:25">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>54222334</v>
+        <v>54223575</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="D80" s="6">
-        <v>998133865</v>
+        <v>82500000</v>
       </c>
       <c r="E80" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F80" s="4" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="G80" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="I80" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K80" s="5" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="L80" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M80" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="N80" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="N80" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O80" s="5" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P80" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q80" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R80" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S80" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T80" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U80" s="4"/>
       <c r="V80" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W80" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X80" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="Y80" s="4" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="81" spans="1:25">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>54223575</v>
+        <v>54224230</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D81" s="6">
-        <v>82500000</v>
+        <v>2608164720</v>
       </c>
       <c r="E81" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F81" s="4" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="G81" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>30</v>
+        <v>157</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>30</v>
+        <v>157</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>157</v>
+        <v>91</v>
       </c>
       <c r="L81" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>91</v>
+        <v>288</v>
       </c>
       <c r="N81" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O81" s="5" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P81" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q81" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R81" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S81" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T81" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U81" s="4"/>
       <c r="V81" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W81" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X81" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="Y81" s="4" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="82" spans="1:25">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>54224230</v>
+        <v>54225104</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="D82" s="6">
-        <v>2608164720</v>
+        <v>199469952</v>
       </c>
       <c r="E82" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F82" s="4" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="G82" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H82" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L82" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M82" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N82" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="N82" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O82" s="5" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P82" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q82" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R82" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S82" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T82" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U82" s="4"/>
       <c r="V82" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W82" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X82" s="4" t="s">
         <v>306</v>
       </c>
       <c r="Y82" s="4" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="83" spans="1:25">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>54225104</v>
+        <v>54225447</v>
       </c>
       <c r="C83" s="4" t="s">
         <v>308</v>
       </c>
       <c r="D83" s="6">
-        <v>199469952</v>
+        <v>45000000</v>
       </c>
       <c r="E83" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G83" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="I83" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K83" s="5" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="L83" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>309</v>
+        <v>91</v>
       </c>
       <c r="N83" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O83" s="5" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="P83" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q83" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R83" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S83" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T83" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U83" s="4"/>
       <c r="V83" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W83" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X83" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="Y83" s="4" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="84" spans="1:25">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>54225447</v>
+        <v>54455018</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="D84" s="6">
-        <v>45000000</v>
+        <v>33000000</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G84" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>157</v>
+        <v>56</v>
       </c>
       <c r="L84" s="5" t="s">
-        <v>157</v>
+        <v>61</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>91</v>
+        <v>260</v>
       </c>
       <c r="N84" s="5" t="s">
-        <v>296</v>
+        <v>312</v>
       </c>
       <c r="O84" s="5" t="s">
-        <v>282</v>
+        <v>313</v>
       </c>
       <c r="P84" s="4" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="Q84" s="4" t="s">
-        <v>278</v>
+        <v>35</v>
       </c>
       <c r="R84" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S84" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T84" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U84" s="4"/>
       <c r="V84" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W84" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X84" s="4" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="Y84" s="4" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="85" spans="1:25">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>54455018</v>
+        <v>54455152</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D85" s="6">
-        <v>33000000</v>
+        <v>100000000</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G85" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L85" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N85" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O85" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P85" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q85" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R85" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S85" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T85" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U85" s="4"/>
       <c r="V85" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W85" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X85" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y85" s="4" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="86" spans="1:25">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>54455152</v>
+        <v>54455270</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="D86" s="6">
         <v>100000000</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L86" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N86" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O86" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P86" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q86" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R86" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S86" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T86" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U86" s="4"/>
       <c r="V86" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W86" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X86" s="4" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="Y86" s="4" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="87" spans="1:25">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>54455270</v>
+        <v>54455430</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D87" s="6">
-        <v>100000000</v>
+        <v>57000000</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L87" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N87" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O87" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P87" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q87" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R87" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S87" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T87" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U87" s="4"/>
       <c r="V87" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W87" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X87" s="4" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="Y87" s="4" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="88" spans="1:25">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>54455430</v>
+        <v>54455449</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="D88" s="6">
         <v>57000000</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G88" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L88" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N88" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O88" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P88" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q88" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R88" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S88" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T88" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U88" s="4"/>
       <c r="V88" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W88" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X88" s="4" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="Y88" s="4" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
     </row>
     <row r="89" spans="1:25">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>54455449</v>
+        <v>54455640</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="D89" s="6">
-        <v>57000000</v>
+        <v>100000000</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L89" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N89" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O89" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P89" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q89" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R89" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S89" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T89" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U89" s="4"/>
       <c r="V89" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W89" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X89" s="4" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="Y89" s="4" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
     </row>
     <row r="90" spans="1:25">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>54455640</v>
+        <v>54455653</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="D90" s="6">
-        <v>100000000</v>
+        <v>33000000</v>
       </c>
       <c r="E90" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L90" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N90" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O90" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P90" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R90" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S90" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T90" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U90" s="4"/>
       <c r="V90" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W90" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X90" s="4" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="Y90" s="4" t="s">
-        <v>322</v>
+        <v>315</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>54455653</v>
+        <v>54455660</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="D91" s="6">
         <v>33000000</v>
       </c>
       <c r="E91" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L91" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N91" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O91" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P91" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R91" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S91" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T91" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U91" s="4"/>
       <c r="V91" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W91" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X91" s="4" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="Y91" s="4" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>54455660</v>
+        <v>54455794</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="D92" s="6">
-        <v>33000000</v>
+        <v>9000000</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F92" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L92" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N92" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O92" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P92" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R92" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S92" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T92" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U92" s="4"/>
       <c r="V92" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W92" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X92" s="4" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="Y92" s="4" t="s">
-        <v>319</v>
+        <v>334</v>
       </c>
     </row>
     <row r="93" spans="1:25">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>54455794</v>
+        <v>54455870</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="D93" s="6">
         <v>9000000</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F93" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L93" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N93" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O93" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P93" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S93" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T93" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U93" s="4"/>
       <c r="V93" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W93" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X93" s="4" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="Y93" s="4" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
     </row>
     <row r="94" spans="1:25">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>54455870</v>
+        <v>54455876</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="D94" s="6">
-        <v>9000000</v>
+        <v>15000000</v>
       </c>
       <c r="E94" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F94" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G94" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L94" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N94" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O94" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P94" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q94" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R94" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S94" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T94" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U94" s="4"/>
       <c r="V94" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W94" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X94" s="4" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="Y94" s="4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="95" spans="1:25">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>54455876</v>
+        <v>54456083</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="D95" s="6">
         <v>15000000</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L95" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N95" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O95" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P95" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q95" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R95" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S95" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T95" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U95" s="4"/>
       <c r="V95" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W95" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X95" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="Y95" s="4" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="96" spans="1:25">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>54456083</v>
+        <v>54456101</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="D96" s="6">
         <v>15000000</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F96" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L96" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N96" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O96" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P96" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q96" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R96" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S96" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T96" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U96" s="4"/>
       <c r="V96" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W96" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X96" s="4" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="Y96" s="4" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
     </row>
     <row r="97" spans="1:25">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>54456101</v>
+        <v>54456190</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="D97" s="6">
-        <v>15000000</v>
+        <v>24000000</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F97" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L97" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N97" s="5" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O97" s="5" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P97" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R97" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S97" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T97" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U97" s="4"/>
       <c r="V97" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W97" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X97" s="4" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="Y97" s="4" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
     </row>
     <row r="98" spans="1:25">
       <c r="A98" s="5">
         <v>97</v>
       </c>
       <c r="B98" s="5">
-        <v>54456190</v>
+        <v>54557268</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="D98" s="6">
-        <v>24000000</v>
+        <v>100000000</v>
       </c>
       <c r="E98" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L98" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N98" s="5" t="s">
-        <v>316</v>
+        <v>349</v>
       </c>
       <c r="O98" s="5" t="s">
-        <v>317</v>
+        <v>350</v>
       </c>
       <c r="P98" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R98" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S98" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T98" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U98" s="4"/>
       <c r="V98" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W98" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X98" s="4" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="Y98" s="4" t="s">
-        <v>351</v>
+        <v>318</v>
       </c>
     </row>
     <row r="99" spans="1:25">
       <c r="A99" s="5">
         <v>98</v>
       </c>
       <c r="B99" s="5">
-        <v>54557268</v>
+        <v>54557401</v>
       </c>
       <c r="C99" s="4" t="s">
         <v>352</v>
       </c>
       <c r="D99" s="6">
-        <v>100000000</v>
+        <v>95000000</v>
       </c>
       <c r="E99" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F99" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G99" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H99" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="L99" s="5" t="s">
-        <v>61</v>
+        <v>157</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="N99" s="5" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="O99" s="5" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="P99" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R99" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S99" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T99" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U99" s="4"/>
       <c r="V99" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W99" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X99" s="4" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="Y99" s="4" t="s">
-        <v>322</v>
+        <v>354</v>
       </c>
     </row>
     <row r="100" spans="1:25">
       <c r="A100" s="5">
         <v>99</v>
       </c>
       <c r="B100" s="5">
-        <v>54557401</v>
+        <v>54597864</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="D100" s="6">
-        <v>95000000</v>
+        <v>475000000</v>
       </c>
       <c r="E100" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F100" s="4" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="L100" s="5" t="s">
-        <v>157</v>
+        <v>57</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N100" s="5" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="O100" s="5" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="P100" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R100" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S100" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T100" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U100" s="4"/>
       <c r="V100" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W100" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X100" s="4" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="Y100" s="4" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="101" spans="1:25">
       <c r="A101" s="5">
         <v>100</v>
       </c>
       <c r="B101" s="5">
-        <v>54597864</v>
+        <v>54611134</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D101" s="6">
-        <v>475000000</v>
+        <v>87500000</v>
       </c>
       <c r="E101" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F101" s="4" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="G101" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H101" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L101" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
       <c r="N101" s="5" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="O101" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P101" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q101" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R101" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S101" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T101" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U101" s="4"/>
       <c r="V101" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W101" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X101" s="4" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="Y101" s="4" t="s">
-        <v>363</v>
+        <v>45</v>
       </c>
     </row>
     <row r="102" spans="1:25">
       <c r="A102" s="5">
         <v>101</v>
       </c>
       <c r="B102" s="5">
-        <v>54611134</v>
+        <v>54611596</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="D102" s="6">
-        <v>87500000</v>
+        <v>105000000</v>
       </c>
       <c r="E102" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F102" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H102" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L102" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N102" s="5" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="O102" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P102" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R102" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S102" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T102" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U102" s="4"/>
       <c r="V102" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W102" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X102" s="4" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="Y102" s="4" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="103" spans="1:25">
       <c r="A103" s="5">
         <v>102</v>
       </c>
       <c r="B103" s="5">
-        <v>54611596</v>
+        <v>54612605</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="D103" s="6">
-        <v>105000000</v>
+        <v>87500000</v>
       </c>
       <c r="E103" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F103" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G103" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H103" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J103" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L103" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N103" s="5" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="O103" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P103" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q103" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R103" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S103" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T103" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U103" s="4"/>
       <c r="V103" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W103" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X103" s="4" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="Y103" s="4" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
     </row>
     <row r="104" spans="1:25">
       <c r="A104" s="5">
         <v>103</v>
       </c>
       <c r="B104" s="5">
-        <v>54612605</v>
+        <v>54613001</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="D104" s="6">
-        <v>87500000</v>
+        <v>27500000</v>
       </c>
       <c r="E104" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F104" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G104" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L104" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N104" s="5" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="O104" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P104" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q104" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R104" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S104" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T104" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U104" s="4"/>
       <c r="V104" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W104" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X104" s="4" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="Y104" s="4" t="s">
-        <v>45</v>
+        <v>368</v>
       </c>
     </row>
     <row r="105" spans="1:25">
       <c r="A105" s="5">
         <v>104</v>
       </c>
       <c r="B105" s="5">
-        <v>54613001</v>
+        <v>54613791</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="D105" s="6">
-        <v>27500000</v>
+        <v>2185595000</v>
       </c>
       <c r="E105" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G105" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J105" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L105" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="N105" s="5" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="O105" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P105" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q105" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R105" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S105" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T105" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U105" s="4"/>
       <c r="V105" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W105" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X105" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="Y105" s="4" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="106" spans="1:25">
       <c r="A106" s="5">
         <v>105</v>
       </c>
       <c r="B106" s="5">
-        <v>54613791</v>
+        <v>54614651</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="D106" s="6">
-        <v>2185595000</v>
+        <v>2317876125</v>
       </c>
       <c r="E106" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F106" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G106" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H106" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L106" s="5" t="s">
         <v>57</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>69</v>
       </c>
       <c r="N106" s="5" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="O106" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P106" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q106" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R106" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S106" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T106" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U106" s="4"/>
       <c r="V106" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W106" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X106" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="Y106" s="4" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="107" spans="1:25">
       <c r="A107" s="5">
         <v>106</v>
       </c>
       <c r="B107" s="5">
-        <v>54614651</v>
+        <v>54615296</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="D107" s="6">
-        <v>2317876125</v>
+        <v>4223000000</v>
       </c>
       <c r="E107" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F107" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G107" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H107" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L107" s="5" t="s">
         <v>57</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>69</v>
       </c>
       <c r="N107" s="5" t="s">
-        <v>360</v>
+        <v>376</v>
       </c>
       <c r="O107" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P107" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q107" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R107" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S107" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T107" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U107" s="4"/>
       <c r="V107" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W107" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X107" s="4" t="s">
         <v>377</v>
       </c>
       <c r="Y107" s="4" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="108" spans="1:25">
       <c r="A108" s="5">
         <v>107</v>
       </c>
       <c r="B108" s="5">
-        <v>54615296</v>
+        <v>54615574</v>
       </c>
       <c r="C108" s="4" t="s">
         <v>379</v>
       </c>
       <c r="D108" s="6">
-        <v>4223000000</v>
+        <v>699000000</v>
       </c>
       <c r="E108" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F108" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G108" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="J108" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L108" s="5" t="s">
         <v>57</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>69</v>
       </c>
       <c r="N108" s="5" t="s">
-        <v>380</v>
+        <v>356</v>
       </c>
       <c r="O108" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P108" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q108" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R108" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S108" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T108" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U108" s="4"/>
       <c r="V108" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W108" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X108" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="Y108" s="4" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="109" spans="1:25">
       <c r="A109" s="5">
         <v>108</v>
       </c>
       <c r="B109" s="5">
-        <v>54615574</v>
+        <v>54861250</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="D109" s="6">
-        <v>699000000</v>
+        <v>18000000</v>
       </c>
       <c r="E109" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F109" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G109" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="L109" s="5" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>69</v>
+        <v>56</v>
       </c>
       <c r="N109" s="5" t="s">
-        <v>360</v>
+        <v>383</v>
       </c>
       <c r="O109" s="5" t="s">
-        <v>361</v>
+        <v>384</v>
       </c>
       <c r="P109" s="4" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q109" s="4" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="R109" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S109" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T109" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U109" s="4"/>
       <c r="V109" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W109" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X109" s="4" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="Y109" s="4" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="110" spans="1:25">
       <c r="A110" s="5">
         <v>109</v>
       </c>
       <c r="B110" s="5">
-        <v>54861250</v>
+        <v>54862120</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D110" s="6">
-        <v>18000000</v>
+        <v>99500000</v>
       </c>
       <c r="E110" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F110" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G110" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="L110" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="N110" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="O110" s="5" t="s">
         <v>388</v>
       </c>
       <c r="P110" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q110" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R110" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S110" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T110" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U110" s="4"/>
       <c r="V110" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W110" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X110" s="4" t="s">
         <v>389</v>
       </c>
       <c r="Y110" s="4" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:25">
       <c r="A111" s="5">
         <v>110</v>
       </c>
       <c r="B111" s="5">
-        <v>54862120</v>
+        <v>54863042</v>
       </c>
       <c r="C111" s="4" t="s">
         <v>391</v>
       </c>
       <c r="D111" s="6">
         <v>99500000</v>
       </c>
       <c r="E111" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F111" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G111" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H111" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I111" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K111" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L111" s="5" t="s">
         <v>57</v>
       </c>
       <c r="M111" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N111" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="O111" s="5" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="P111" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q111" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R111" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S111" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T111" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U111" s="4"/>
       <c r="V111" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W111" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X111" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="Y111" s="4" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="112" spans="1:25">
       <c r="A112" s="5">
         <v>111</v>
       </c>
       <c r="B112" s="5">
-        <v>54863042</v>
+        <v>54863517</v>
       </c>
       <c r="C112" s="4" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="D112" s="6">
         <v>99500000</v>
       </c>
       <c r="E112" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F112" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G112" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H112" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I112" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K112" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L112" s="5" t="s">
         <v>57</v>
       </c>
       <c r="M112" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N112" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="O112" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P112" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q112" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R112" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S112" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T112" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U112" s="4"/>
       <c r="V112" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W112" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X112" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="Y112" s="4" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="113" spans="1:25">
       <c r="A113" s="5">
         <v>112</v>
       </c>
       <c r="B113" s="5">
-        <v>54863517</v>
+        <v>54863909</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="D113" s="6">
         <v>99500000</v>
       </c>
       <c r="E113" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F113" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G113" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H113" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I113" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J113" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K113" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L113" s="5" t="s">
         <v>57</v>
       </c>
       <c r="M113" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N113" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="O113" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P113" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q113" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R113" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S113" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T113" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U113" s="4"/>
       <c r="V113" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W113" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X113" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y113" s="4" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:25">
       <c r="A114" s="5">
         <v>113</v>
       </c>
       <c r="B114" s="5">
-        <v>54863909</v>
+        <v>54864269</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="D114" s="6">
         <v>99500000</v>
       </c>
       <c r="E114" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F114" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G114" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H114" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L114" s="5" t="s">
         <v>57</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N114" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="O114" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P114" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q114" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R114" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S114" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T114" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U114" s="4"/>
       <c r="V114" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W114" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X114" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="Y114" s="4" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="115" spans="1:25">
       <c r="A115" s="5">
         <v>114</v>
       </c>
       <c r="B115" s="5">
-        <v>54864269</v>
+        <v>54883108</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="D115" s="6">
-        <v>99500000</v>
+        <v>12000000</v>
       </c>
       <c r="E115" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F115" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G115" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="K115" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="L115" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="M115" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="L115" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N115" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="O115" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P115" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q115" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R115" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S115" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T115" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U115" s="4"/>
       <c r="V115" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W115" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X115" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="Y115" s="4" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="116" spans="1:25">
       <c r="A116" s="5">
         <v>115</v>
       </c>
       <c r="B116" s="5">
-        <v>54883108</v>
+        <v>54883535</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="D116" s="6">
         <v>12000000</v>
       </c>
       <c r="E116" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F116" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G116" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H116" s="5" t="s">
         <v>61</v>
       </c>
       <c r="I116" s="5" t="s">
         <v>61</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>61</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>62</v>
       </c>
       <c r="L116" s="5" t="s">
         <v>62</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>57</v>
       </c>
       <c r="N116" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="O116" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P116" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q116" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R116" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S116" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T116" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U116" s="4"/>
       <c r="V116" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W116" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X116" s="4" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="Y116" s="4" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
     </row>
     <row r="117" spans="1:25">
       <c r="A117" s="5">
         <v>116</v>
       </c>
       <c r="B117" s="5">
-        <v>54883535</v>
+        <v>54884140</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="D117" s="6">
-        <v>12000000</v>
+        <v>10000000</v>
       </c>
       <c r="E117" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F117" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G117" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="L117" s="5" t="s">
         <v>62</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>57</v>
       </c>
       <c r="N117" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="O117" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P117" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q117" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R117" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S117" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T117" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U117" s="4"/>
       <c r="V117" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W117" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X117" s="4" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="Y117" s="4" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
     </row>
     <row r="118" spans="1:25">
       <c r="A118" s="5">
         <v>117</v>
       </c>
       <c r="B118" s="5">
-        <v>54884140</v>
+        <v>54884448</v>
       </c>
       <c r="C118" s="4" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D118" s="6">
         <v>10000000</v>
       </c>
       <c r="E118" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F118" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G118" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H118" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I118" s="5" t="s">
         <v>62</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>62</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L118" s="5" t="s">
         <v>62</v>
       </c>
       <c r="M118" s="5" t="s">
         <v>57</v>
       </c>
       <c r="N118" s="5" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="O118" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P118" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q118" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R118" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S118" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T118" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U118" s="4"/>
       <c r="V118" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W118" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X118" s="4" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="Y118" s="4" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
     </row>
     <row r="119" spans="1:25">
       <c r="A119" s="5">
         <v>118</v>
       </c>
       <c r="B119" s="5">
-        <v>54884448</v>
+        <v>54957577</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="D119" s="6">
-        <v>10000000</v>
+        <v>105000000</v>
       </c>
       <c r="E119" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F119" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G119" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H119" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="L119" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="N119" s="5" t="s">
-        <v>387</v>
+        <v>376</v>
       </c>
       <c r="O119" s="5" t="s">
-        <v>388</v>
+        <v>357</v>
       </c>
       <c r="P119" s="4" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="Q119" s="4" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="R119" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S119" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T119" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U119" s="4"/>
       <c r="V119" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W119" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X119" s="4" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="Y119" s="4" t="s">
-        <v>413</v>
+        <v>48</v>
       </c>
     </row>
     <row r="120" spans="1:25">
       <c r="A120" s="5">
         <v>119</v>
       </c>
       <c r="B120" s="5">
-        <v>54957577</v>
+        <v>54957942</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="D120" s="6">
-        <v>105000000</v>
+        <v>3706072000</v>
       </c>
       <c r="E120" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F120" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G120" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H120" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I120" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L120" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="N120" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O120" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P120" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q120" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R120" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S120" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T120" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U120" s="4"/>
       <c r="V120" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W120" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X120" s="4" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="Y120" s="4" t="s">
-        <v>48</v>
+        <v>415</v>
       </c>
     </row>
     <row r="121" spans="1:25">
       <c r="A121" s="5">
         <v>120</v>
       </c>
       <c r="B121" s="5">
-        <v>54957942</v>
+        <v>54958316</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="D121" s="6">
-        <v>3706072000</v>
+        <v>105000000</v>
       </c>
       <c r="E121" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F121" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G121" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="L121" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M121" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="M121" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N121" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O121" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P121" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q121" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R121" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S121" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T121" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U121" s="4"/>
       <c r="V121" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W121" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X121" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="Y121" s="4" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="122" spans="1:25">
       <c r="A122" s="5">
         <v>121</v>
       </c>
       <c r="B122" s="5">
-        <v>54958316</v>
+        <v>54959626</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="D122" s="6">
-        <v>105000000</v>
+        <v>82000000</v>
       </c>
       <c r="E122" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F122" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G122" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H122" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K122" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L122" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M122" s="5" t="s">
         <v>57</v>
       </c>
       <c r="N122" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O122" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P122" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q122" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R122" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S122" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T122" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U122" s="4"/>
       <c r="V122" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W122" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X122" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="Y122" s="4" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="123" spans="1:25">
       <c r="A123" s="5">
         <v>122</v>
       </c>
       <c r="B123" s="5">
-        <v>54959626</v>
+        <v>54959934</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="D123" s="6">
-        <v>82000000</v>
+        <v>74388650</v>
       </c>
       <c r="E123" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F123" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G123" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H123" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L123" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M123" s="5" t="s">
         <v>57</v>
       </c>
       <c r="N123" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O123" s="5" t="s">
-        <v>361</v>
+        <v>423</v>
       </c>
       <c r="P123" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q123" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R123" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S123" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T123" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U123" s="4"/>
       <c r="V123" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W123" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X123" s="4" t="s">
         <v>424</v>
       </c>
       <c r="Y123" s="4" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="124" spans="1:25">
       <c r="A124" s="5">
         <v>123</v>
       </c>
       <c r="B124" s="5">
-        <v>54959934</v>
+        <v>54960264</v>
       </c>
       <c r="C124" s="4" t="s">
         <v>426</v>
       </c>
       <c r="D124" s="6">
-        <v>74388650</v>
+        <v>5583164000</v>
       </c>
       <c r="E124" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F124" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G124" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H124" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J124" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K124" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L124" s="5" t="s">
-        <v>56</v>
+        <v>260</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>57</v>
+        <v>427</v>
       </c>
       <c r="N124" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O124" s="5" t="s">
-        <v>427</v>
+        <v>357</v>
       </c>
       <c r="P124" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q124" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R124" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S124" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T124" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U124" s="4"/>
       <c r="V124" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W124" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X124" s="4" t="s">
         <v>428</v>
       </c>
       <c r="Y124" s="4" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="125" spans="1:25">
       <c r="A125" s="5">
         <v>124</v>
       </c>
       <c r="B125" s="5">
-        <v>54960264</v>
+        <v>54961043</v>
       </c>
       <c r="C125" s="4" t="s">
         <v>430</v>
       </c>
       <c r="D125" s="6">
-        <v>5583164000</v>
+        <v>2002000000</v>
       </c>
       <c r="E125" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F125" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G125" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H125" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J125" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K125" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L125" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="N125" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O125" s="5" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="P125" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q125" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R125" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S125" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T125" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U125" s="4"/>
       <c r="V125" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W125" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X125" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="Y125" s="4" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="126" spans="1:25">
       <c r="A126" s="5">
         <v>125</v>
       </c>
       <c r="B126" s="5">
-        <v>54961043</v>
+        <v>54961869</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="D126" s="6">
-        <v>2002000000</v>
+        <v>87500000</v>
       </c>
       <c r="E126" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F126" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G126" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="J126" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K126" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L126" s="5" t="s">
-        <v>260</v>
+        <v>56</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>431</v>
+        <v>57</v>
       </c>
       <c r="N126" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O126" s="5" t="s">
-        <v>361</v>
+        <v>434</v>
       </c>
       <c r="P126" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q126" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R126" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S126" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T126" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U126" s="4"/>
       <c r="V126" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W126" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X126" s="4" t="s">
         <v>435</v>
       </c>
       <c r="Y126" s="4" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="127" spans="1:25">
       <c r="A127" s="5">
         <v>126</v>
       </c>
       <c r="B127" s="5">
-        <v>54961869</v>
+        <v>54962036</v>
       </c>
       <c r="C127" s="4" t="s">
         <v>437</v>
       </c>
       <c r="D127" s="6">
-        <v>87500000</v>
+        <v>82000000</v>
       </c>
       <c r="E127" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F127" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G127" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H127" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I127" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J127" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K127" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L127" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M127" s="5" t="s">
         <v>57</v>
       </c>
       <c r="N127" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O127" s="5" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="P127" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q127" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R127" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S127" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T127" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U127" s="4"/>
       <c r="V127" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W127" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X127" s="4" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="Y127" s="4" t="s">
-        <v>440</v>
+        <v>421</v>
       </c>
     </row>
     <row r="128" spans="1:25">
       <c r="A128" s="5">
         <v>127</v>
       </c>
       <c r="B128" s="5">
-        <v>54962036</v>
+        <v>54962190</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D128" s="6">
-        <v>82000000</v>
+        <v>2405145556</v>
       </c>
       <c r="E128" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F128" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G128" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H128" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I128" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K128" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L128" s="5" t="s">
-        <v>56</v>
+        <v>260</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>57</v>
+        <v>427</v>
       </c>
       <c r="N128" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O128" s="5" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="P128" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q128" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R128" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S128" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T128" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U128" s="4"/>
       <c r="V128" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W128" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X128" s="4" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="Y128" s="4" t="s">
-        <v>425</v>
+        <v>441</v>
       </c>
     </row>
     <row r="129" spans="1:25">
       <c r="A129" s="5">
         <v>128</v>
       </c>
       <c r="B129" s="5">
-        <v>54962190</v>
+        <v>54962320</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="D129" s="6">
-        <v>2405145556</v>
+        <v>1943211000</v>
       </c>
       <c r="E129" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F129" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G129" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H129" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I129" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J129" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L129" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="N129" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O129" s="5" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="P129" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q129" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R129" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S129" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T129" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U129" s="4"/>
       <c r="V129" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W129" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X129" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="Y129" s="4" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="130" spans="1:25">
       <c r="A130" s="5">
         <v>129</v>
       </c>
       <c r="B130" s="5">
-        <v>54962320</v>
+        <v>54963008</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="D130" s="6">
-        <v>1943211000</v>
+        <v>225000000</v>
       </c>
       <c r="E130" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F130" s="4" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="G130" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H130" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="L130" s="5" t="s">
-        <v>260</v>
+        <v>62</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>431</v>
+        <v>91</v>
       </c>
       <c r="N130" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O130" s="5" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="P130" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q130" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R130" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S130" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T130" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U130" s="4"/>
       <c r="V130" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W130" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X130" s="4" t="s">
         <v>447</v>
       </c>
       <c r="Y130" s="4" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="131" spans="1:25">
       <c r="A131" s="5">
         <v>130</v>
       </c>
       <c r="B131" s="5">
-        <v>54963008</v>
+        <v>54963299</v>
       </c>
       <c r="C131" s="4" t="s">
         <v>449</v>
       </c>
       <c r="D131" s="6">
-        <v>225000000</v>
+        <v>105000000</v>
       </c>
       <c r="E131" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F131" s="4" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="G131" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>91</v>
+        <v>260</v>
       </c>
       <c r="L131" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>91</v>
+        <v>260</v>
       </c>
       <c r="N131" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O131" s="5" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="P131" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q131" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R131" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S131" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T131" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U131" s="4"/>
       <c r="V131" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W131" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X131" s="4" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="Y131" s="4" t="s">
-        <v>452</v>
+        <v>418</v>
       </c>
     </row>
     <row r="132" spans="1:25">
       <c r="A132" s="5">
         <v>131</v>
       </c>
       <c r="B132" s="5">
-        <v>54963299</v>
+        <v>54963454</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D132" s="6">
-        <v>105000000</v>
+        <v>82000000</v>
       </c>
       <c r="E132" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F132" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G132" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H132" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L132" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M132" s="5" t="s">
         <v>260</v>
       </c>
       <c r="N132" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O132" s="5" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="P132" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q132" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R132" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S132" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T132" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U132" s="4"/>
       <c r="V132" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W132" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X132" s="4" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="Y132" s="4" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
     </row>
     <row r="133" spans="1:25">
       <c r="A133" s="5">
         <v>132</v>
       </c>
       <c r="B133" s="5">
-        <v>54963454</v>
+        <v>54964081</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="D133" s="6">
-        <v>82000000</v>
+        <v>11378080000</v>
       </c>
       <c r="E133" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F133" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G133" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="L133" s="5" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>260</v>
+        <v>288</v>
       </c>
       <c r="N133" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O133" s="5" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="P133" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q133" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R133" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S133" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T133" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U133" s="4"/>
       <c r="V133" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W133" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X133" s="4" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="Y133" s="4" t="s">
-        <v>425</v>
+        <v>455</v>
       </c>
     </row>
     <row r="134" spans="1:25">
       <c r="A134" s="5">
         <v>133</v>
       </c>
       <c r="B134" s="5">
-        <v>54964081</v>
+        <v>54964220</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="D134" s="6">
-        <v>11378080000</v>
+        <v>3164149000</v>
       </c>
       <c r="E134" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F134" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G134" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H134" s="5" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>91</v>
+        <v>260</v>
       </c>
       <c r="L134" s="5" t="s">
-        <v>91</v>
+        <v>260</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>292</v>
+        <v>457</v>
       </c>
       <c r="N134" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O134" s="5" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="P134" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q134" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R134" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S134" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T134" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U134" s="4"/>
       <c r="V134" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W134" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X134" s="4" t="s">
         <v>458</v>
       </c>
       <c r="Y134" s="4" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="135" spans="1:25">
       <c r="A135" s="5">
         <v>134</v>
       </c>
       <c r="B135" s="5">
-        <v>54964220</v>
+        <v>54964445</v>
       </c>
       <c r="C135" s="4" t="s">
         <v>460</v>
       </c>
       <c r="D135" s="6">
-        <v>3164149000</v>
+        <v>1962400000</v>
       </c>
       <c r="E135" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F135" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G135" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H135" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J135" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K135" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L135" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="N135" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O135" s="5" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="P135" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q135" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R135" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S135" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T135" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U135" s="4"/>
       <c r="V135" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W135" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X135" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="Y135" s="4" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="136" spans="1:25">
       <c r="A136" s="5">
         <v>135</v>
       </c>
       <c r="B136" s="5">
-        <v>54964445</v>
+        <v>54967386</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="D136" s="6">
-        <v>1962400000</v>
+        <v>42000000</v>
       </c>
       <c r="E136" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F136" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G136" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H136" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>260</v>
+        <v>56</v>
       </c>
       <c r="L136" s="5" t="s">
-        <v>260</v>
+        <v>56</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>461</v>
+        <v>91</v>
       </c>
       <c r="N136" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O136" s="5" t="s">
-        <v>450</v>
+        <v>384</v>
       </c>
       <c r="P136" s="4" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q136" s="4" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="R136" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S136" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T136" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U136" s="4"/>
       <c r="V136" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W136" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X136" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="Y136" s="4" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="137" spans="1:25">
       <c r="A137" s="5">
         <v>136</v>
       </c>
       <c r="B137" s="5">
-        <v>54967386</v>
+        <v>54967571</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="D137" s="6">
-        <v>42000000</v>
+        <v>57000000</v>
       </c>
       <c r="E137" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F137" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G137" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H137" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L137" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N137" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O137" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P137" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q137" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R137" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S137" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T137" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U137" s="4"/>
       <c r="V137" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W137" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X137" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="Y137" s="4" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="138" spans="1:25">
       <c r="A138" s="5">
         <v>137</v>
       </c>
       <c r="B138" s="5">
-        <v>54967571</v>
+        <v>54969568</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="D138" s="6">
-        <v>57000000</v>
+        <v>42500000</v>
       </c>
       <c r="E138" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F138" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G138" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H138" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="J138" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="L138" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="N138" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O138" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P138" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q138" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R138" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S138" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T138" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U138" s="4"/>
       <c r="V138" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W138" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X138" s="4" t="s">
+        <v>470</v>
+      </c>
+      <c r="Y138" s="4" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="139" spans="1:25">
       <c r="A139" s="5">
         <v>138</v>
       </c>
       <c r="B139" s="5">
-        <v>54969568</v>
+        <v>54969770</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>473</v>
+        <v>472</v>
       </c>
       <c r="D139" s="6">
-        <v>42500000</v>
+        <v>82000000</v>
       </c>
       <c r="E139" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F139" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G139" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H139" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J139" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K139" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L139" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M139" s="5" t="s">
         <v>63</v>
       </c>
       <c r="N139" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O139" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P139" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q139" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R139" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S139" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T139" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U139" s="4"/>
       <c r="V139" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W139" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X139" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="Y139" s="4" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="140" spans="1:25">
       <c r="A140" s="5">
         <v>139</v>
       </c>
       <c r="B140" s="5">
-        <v>54969770</v>
+        <v>54970016</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="D140" s="6">
-        <v>82000000</v>
+        <v>891507000</v>
       </c>
       <c r="E140" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F140" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G140" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I140" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J140" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>63</v>
+        <v>159</v>
       </c>
       <c r="L140" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="N140" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O140" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P140" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q140" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R140" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S140" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T140" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U140" s="4"/>
       <c r="V140" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W140" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X140" s="4" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="Y140" s="4" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
     </row>
     <row r="141" spans="1:25">
       <c r="A141" s="5">
         <v>140</v>
       </c>
       <c r="B141" s="5">
-        <v>54970016</v>
+        <v>54970182</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="D141" s="6">
-        <v>891507000</v>
+        <v>2147617000</v>
       </c>
       <c r="E141" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F141" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G141" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H141" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I141" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J141" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L141" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N141" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O141" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P141" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q141" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R141" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S141" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T141" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U141" s="4"/>
       <c r="V141" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W141" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X141" s="4" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="Y141" s="4" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
     </row>
     <row r="142" spans="1:25">
       <c r="A142" s="5">
         <v>141</v>
       </c>
       <c r="B142" s="5">
-        <v>54970182</v>
+        <v>54971813</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="D142" s="6">
-        <v>2147617000</v>
+        <v>50000000</v>
       </c>
       <c r="E142" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F142" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G142" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H142" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I142" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J142" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>159</v>
+        <v>63</v>
       </c>
       <c r="L142" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="N142" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O142" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P142" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q142" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R142" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S142" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T142" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U142" s="4"/>
       <c r="V142" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W142" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X142" s="4" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="Y142" s="4" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
     </row>
     <row r="143" spans="1:25">
       <c r="A143" s="5">
         <v>142</v>
       </c>
       <c r="B143" s="5">
-        <v>54971813</v>
+        <v>54972246</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="D143" s="6">
         <v>50000000</v>
       </c>
       <c r="E143" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F143" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G143" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H143" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I143" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K143" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L143" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M143" s="5" t="s">
         <v>63</v>
       </c>
       <c r="N143" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O143" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P143" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q143" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R143" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S143" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T143" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U143" s="4"/>
       <c r="V143" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W143" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X143" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="Y143" s="4" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="144" spans="1:25">
       <c r="A144" s="5">
         <v>143</v>
       </c>
       <c r="B144" s="5">
-        <v>54972246</v>
+        <v>54972574</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="D144" s="6">
-        <v>50000000</v>
+        <v>82000000</v>
       </c>
       <c r="E144" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F144" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G144" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H144" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I144" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J144" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K144" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L144" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M144" s="5" t="s">
         <v>63</v>
       </c>
       <c r="N144" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O144" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P144" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q144" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R144" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S144" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T144" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U144" s="4"/>
       <c r="V144" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W144" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X144" s="4" t="s">
+        <v>486</v>
+      </c>
+      <c r="Y144" s="4" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="145" spans="1:25">
       <c r="A145" s="5">
         <v>144</v>
       </c>
       <c r="B145" s="5">
-        <v>54972574</v>
+        <v>54972803</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="D145" s="6">
-        <v>82000000</v>
+        <v>50000000</v>
       </c>
       <c r="E145" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F145" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G145" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H145" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I145" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L145" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>63</v>
       </c>
       <c r="N145" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O145" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P145" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q145" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R145" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S145" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T145" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U145" s="4"/>
       <c r="V145" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W145" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X145" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="Y145" s="4" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="146" spans="1:25">
       <c r="A146" s="5">
         <v>145</v>
       </c>
       <c r="B146" s="5">
-        <v>54972803</v>
+        <v>54973083</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="D146" s="6">
         <v>50000000</v>
       </c>
       <c r="E146" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F146" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G146" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H146" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I146" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L146" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M146" s="5" t="s">
         <v>63</v>
       </c>
       <c r="N146" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O146" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P146" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q146" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R146" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S146" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T146" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U146" s="4"/>
       <c r="V146" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W146" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X146" s="4" t="s">
+        <v>492</v>
+      </c>
+      <c r="Y146" s="4" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="147" spans="1:25">
       <c r="A147" s="5">
         <v>146</v>
       </c>
       <c r="B147" s="5">
-        <v>54973083</v>
+        <v>54973483</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="D147" s="6">
-        <v>50000000</v>
+        <v>7500000</v>
       </c>
       <c r="E147" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F147" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G147" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L147" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N147" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O147" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P147" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q147" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R147" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S147" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T147" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U147" s="4"/>
       <c r="V147" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W147" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X147" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="Y147" s="4" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="148" spans="1:25">
       <c r="A148" s="5">
         <v>147</v>
       </c>
       <c r="B148" s="5">
-        <v>54973483</v>
+        <v>54973679</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="D148" s="6">
         <v>7500000</v>
       </c>
       <c r="E148" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F148" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G148" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H148" s="5" t="s">
         <v>61</v>
       </c>
       <c r="I148" s="5" t="s">
         <v>61</v>
       </c>
       <c r="J148" s="5" t="s">
         <v>61</v>
       </c>
       <c r="K148" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L148" s="5" t="s">
         <v>61</v>
       </c>
       <c r="M148" s="5" t="s">
         <v>57</v>
       </c>
       <c r="N148" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O148" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P148" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q148" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R148" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S148" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T148" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U148" s="4"/>
       <c r="V148" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W148" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X148" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="Y148" s="4" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="149" spans="1:25">
       <c r="A149" s="5">
         <v>148</v>
       </c>
       <c r="B149" s="5">
-        <v>54973679</v>
+        <v>54973884</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="D149" s="6">
-        <v>7500000</v>
+        <v>27500000</v>
       </c>
       <c r="E149" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F149" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G149" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="L149" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="N149" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O149" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P149" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q149" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R149" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S149" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T149" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U149" s="4"/>
       <c r="V149" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W149" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X149" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="Y149" s="4" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="150" spans="1:25">
       <c r="A150" s="5">
         <v>149</v>
       </c>
       <c r="B150" s="5">
-        <v>54973884</v>
+        <v>54974075</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="D150" s="6">
-        <v>27500000</v>
+        <v>1141687000</v>
       </c>
       <c r="E150" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F150" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G150" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H150" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I150" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J150" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>63</v>
+        <v>159</v>
       </c>
       <c r="L150" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="N150" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O150" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P150" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q150" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R150" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S150" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T150" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U150" s="4"/>
       <c r="V150" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W150" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X150" s="4" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="Y150" s="4" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
     </row>
     <row r="151" spans="1:25">
       <c r="A151" s="5">
         <v>150</v>
       </c>
       <c r="B151" s="5">
-        <v>54974075</v>
+        <v>54974256</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D151" s="6">
-        <v>1141687000</v>
+        <v>1055495000</v>
       </c>
       <c r="E151" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F151" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G151" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H151" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I151" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J151" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K151" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L151" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M151" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N151" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O151" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P151" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q151" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R151" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S151" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T151" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U151" s="4"/>
       <c r="V151" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W151" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X151" s="4" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="Y151" s="4" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
     </row>
     <row r="152" spans="1:25">
       <c r="A152" s="5">
         <v>151</v>
       </c>
       <c r="B152" s="5">
-        <v>54974256</v>
+        <v>54974396</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="D152" s="6">
-        <v>1055495000</v>
+        <v>2198443000</v>
       </c>
       <c r="E152" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F152" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G152" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H152" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I152" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J152" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K152" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L152" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M152" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N152" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O152" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P152" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q152" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R152" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S152" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T152" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U152" s="4"/>
       <c r="V152" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W152" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X152" s="4" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="Y152" s="4" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
     </row>
     <row r="153" spans="1:25">
       <c r="A153" s="5">
         <v>152</v>
       </c>
       <c r="B153" s="5">
-        <v>54974396</v>
+        <v>54974661</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="D153" s="6">
-        <v>2198443000</v>
+        <v>1332231000</v>
       </c>
       <c r="E153" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F153" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G153" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H153" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I153" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J153" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K153" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L153" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M153" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N153" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O153" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P153" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q153" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R153" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S153" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T153" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U153" s="4"/>
       <c r="V153" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W153" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X153" s="4" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="Y153" s="4" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
     </row>
     <row r="154" spans="1:25">
       <c r="A154" s="5">
         <v>153</v>
       </c>
       <c r="B154" s="5">
-        <v>54974661</v>
+        <v>54974876</v>
       </c>
       <c r="C154" s="4" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="D154" s="6">
-        <v>1332231000</v>
+        <v>1237505000</v>
       </c>
       <c r="E154" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F154" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G154" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H154" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I154" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J154" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K154" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L154" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M154" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N154" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O154" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P154" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q154" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R154" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S154" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T154" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U154" s="4"/>
       <c r="V154" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W154" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X154" s="4" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="Y154" s="4" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
     </row>
     <row r="155" spans="1:25">
       <c r="A155" s="5">
         <v>154</v>
       </c>
       <c r="B155" s="5">
-        <v>54974876</v>
+        <v>54975473</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D155" s="6">
-        <v>1237505000</v>
+        <v>562832000</v>
       </c>
       <c r="E155" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F155" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G155" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H155" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I155" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J155" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K155" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L155" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M155" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N155" s="5" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="O155" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P155" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q155" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R155" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S155" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T155" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U155" s="4"/>
       <c r="V155" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W155" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X155" s="4" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="Y155" s="4" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
     </row>
     <row r="156" spans="1:25">
       <c r="A156" s="5">
         <v>155</v>
       </c>
       <c r="B156" s="5">
-        <v>54975473</v>
+        <v>55029808</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="D156" s="6">
-        <v>562832000</v>
+        <v>16000000</v>
       </c>
       <c r="E156" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F156" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G156" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H156" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I156" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K156" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L156" s="5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M156" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N156" s="5" t="s">
-        <v>380</v>
+        <v>516</v>
       </c>
       <c r="O156" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P156" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q156" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R156" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S156" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T156" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U156" s="4"/>
       <c r="V156" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W156" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X156" s="4" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="Y156" s="4" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="157" spans="1:25">
       <c r="A157" s="5">
         <v>156</v>
       </c>
       <c r="B157" s="5">
-        <v>55029808</v>
+        <v>55029846</v>
       </c>
       <c r="C157" s="4" t="s">
         <v>519</v>
       </c>
       <c r="D157" s="6">
-        <v>16000000</v>
+        <v>94000000</v>
       </c>
       <c r="E157" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F157" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G157" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H157" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I157" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J157" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K157" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L157" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="M157" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N157" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O157" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P157" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q157" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R157" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S157" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T157" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U157" s="4"/>
       <c r="V157" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W157" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X157" s="4" t="s">
+        <v>520</v>
+      </c>
+      <c r="Y157" s="4" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="158" spans="1:25">
       <c r="A158" s="5">
         <v>157</v>
       </c>
       <c r="B158" s="5">
-        <v>55029846</v>
+        <v>55029872</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="D158" s="6">
         <v>94000000</v>
       </c>
       <c r="E158" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F158" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G158" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H158" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I158" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J158" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K158" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L158" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M158" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N158" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O158" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P158" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q158" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R158" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S158" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T158" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U158" s="4"/>
       <c r="V158" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W158" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X158" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="Y158" s="4" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="159" spans="1:25">
       <c r="A159" s="5">
         <v>158</v>
       </c>
       <c r="B159" s="5">
-        <v>55029872</v>
+        <v>55029899</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="D159" s="6">
         <v>94000000</v>
       </c>
       <c r="E159" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F159" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G159" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H159" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I159" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J159" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K159" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L159" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M159" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N159" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O159" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P159" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q159" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R159" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S159" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T159" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U159" s="4"/>
       <c r="V159" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W159" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X159" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="Y159" s="4" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="160" spans="1:25">
       <c r="A160" s="5">
         <v>159</v>
       </c>
       <c r="B160" s="5">
-        <v>55029899</v>
+        <v>55029924</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="D160" s="6">
         <v>94000000</v>
       </c>
       <c r="E160" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F160" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G160" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H160" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I160" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J160" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K160" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L160" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M160" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N160" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O160" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P160" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q160" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R160" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S160" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T160" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U160" s="4"/>
       <c r="V160" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W160" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X160" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="Y160" s="4" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="161" spans="1:25">
       <c r="A161" s="5">
         <v>160</v>
       </c>
       <c r="B161" s="5">
-        <v>55029924</v>
+        <v>55029965</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="D161" s="6">
-        <v>94000000</v>
+        <v>69000000</v>
       </c>
       <c r="E161" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F161" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G161" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H161" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I161" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J161" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K161" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="L161" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M161" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="L161" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N161" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O161" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P161" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q161" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R161" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S161" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T161" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U161" s="4"/>
       <c r="V161" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W161" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X161" s="4" t="s">
+        <v>532</v>
+      </c>
+      <c r="Y161" s="4" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="162" spans="1:25">
       <c r="A162" s="5">
         <v>161</v>
       </c>
       <c r="B162" s="5">
-        <v>55029965</v>
+        <v>55030016</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="D162" s="6">
-        <v>69000000</v>
+        <v>35000000</v>
       </c>
       <c r="E162" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F162" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G162" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H162" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I162" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J162" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K162" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L162" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>159</v>
+        <v>91</v>
       </c>
       <c r="N162" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O162" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P162" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q162" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R162" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S162" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T162" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U162" s="4"/>
       <c r="V162" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W162" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X162" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="Y162" s="4" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="163" spans="1:25">
       <c r="A163" s="5">
         <v>162</v>
       </c>
       <c r="B163" s="5">
-        <v>55030016</v>
+        <v>55030063</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="D163" s="6">
-        <v>35000000</v>
+        <v>37500000</v>
       </c>
       <c r="E163" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F163" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G163" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H163" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I163" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J163" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K163" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L163" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M163" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N163" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O163" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P163" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q163" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R163" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S163" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T163" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U163" s="4"/>
       <c r="V163" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W163" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X163" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="Y163" s="4" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="164" spans="1:25">
       <c r="A164" s="5">
         <v>163</v>
       </c>
       <c r="B164" s="5">
-        <v>55030063</v>
+        <v>55030129</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="D164" s="6">
-        <v>37500000</v>
+        <v>50000000</v>
       </c>
       <c r="E164" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F164" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G164" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H164" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I164" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J164" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="L164" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M164" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N164" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O164" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P164" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q164" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R164" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S164" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T164" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U164" s="4"/>
       <c r="V164" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W164" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X164" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="Y164" s="4" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="165" spans="1:25">
       <c r="A165" s="5">
         <v>164</v>
       </c>
       <c r="B165" s="5">
-        <v>55030129</v>
+        <v>55030157</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="D165" s="6">
-        <v>50000000</v>
+        <v>1823130000</v>
       </c>
       <c r="E165" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F165" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G165" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H165" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I165" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J165" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>63</v>
+        <v>159</v>
       </c>
       <c r="L165" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M165" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N165" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O165" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P165" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q165" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R165" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S165" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T165" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U165" s="4"/>
       <c r="V165" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W165" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X165" s="4" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="Y165" s="4" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
     </row>
     <row r="166" spans="1:25">
       <c r="A166" s="5">
         <v>165</v>
       </c>
       <c r="B166" s="5">
-        <v>55030157</v>
+        <v>55030175</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="D166" s="6">
-        <v>1823130000</v>
+        <v>733832000</v>
       </c>
       <c r="E166" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F166" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G166" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H166" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I166" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J166" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K166" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L166" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M166" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N166" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O166" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P166" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q166" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R166" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S166" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T166" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U166" s="4"/>
       <c r="V166" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W166" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X166" s="4" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="Y166" s="4" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
     </row>
     <row r="167" spans="1:25">
       <c r="A167" s="5">
         <v>166</v>
       </c>
       <c r="B167" s="5">
-        <v>55030175</v>
+        <v>55030186</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D167" s="6">
-        <v>733832000</v>
+        <v>750361000</v>
       </c>
       <c r="E167" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F167" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G167" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H167" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I167" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J167" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K167" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L167" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M167" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N167" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O167" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P167" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q167" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R167" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S167" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T167" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U167" s="4"/>
       <c r="V167" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W167" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X167" s="4" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="Y167" s="4" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
     </row>
     <row r="168" spans="1:25">
       <c r="A168" s="5">
         <v>167</v>
       </c>
       <c r="B168" s="5">
-        <v>55030186</v>
+        <v>55030213</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="D168" s="6">
-        <v>750361000</v>
+        <v>1322731000</v>
       </c>
       <c r="E168" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F168" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G168" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H168" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I168" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J168" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K168" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L168" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M168" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N168" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O168" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P168" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q168" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R168" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S168" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T168" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U168" s="4"/>
       <c r="V168" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W168" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X168" s="4" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="Y168" s="4" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
     </row>
     <row r="169" spans="1:25">
       <c r="A169" s="5">
         <v>168</v>
       </c>
       <c r="B169" s="5">
-        <v>55030213</v>
+        <v>55030234</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="D169" s="6">
-        <v>1322731000</v>
+        <v>87500000</v>
       </c>
       <c r="E169" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F169" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G169" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H169" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I169" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J169" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>159</v>
+        <v>63</v>
       </c>
       <c r="L169" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M169" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N169" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O169" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P169" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q169" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R169" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S169" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T169" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U169" s="4"/>
       <c r="V169" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W169" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X169" s="4" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="Y169" s="4" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
     </row>
     <row r="170" spans="1:25">
       <c r="A170" s="5">
         <v>169</v>
       </c>
       <c r="B170" s="5">
-        <v>55030234</v>
+        <v>55030317</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
       <c r="D170" s="6">
-        <v>87500000</v>
+        <v>2734562000</v>
       </c>
       <c r="E170" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F170" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G170" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H170" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I170" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J170" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>63</v>
+        <v>159</v>
       </c>
       <c r="L170" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M170" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N170" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O170" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P170" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q170" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R170" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S170" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T170" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U170" s="4"/>
       <c r="V170" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W170" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X170" s="4" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="Y170" s="4" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
     </row>
     <row r="171" spans="1:25">
       <c r="A171" s="5">
         <v>170</v>
       </c>
       <c r="B171" s="5">
-        <v>55030317</v>
+        <v>55030357</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="D171" s="6">
-        <v>2734562000</v>
+        <v>45000000</v>
       </c>
       <c r="E171" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F171" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G171" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H171" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I171" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J171" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>159</v>
+        <v>260</v>
       </c>
       <c r="L171" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N171" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O171" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P171" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q171" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R171" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S171" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T171" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U171" s="4"/>
       <c r="V171" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W171" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X171" s="4" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="Y171" s="4" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
     </row>
     <row r="172" spans="1:25">
       <c r="A172" s="5">
         <v>171</v>
       </c>
       <c r="B172" s="5">
-        <v>55030357</v>
+        <v>55030432</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="D172" s="6">
-        <v>45000000</v>
+        <v>901612000</v>
       </c>
       <c r="E172" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F172" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G172" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H172" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I172" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J172" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="L172" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M172" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N172" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O172" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="P172" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q172" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R172" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S172" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T172" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U172" s="4"/>
       <c r="V172" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W172" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X172" s="4" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="Y172" s="4" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
     </row>
     <row r="173" spans="1:25">
       <c r="A173" s="5">
         <v>172</v>
       </c>
       <c r="B173" s="5">
-        <v>55030432</v>
+        <v>55041273</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="D173" s="6">
-        <v>901612000</v>
+        <v>50000000</v>
       </c>
       <c r="E173" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F173" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G173" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H173" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I173" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J173" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L173" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>91</v>
+        <v>57</v>
       </c>
       <c r="N173" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O173" s="5" t="s">
-        <v>388</v>
+        <v>562</v>
       </c>
       <c r="P173" s="4" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="Q173" s="4" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="R173" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S173" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T173" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U173" s="4"/>
       <c r="V173" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W173" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X173" s="4" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="Y173" s="4" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="174" spans="1:25">
       <c r="A174" s="5">
         <v>173</v>
       </c>
       <c r="B174" s="5">
-        <v>55041273</v>
+        <v>55041336</v>
       </c>
       <c r="C174" s="4" t="s">
         <v>565</v>
       </c>
       <c r="D174" s="6">
         <v>50000000</v>
       </c>
       <c r="E174" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F174" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G174" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H174" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I174" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J174" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K174" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L174" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M174" s="5" t="s">
         <v>57</v>
       </c>
       <c r="N174" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O174" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P174" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q174" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R174" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S174" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T174" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U174" s="4"/>
       <c r="V174" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W174" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X174" s="4" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="Y174" s="4" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
     </row>
     <row r="175" spans="1:25">
       <c r="A175" s="5">
         <v>174</v>
       </c>
       <c r="B175" s="5">
-        <v>55041336</v>
+        <v>55041379</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="D175" s="6">
-        <v>50000000</v>
+        <v>1202000000</v>
       </c>
       <c r="E175" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F175" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G175" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H175" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I175" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J175" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K175" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L175" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="N175" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O175" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P175" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q175" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R175" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S175" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T175" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U175" s="4"/>
       <c r="V175" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W175" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X175" s="4" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="Y175" s="4" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="176" spans="1:25">
       <c r="A176" s="5">
         <v>175</v>
       </c>
       <c r="B176" s="5">
-        <v>55041379</v>
+        <v>55041415</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D176" s="6">
-        <v>1202000000</v>
+        <v>1255400000</v>
       </c>
       <c r="E176" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F176" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G176" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H176" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I176" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J176" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K176" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L176" s="5" t="s">
         <v>57</v>
       </c>
       <c r="M176" s="5" t="s">
         <v>69</v>
       </c>
       <c r="N176" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O176" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P176" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q176" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R176" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S176" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T176" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U176" s="4"/>
       <c r="V176" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W176" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X176" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="Y176" s="4" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="177" spans="1:25">
       <c r="A177" s="5">
         <v>176</v>
       </c>
       <c r="B177" s="5">
-        <v>55041415</v>
+        <v>55041561</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="D177" s="6">
-        <v>1255400000</v>
+        <v>87500000</v>
       </c>
       <c r="E177" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F177" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G177" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H177" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J177" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K177" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L177" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M177" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="M177" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N177" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O177" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P177" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q177" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R177" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S177" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T177" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U177" s="4"/>
       <c r="V177" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W177" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X177" s="4" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="Y177" s="4" t="s">
-        <v>576</v>
+        <v>436</v>
       </c>
     </row>
     <row r="178" spans="1:25">
       <c r="A178" s="5">
         <v>177</v>
       </c>
       <c r="B178" s="5">
-        <v>55041561</v>
+        <v>55041590</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="D178" s="6">
-        <v>87500000</v>
+        <v>27500000</v>
       </c>
       <c r="E178" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F178" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G178" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H178" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I178" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J178" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>57</v>
+        <v>158</v>
       </c>
       <c r="L178" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>57</v>
+        <v>158</v>
       </c>
       <c r="N178" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O178" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P178" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q178" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R178" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S178" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T178" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U178" s="4"/>
       <c r="V178" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W178" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X178" s="4" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="Y178" s="4" t="s">
-        <v>440</v>
+        <v>577</v>
       </c>
     </row>
     <row r="179" spans="1:25">
       <c r="A179" s="5">
         <v>178</v>
       </c>
       <c r="B179" s="5">
-        <v>55041590</v>
+        <v>55041630</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="D179" s="6">
-        <v>27500000</v>
+        <v>7500000</v>
       </c>
       <c r="E179" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F179" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G179" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H179" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I179" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J179" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K179" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L179" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M179" s="5" t="s">
         <v>158</v>
       </c>
       <c r="N179" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O179" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P179" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q179" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R179" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S179" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T179" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U179" s="4"/>
       <c r="V179" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W179" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X179" s="4" t="s">
+        <v>579</v>
+      </c>
+      <c r="Y179" s="4" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="180" spans="1:25">
       <c r="A180" s="5">
         <v>179</v>
       </c>
       <c r="B180" s="5">
-        <v>55041630</v>
+        <v>55041664</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="D180" s="6">
         <v>7500000</v>
       </c>
       <c r="E180" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F180" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G180" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H180" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I180" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J180" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K180" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L180" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M180" s="5" t="s">
         <v>158</v>
       </c>
       <c r="N180" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O180" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P180" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q180" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R180" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S180" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T180" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U180" s="4"/>
       <c r="V180" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W180" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X180" s="4" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="Y180" s="4" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
     </row>
     <row r="181" spans="1:25">
       <c r="A181" s="5">
         <v>180</v>
       </c>
       <c r="B181" s="5">
-        <v>55041664</v>
+        <v>55041711</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D181" s="6">
         <v>7500000</v>
       </c>
       <c r="E181" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F181" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G181" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H181" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I181" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J181" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K181" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L181" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M181" s="5" t="s">
         <v>158</v>
       </c>
       <c r="N181" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O181" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P181" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q181" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R181" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S181" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T181" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U181" s="4"/>
       <c r="V181" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W181" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X181" s="4" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="Y181" s="4" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
     </row>
     <row r="182" spans="1:25">
       <c r="A182" s="5">
         <v>181</v>
       </c>
       <c r="B182" s="5">
-        <v>55041711</v>
+        <v>55041752</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D182" s="6">
-        <v>7500000</v>
+        <v>12500000</v>
       </c>
       <c r="E182" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F182" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G182" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H182" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I182" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J182" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K182" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L182" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M182" s="5" t="s">
         <v>158</v>
       </c>
       <c r="N182" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O182" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P182" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q182" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R182" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S182" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T182" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U182" s="4"/>
       <c r="V182" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W182" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X182" s="4" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="Y182" s="4" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
     </row>
     <row r="183" spans="1:25">
       <c r="A183" s="5">
         <v>182</v>
       </c>
       <c r="B183" s="5">
-        <v>55041752</v>
+        <v>55041797</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="D183" s="6">
         <v>12500000</v>
       </c>
       <c r="E183" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F183" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G183" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H183" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I183" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J183" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K183" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L183" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M183" s="5" t="s">
         <v>158</v>
       </c>
       <c r="N183" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O183" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P183" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q183" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R183" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S183" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T183" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U183" s="4"/>
       <c r="V183" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W183" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X183" s="4" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="Y183" s="4" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
     </row>
     <row r="184" spans="1:25">
       <c r="A184" s="5">
         <v>183</v>
       </c>
       <c r="B184" s="5">
-        <v>55041797</v>
+        <v>55041828</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="D184" s="6">
         <v>12500000</v>
       </c>
       <c r="E184" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F184" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G184" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H184" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I184" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J184" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K184" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L184" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M184" s="5" t="s">
         <v>158</v>
       </c>
       <c r="N184" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O184" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P184" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q184" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R184" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S184" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T184" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U184" s="4"/>
       <c r="V184" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W184" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X184" s="4" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="Y184" s="4" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
     </row>
     <row r="185" spans="1:25">
       <c r="A185" s="5">
         <v>184</v>
       </c>
       <c r="B185" s="5">
-        <v>55041828</v>
+        <v>55041873</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="D185" s="6">
-        <v>12500000</v>
+        <v>20000000</v>
       </c>
       <c r="E185" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F185" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G185" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H185" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I185" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J185" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K185" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L185" s="5" t="s">
         <v>56</v>
       </c>
       <c r="M185" s="5" t="s">
         <v>158</v>
       </c>
       <c r="N185" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O185" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P185" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q185" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R185" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S185" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T185" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U185" s="4"/>
       <c r="V185" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W185" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X185" s="4" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="Y185" s="4" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
     </row>
     <row r="186" spans="1:25">
       <c r="A186" s="5">
         <v>185</v>
       </c>
       <c r="B186" s="5">
-        <v>55041873</v>
+        <v>55041930</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="D186" s="6">
-        <v>20000000</v>
+        <v>2318106000</v>
       </c>
       <c r="E186" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F186" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G186" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H186" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I186" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J186" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>158</v>
+        <v>57</v>
       </c>
       <c r="L186" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>158</v>
+        <v>69</v>
       </c>
       <c r="N186" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O186" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P186" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q186" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R186" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S186" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T186" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U186" s="4"/>
       <c r="V186" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W186" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X186" s="4" t="s">
+        <v>596</v>
+      </c>
+      <c r="Y186" s="4" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="187" spans="1:25">
       <c r="A187" s="5">
         <v>186</v>
       </c>
       <c r="B187" s="5">
-        <v>55041930</v>
+        <v>55041954</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="D187" s="6">
-        <v>2318106000</v>
+        <v>587030000</v>
       </c>
       <c r="E187" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F187" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G187" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H187" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I187" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J187" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>57</v>
+        <v>158</v>
       </c>
       <c r="L187" s="5" t="s">
-        <v>57</v>
+        <v>158</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>69</v>
+        <v>599</v>
       </c>
       <c r="N187" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O187" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P187" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q187" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R187" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S187" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T187" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U187" s="4"/>
       <c r="V187" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W187" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X187" s="4" t="s">
         <v>600</v>
       </c>
       <c r="Y187" s="4" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="188" spans="1:25">
       <c r="A188" s="5">
         <v>187</v>
       </c>
       <c r="B188" s="5">
-        <v>55041954</v>
+        <v>55042010</v>
       </c>
       <c r="C188" s="4" t="s">
         <v>602</v>
       </c>
       <c r="D188" s="6">
-        <v>587030000</v>
+        <v>172820000</v>
       </c>
       <c r="E188" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F188" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G188" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H188" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I188" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J188" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K188" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L188" s="5" t="s">
         <v>158</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="N188" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O188" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P188" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q188" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R188" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S188" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T188" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U188" s="4"/>
       <c r="V188" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W188" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X188" s="4" t="s">
+        <v>603</v>
+      </c>
+      <c r="Y188" s="4" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="189" spans="1:25">
       <c r="A189" s="5">
         <v>188</v>
       </c>
       <c r="B189" s="5">
-        <v>55042010</v>
+        <v>55042031</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="D189" s="6">
         <v>172820000</v>
       </c>
       <c r="E189" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F189" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G189" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H189" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I189" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J189" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K189" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L189" s="5" t="s">
         <v>158</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="N189" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O189" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P189" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q189" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R189" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S189" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T189" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U189" s="4"/>
       <c r="V189" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W189" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X189" s="4" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="Y189" s="4" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
     </row>
     <row r="190" spans="1:25">
       <c r="A190" s="5">
         <v>189</v>
       </c>
       <c r="B190" s="5">
-        <v>55042031</v>
+        <v>55042104</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="D190" s="6">
         <v>172820000</v>
       </c>
       <c r="E190" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F190" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G190" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H190" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I190" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J190" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K190" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L190" s="5" t="s">
         <v>158</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="N190" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O190" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P190" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q190" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R190" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S190" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T190" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U190" s="4"/>
       <c r="V190" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W190" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X190" s="4" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="Y190" s="4" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="191" spans="1:25">
       <c r="A191" s="5">
         <v>190</v>
       </c>
       <c r="B191" s="5">
-        <v>55042104</v>
+        <v>55042195</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="D191" s="6">
-        <v>172820000</v>
+        <v>256150000</v>
       </c>
       <c r="E191" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F191" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G191" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H191" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I191" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J191" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K191" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L191" s="5" t="s">
         <v>158</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="N191" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O191" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P191" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q191" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R191" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S191" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T191" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U191" s="4"/>
       <c r="V191" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W191" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X191" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="Y191" s="4" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="192" spans="1:25">
       <c r="A192" s="5">
         <v>191</v>
       </c>
       <c r="B192" s="5">
-        <v>55042195</v>
+        <v>55042226</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="D192" s="6">
         <v>256150000</v>
       </c>
       <c r="E192" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F192" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G192" s="4" t="s">
-        <v>68</v>
+        <v>614</v>
       </c>
       <c r="H192" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I192" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J192" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K192" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L192" s="5" t="s">
         <v>158</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="N192" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O192" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P192" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q192" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R192" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S192" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T192" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U192" s="4"/>
       <c r="V192" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W192" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X192" s="4" t="s">
         <v>615</v>
       </c>
       <c r="Y192" s="4" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
     </row>
     <row r="193" spans="1:25">
       <c r="A193" s="5">
         <v>192</v>
       </c>
       <c r="B193" s="5">
-        <v>55042226</v>
+        <v>55042260</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="D193" s="6">
         <v>256150000</v>
       </c>
       <c r="E193" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F193" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G193" s="4" t="s">
-        <v>618</v>
+        <v>68</v>
       </c>
       <c r="H193" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I193" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J193" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K193" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L193" s="5" t="s">
         <v>158</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="N193" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O193" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P193" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q193" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R193" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S193" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T193" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U193" s="4"/>
       <c r="V193" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W193" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X193" s="4" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="Y193" s="4" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
     </row>
     <row r="194" spans="1:25">
       <c r="A194" s="5">
         <v>193</v>
       </c>
       <c r="B194" s="5">
-        <v>55042260</v>
+        <v>55042296</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="D194" s="6">
-        <v>256150000</v>
+        <v>381640000</v>
       </c>
       <c r="E194" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F194" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G194" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H194" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I194" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J194" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K194" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L194" s="5" t="s">
         <v>158</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="N194" s="5" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O194" s="5" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="P194" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q194" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R194" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S194" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T194" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U194" s="4"/>
       <c r="V194" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W194" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X194" s="4" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="Y194" s="4" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
     </row>
     <row r="195" spans="1:25">
       <c r="A195" s="5">
         <v>194</v>
       </c>
       <c r="B195" s="5">
-        <v>55042296</v>
+        <v>56123615</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>622</v>
+        <v>621</v>
       </c>
       <c r="D195" s="6">
-        <v>381640000</v>
+        <v>14902529000</v>
       </c>
       <c r="E195" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F195" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G195" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H195" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="J195" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>158</v>
+        <v>260</v>
       </c>
       <c r="L195" s="5" t="s">
-        <v>158</v>
+        <v>260</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>603</v>
+        <v>457</v>
       </c>
       <c r="N195" s="5" t="s">
-        <v>520</v>
+        <v>622</v>
       </c>
       <c r="O195" s="5" t="s">
-        <v>566</v>
+        <v>623</v>
       </c>
       <c r="P195" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q195" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R195" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S195" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T195" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U195" s="4"/>
       <c r="V195" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W195" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X195" s="4" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="Y195" s="4" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="196" spans="1:25">
       <c r="A196" s="5">
         <v>195</v>
       </c>
       <c r="B196" s="5">
-        <v>56123615</v>
+        <v>56124056</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D196" s="6">
-        <v>14902529000</v>
+        <v>9000000</v>
       </c>
       <c r="E196" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F196" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G196" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H196" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="K196" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L196" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="M196" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="L196" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N196" s="5" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="O196" s="5" t="s">
         <v>627</v>
       </c>
       <c r="P196" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q196" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R196" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S196" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T196" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U196" s="4"/>
       <c r="V196" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W196" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X196" s="4" t="s">
         <v>628</v>
       </c>
       <c r="Y196" s="4" t="s">
-        <v>629</v>
+        <v>334</v>
       </c>
     </row>
     <row r="197" spans="1:25">
       <c r="A197" s="5">
         <v>196</v>
       </c>
       <c r="B197" s="5">
-        <v>56124056</v>
+        <v>58911355</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="D197" s="6">
-        <v>9000000</v>
+        <v>552030000</v>
       </c>
       <c r="E197" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F197" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G197" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H197" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>30</v>
+        <v>56</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>56</v>
+        <v>158</v>
       </c>
       <c r="L197" s="5" t="s">
-        <v>61</v>
+        <v>158</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>260</v>
+        <v>599</v>
       </c>
       <c r="N197" s="5" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="O197" s="5" t="s">
         <v>631</v>
       </c>
       <c r="P197" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q197" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R197" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S197" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T197" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U197" s="4"/>
       <c r="V197" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W197" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X197" s="4" t="s">
         <v>632</v>
       </c>
       <c r="Y197" s="4" t="s">
-        <v>338</v>
+        <v>633</v>
       </c>
     </row>
     <row r="198" spans="1:25">
       <c r="A198" s="5">
         <v>197</v>
       </c>
       <c r="B198" s="5">
-        <v>58911355</v>
+        <v>58911425</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D198" s="6">
-        <v>552030000</v>
+        <v>27500000</v>
       </c>
       <c r="E198" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F198" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G198" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H198" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I198" s="5" t="s">
         <v>56</v>
       </c>
       <c r="J198" s="5" t="s">
         <v>56</v>
       </c>
       <c r="K198" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L198" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M198" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="M198" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N198" s="5" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="O198" s="5" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="P198" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q198" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R198" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S198" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T198" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U198" s="4"/>
       <c r="V198" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W198" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X198" s="4" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="Y198" s="4" t="s">
-        <v>637</v>
+        <v>577</v>
       </c>
     </row>
     <row r="199" spans="1:25">
       <c r="A199" s="5">
         <v>198</v>
       </c>
       <c r="B199" s="5">
-        <v>58911425</v>
+        <v>58956615</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="D199" s="6">
-        <v>27500000</v>
+        <v>1846100</v>
       </c>
       <c r="E199" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F199" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G199" s="4" t="s">
-        <v>28</v>
+        <v>637</v>
       </c>
       <c r="H199" s="5" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>56</v>
+        <v>157</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>56</v>
+        <v>157</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>158</v>
+        <v>63</v>
       </c>
       <c r="L199" s="5" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>158</v>
+        <v>638</v>
       </c>
       <c r="N199" s="5" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="O199" s="5" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="P199" s="4" t="s">
-        <v>34</v>
+        <v>147</v>
       </c>
       <c r="Q199" s="4" t="s">
-        <v>35</v>
+        <v>148</v>
       </c>
       <c r="R199" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S199" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T199" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U199" s="4"/>
       <c r="V199" s="5" t="s">
-        <v>39</v>
+        <v>641</v>
       </c>
       <c r="W199" s="4" t="s">
-        <v>40</v>
+        <v>642</v>
       </c>
       <c r="X199" s="4" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="Y199" s="4" t="s">
-        <v>581</v>
+        <v>644</v>
       </c>
     </row>
     <row r="200" spans="1:25">
       <c r="A200" s="5">
         <v>199</v>
       </c>
       <c r="B200" s="5">
-        <v>58956615</v>
+        <v>58956689</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="D200" s="6">
-        <v>1846100</v>
+        <v>922700</v>
       </c>
       <c r="E200" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F200" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G200" s="4" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="H200" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I200" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J200" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K200" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L200" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="N200" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O200" s="5" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="P200" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q200" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R200" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S200" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T200" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U200" s="4"/>
       <c r="V200" s="5" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="W200" s="4" t="s">
+        <v>642</v>
+      </c>
+      <c r="X200" s="4" t="s">
+        <v>643</v>
+      </c>
+      <c r="Y200" s="4" t="s">
         <v>646</v>
-      </c>
-[...4 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="201" spans="1:25">
       <c r="A201" s="5">
         <v>200</v>
       </c>
       <c r="B201" s="5">
-        <v>58956689</v>
+        <v>58956799</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="D201" s="6">
-        <v>922700</v>
+        <v>24117050</v>
       </c>
       <c r="E201" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F201" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G201" s="4" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="H201" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I201" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J201" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K201" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L201" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="N201" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O201" s="5" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="P201" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q201" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R201" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S201" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T201" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U201" s="4"/>
       <c r="V201" s="5" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="W201" s="4" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="X201" s="4" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="Y201" s="4" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
     </row>
     <row r="202" spans="1:25">
       <c r="A202" s="5">
         <v>201</v>
       </c>
       <c r="B202" s="5">
-        <v>58956799</v>
+        <v>58956844</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="D202" s="6">
-        <v>24117050</v>
+        <v>9575800</v>
       </c>
       <c r="E202" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F202" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G202" s="4" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="H202" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I202" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J202" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K202" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L202" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="N202" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O202" s="5" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="P202" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q202" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R202" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S202" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T202" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U202" s="4"/>
       <c r="V202" s="5" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="W202" s="4" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="X202" s="4" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="Y202" s="4" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
     </row>
     <row r="203" spans="1:25">
       <c r="A203" s="5">
         <v>202</v>
       </c>
       <c r="B203" s="5">
-        <v>58956844</v>
+        <v>58956942</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="D203" s="6">
-        <v>9575800</v>
+        <v>6619350</v>
       </c>
       <c r="E203" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F203" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G203" s="4" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="H203" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I203" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J203" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="L203" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="N203" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O203" s="5" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="P203" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q203" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R203" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S203" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T203" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U203" s="4"/>
       <c r="V203" s="5" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="W203" s="4" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="X203" s="4" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="Y203" s="4" t="s">
-        <v>654</v>
+        <v>653</v>
       </c>
     </row>
     <row r="204" spans="1:25">
       <c r="A204" s="5">
         <v>203</v>
       </c>
       <c r="B204" s="5">
-        <v>58956942</v>
+        <v>58956984</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="D204" s="6">
-        <v>6619350</v>
+        <v>1532200</v>
       </c>
       <c r="E204" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F204" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G204" s="4" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="H204" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I204" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J204" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="L204" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="N204" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O204" s="5" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="P204" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q204" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R204" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S204" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T204" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U204" s="4"/>
       <c r="V204" s="5" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="W204" s="4" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="X204" s="4" t="s">
+        <v>655</v>
+      </c>
+      <c r="Y204" s="4" t="s">
         <v>656</v>
-      </c>
-[...1 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="205" spans="1:25">
       <c r="A205" s="5">
         <v>204</v>
       </c>
       <c r="B205" s="5">
-        <v>58956984</v>
+        <v>58957109</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="D205" s="6">
-        <v>1532200</v>
+        <v>4893550</v>
       </c>
       <c r="E205" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F205" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G205" s="4" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="H205" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I205" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J205" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K205" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L205" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="N205" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O205" s="5" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="P205" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q205" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R205" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S205" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T205" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U205" s="4"/>
       <c r="V205" s="5" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="W205" s="4" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="X205" s="4" t="s">
+        <v>658</v>
+      </c>
+      <c r="Y205" s="4" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="206" spans="1:25">
       <c r="A206" s="5">
         <v>205</v>
       </c>
       <c r="B206" s="5">
-        <v>58957109</v>
+        <v>58957635</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="D206" s="6">
-        <v>4893550</v>
+        <v>16062550</v>
       </c>
       <c r="E206" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F206" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G206" s="4" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="H206" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I206" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J206" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K206" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L206" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="N206" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O206" s="5" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="P206" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q206" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R206" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S206" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T206" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U206" s="4"/>
       <c r="V206" s="5" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="W206" s="4" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="X206" s="4" t="s">
+        <v>661</v>
+      </c>
+      <c r="Y206" s="4" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="207" spans="1:25">
       <c r="A207" s="5">
         <v>206</v>
       </c>
       <c r="B207" s="5">
-        <v>58957635</v>
+        <v>58957679</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="D207" s="6">
-        <v>16062550</v>
+        <v>14146200</v>
       </c>
       <c r="E207" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F207" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G207" s="4" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="H207" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I207" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J207" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K207" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L207" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="N207" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O207" s="5" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="P207" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q207" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R207" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S207" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T207" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U207" s="4"/>
       <c r="V207" s="5" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="W207" s="4" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="X207" s="4" t="s">
+        <v>664</v>
+      </c>
+      <c r="Y207" s="4" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="208" spans="1:25">
       <c r="A208" s="5">
         <v>207</v>
       </c>
       <c r="B208" s="5">
-        <v>58957679</v>
+        <v>58962302</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="D208" s="6">
-        <v>14146200</v>
+        <v>17500000</v>
       </c>
       <c r="E208" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F208" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G208" s="4" t="s">
-        <v>641</v>
+        <v>28</v>
       </c>
       <c r="H208" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I208" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J208" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="L208" s="5" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>642</v>
+        <v>91</v>
       </c>
       <c r="N208" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O208" s="5" t="s">
-        <v>644</v>
+        <v>667</v>
       </c>
       <c r="P208" s="4" t="s">
-        <v>147</v>
+        <v>273</v>
       </c>
       <c r="Q208" s="4" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="R208" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S208" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T208" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U208" s="4"/>
       <c r="V208" s="5" t="s">
-        <v>645</v>
+        <v>39</v>
       </c>
       <c r="W208" s="4" t="s">
-        <v>646</v>
+        <v>149</v>
       </c>
       <c r="X208" s="4" t="s">
         <v>668</v>
       </c>
       <c r="Y208" s="4" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="209" spans="1:25">
       <c r="A209" s="5">
         <v>208</v>
       </c>
       <c r="B209" s="5">
-        <v>58962302</v>
+        <v>58962309</v>
       </c>
       <c r="C209" s="4" t="s">
         <v>670</v>
       </c>
       <c r="D209" s="6">
-        <v>17500000</v>
+        <v>82000000</v>
       </c>
       <c r="E209" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F209" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G209" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H209" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I209" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J209" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K209" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L209" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M209" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N209" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O209" s="5" t="s">
         <v>671</v>
       </c>
       <c r="P209" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q209" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R209" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S209" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T209" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U209" s="4"/>
       <c r="V209" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W209" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X209" s="4" t="s">
         <v>672</v>
       </c>
       <c r="Y209" s="4" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="210" spans="1:25">
       <c r="A210" s="5">
         <v>209</v>
       </c>
       <c r="B210" s="5">
-        <v>58962309</v>
+        <v>58962314</v>
       </c>
       <c r="C210" s="4" t="s">
         <v>674</v>
       </c>
       <c r="D210" s="6">
-        <v>82000000</v>
+        <v>17500000</v>
       </c>
       <c r="E210" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F210" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G210" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H210" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I210" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="K210" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L210" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="M210" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N210" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O210" s="5" t="s">
         <v>675</v>
       </c>
       <c r="P210" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q210" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R210" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S210" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T210" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U210" s="4"/>
       <c r="V210" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W210" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X210" s="4" t="s">
         <v>676</v>
       </c>
       <c r="Y210" s="4" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="211" spans="1:25">
       <c r="A211" s="5">
         <v>210</v>
       </c>
       <c r="B211" s="5">
-        <v>58962314</v>
+        <v>58962318</v>
       </c>
       <c r="C211" s="4" t="s">
         <v>678</v>
       </c>
       <c r="D211" s="6">
-        <v>17500000</v>
+        <v>69000000</v>
       </c>
       <c r="E211" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F211" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G211" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H211" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I211" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="K211" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L211" s="5" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="M211" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N211" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O211" s="5" t="s">
         <v>679</v>
       </c>
       <c r="P211" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q211" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R211" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S211" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T211" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U211" s="4"/>
       <c r="V211" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W211" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X211" s="4" t="s">
         <v>680</v>
       </c>
       <c r="Y211" s="4" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="212" spans="1:25">
       <c r="A212" s="5">
         <v>211</v>
       </c>
       <c r="B212" s="5">
-        <v>58962318</v>
+        <v>58962322</v>
       </c>
       <c r="C212" s="4" t="s">
         <v>682</v>
       </c>
       <c r="D212" s="6">
-        <v>69000000</v>
+        <v>37500000</v>
       </c>
       <c r="E212" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F212" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G212" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H212" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I212" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J212" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K212" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L212" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M212" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N212" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O212" s="5" t="s">
         <v>683</v>
       </c>
       <c r="P212" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q212" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R212" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S212" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T212" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U212" s="4"/>
       <c r="V212" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W212" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X212" s="4" t="s">
         <v>684</v>
       </c>
       <c r="Y212" s="4" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="213" spans="1:25">
       <c r="A213" s="5">
         <v>212</v>
       </c>
       <c r="B213" s="5">
-        <v>58962322</v>
+        <v>58962330</v>
       </c>
       <c r="C213" s="4" t="s">
         <v>686</v>
       </c>
       <c r="D213" s="6">
         <v>37500000</v>
       </c>
       <c r="E213" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F213" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G213" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H213" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I213" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J213" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K213" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L213" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M213" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N213" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O213" s="5" t="s">
         <v>687</v>
       </c>
       <c r="P213" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q213" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R213" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S213" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T213" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U213" s="4"/>
       <c r="V213" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W213" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X213" s="4" t="s">
         <v>688</v>
       </c>
       <c r="Y213" s="4" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="214" spans="1:25">
       <c r="A214" s="5">
         <v>213</v>
       </c>
       <c r="B214" s="5">
-        <v>58962330</v>
+        <v>58962338</v>
       </c>
       <c r="C214" s="4" t="s">
         <v>690</v>
       </c>
       <c r="D214" s="6">
-        <v>37500000</v>
+        <v>7500000</v>
       </c>
       <c r="E214" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F214" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G214" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H214" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I214" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J214" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K214" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L214" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M214" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N214" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O214" s="5" t="s">
         <v>691</v>
       </c>
       <c r="P214" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q214" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R214" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S214" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T214" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U214" s="4"/>
       <c r="V214" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W214" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X214" s="4" t="s">
         <v>692</v>
       </c>
       <c r="Y214" s="4" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="215" spans="1:25">
       <c r="A215" s="5">
         <v>214</v>
       </c>
       <c r="B215" s="5">
-        <v>58962338</v>
+        <v>58962364</v>
       </c>
       <c r="C215" s="4" t="s">
         <v>694</v>
       </c>
       <c r="D215" s="6">
-        <v>7500000</v>
+        <v>9000000</v>
       </c>
       <c r="E215" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F215" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G215" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H215" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I215" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J215" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K215" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L215" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M215" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N215" s="5" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="O215" s="5" t="s">
         <v>695</v>
       </c>
       <c r="P215" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q215" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R215" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S215" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T215" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U215" s="4"/>
       <c r="V215" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W215" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X215" s="4" t="s">
         <v>696</v>
       </c>
       <c r="Y215" s="4" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="216" spans="1:25">
       <c r="A216" s="5">
         <v>215</v>
       </c>
       <c r="B216" s="5">
-        <v>58962364</v>
+        <v>59201538</v>
       </c>
       <c r="C216" s="4" t="s">
         <v>698</v>
       </c>
       <c r="D216" s="6">
-        <v>9000000</v>
+        <v>99085300</v>
       </c>
       <c r="E216" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F216" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G216" s="4" t="s">
-        <v>28</v>
+        <v>637</v>
       </c>
       <c r="H216" s="5" t="s">
-        <v>62</v>
+        <v>157</v>
       </c>
       <c r="I216" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J216" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>91</v>
+        <v>157</v>
       </c>
       <c r="L216" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="M216" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="N216" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="M216" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O216" s="5" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="P216" s="4" t="s">
-        <v>277</v>
-[...3 lines deleted...]
-      </c>
+        <v>701</v>
+      </c>
+      <c r="Q216" s="4"/>
       <c r="R216" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S216" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T216" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U216" s="4"/>
       <c r="V216" s="5" t="s">
-        <v>39</v>
+        <v>641</v>
       </c>
       <c r="W216" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X216" s="4" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="Y216" s="4" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="217" spans="1:25">
       <c r="A217" s="5">
         <v>216</v>
       </c>
       <c r="B217" s="5">
-        <v>59201538</v>
+        <v>59312601</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="D217" s="6">
-        <v>99085300</v>
+        <v>918431856</v>
       </c>
       <c r="E217" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F217" s="4" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="G217" s="4" t="s">
-        <v>641</v>
+        <v>68</v>
       </c>
       <c r="H217" s="5" t="s">
-        <v>157</v>
+        <v>62</v>
       </c>
       <c r="I217" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J217" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K217" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="L217" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="L217" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M217" s="5" t="s">
-        <v>703</v>
+        <v>288</v>
       </c>
       <c r="N217" s="5" t="s">
-        <v>157</v>
+        <v>705</v>
       </c>
       <c r="O217" s="5" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="P217" s="4" t="s">
-        <v>705</v>
-[...1 lines deleted...]
-      <c r="Q217" s="4"/>
+        <v>273</v>
+      </c>
+      <c r="Q217" s="4" t="s">
+        <v>274</v>
+      </c>
       <c r="R217" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S217" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T217" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U217" s="4"/>
       <c r="V217" s="5" t="s">
-        <v>645</v>
+        <v>39</v>
       </c>
       <c r="W217" s="4" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="X217" s="4" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="Y217" s="4" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="218" spans="1:25">
       <c r="A218" s="5">
         <v>217</v>
       </c>
       <c r="B218" s="5">
-        <v>59312601</v>
+        <v>59312685</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D218" s="6">
-        <v>918431856</v>
+        <v>401933100</v>
       </c>
       <c r="E218" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F218" s="4" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="G218" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H218" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I218" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J218" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K218" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L218" s="5" t="s">
-        <v>157</v>
+        <v>91</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="N218" s="5" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="O218" s="5" t="s">
         <v>710</v>
       </c>
       <c r="P218" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q218" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R218" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S218" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T218" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U218" s="4"/>
       <c r="V218" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W218" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X218" s="4" t="s">
         <v>711</v>
       </c>
       <c r="Y218" s="4" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="219" spans="1:25">
       <c r="A219" s="5">
         <v>218</v>
       </c>
       <c r="B219" s="5">
-        <v>59312685</v>
+        <v>59364404</v>
       </c>
       <c r="C219" s="4" t="s">
         <v>713</v>
       </c>
       <c r="D219" s="6">
-        <v>401933100</v>
+        <v>414667008</v>
       </c>
       <c r="E219" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F219" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G219" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H219" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I219" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J219" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K219" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L219" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="N219" s="5" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="O219" s="5" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="P219" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q219" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R219" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S219" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T219" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U219" s="4"/>
       <c r="V219" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W219" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X219" s="4" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="Y219" s="4" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="220" spans="1:25">
       <c r="A220" s="5">
         <v>219</v>
       </c>
       <c r="B220" s="5">
-        <v>59364404</v>
+        <v>59549471</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D220" s="6">
-        <v>414667008</v>
+        <v>250000000</v>
       </c>
       <c r="E220" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F220" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G220" s="4" t="s">
-        <v>68</v>
+        <v>637</v>
       </c>
       <c r="H220" s="5" t="s">
-        <v>62</v>
+        <v>157</v>
       </c>
       <c r="I220" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J220" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>91</v>
+        <v>719</v>
       </c>
       <c r="L220" s="5" t="s">
-        <v>91</v>
+        <v>158</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>292</v>
+        <v>720</v>
       </c>
       <c r="N220" s="5" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="O220" s="5" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="P220" s="4" t="s">
-        <v>277</v>
+        <v>723</v>
       </c>
       <c r="Q220" s="4" t="s">
-        <v>278</v>
+        <v>724</v>
       </c>
       <c r="R220" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S220" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T220" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U220" s="4"/>
       <c r="V220" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W220" s="4" t="s">
-        <v>149</v>
+        <v>725</v>
       </c>
       <c r="X220" s="4" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="Y220" s="4" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
     </row>
     <row r="221" spans="1:25">
       <c r="A221" s="5">
         <v>220</v>
       </c>
       <c r="B221" s="5">
-        <v>59549471</v>
+        <v>59737337</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="D221" s="6">
-        <v>250000000</v>
+        <v>204286860</v>
       </c>
       <c r="E221" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F221" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G221" s="4" t="s">
-        <v>641</v>
+        <v>68</v>
       </c>
       <c r="H221" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
       <c r="K221" s="5" t="s">
-        <v>723</v>
+        <v>260</v>
       </c>
       <c r="L221" s="5" t="s">
-        <v>158</v>
+        <v>63</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>724</v>
+        <v>268</v>
       </c>
       <c r="N221" s="5" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="O221" s="5" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="P221" s="4" t="s">
-        <v>727</v>
+        <v>147</v>
       </c>
       <c r="Q221" s="4" t="s">
-        <v>728</v>
+        <v>148</v>
       </c>
       <c r="R221" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S221" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T221" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U221" s="4"/>
       <c r="V221" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W221" s="4" t="s">
-        <v>729</v>
+        <v>149</v>
       </c>
       <c r="X221" s="4" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="Y221" s="4" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="222" spans="1:25">
       <c r="A222" s="5">
         <v>221</v>
       </c>
       <c r="B222" s="5">
-        <v>59737337</v>
+        <v>59737419</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D222" s="6">
-        <v>204286860</v>
+        <v>204537024</v>
       </c>
       <c r="E222" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F222" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G222" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H222" s="5" t="s">
         <v>158</v>
       </c>
       <c r="I222" s="5" t="s">
         <v>158</v>
       </c>
       <c r="J222" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K222" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L222" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M222" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N222" s="5" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="O222" s="5" t="s">
         <v>734</v>
       </c>
       <c r="P222" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q222" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R222" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S222" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T222" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U222" s="4"/>
       <c r="V222" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W222" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X222" s="4" t="s">
         <v>735</v>
       </c>
       <c r="Y222" s="4" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="223" spans="1:25">
       <c r="A223" s="5">
         <v>222</v>
       </c>
       <c r="B223" s="5">
-        <v>59737419</v>
+        <v>59737455</v>
       </c>
       <c r="C223" s="4" t="s">
         <v>737</v>
       </c>
       <c r="D223" s="6">
-        <v>204537024</v>
+        <v>203956955</v>
       </c>
       <c r="E223" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F223" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G223" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H223" s="5" t="s">
         <v>158</v>
       </c>
       <c r="I223" s="5" t="s">
         <v>158</v>
       </c>
       <c r="J223" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K223" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L223" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M223" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N223" s="5" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="O223" s="5" t="s">
         <v>738</v>
       </c>
       <c r="P223" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q223" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R223" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S223" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T223" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U223" s="4"/>
       <c r="V223" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W223" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X223" s="4" t="s">
         <v>739</v>
       </c>
       <c r="Y223" s="4" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="224" spans="1:25">
       <c r="A224" s="5">
         <v>223</v>
       </c>
       <c r="B224" s="5">
-        <v>59737455</v>
+        <v>59737514</v>
       </c>
       <c r="C224" s="4" t="s">
         <v>741</v>
       </c>
       <c r="D224" s="6">
-        <v>203956955</v>
+        <v>204260916</v>
       </c>
       <c r="E224" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F224" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G224" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H224" s="5" t="s">
         <v>158</v>
       </c>
       <c r="I224" s="5" t="s">
         <v>158</v>
       </c>
       <c r="J224" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K224" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L224" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M224" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N224" s="5" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="O224" s="5" t="s">
         <v>742</v>
       </c>
       <c r="P224" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q224" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R224" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S224" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T224" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U224" s="4"/>
       <c r="V224" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W224" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X224" s="4" t="s">
         <v>743</v>
       </c>
       <c r="Y224" s="4" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="225" spans="1:25">
       <c r="A225" s="5">
         <v>224</v>
       </c>
       <c r="B225" s="5">
-        <v>59737514</v>
+        <v>60156407</v>
       </c>
       <c r="C225" s="4" t="s">
         <v>745</v>
       </c>
       <c r="D225" s="6">
-        <v>204260916</v>
+        <v>100000000</v>
       </c>
       <c r="E225" s="4" t="s">
-        <v>26</v>
+        <v>746</v>
       </c>
       <c r="F225" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G225" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H225" s="5" t="s">
-        <v>158</v>
+        <v>57</v>
       </c>
       <c r="I225" s="5" t="s">
-        <v>158</v>
+        <v>57</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="K225" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L225" s="5" t="s">
-        <v>63</v>
+        <v>747</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>268</v>
+        <v>748</v>
       </c>
       <c r="N225" s="5" t="s">
-        <v>733</v>
+        <v>749</v>
       </c>
       <c r="O225" s="5" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="P225" s="4" t="s">
-        <v>147</v>
+        <v>723</v>
       </c>
       <c r="Q225" s="4" t="s">
-        <v>148</v>
+        <v>724</v>
       </c>
       <c r="R225" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S225" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T225" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U225" s="4"/>
       <c r="V225" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W225" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X225" s="4" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="Y225" s="4" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
     </row>
     <row r="226" spans="1:25">
       <c r="A226" s="5">
         <v>225</v>
       </c>
       <c r="B226" s="5">
-        <v>60156407</v>
+        <v>60156418</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="D226" s="6">
-        <v>100000000</v>
+        <v>488820000</v>
       </c>
       <c r="E226" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F226" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G226" s="4" t="s">
-        <v>28</v>
+        <v>637</v>
       </c>
       <c r="H226" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I226" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J226" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K226" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L226" s="5" t="s">
-        <v>751</v>
+        <v>260</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="N226" s="5" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="O226" s="5" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="P226" s="4" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="Q226" s="4" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="R226" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S226" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T226" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U226" s="4"/>
       <c r="V226" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W226" s="4" t="s">
-        <v>40</v>
+        <v>755</v>
       </c>
       <c r="X226" s="4" t="s">
-        <v>755</v>
+        <v>726</v>
       </c>
       <c r="Y226" s="4" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="227" spans="1:25">
       <c r="A227" s="5">
         <v>226</v>
       </c>
       <c r="B227" s="5">
-        <v>60156418</v>
+        <v>60163395</v>
       </c>
       <c r="C227" s="4" t="s">
         <v>757</v>
       </c>
       <c r="D227" s="6">
-        <v>488820000</v>
+        <v>112500000</v>
       </c>
       <c r="E227" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F227" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G227" s="4" t="s">
-        <v>641</v>
+        <v>28</v>
       </c>
       <c r="H227" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I227" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J227" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>260</v>
+        <v>159</v>
       </c>
       <c r="L227" s="5" t="s">
-        <v>260</v>
+        <v>747</v>
       </c>
       <c r="M227" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="N227" s="5" t="s">
         <v>758</v>
       </c>
-      <c r="N227" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O227" s="5" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="P227" s="4" t="s">
-        <v>727</v>
+        <v>273</v>
       </c>
       <c r="Q227" s="4" t="s">
-        <v>728</v>
+        <v>274</v>
       </c>
       <c r="R227" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S227" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T227" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U227" s="4"/>
       <c r="V227" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W227" s="4" t="s">
-        <v>759</v>
+        <v>149</v>
       </c>
       <c r="X227" s="4" t="s">
-        <v>730</v>
+        <v>760</v>
       </c>
       <c r="Y227" s="4" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
     </row>
     <row r="228" spans="1:25">
       <c r="A228" s="5">
         <v>227</v>
       </c>
       <c r="B228" s="5">
-        <v>60163395</v>
+        <v>60163436</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D228" s="6">
-        <v>112500000</v>
+        <v>280000000</v>
       </c>
       <c r="E228" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F228" s="4" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="G228" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H228" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I228" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="J228" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>159</v>
+        <v>91</v>
       </c>
       <c r="L228" s="5" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N228" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O228" s="5" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="P228" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q228" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R228" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S228" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T228" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U228" s="4"/>
       <c r="V228" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W228" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X228" s="4" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="Y228" s="4" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
     </row>
     <row r="229" spans="1:25">
       <c r="A229" s="5">
         <v>228</v>
       </c>
       <c r="B229" s="5">
-        <v>60163436</v>
+        <v>60163476</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="D229" s="6">
-        <v>280000000</v>
+        <v>42500000</v>
       </c>
       <c r="E229" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F229" s="4" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="G229" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H229" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I229" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J229" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K229" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L229" s="5" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>752</v>
+        <v>765</v>
       </c>
       <c r="N229" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O229" s="5" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="P229" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q229" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R229" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S229" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T229" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U229" s="4"/>
       <c r="V229" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W229" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X229" s="4" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="Y229" s="4" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="230" spans="1:25">
       <c r="A230" s="5">
         <v>229</v>
       </c>
       <c r="B230" s="5">
-        <v>60163476</v>
+        <v>60163486</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D230" s="6">
-        <v>42500000</v>
+        <v>51000000</v>
       </c>
       <c r="E230" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F230" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G230" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H230" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>91</v>
+        <v>57</v>
       </c>
       <c r="L230" s="5" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="N230" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O230" s="5" t="s">
         <v>770</v>
       </c>
       <c r="P230" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q230" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R230" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S230" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T230" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U230" s="4"/>
       <c r="V230" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W230" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X230" s="4" t="s">
         <v>771</v>
       </c>
       <c r="Y230" s="4" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="231" spans="1:25">
       <c r="A231" s="5">
         <v>230</v>
       </c>
       <c r="B231" s="5">
-        <v>60163486</v>
+        <v>60163546</v>
       </c>
       <c r="C231" s="4" t="s">
         <v>773</v>
       </c>
       <c r="D231" s="6">
-        <v>51000000</v>
+        <v>1319680345</v>
       </c>
       <c r="E231" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F231" s="4" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="G231" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H231" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="L231" s="5" t="s">
-        <v>751</v>
+        <v>91</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>769</v>
+        <v>288</v>
       </c>
       <c r="N231" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O231" s="5" t="s">
         <v>774</v>
       </c>
       <c r="P231" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q231" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R231" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S231" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T231" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U231" s="4"/>
       <c r="V231" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W231" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X231" s="4" t="s">
         <v>775</v>
       </c>
       <c r="Y231" s="4" t="s">
-        <v>776</v>
+        <v>712</v>
       </c>
     </row>
     <row r="232" spans="1:25">
       <c r="A232" s="5">
         <v>231</v>
       </c>
       <c r="B232" s="5">
-        <v>60163546</v>
+        <v>60163601</v>
       </c>
       <c r="C232" s="4" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="D232" s="6">
-        <v>1319680345</v>
+        <v>21000000</v>
       </c>
       <c r="E232" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F232" s="4" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="G232" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H232" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="J232" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K232" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="I232" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L232" s="5" t="s">
-        <v>91</v>
+        <v>747</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>292</v>
+        <v>765</v>
       </c>
       <c r="N232" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O232" s="5" t="s">
-        <v>778</v>
+        <v>759</v>
       </c>
       <c r="P232" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q232" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R232" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S232" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T232" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U232" s="4"/>
       <c r="V232" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W232" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X232" s="4" t="s">
-        <v>779</v>
+        <v>760</v>
       </c>
       <c r="Y232" s="4" t="s">
-        <v>716</v>
+        <v>777</v>
       </c>
     </row>
     <row r="233" spans="1:25">
       <c r="A233" s="5">
         <v>232</v>
       </c>
       <c r="B233" s="5">
-        <v>60163601</v>
+        <v>60163634</v>
       </c>
       <c r="C233" s="4" t="s">
-        <v>780</v>
+        <v>778</v>
       </c>
       <c r="D233" s="6">
-        <v>21000000</v>
+        <v>17500000</v>
       </c>
       <c r="E233" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F233" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G233" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H233" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="L233" s="5" t="s">
-        <v>751</v>
+        <v>63</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>769</v>
+        <v>91</v>
       </c>
       <c r="N233" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O233" s="5" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="P233" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q233" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R233" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S233" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T233" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U233" s="4"/>
       <c r="V233" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W233" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X233" s="4" t="s">
-        <v>764</v>
+        <v>779</v>
       </c>
       <c r="Y233" s="4" t="s">
-        <v>781</v>
+        <v>780</v>
       </c>
     </row>
     <row r="234" spans="1:25">
       <c r="A234" s="5">
         <v>233</v>
       </c>
       <c r="B234" s="5">
-        <v>60163634</v>
+        <v>60164496</v>
       </c>
       <c r="C234" s="4" t="s">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="D234" s="6">
-        <v>17500000</v>
+        <v>261278028</v>
       </c>
       <c r="E234" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F234" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G234" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H234" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I234" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="I234" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J234" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="K234" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="L234" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="L234" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M234" s="5" t="s">
-        <v>91</v>
+        <v>782</v>
       </c>
       <c r="N234" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O234" s="5" t="s">
-        <v>763</v>
+        <v>783</v>
       </c>
       <c r="P234" s="4" t="s">
-        <v>277</v>
+        <v>723</v>
       </c>
       <c r="Q234" s="4" t="s">
-        <v>278</v>
+        <v>724</v>
       </c>
       <c r="R234" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S234" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T234" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U234" s="4"/>
       <c r="V234" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W234" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X234" s="4" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="Y234" s="4" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="235" spans="1:25">
       <c r="A235" s="5">
         <v>234</v>
       </c>
       <c r="B235" s="5">
-        <v>60164496</v>
+        <v>60164499</v>
       </c>
       <c r="C235" s="4" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D235" s="6">
-        <v>261278028</v>
+        <v>15000000</v>
       </c>
       <c r="E235" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F235" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G235" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H235" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I235" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J235" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K235" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L235" s="5" t="s">
-        <v>91</v>
+        <v>260</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>786</v>
+        <v>159</v>
       </c>
       <c r="N235" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O235" s="5" t="s">
         <v>787</v>
       </c>
       <c r="P235" s="4" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="Q235" s="4" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="R235" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S235" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T235" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U235" s="4"/>
       <c r="V235" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W235" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X235" s="4" t="s">
         <v>788</v>
       </c>
       <c r="Y235" s="4" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="236" spans="1:25">
       <c r="A236" s="5">
         <v>235</v>
       </c>
       <c r="B236" s="5">
-        <v>60164499</v>
+        <v>60164501</v>
       </c>
       <c r="C236" s="4" t="s">
         <v>790</v>
       </c>
       <c r="D236" s="6">
-        <v>15000000</v>
+        <v>18000000</v>
       </c>
       <c r="E236" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F236" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G236" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H236" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="L236" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M236" s="5" t="s">
         <v>159</v>
       </c>
       <c r="N236" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O236" s="5" t="s">
         <v>791</v>
       </c>
       <c r="P236" s="4" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="Q236" s="4" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="R236" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S236" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T236" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U236" s="4"/>
       <c r="V236" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W236" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X236" s="4" t="s">
         <v>792</v>
       </c>
       <c r="Y236" s="4" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="237" spans="1:25">
       <c r="A237" s="5">
         <v>236</v>
       </c>
       <c r="B237" s="5">
-        <v>60164501</v>
+        <v>60164596</v>
       </c>
       <c r="C237" s="4" t="s">
         <v>794</v>
       </c>
       <c r="D237" s="6">
-        <v>18000000</v>
+        <v>100000000</v>
       </c>
       <c r="E237" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F237" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G237" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H237" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I237" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J237" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K237" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L237" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>159</v>
+        <v>91</v>
       </c>
       <c r="N237" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O237" s="5" t="s">
         <v>795</v>
       </c>
       <c r="P237" s="4" t="s">
-        <v>727</v>
+        <v>34</v>
       </c>
       <c r="Q237" s="4" t="s">
-        <v>728</v>
+        <v>35</v>
       </c>
       <c r="R237" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S237" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T237" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U237" s="4"/>
       <c r="V237" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W237" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X237" s="4" t="s">
         <v>796</v>
       </c>
       <c r="Y237" s="4" t="s">
-        <v>797</v>
+        <v>318</v>
       </c>
     </row>
     <row r="238" spans="1:25">
       <c r="A238" s="5">
         <v>237</v>
       </c>
       <c r="B238" s="5">
-        <v>60164596</v>
+        <v>60164602</v>
       </c>
       <c r="C238" s="4" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="D238" s="6">
-        <v>100000000</v>
+        <v>82500000</v>
       </c>
       <c r="E238" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F238" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G238" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H238" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I238" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J238" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K238" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L238" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M238" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N238" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O238" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P238" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q238" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R238" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S238" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T238" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U238" s="4"/>
       <c r="V238" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W238" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X238" s="4" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="Y238" s="4" t="s">
-        <v>322</v>
+        <v>799</v>
       </c>
     </row>
     <row r="239" spans="1:25">
       <c r="A239" s="5">
         <v>238</v>
       </c>
       <c r="B239" s="5">
-        <v>60164602</v>
+        <v>60164604</v>
       </c>
       <c r="C239" s="4" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="D239" s="6">
-        <v>82500000</v>
+        <v>100000000</v>
       </c>
       <c r="E239" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F239" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G239" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H239" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I239" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J239" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K239" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L239" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M239" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N239" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O239" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P239" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q239" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R239" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S239" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T239" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U239" s="4"/>
       <c r="V239" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W239" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X239" s="4" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="Y239" s="4" t="s">
-        <v>803</v>
+        <v>318</v>
       </c>
     </row>
     <row r="240" spans="1:25">
       <c r="A240" s="5">
         <v>239</v>
       </c>
       <c r="B240" s="5">
-        <v>60164604</v>
+        <v>60164620</v>
       </c>
       <c r="C240" s="4" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="D240" s="6">
-        <v>100000000</v>
+        <v>57000000</v>
       </c>
       <c r="E240" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F240" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G240" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H240" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I240" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J240" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K240" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L240" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M240" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N240" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O240" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P240" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q240" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R240" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S240" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T240" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U240" s="4"/>
       <c r="V240" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W240" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X240" s="4" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="Y240" s="4" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="241" spans="1:25">
       <c r="A241" s="5">
         <v>240</v>
       </c>
       <c r="B241" s="5">
-        <v>60164620</v>
+        <v>60164622</v>
       </c>
       <c r="C241" s="4" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="D241" s="6">
-        <v>57000000</v>
+        <v>12000000</v>
       </c>
       <c r="E241" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F241" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G241" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H241" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I241" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J241" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K241" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L241" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M241" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N241" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O241" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P241" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q241" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R241" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S241" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T241" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U241" s="4"/>
       <c r="V241" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W241" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X241" s="4" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="Y241" s="4" t="s">
-        <v>327</v>
+        <v>806</v>
       </c>
     </row>
     <row r="242" spans="1:25">
       <c r="A242" s="5">
         <v>241</v>
       </c>
       <c r="B242" s="5">
-        <v>60164622</v>
+        <v>60164624</v>
       </c>
       <c r="C242" s="4" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="D242" s="6">
-        <v>12000000</v>
+        <v>100000000</v>
       </c>
       <c r="E242" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F242" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G242" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H242" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I242" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J242" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K242" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L242" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M242" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N242" s="5" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="O242" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P242" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q242" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R242" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S242" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T242" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U242" s="4"/>
       <c r="V242" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W242" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X242" s="4" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="Y242" s="4" t="s">
-        <v>810</v>
+        <v>318</v>
       </c>
     </row>
     <row r="243" spans="1:25">
       <c r="A243" s="5">
         <v>242</v>
       </c>
       <c r="B243" s="5">
-        <v>60164624</v>
+        <v>60164637</v>
       </c>
       <c r="C243" s="4" t="s">
-        <v>811</v>
+        <v>809</v>
       </c>
       <c r="D243" s="6">
         <v>100000000</v>
       </c>
       <c r="E243" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F243" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G243" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H243" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I243" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J243" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K243" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L243" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M243" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N243" s="5" t="s">
-        <v>762</v>
+        <v>810</v>
       </c>
       <c r="O243" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P243" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q243" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R243" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S243" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T243" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U243" s="4"/>
       <c r="V243" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W243" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X243" s="4" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="Y243" s="4" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="244" spans="1:25">
       <c r="A244" s="5">
         <v>243</v>
       </c>
       <c r="B244" s="5">
-        <v>60164637</v>
+        <v>60164640</v>
       </c>
       <c r="C244" s="4" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="D244" s="6">
         <v>100000000</v>
       </c>
       <c r="E244" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F244" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G244" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H244" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I244" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J244" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K244" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L244" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M244" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N244" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O244" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P244" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q244" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R244" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S244" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T244" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U244" s="4"/>
       <c r="V244" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W244" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X244" s="4" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="Y244" s="4" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="245" spans="1:25">
       <c r="A245" s="5">
         <v>244</v>
       </c>
       <c r="B245" s="5">
-        <v>60164640</v>
+        <v>60164643</v>
       </c>
       <c r="C245" s="4" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="D245" s="6">
         <v>100000000</v>
       </c>
       <c r="E245" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F245" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G245" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H245" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I245" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J245" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K245" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L245" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M245" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N245" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O245" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P245" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q245" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R245" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S245" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T245" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U245" s="4"/>
       <c r="V245" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W245" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X245" s="4" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="Y245" s="4" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="246" spans="1:25">
       <c r="A246" s="5">
         <v>245</v>
       </c>
       <c r="B246" s="5">
-        <v>60164643</v>
+        <v>60164647</v>
       </c>
       <c r="C246" s="4" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="D246" s="6">
         <v>100000000</v>
       </c>
       <c r="E246" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F246" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G246" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H246" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I246" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J246" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K246" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L246" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M246" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N246" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O246" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P246" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q246" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R246" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S246" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T246" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U246" s="4"/>
       <c r="V246" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W246" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X246" s="4" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="Y246" s="4" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="247" spans="1:25">
       <c r="A247" s="5">
         <v>246</v>
       </c>
       <c r="B247" s="5">
-        <v>60164647</v>
+        <v>60164649</v>
       </c>
       <c r="C247" s="4" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="D247" s="6">
-        <v>100000000</v>
+        <v>82500000</v>
       </c>
       <c r="E247" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F247" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G247" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H247" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I247" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J247" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K247" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L247" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M247" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N247" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O247" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P247" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q247" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R247" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S247" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T247" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U247" s="4"/>
       <c r="V247" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W247" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X247" s="4" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="Y247" s="4" t="s">
-        <v>322</v>
+        <v>799</v>
       </c>
     </row>
     <row r="248" spans="1:25">
       <c r="A248" s="5">
         <v>247</v>
       </c>
       <c r="B248" s="5">
-        <v>60164649</v>
+        <v>60164652</v>
       </c>
       <c r="C248" s="4" t="s">
-        <v>822</v>
+        <v>820</v>
       </c>
       <c r="D248" s="6">
         <v>82500000</v>
       </c>
       <c r="E248" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F248" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G248" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H248" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I248" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J248" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K248" s="5" t="s">
         <v>57</v>
       </c>
       <c r="L248" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M248" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N248" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O248" s="5" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="P248" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q248" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R248" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S248" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T248" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U248" s="4"/>
       <c r="V248" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W248" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X248" s="4" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="Y248" s="4" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
     </row>
     <row r="249" spans="1:25">
       <c r="A249" s="5">
         <v>248</v>
       </c>
       <c r="B249" s="5">
-        <v>60164652</v>
+        <v>60164888</v>
       </c>
       <c r="C249" s="4" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="D249" s="6">
-        <v>82500000</v>
+        <v>100000000</v>
       </c>
       <c r="E249" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F249" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G249" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H249" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I249" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J249" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="L249" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="M249" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N249" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O249" s="5" t="s">
-        <v>799</v>
+        <v>759</v>
       </c>
       <c r="P249" s="4" t="s">
-        <v>34</v>
+        <v>273</v>
       </c>
       <c r="Q249" s="4" t="s">
-        <v>35</v>
+        <v>274</v>
       </c>
       <c r="R249" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S249" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T249" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U249" s="4"/>
       <c r="V249" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W249" s="4" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="X249" s="4" t="s">
-        <v>825</v>
+        <v>760</v>
       </c>
       <c r="Y249" s="4" t="s">
-        <v>803</v>
+        <v>823</v>
       </c>
     </row>
     <row r="250" spans="1:25">
       <c r="A250" s="5">
         <v>249</v>
       </c>
       <c r="B250" s="5">
-        <v>60164888</v>
+        <v>60164892</v>
       </c>
       <c r="C250" s="4" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="D250" s="6">
-        <v>100000000</v>
+        <v>4348282345</v>
       </c>
       <c r="E250" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F250" s="4" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="G250" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H250" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="L250" s="5" t="s">
-        <v>63</v>
+        <v>747</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>91</v>
+        <v>765</v>
       </c>
       <c r="N250" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O250" s="5" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="P250" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q250" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R250" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S250" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T250" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U250" s="4"/>
       <c r="V250" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W250" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X250" s="4" t="s">
-        <v>764</v>
+        <v>825</v>
       </c>
       <c r="Y250" s="4" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
     </row>
     <row r="251" spans="1:25">
       <c r="A251" s="5">
         <v>250</v>
       </c>
       <c r="B251" s="5">
-        <v>60164892</v>
+        <v>60170588</v>
       </c>
       <c r="C251" s="4" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="D251" s="6">
-        <v>4348282345</v>
+        <v>69000000</v>
       </c>
       <c r="E251" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F251" s="4" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="G251" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H251" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I251" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="I251" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J251" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="K251" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L251" s="5" t="s">
-        <v>751</v>
+        <v>260</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>769</v>
+        <v>91</v>
       </c>
       <c r="N251" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O251" s="5" t="s">
-        <v>763</v>
+        <v>828</v>
       </c>
       <c r="P251" s="4" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="Q251" s="4" t="s">
-        <v>278</v>
+        <v>35</v>
       </c>
       <c r="R251" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S251" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T251" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U251" s="4"/>
       <c r="V251" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W251" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X251" s="4" t="s">
         <v>829</v>
       </c>
       <c r="Y251" s="4" t="s">
-        <v>830</v>
+        <v>51</v>
       </c>
     </row>
     <row r="252" spans="1:25">
       <c r="A252" s="5">
         <v>251</v>
       </c>
       <c r="B252" s="5">
-        <v>60170588</v>
+        <v>60170618</v>
       </c>
       <c r="C252" s="4" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="D252" s="6">
-        <v>69000000</v>
+        <v>87500000</v>
       </c>
       <c r="E252" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F252" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G252" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H252" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I252" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J252" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K252" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L252" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M252" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N252" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O252" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P252" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q252" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R252" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S252" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T252" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U252" s="4"/>
       <c r="V252" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W252" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X252" s="4" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="Y252" s="4" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="253" spans="1:25">
       <c r="A253" s="5">
         <v>252</v>
       </c>
       <c r="B253" s="5">
-        <v>60170618</v>
+        <v>60170672</v>
       </c>
       <c r="C253" s="4" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="D253" s="6">
-        <v>87500000</v>
+        <v>100000000</v>
       </c>
       <c r="E253" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F253" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G253" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H253" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>91</v>
+        <v>57</v>
       </c>
       <c r="L253" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M253" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N253" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O253" s="5" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="P253" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q253" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R253" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S253" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T253" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U253" s="4"/>
       <c r="V253" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W253" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X253" s="4" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="Y253" s="4" t="s">
-        <v>45</v>
+        <v>318</v>
       </c>
     </row>
     <row r="254" spans="1:25">
       <c r="A254" s="5">
         <v>253</v>
       </c>
       <c r="B254" s="5">
-        <v>60170672</v>
+        <v>60171000</v>
       </c>
       <c r="C254" s="4" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="D254" s="6">
-        <v>100000000</v>
+        <v>87500000</v>
       </c>
       <c r="E254" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F254" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G254" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H254" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="L254" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M254" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N254" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O254" s="5" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
       <c r="P254" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q254" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R254" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S254" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T254" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U254" s="4"/>
       <c r="V254" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W254" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X254" s="4" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="Y254" s="4" t="s">
-        <v>322</v>
+        <v>45</v>
       </c>
     </row>
     <row r="255" spans="1:25">
       <c r="A255" s="5">
         <v>254</v>
       </c>
       <c r="B255" s="5">
-        <v>60171000</v>
+        <v>60171025</v>
       </c>
       <c r="C255" s="4" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="D255" s="6">
         <v>87500000</v>
       </c>
       <c r="E255" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F255" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G255" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H255" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I255" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J255" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K255" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L255" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M255" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N255" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O255" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P255" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q255" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R255" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S255" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T255" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U255" s="4"/>
       <c r="V255" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W255" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X255" s="4" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="Y255" s="4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="256" spans="1:25">
       <c r="A256" s="5">
         <v>255</v>
       </c>
       <c r="B256" s="5">
-        <v>60171025</v>
+        <v>60171055</v>
       </c>
       <c r="C256" s="4" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="D256" s="6">
         <v>87500000</v>
       </c>
       <c r="E256" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F256" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G256" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H256" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I256" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J256" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K256" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L256" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M256" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N256" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O256" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P256" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q256" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R256" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S256" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T256" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U256" s="4"/>
       <c r="V256" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W256" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X256" s="4" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="Y256" s="4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="257" spans="1:25">
       <c r="A257" s="5">
         <v>256</v>
       </c>
       <c r="B257" s="5">
-        <v>60171055</v>
+        <v>60171087</v>
       </c>
       <c r="C257" s="4" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="D257" s="6">
         <v>87500000</v>
       </c>
       <c r="E257" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F257" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G257" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H257" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I257" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J257" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K257" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L257" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M257" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N257" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O257" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P257" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q257" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R257" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S257" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T257" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U257" s="4"/>
       <c r="V257" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W257" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X257" s="4" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="Y257" s="4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="258" spans="1:25">
       <c r="A258" s="5">
         <v>257</v>
       </c>
       <c r="B258" s="5">
-        <v>60171087</v>
+        <v>60171135</v>
       </c>
       <c r="C258" s="4" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="D258" s="6">
         <v>87500000</v>
       </c>
       <c r="E258" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F258" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G258" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H258" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I258" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J258" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K258" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L258" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M258" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N258" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O258" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P258" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q258" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R258" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S258" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T258" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U258" s="4"/>
       <c r="V258" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W258" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X258" s="4" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="Y258" s="4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="259" spans="1:25">
       <c r="A259" s="5">
         <v>258</v>
       </c>
       <c r="B259" s="5">
-        <v>60171135</v>
+        <v>60171155</v>
       </c>
       <c r="C259" s="4" t="s">
-        <v>847</v>
+        <v>845</v>
       </c>
       <c r="D259" s="6">
-        <v>87500000</v>
+        <v>69000000</v>
       </c>
       <c r="E259" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F259" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G259" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H259" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I259" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J259" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K259" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L259" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M259" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N259" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O259" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P259" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q259" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R259" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S259" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T259" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U259" s="4"/>
       <c r="V259" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W259" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X259" s="4" t="s">
-        <v>848</v>
+        <v>846</v>
       </c>
       <c r="Y259" s="4" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="260" spans="1:25">
       <c r="A260" s="5">
         <v>259</v>
       </c>
       <c r="B260" s="5">
-        <v>60171155</v>
+        <v>60171178</v>
       </c>
       <c r="C260" s="4" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="D260" s="6">
         <v>69000000</v>
       </c>
       <c r="E260" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F260" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G260" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H260" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I260" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J260" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K260" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L260" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M260" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N260" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O260" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P260" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q260" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R260" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S260" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T260" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U260" s="4"/>
       <c r="V260" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W260" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X260" s="4" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="Y260" s="4" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="261" spans="1:25">
       <c r="A261" s="5">
         <v>260</v>
       </c>
       <c r="B261" s="5">
-        <v>60171178</v>
+        <v>60171212</v>
       </c>
       <c r="C261" s="4" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="D261" s="6">
-        <v>69000000</v>
+        <v>87500000</v>
       </c>
       <c r="E261" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F261" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G261" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H261" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I261" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J261" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K261" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L261" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M261" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N261" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O261" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P261" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q261" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R261" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S261" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T261" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U261" s="4"/>
       <c r="V261" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W261" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X261" s="4" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="Y261" s="4" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="262" spans="1:25">
       <c r="A262" s="5">
         <v>261</v>
       </c>
       <c r="B262" s="5">
-        <v>60171212</v>
+        <v>60171373</v>
       </c>
       <c r="C262" s="4" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="D262" s="6">
-        <v>87500000</v>
+        <v>90000000</v>
       </c>
       <c r="E262" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F262" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G262" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H262" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I262" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J262" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K262" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L262" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M262" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N262" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O262" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P262" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q262" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R262" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S262" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T262" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U262" s="4"/>
       <c r="V262" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W262" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X262" s="4" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="Y262" s="4" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="263" spans="1:25">
       <c r="A263" s="5">
         <v>262</v>
       </c>
       <c r="B263" s="5">
-        <v>60171373</v>
+        <v>60171398</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="D263" s="6">
-        <v>90000000</v>
+        <v>47500000</v>
       </c>
       <c r="E263" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F263" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G263" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H263" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I263" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J263" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K263" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L263" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M263" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N263" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O263" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P263" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q263" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R263" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S263" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T263" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U263" s="4"/>
       <c r="V263" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W263" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X263" s="4" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="Y263" s="4" t="s">
-        <v>42</v>
+        <v>855</v>
       </c>
     </row>
     <row r="264" spans="1:25">
       <c r="A264" s="5">
         <v>263</v>
       </c>
       <c r="B264" s="5">
-        <v>60171398</v>
+        <v>60171436</v>
       </c>
       <c r="C264" s="4" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="D264" s="6">
-        <v>47500000</v>
+        <v>10000000</v>
       </c>
       <c r="E264" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F264" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G264" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H264" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I264" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J264" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K264" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L264" s="5" t="s">
         <v>260</v>
       </c>
       <c r="M264" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N264" s="5" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="O264" s="5" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="P264" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q264" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R264" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S264" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T264" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U264" s="4"/>
       <c r="V264" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W264" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X264" s="4" t="s">
+        <v>857</v>
+      </c>
+      <c r="Y264" s="4" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="265" spans="1:25">
       <c r="A265" s="5">
         <v>264</v>
       </c>
       <c r="B265" s="5">
-        <v>60171436</v>
+        <v>60179650</v>
       </c>
       <c r="C265" s="4" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="D265" s="6">
-        <v>10000000</v>
+        <v>45000000</v>
       </c>
       <c r="E265" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F265" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G265" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H265" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I265" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="J265" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="L265" s="5" t="s">
-        <v>260</v>
+        <v>159</v>
       </c>
       <c r="M265" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N265" s="5" t="s">
-        <v>814</v>
+        <v>860</v>
       </c>
       <c r="O265" s="5" t="s">
-        <v>832</v>
+        <v>861</v>
       </c>
       <c r="P265" s="4" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q265" s="4" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="R265" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S265" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T265" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U265" s="4"/>
       <c r="V265" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W265" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X265" s="4" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="Y265" s="4" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="266" spans="1:25">
       <c r="A266" s="5">
         <v>265</v>
       </c>
       <c r="B266" s="5">
-        <v>60179650</v>
+        <v>60179988</v>
       </c>
       <c r="C266" s="4" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D266" s="6">
-        <v>45000000</v>
+        <v>82500000</v>
       </c>
       <c r="E266" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F266" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G266" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H266" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I266" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="K266" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L266" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M266" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N266" s="5" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="O266" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P266" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q266" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R266" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S266" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T266" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U266" s="4"/>
       <c r="V266" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W266" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X266" s="4" t="s">
+        <v>865</v>
+      </c>
+      <c r="Y266" s="4" t="s">
         <v>866</v>
-      </c>
-[...1 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="267" spans="1:25">
       <c r="A267" s="5">
         <v>266</v>
       </c>
       <c r="B267" s="5">
-        <v>60179988</v>
+        <v>60180044</v>
       </c>
       <c r="C267" s="4" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
       <c r="D267" s="6">
-        <v>82500000</v>
+        <v>100000000</v>
       </c>
       <c r="E267" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F267" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G267" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H267" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I267" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J267" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K267" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L267" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M267" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N267" s="5" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="O267" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P267" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q267" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R267" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S267" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T267" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U267" s="4"/>
       <c r="V267" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W267" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X267" s="4" t="s">
+        <v>868</v>
+      </c>
+      <c r="Y267" s="4" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="268" spans="1:25">
       <c r="A268" s="5">
         <v>267</v>
       </c>
       <c r="B268" s="5">
-        <v>60180044</v>
+        <v>60180094</v>
       </c>
       <c r="C268" s="4" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="D268" s="6">
-        <v>100000000</v>
+        <v>60000000</v>
       </c>
       <c r="E268" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F268" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G268" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H268" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I268" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J268" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K268" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L268" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M268" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N268" s="5" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="O268" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P268" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q268" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R268" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S268" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T268" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U268" s="4"/>
       <c r="V268" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W268" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X268" s="4" t="s">
+        <v>871</v>
+      </c>
+      <c r="Y268" s="4" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="269" spans="1:25">
       <c r="A269" s="5">
         <v>268</v>
       </c>
       <c r="B269" s="5">
-        <v>60180094</v>
+        <v>60183803</v>
       </c>
       <c r="C269" s="4" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="D269" s="6">
-        <v>60000000</v>
+        <v>51000000</v>
       </c>
       <c r="E269" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F269" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G269" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H269" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I269" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="J269" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="K269" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L269" s="5" t="s">
-        <v>159</v>
+        <v>874</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>91</v>
+        <v>748</v>
       </c>
       <c r="N269" s="5" t="s">
-        <v>864</v>
+        <v>57</v>
       </c>
       <c r="O269" s="5" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="P269" s="4" t="s">
-        <v>94</v>
+        <v>147</v>
       </c>
       <c r="Q269" s="4" t="s">
-        <v>95</v>
+        <v>148</v>
       </c>
       <c r="R269" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S269" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T269" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U269" s="4"/>
       <c r="V269" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W269" s="4" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="X269" s="4" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="Y269" s="4" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="270" spans="1:25">
       <c r="A270" s="5">
         <v>269</v>
       </c>
       <c r="B270" s="5">
-        <v>60183803</v>
+        <v>60183949</v>
       </c>
       <c r="C270" s="4" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D270" s="6">
-        <v>51000000</v>
+        <v>39000000</v>
       </c>
       <c r="E270" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F270" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G270" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H270" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I270" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J270" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K270" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L270" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N270" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O270" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P270" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q270" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R270" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S270" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T270" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U270" s="4"/>
       <c r="V270" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W270" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X270" s="4" t="s">
+        <v>879</v>
+      </c>
+      <c r="Y270" s="4" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="271" spans="1:25">
       <c r="A271" s="5">
         <v>270</v>
       </c>
       <c r="B271" s="5">
-        <v>60183949</v>
+        <v>60184039</v>
       </c>
       <c r="C271" s="4" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="D271" s="6">
-        <v>39000000</v>
+        <v>48000000</v>
       </c>
       <c r="E271" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F271" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G271" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H271" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I271" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J271" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K271" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L271" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N271" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O271" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P271" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q271" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R271" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S271" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T271" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U271" s="4"/>
       <c r="V271" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W271" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X271" s="4" t="s">
+        <v>882</v>
+      </c>
+      <c r="Y271" s="4" t="s">
         <v>883</v>
-      </c>
-[...1 lines deleted...]
-        <v>884</v>
       </c>
     </row>
     <row r="272" spans="1:25">
       <c r="A272" s="5">
         <v>271</v>
       </c>
       <c r="B272" s="5">
-        <v>60184039</v>
+        <v>60184455</v>
       </c>
       <c r="C272" s="4" t="s">
-        <v>885</v>
+        <v>884</v>
       </c>
       <c r="D272" s="6">
-        <v>48000000</v>
+        <v>100000000</v>
       </c>
       <c r="E272" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F272" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G272" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H272" s="5" t="s">
-        <v>260</v>
+        <v>31</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="K272" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L272" s="5" t="s">
-        <v>878</v>
+        <v>159</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>752</v>
+        <v>91</v>
       </c>
       <c r="N272" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O272" s="5" t="s">
-        <v>879</v>
+        <v>861</v>
       </c>
       <c r="P272" s="4" t="s">
-        <v>147</v>
+        <v>94</v>
       </c>
       <c r="Q272" s="4" t="s">
-        <v>148</v>
+        <v>95</v>
       </c>
       <c r="R272" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S272" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T272" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U272" s="4"/>
       <c r="V272" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W272" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X272" s="4" t="s">
+        <v>885</v>
+      </c>
+      <c r="Y272" s="4" t="s">
         <v>886</v>
-      </c>
-[...1 lines deleted...]
-        <v>887</v>
       </c>
     </row>
     <row r="273" spans="1:25">
       <c r="A273" s="5">
         <v>272</v>
       </c>
       <c r="B273" s="5">
-        <v>60184455</v>
+        <v>60184502</v>
       </c>
       <c r="C273" s="4" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="D273" s="6">
-        <v>100000000</v>
+        <v>36000000</v>
       </c>
       <c r="E273" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F273" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G273" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H273" s="5" t="s">
         <v>31</v>
       </c>
       <c r="I273" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J273" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K273" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L273" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M273" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N273" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O273" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P273" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q273" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R273" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S273" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T273" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U273" s="4"/>
       <c r="V273" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W273" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X273" s="4" t="s">
+        <v>888</v>
+      </c>
+      <c r="Y273" s="4" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="274" spans="1:25">
       <c r="A274" s="5">
         <v>273</v>
       </c>
       <c r="B274" s="5">
-        <v>60184502</v>
+        <v>60184523</v>
       </c>
       <c r="C274" s="4" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="D274" s="6">
-        <v>36000000</v>
+        <v>54000000</v>
       </c>
       <c r="E274" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F274" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G274" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H274" s="5" t="s">
         <v>31</v>
       </c>
       <c r="I274" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J274" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K274" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L274" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M274" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N274" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O274" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P274" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q274" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R274" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S274" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T274" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U274" s="4"/>
       <c r="V274" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W274" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X274" s="4" t="s">
+        <v>891</v>
+      </c>
+      <c r="Y274" s="4" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
     </row>
     <row r="275" spans="1:25">
       <c r="A275" s="5">
         <v>274</v>
       </c>
       <c r="B275" s="5">
-        <v>60184523</v>
+        <v>60184574</v>
       </c>
       <c r="C275" s="4" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="D275" s="6">
-        <v>54000000</v>
+        <v>100000000</v>
       </c>
       <c r="E275" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F275" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G275" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H275" s="5" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="I275" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J275" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K275" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L275" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M275" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N275" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O275" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P275" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q275" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R275" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S275" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T275" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U275" s="4"/>
       <c r="V275" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W275" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X275" s="4" t="s">
+        <v>894</v>
+      </c>
+      <c r="Y275" s="4" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
     </row>
     <row r="276" spans="1:25">
       <c r="A276" s="5">
         <v>275</v>
       </c>
       <c r="B276" s="5">
-        <v>60184574</v>
+        <v>60184645</v>
       </c>
       <c r="C276" s="4" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="D276" s="6">
         <v>100000000</v>
       </c>
       <c r="E276" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F276" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G276" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H276" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I276" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J276" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K276" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L276" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M276" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N276" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O276" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P276" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q276" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R276" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S276" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T276" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U276" s="4"/>
       <c r="V276" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W276" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X276" s="4" t="s">
+        <v>897</v>
+      </c>
+      <c r="Y276" s="4" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="277" spans="1:25">
       <c r="A277" s="5">
         <v>276</v>
       </c>
       <c r="B277" s="5">
-        <v>60184645</v>
+        <v>60184669</v>
       </c>
       <c r="C277" s="4" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="D277" s="6">
-        <v>100000000</v>
+        <v>82500000</v>
       </c>
       <c r="E277" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F277" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G277" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H277" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I277" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J277" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K277" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L277" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M277" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N277" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O277" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P277" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q277" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R277" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S277" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T277" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U277" s="4"/>
       <c r="V277" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W277" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X277" s="4" t="s">
+        <v>900</v>
+      </c>
+      <c r="Y277" s="4" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="278" spans="1:25">
       <c r="A278" s="5">
         <v>277</v>
       </c>
       <c r="B278" s="5">
-        <v>60184669</v>
+        <v>60184745</v>
       </c>
       <c r="C278" s="4" t="s">
-        <v>903</v>
+        <v>902</v>
       </c>
       <c r="D278" s="6">
         <v>82500000</v>
       </c>
       <c r="E278" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F278" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G278" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H278" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I278" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J278" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K278" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L278" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M278" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N278" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O278" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P278" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q278" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R278" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S278" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T278" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U278" s="4"/>
       <c r="V278" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W278" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X278" s="4" t="s">
+        <v>903</v>
+      </c>
+      <c r="Y278" s="4" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="279" spans="1:25">
       <c r="A279" s="5">
         <v>278</v>
       </c>
       <c r="B279" s="5">
-        <v>60184745</v>
+        <v>60184820</v>
       </c>
       <c r="C279" s="4" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="D279" s="6">
-        <v>82500000</v>
+        <v>30000000</v>
       </c>
       <c r="E279" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F279" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G279" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H279" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I279" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J279" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K279" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L279" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M279" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N279" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O279" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P279" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q279" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R279" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S279" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T279" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U279" s="4"/>
       <c r="V279" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W279" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X279" s="4" t="s">
+        <v>906</v>
+      </c>
+      <c r="Y279" s="4" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="280" spans="1:25">
       <c r="A280" s="5">
         <v>279</v>
       </c>
       <c r="B280" s="5">
-        <v>60184820</v>
+        <v>60184857</v>
       </c>
       <c r="C280" s="4" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="D280" s="6">
-        <v>30000000</v>
+        <v>48000000</v>
       </c>
       <c r="E280" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F280" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G280" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H280" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I280" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J280" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K280" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L280" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M280" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N280" s="5" t="s">
         <v>57</v>
       </c>
       <c r="O280" s="5" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="P280" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q280" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R280" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S280" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T280" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U280" s="4"/>
       <c r="V280" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W280" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X280" s="4" t="s">
+        <v>909</v>
+      </c>
+      <c r="Y280" s="4" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
     </row>
     <row r="281" spans="1:25">
       <c r="A281" s="5">
         <v>280</v>
       </c>
       <c r="B281" s="5">
-        <v>60184857</v>
+        <v>60195825</v>
       </c>
       <c r="C281" s="4" t="s">
-        <v>912</v>
+        <v>911</v>
       </c>
       <c r="D281" s="6">
-        <v>48000000</v>
+        <v>190000000</v>
       </c>
       <c r="E281" s="4" t="s">
-        <v>750</v>
+        <v>26</v>
       </c>
       <c r="F281" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G281" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H281" s="5" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="I281" s="5" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="J281" s="5" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>159</v>
+        <v>63</v>
       </c>
       <c r="L281" s="5" t="s">
-        <v>159</v>
+        <v>63</v>
       </c>
       <c r="M281" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N281" s="5" t="s">
-        <v>57</v>
+        <v>912</v>
       </c>
       <c r="O281" s="5" t="s">
-        <v>865</v>
+        <v>913</v>
       </c>
       <c r="P281" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q281" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R281" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S281" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T281" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U281" s="4"/>
       <c r="V281" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W281" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X281" s="4" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="Y281" s="4" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="282" spans="1:25">
       <c r="A282" s="5">
         <v>281</v>
       </c>
       <c r="B282" s="5">
-        <v>60195825</v>
+        <v>60195834</v>
       </c>
       <c r="C282" s="4" t="s">
         <v>915</v>
       </c>
       <c r="D282" s="6">
         <v>190000000</v>
       </c>
       <c r="E282" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F282" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G282" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H282" s="5" t="s">
         <v>31</v>
       </c>
       <c r="I282" s="5" t="s">
         <v>31</v>
       </c>
       <c r="J282" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K282" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L282" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M282" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N282" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="O282" s="5" t="s">
         <v>916</v>
-      </c>
-[...1 lines deleted...]
-        <v>917</v>
       </c>
       <c r="P282" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q282" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R282" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S282" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T282" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U282" s="4"/>
       <c r="V282" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W282" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X282" s="4" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
       <c r="Y282" s="4" t="s">
-        <v>918</v>
+        <v>914</v>
       </c>
     </row>
     <row r="283" spans="1:25">
       <c r="A283" s="5">
         <v>282</v>
       </c>
       <c r="B283" s="5">
-        <v>60195834</v>
+        <v>60195843</v>
       </c>
       <c r="C283" s="4" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="D283" s="6">
-        <v>190000000</v>
+        <v>193500000</v>
       </c>
       <c r="E283" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F283" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G283" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H283" s="5" t="s">
         <v>31</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="K283" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L283" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M283" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N283" s="5" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="O283" s="5" t="s">
-        <v>920</v>
+        <v>918</v>
       </c>
       <c r="P283" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q283" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R283" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S283" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T283" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U283" s="4"/>
       <c r="V283" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W283" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X283" s="4" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="Y283" s="4" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
     </row>
     <row r="284" spans="1:25">
       <c r="A284" s="5">
         <v>283</v>
       </c>
       <c r="B284" s="5">
-        <v>60195843</v>
+        <v>60195851</v>
       </c>
       <c r="C284" s="4" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="D284" s="6">
         <v>193500000</v>
       </c>
       <c r="E284" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F284" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G284" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H284" s="5" t="s">
         <v>31</v>
       </c>
       <c r="I284" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J284" s="5" t="s">
         <v>57</v>
       </c>
       <c r="K284" s="5" t="s">
         <v>63</v>
       </c>
       <c r="L284" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M284" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N284" s="5" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="O284" s="5" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="P284" s="4" t="s">
         <v>94</v>
       </c>
       <c r="Q284" s="4" t="s">
         <v>95</v>
       </c>
       <c r="R284" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S284" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T284" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U284" s="4"/>
       <c r="V284" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W284" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X284" s="4" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
       <c r="Y284" s="4" t="s">
-        <v>923</v>
+        <v>922</v>
       </c>
     </row>
     <row r="285" spans="1:25">
       <c r="A285" s="5">
         <v>284</v>
       </c>
       <c r="B285" s="5">
-        <v>60195851</v>
+        <v>60207246</v>
       </c>
       <c r="C285" s="4" t="s">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="D285" s="6">
-        <v>193500000</v>
+        <v>33000000</v>
       </c>
       <c r="E285" s="4" t="s">
-        <v>26</v>
+        <v>746</v>
       </c>
       <c r="F285" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G285" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H285" s="5" t="s">
-        <v>31</v>
+        <v>260</v>
       </c>
       <c r="I285" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="J285" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>63</v>
+        <v>159</v>
       </c>
       <c r="L285" s="5" t="s">
-        <v>63</v>
+        <v>874</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>91</v>
+        <v>748</v>
       </c>
       <c r="N285" s="5" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="O285" s="5" t="s">
-        <v>925</v>
+        <v>875</v>
       </c>
       <c r="P285" s="4" t="s">
-        <v>94</v>
+        <v>147</v>
       </c>
       <c r="Q285" s="4" t="s">
-        <v>95</v>
+        <v>148</v>
       </c>
       <c r="R285" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S285" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T285" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U285" s="4"/>
       <c r="V285" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W285" s="4" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="X285" s="4" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="Y285" s="4" t="s">
-        <v>926</v>
+        <v>213</v>
       </c>
     </row>
     <row r="286" spans="1:25">
       <c r="A286" s="5">
         <v>285</v>
       </c>
       <c r="B286" s="5">
-        <v>60207246</v>
+        <v>60207277</v>
       </c>
       <c r="C286" s="4" t="s">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="D286" s="6">
-        <v>33000000</v>
+        <v>57000000</v>
       </c>
       <c r="E286" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F286" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G286" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H286" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I286" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J286" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K286" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L286" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N286" s="5" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="O286" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P286" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q286" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R286" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S286" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T286" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U286" s="4"/>
       <c r="V286" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W286" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X286" s="4" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="Y286" s="4" t="s">
-        <v>213</v>
+        <v>928</v>
       </c>
     </row>
     <row r="287" spans="1:25">
       <c r="A287" s="5">
         <v>286</v>
       </c>
       <c r="B287" s="5">
-        <v>60207277</v>
+        <v>60212499</v>
       </c>
       <c r="C287" s="4" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="D287" s="6">
-        <v>57000000</v>
+        <v>414667008</v>
       </c>
       <c r="E287" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F287" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G287" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H287" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I287" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J287" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>159</v>
+        <v>91</v>
       </c>
       <c r="L287" s="5" t="s">
-        <v>878</v>
+        <v>747</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>752</v>
+        <v>765</v>
       </c>
       <c r="N287" s="5" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="O287" s="5" t="s">
-        <v>879</v>
+        <v>931</v>
       </c>
       <c r="P287" s="4" t="s">
-        <v>147</v>
+        <v>273</v>
       </c>
       <c r="Q287" s="4" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="R287" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S287" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T287" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U287" s="4"/>
       <c r="V287" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W287" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X287" s="4" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="Y287" s="4" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
     </row>
     <row r="288" spans="1:25">
       <c r="A288" s="5">
         <v>287</v>
       </c>
       <c r="B288" s="5">
-        <v>60207323</v>
+        <v>60212515</v>
       </c>
       <c r="C288" s="4" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D288" s="6">
-        <v>54000000</v>
+        <v>57000000</v>
       </c>
       <c r="E288" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F288" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G288" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H288" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="I288" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="J288" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>159</v>
+        <v>57</v>
       </c>
       <c r="L288" s="5" t="s">
-        <v>878</v>
+        <v>63</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>752</v>
+        <v>91</v>
       </c>
       <c r="N288" s="5" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="O288" s="5" t="s">
-        <v>879</v>
+        <v>935</v>
       </c>
       <c r="P288" s="4" t="s">
-        <v>147</v>
+        <v>273</v>
       </c>
       <c r="Q288" s="4" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="R288" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S288" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T288" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U288" s="4"/>
       <c r="V288" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W288" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X288" s="4" t="s">
-        <v>934</v>
+        <v>760</v>
       </c>
       <c r="Y288" s="4" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
     </row>
     <row r="289" spans="1:25">
       <c r="A289" s="5">
         <v>288</v>
       </c>
       <c r="B289" s="5">
-        <v>60212499</v>
+        <v>60212563</v>
       </c>
       <c r="C289" s="4" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D289" s="6">
-        <v>414667008</v>
+        <v>82500000</v>
       </c>
       <c r="E289" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F289" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G289" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H289" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="I289" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="J289" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K289" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L289" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="J289" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K289" s="5" t="s">
+      <c r="M289" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="L289" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N289" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O289" s="5" t="s">
         <v>938</v>
       </c>
       <c r="P289" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q289" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R289" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S289" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T289" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U289" s="4"/>
       <c r="V289" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W289" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X289" s="4" t="s">
+        <v>760</v>
+      </c>
+      <c r="Y289" s="4" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="290" spans="1:25">
       <c r="A290" s="5">
         <v>289</v>
       </c>
       <c r="B290" s="5">
-        <v>60212515</v>
+        <v>60214184</v>
       </c>
       <c r="C290" s="4" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="D290" s="6">
         <v>57000000</v>
       </c>
       <c r="E290" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F290" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G290" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H290" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>57</v>
+        <v>159</v>
       </c>
       <c r="L290" s="5" t="s">
-        <v>63</v>
+        <v>874</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>91</v>
+        <v>748</v>
       </c>
       <c r="N290" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O290" s="5" t="s">
-        <v>942</v>
+        <v>875</v>
       </c>
       <c r="P290" s="4" t="s">
-        <v>277</v>
+        <v>147</v>
       </c>
       <c r="Q290" s="4" t="s">
-        <v>278</v>
+        <v>148</v>
       </c>
       <c r="R290" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S290" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T290" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U290" s="4"/>
       <c r="V290" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W290" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X290" s="4" t="s">
-        <v>764</v>
+        <v>941</v>
       </c>
       <c r="Y290" s="4" t="s">
-        <v>943</v>
+        <v>928</v>
       </c>
     </row>
     <row r="291" spans="1:25">
       <c r="A291" s="5">
         <v>290</v>
       </c>
       <c r="B291" s="5">
-        <v>60212563</v>
+        <v>60214373</v>
       </c>
       <c r="C291" s="4" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="D291" s="6">
-        <v>82500000</v>
+        <v>51000000</v>
       </c>
       <c r="E291" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F291" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G291" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H291" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I291" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="J291" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>57</v>
+        <v>159</v>
       </c>
       <c r="L291" s="5" t="s">
-        <v>63</v>
+        <v>874</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>91</v>
+        <v>748</v>
       </c>
       <c r="N291" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O291" s="5" t="s">
-        <v>945</v>
+        <v>875</v>
       </c>
       <c r="P291" s="4" t="s">
-        <v>277</v>
+        <v>147</v>
       </c>
       <c r="Q291" s="4" t="s">
-        <v>278</v>
+        <v>148</v>
       </c>
       <c r="R291" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S291" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T291" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U291" s="4"/>
       <c r="V291" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W291" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X291" s="4" t="s">
-        <v>764</v>
+        <v>943</v>
       </c>
       <c r="Y291" s="4" t="s">
-        <v>946</v>
+        <v>264</v>
       </c>
     </row>
     <row r="292" spans="1:25">
       <c r="A292" s="5">
         <v>291</v>
       </c>
       <c r="B292" s="5">
-        <v>60214184</v>
+        <v>60214470</v>
       </c>
       <c r="C292" s="4" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="D292" s="6">
-        <v>57000000</v>
+        <v>54000000</v>
       </c>
       <c r="E292" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F292" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G292" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H292" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I292" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J292" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K292" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L292" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N292" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O292" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P292" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q292" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R292" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S292" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T292" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U292" s="4"/>
       <c r="V292" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W292" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X292" s="4" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="Y292" s="4" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
     </row>
     <row r="293" spans="1:25">
       <c r="A293" s="5">
         <v>292</v>
       </c>
       <c r="B293" s="5">
-        <v>60214373</v>
+        <v>60214604</v>
       </c>
       <c r="C293" s="4" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="D293" s="6">
-        <v>51000000</v>
+        <v>82500000</v>
       </c>
       <c r="E293" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F293" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G293" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H293" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I293" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J293" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K293" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L293" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N293" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O293" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P293" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q293" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R293" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S293" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T293" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U293" s="4"/>
       <c r="V293" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W293" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X293" s="4" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
       <c r="Y293" s="4" t="s">
-        <v>264</v>
+        <v>949</v>
       </c>
     </row>
     <row r="294" spans="1:25">
       <c r="A294" s="5">
         <v>293</v>
       </c>
       <c r="B294" s="5">
-        <v>60214470</v>
+        <v>60214682</v>
       </c>
       <c r="C294" s="4" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="D294" s="6">
-        <v>54000000</v>
+        <v>12000000</v>
       </c>
       <c r="E294" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F294" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G294" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H294" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I294" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J294" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K294" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L294" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N294" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O294" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P294" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q294" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R294" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S294" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T294" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U294" s="4"/>
       <c r="V294" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W294" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X294" s="4" t="s">
-        <v>952</v>
+        <v>951</v>
       </c>
       <c r="Y294" s="4" t="s">
-        <v>935</v>
+        <v>151</v>
       </c>
     </row>
     <row r="295" spans="1:25">
       <c r="A295" s="5">
         <v>294</v>
       </c>
       <c r="B295" s="5">
-        <v>60214604</v>
+        <v>60215237</v>
       </c>
       <c r="C295" s="4" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="D295" s="6">
-        <v>82500000</v>
+        <v>36000000</v>
       </c>
       <c r="E295" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F295" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G295" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H295" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I295" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J295" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K295" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L295" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N295" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O295" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P295" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q295" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R295" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S295" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T295" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U295" s="4"/>
       <c r="V295" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W295" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X295" s="4" t="s">
+        <v>953</v>
+      </c>
+      <c r="Y295" s="4" t="s">
         <v>954</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="296" spans="1:25">
       <c r="A296" s="5">
         <v>295</v>
       </c>
       <c r="B296" s="5">
-        <v>60214682</v>
+        <v>60215291</v>
       </c>
       <c r="C296" s="4" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
       <c r="D296" s="6">
-        <v>12000000</v>
+        <v>36000000</v>
       </c>
       <c r="E296" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F296" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G296" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H296" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I296" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J296" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K296" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L296" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N296" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O296" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P296" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q296" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R296" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S296" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T296" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U296" s="4"/>
       <c r="V296" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W296" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X296" s="4" t="s">
-        <v>957</v>
+        <v>956</v>
       </c>
       <c r="Y296" s="4" t="s">
-        <v>151</v>
+        <v>954</v>
       </c>
     </row>
     <row r="297" spans="1:25">
       <c r="A297" s="5">
         <v>296</v>
       </c>
       <c r="B297" s="5">
-        <v>60214989</v>
+        <v>60215417</v>
       </c>
       <c r="C297" s="4" t="s">
-        <v>958</v>
+        <v>957</v>
       </c>
       <c r="D297" s="6">
-        <v>82500000</v>
+        <v>48000000</v>
       </c>
       <c r="E297" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F297" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G297" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H297" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I297" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J297" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K297" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L297" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N297" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O297" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P297" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q297" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R297" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S297" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T297" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U297" s="4"/>
       <c r="V297" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W297" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X297" s="4" t="s">
+        <v>958</v>
+      </c>
+      <c r="Y297" s="4" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="298" spans="1:25">
       <c r="A298" s="5">
         <v>297</v>
       </c>
       <c r="B298" s="5">
-        <v>60215237</v>
+        <v>60215845</v>
       </c>
       <c r="C298" s="4" t="s">
         <v>960</v>
       </c>
       <c r="D298" s="6">
-        <v>36000000</v>
+        <v>42000000</v>
       </c>
       <c r="E298" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F298" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G298" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H298" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I298" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J298" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K298" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L298" s="5" t="s">
-        <v>878</v>
+        <v>874</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N298" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="O298" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P298" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q298" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R298" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S298" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T298" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U298" s="4"/>
       <c r="V298" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W298" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X298" s="4" t="s">
         <v>961</v>
       </c>
       <c r="Y298" s="4" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="299" spans="1:25">
       <c r="A299" s="5">
         <v>298</v>
       </c>
       <c r="B299" s="5">
-        <v>60215291</v>
+        <v>60272731</v>
       </c>
       <c r="C299" s="4" t="s">
         <v>963</v>
       </c>
       <c r="D299" s="6">
-        <v>36000000</v>
+        <v>82500000</v>
       </c>
       <c r="E299" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F299" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G299" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H299" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>159</v>
+        <v>91</v>
       </c>
       <c r="L299" s="5" t="s">
-        <v>878</v>
+        <v>747</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N299" s="5" t="s">
-        <v>937</v>
+        <v>964</v>
       </c>
       <c r="O299" s="5" t="s">
-        <v>879</v>
+        <v>875</v>
       </c>
       <c r="P299" s="4" t="s">
         <v>147</v>
       </c>
       <c r="Q299" s="4" t="s">
         <v>148</v>
       </c>
       <c r="R299" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S299" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T299" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U299" s="4"/>
       <c r="V299" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W299" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X299" s="4" t="s">
-        <v>964</v>
+        <v>269</v>
       </c>
       <c r="Y299" s="4" t="s">
-        <v>962</v>
+        <v>949</v>
       </c>
     </row>
     <row r="300" spans="1:25">
       <c r="A300" s="5">
         <v>299</v>
       </c>
       <c r="B300" s="5">
-        <v>60215417</v>
+        <v>60300856</v>
       </c>
       <c r="C300" s="4" t="s">
         <v>965</v>
       </c>
       <c r="D300" s="6">
-        <v>48000000</v>
+        <v>11800000</v>
       </c>
       <c r="E300" s="4" t="s">
-        <v>750</v>
+        <v>26</v>
       </c>
       <c r="F300" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G300" s="4" t="s">
-        <v>28</v>
+        <v>637</v>
       </c>
       <c r="H300" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="I300" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J300" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K300" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L300" s="5" t="s">
-        <v>878</v>
+        <v>63</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>752</v>
+        <v>91</v>
       </c>
       <c r="N300" s="5" t="s">
-        <v>937</v>
+        <v>966</v>
       </c>
       <c r="O300" s="5" t="s">
-        <v>879</v>
+        <v>967</v>
       </c>
       <c r="P300" s="4" t="s">
-        <v>147</v>
+        <v>94</v>
       </c>
       <c r="Q300" s="4" t="s">
-        <v>148</v>
+        <v>95</v>
       </c>
       <c r="R300" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S300" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T300" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U300" s="4"/>
       <c r="V300" s="5" t="s">
-        <v>39</v>
+        <v>641</v>
       </c>
       <c r="W300" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X300" s="4" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="Y300" s="4" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
     </row>
     <row r="301" spans="1:25">
       <c r="A301" s="5">
         <v>300</v>
       </c>
       <c r="B301" s="5">
-        <v>60215845</v>
+        <v>60444922</v>
       </c>
       <c r="C301" s="4" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D301" s="6">
-        <v>42000000</v>
+        <v>82500000</v>
       </c>
       <c r="E301" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F301" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G301" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H301" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I301" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J301" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K301" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L301" s="5" t="s">
-        <v>878</v>
+        <v>970</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>752</v>
+        <v>268</v>
       </c>
       <c r="N301" s="5" t="s">
-        <v>937</v>
+        <v>971</v>
       </c>
       <c r="O301" s="5" t="s">
-        <v>879</v>
+        <v>972</v>
       </c>
       <c r="P301" s="4" t="s">
-        <v>147</v>
+        <v>34</v>
       </c>
       <c r="Q301" s="4" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="R301" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S301" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T301" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U301" s="4"/>
       <c r="V301" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W301" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X301" s="4" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="Y301" s="4" t="s">
-        <v>970</v>
+        <v>799</v>
       </c>
     </row>
     <row r="302" spans="1:25">
       <c r="A302" s="5">
         <v>301</v>
       </c>
       <c r="B302" s="5">
-        <v>60272645</v>
+        <v>60444936</v>
       </c>
       <c r="C302" s="4" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="D302" s="6">
-        <v>196283711</v>
+        <v>100000000</v>
       </c>
       <c r="E302" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F302" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G302" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H302" s="5" t="s">
-        <v>158</v>
+        <v>260</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>158</v>
+        <v>260</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>31</v>
+        <v>260</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>260</v>
+        <v>159</v>
       </c>
       <c r="L302" s="5" t="s">
-        <v>63</v>
+        <v>970</v>
       </c>
       <c r="M302" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N302" s="5" t="s">
+        <v>971</v>
+      </c>
+      <c r="O302" s="5" t="s">
         <v>972</v>
       </c>
-      <c r="O302" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P302" s="4" t="s">
-        <v>147</v>
+        <v>34</v>
       </c>
       <c r="Q302" s="4" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="R302" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S302" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T302" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U302" s="4"/>
       <c r="V302" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W302" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X302" s="4" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="Y302" s="4" t="s">
-        <v>740</v>
+        <v>318</v>
       </c>
     </row>
     <row r="303" spans="1:25">
       <c r="A303" s="5">
         <v>302</v>
       </c>
       <c r="B303" s="5">
-        <v>60272731</v>
+        <v>60444941</v>
       </c>
       <c r="C303" s="4" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D303" s="6">
         <v>82500000</v>
       </c>
       <c r="E303" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F303" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G303" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H303" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I303" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="J303" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="L303" s="5" t="s">
-        <v>751</v>
+        <v>970</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>752</v>
+        <v>268</v>
       </c>
       <c r="N303" s="5" t="s">
+        <v>971</v>
+      </c>
+      <c r="O303" s="5" t="s">
         <v>972</v>
       </c>
-      <c r="O303" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P303" s="4" t="s">
-        <v>147</v>
+        <v>34</v>
       </c>
       <c r="Q303" s="4" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="R303" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S303" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T303" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U303" s="4"/>
       <c r="V303" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W303" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X303" s="4" t="s">
-        <v>269</v>
+        <v>977</v>
       </c>
       <c r="Y303" s="4" t="s">
-        <v>955</v>
+        <v>799</v>
       </c>
     </row>
     <row r="304" spans="1:25">
       <c r="A304" s="5">
         <v>303</v>
       </c>
       <c r="B304" s="5">
-        <v>60300856</v>
+        <v>60444945</v>
       </c>
       <c r="C304" s="4" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D304" s="6">
-        <v>11800000</v>
+        <v>100000000</v>
       </c>
       <c r="E304" s="4" t="s">
-        <v>26</v>
+        <v>746</v>
       </c>
       <c r="F304" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G304" s="4" t="s">
-        <v>641</v>
+        <v>28</v>
       </c>
       <c r="H304" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I304" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J304" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K304" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L304" s="5" t="s">
-        <v>63</v>
+        <v>970</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>91</v>
+        <v>268</v>
       </c>
       <c r="N304" s="5" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="O304" s="5" t="s">
-        <v>978</v>
+        <v>972</v>
       </c>
       <c r="P304" s="4" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="Q304" s="4" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="R304" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S304" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T304" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U304" s="4"/>
       <c r="V304" s="5" t="s">
-        <v>645</v>
+        <v>39</v>
       </c>
       <c r="W304" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X304" s="4" t="s">
         <v>979</v>
       </c>
       <c r="Y304" s="4" t="s">
-        <v>979</v>
+        <v>318</v>
       </c>
     </row>
     <row r="305" spans="1:25">
       <c r="A305" s="5">
         <v>304</v>
       </c>
       <c r="B305" s="5">
-        <v>60444922</v>
+        <v>60444948</v>
       </c>
       <c r="C305" s="4" t="s">
         <v>980</v>
       </c>
       <c r="D305" s="6">
-        <v>82500000</v>
+        <v>100000000</v>
       </c>
       <c r="E305" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F305" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G305" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H305" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I305" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J305" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K305" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L305" s="5" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="M305" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N305" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O305" s="5" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="P305" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q305" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R305" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S305" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T305" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U305" s="4"/>
       <c r="V305" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W305" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X305" s="4" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="Y305" s="4" t="s">
-        <v>803</v>
+        <v>318</v>
       </c>
     </row>
     <row r="306" spans="1:25">
       <c r="A306" s="5">
         <v>305</v>
       </c>
       <c r="B306" s="5">
-        <v>60444936</v>
+        <v>60444953</v>
       </c>
       <c r="C306" s="4" t="s">
-        <v>985</v>
+        <v>982</v>
       </c>
       <c r="D306" s="6">
         <v>100000000</v>
       </c>
       <c r="E306" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F306" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G306" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H306" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I306" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J306" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K306" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L306" s="5" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="M306" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N306" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O306" s="5" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="P306" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q306" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R306" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S306" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T306" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U306" s="4"/>
       <c r="V306" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W306" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X306" s="4" t="s">
-        <v>986</v>
+        <v>983</v>
       </c>
       <c r="Y306" s="4" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="307" spans="1:25">
       <c r="A307" s="5">
         <v>306</v>
       </c>
       <c r="B307" s="5">
-        <v>60444941</v>
+        <v>60444957</v>
       </c>
       <c r="C307" s="4" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="D307" s="6">
         <v>82500000</v>
       </c>
       <c r="E307" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F307" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G307" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H307" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I307" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J307" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K307" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L307" s="5" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="M307" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N307" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O307" s="5" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="P307" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q307" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R307" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S307" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T307" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U307" s="4"/>
       <c r="V307" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W307" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X307" s="4" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="Y307" s="4" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
     </row>
     <row r="308" spans="1:25">
       <c r="A308" s="5">
         <v>307</v>
       </c>
       <c r="B308" s="5">
-        <v>60444945</v>
+        <v>60444958</v>
       </c>
       <c r="C308" s="4" t="s">
-        <v>989</v>
+        <v>986</v>
       </c>
       <c r="D308" s="6">
-        <v>100000000</v>
+        <v>82500000</v>
       </c>
       <c r="E308" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F308" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G308" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H308" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I308" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J308" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K308" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L308" s="5" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="M308" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N308" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O308" s="5" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="P308" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q308" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R308" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S308" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T308" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U308" s="4"/>
       <c r="V308" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W308" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X308" s="4" t="s">
-        <v>990</v>
+        <v>987</v>
       </c>
       <c r="Y308" s="4" t="s">
-        <v>322</v>
+        <v>799</v>
       </c>
     </row>
     <row r="309" spans="1:25">
       <c r="A309" s="5">
         <v>308</v>
       </c>
       <c r="B309" s="5">
-        <v>60444948</v>
+        <v>60444962</v>
       </c>
       <c r="C309" s="4" t="s">
-        <v>991</v>
+        <v>988</v>
       </c>
       <c r="D309" s="6">
         <v>100000000</v>
       </c>
       <c r="E309" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F309" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G309" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H309" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I309" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J309" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K309" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L309" s="5" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="M309" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N309" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O309" s="5" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="P309" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q309" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R309" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S309" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T309" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U309" s="4"/>
       <c r="V309" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W309" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X309" s="4" t="s">
-        <v>992</v>
+        <v>989</v>
       </c>
       <c r="Y309" s="4" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="310" spans="1:25">
       <c r="A310" s="5">
         <v>309</v>
       </c>
       <c r="B310" s="5">
-        <v>60444953</v>
+        <v>60444965</v>
       </c>
       <c r="C310" s="4" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="D310" s="6">
         <v>100000000</v>
       </c>
       <c r="E310" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F310" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G310" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H310" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I310" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J310" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K310" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L310" s="5" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="M310" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N310" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O310" s="5" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="P310" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q310" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R310" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S310" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T310" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U310" s="4"/>
       <c r="V310" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W310" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X310" s="4" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="Y310" s="4" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
     </row>
     <row r="311" spans="1:25">
       <c r="A311" s="5">
         <v>310</v>
       </c>
       <c r="B311" s="5">
-        <v>60444957</v>
+        <v>60444970</v>
       </c>
       <c r="C311" s="4" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="D311" s="6">
-        <v>82500000</v>
+        <v>100000000</v>
       </c>
       <c r="E311" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F311" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G311" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H311" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I311" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J311" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K311" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L311" s="5" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>268</v>
+        <v>638</v>
       </c>
       <c r="N311" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O311" s="5" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="P311" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q311" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R311" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S311" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T311" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U311" s="4"/>
       <c r="V311" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W311" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X311" s="4" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="Y311" s="4" t="s">
-        <v>803</v>
+        <v>318</v>
       </c>
     </row>
     <row r="312" spans="1:25">
       <c r="A312" s="5">
         <v>311</v>
       </c>
       <c r="B312" s="5">
-        <v>60444958</v>
+        <v>60444972</v>
       </c>
       <c r="C312" s="4" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="D312" s="6">
-        <v>82500000</v>
+        <v>100000000</v>
       </c>
       <c r="E312" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F312" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G312" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H312" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I312" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J312" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K312" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L312" s="5" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="M312" s="5" t="s">
         <v>268</v>
       </c>
       <c r="N312" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O312" s="5" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="P312" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q312" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R312" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S312" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T312" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U312" s="4"/>
       <c r="V312" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W312" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X312" s="4" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="Y312" s="4" t="s">
-        <v>803</v>
+        <v>318</v>
       </c>
     </row>
     <row r="313" spans="1:25">
       <c r="A313" s="5">
         <v>312</v>
       </c>
       <c r="B313" s="5">
-        <v>60444962</v>
+        <v>60444978</v>
       </c>
       <c r="C313" s="4" t="s">
-        <v>999</v>
+        <v>996</v>
       </c>
       <c r="D313" s="6">
-        <v>100000000</v>
+        <v>12000000</v>
       </c>
       <c r="E313" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F313" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G313" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H313" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I313" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J313" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>159</v>
+        <v>260</v>
       </c>
       <c r="L313" s="5" t="s">
-        <v>981</v>
+        <v>63</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>268</v>
+        <v>91</v>
       </c>
       <c r="N313" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O313" s="5" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="P313" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q313" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R313" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S313" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T313" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U313" s="4"/>
       <c r="V313" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W313" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X313" s="4" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="Y313" s="4" t="s">
-        <v>322</v>
+        <v>806</v>
       </c>
     </row>
     <row r="314" spans="1:25">
       <c r="A314" s="5">
         <v>313</v>
       </c>
       <c r="B314" s="5">
-        <v>60444965</v>
+        <v>60444981</v>
       </c>
       <c r="C314" s="4" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="D314" s="6">
-        <v>100000000</v>
+        <v>18000000</v>
       </c>
       <c r="E314" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F314" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G314" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H314" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I314" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J314" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>159</v>
+        <v>260</v>
       </c>
       <c r="L314" s="5" t="s">
-        <v>981</v>
+        <v>63</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>268</v>
+        <v>91</v>
       </c>
       <c r="N314" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O314" s="5" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="P314" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q314" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R314" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S314" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T314" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U314" s="4"/>
       <c r="V314" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W314" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X314" s="4" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="Y314" s="4" t="s">
-        <v>322</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="315" spans="1:25">
       <c r="A315" s="5">
         <v>314</v>
       </c>
       <c r="B315" s="5">
-        <v>60444970</v>
+        <v>60444986</v>
       </c>
       <c r="C315" s="4" t="s">
-        <v>1003</v>
+        <v>1002</v>
       </c>
       <c r="D315" s="6">
-        <v>100000000</v>
+        <v>18000000</v>
       </c>
       <c r="E315" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F315" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G315" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H315" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I315" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J315" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>159</v>
+        <v>260</v>
       </c>
       <c r="L315" s="5" t="s">
-        <v>981</v>
+        <v>63</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>642</v>
+        <v>91</v>
       </c>
       <c r="N315" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O315" s="5" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="P315" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q315" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R315" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S315" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T315" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U315" s="4"/>
       <c r="V315" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W315" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X315" s="4" t="s">
-        <v>1004</v>
+        <v>1003</v>
       </c>
       <c r="Y315" s="4" t="s">
-        <v>322</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="316" spans="1:25">
       <c r="A316" s="5">
         <v>315</v>
       </c>
       <c r="B316" s="5">
-        <v>60444972</v>
+        <v>60444992</v>
       </c>
       <c r="C316" s="4" t="s">
-        <v>1005</v>
+        <v>1004</v>
       </c>
       <c r="D316" s="6">
-        <v>100000000</v>
+        <v>18000000</v>
       </c>
       <c r="E316" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F316" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G316" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H316" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I316" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J316" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>159</v>
+        <v>260</v>
       </c>
       <c r="L316" s="5" t="s">
-        <v>981</v>
+        <v>63</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>268</v>
+        <v>91</v>
       </c>
       <c r="N316" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O316" s="5" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="P316" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q316" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R316" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S316" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T316" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U316" s="4"/>
       <c r="V316" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W316" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X316" s="4" t="s">
-        <v>1006</v>
+        <v>1005</v>
       </c>
       <c r="Y316" s="4" t="s">
-        <v>322</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="317" spans="1:25">
       <c r="A317" s="5">
         <v>316</v>
       </c>
       <c r="B317" s="5">
-        <v>60444978</v>
+        <v>60444994</v>
       </c>
       <c r="C317" s="4" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="D317" s="6">
-        <v>12000000</v>
+        <v>18000000</v>
       </c>
       <c r="E317" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F317" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G317" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H317" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I317" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J317" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K317" s="5" t="s">
         <v>260</v>
       </c>
       <c r="L317" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M317" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N317" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O317" s="5" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="P317" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q317" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R317" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S317" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T317" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U317" s="4"/>
       <c r="V317" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W317" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X317" s="4" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="Y317" s="4" t="s">
-        <v>810</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="318" spans="1:25">
       <c r="A318" s="5">
         <v>317</v>
       </c>
       <c r="B318" s="5">
-        <v>60444981</v>
+        <v>60444996</v>
       </c>
       <c r="C318" s="4" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="D318" s="6">
-        <v>18000000</v>
+        <v>15000000</v>
       </c>
       <c r="E318" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F318" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G318" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H318" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="L318" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M318" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N318" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O318" s="5" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="P318" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q318" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R318" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S318" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T318" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U318" s="4"/>
       <c r="V318" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W318" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X318" s="4" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="Y318" s="4" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="319" spans="1:25">
       <c r="A319" s="5">
         <v>318</v>
       </c>
       <c r="B319" s="5">
-        <v>60444986</v>
+        <v>60444999</v>
       </c>
       <c r="C319" s="4" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="D319" s="6">
-        <v>18000000</v>
+        <v>10000000</v>
       </c>
       <c r="E319" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F319" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G319" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H319" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="L319" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M319" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N319" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O319" s="5" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="P319" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q319" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R319" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S319" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T319" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U319" s="4"/>
       <c r="V319" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W319" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X319" s="4" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="Y319" s="4" t="s">
-        <v>1012</v>
+        <v>858</v>
       </c>
     </row>
     <row r="320" spans="1:25">
       <c r="A320" s="5">
         <v>319</v>
       </c>
       <c r="B320" s="5">
-        <v>60444992</v>
+        <v>60445003</v>
       </c>
       <c r="C320" s="4" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="D320" s="6">
-        <v>18000000</v>
+        <v>15000000</v>
       </c>
       <c r="E320" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F320" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G320" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H320" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="L320" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M320" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N320" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O320" s="5" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="P320" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q320" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R320" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S320" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T320" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U320" s="4"/>
       <c r="V320" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W320" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X320" s="4" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="Y320" s="4" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="321" spans="1:25">
       <c r="A321" s="5">
         <v>320</v>
       </c>
       <c r="B321" s="5">
-        <v>60444994</v>
+        <v>60445006</v>
       </c>
       <c r="C321" s="4" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="D321" s="6">
-        <v>18000000</v>
+        <v>15000000</v>
       </c>
       <c r="E321" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F321" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G321" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H321" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="L321" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M321" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N321" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O321" s="5" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="P321" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q321" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R321" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S321" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T321" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U321" s="4"/>
       <c r="V321" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W321" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X321" s="4" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
       <c r="Y321" s="4" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="322" spans="1:25">
       <c r="A322" s="5">
         <v>321</v>
       </c>
       <c r="B322" s="5">
-        <v>60444996</v>
+        <v>60445008</v>
       </c>
       <c r="C322" s="4" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="D322" s="6">
         <v>15000000</v>
       </c>
       <c r="E322" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F322" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G322" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H322" s="5" t="s">
         <v>63</v>
       </c>
       <c r="I322" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J322" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K322" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L322" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M322" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N322" s="5" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="O322" s="5" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="P322" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q322" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R322" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S322" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T322" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U322" s="4"/>
       <c r="V322" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W322" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X322" s="4" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="Y322" s="4" t="s">
-        <v>1021</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="323" spans="1:25">
       <c r="A323" s="5">
         <v>322</v>
       </c>
       <c r="B323" s="5">
-        <v>60444999</v>
+        <v>60463638</v>
       </c>
       <c r="C323" s="4" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="D323" s="6">
-        <v>10000000</v>
+        <v>12000000</v>
       </c>
       <c r="E323" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F323" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G323" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H323" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="I323" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="J323" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="K323" s="5" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>91</v>
       </c>
       <c r="L323" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M323" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N323" s="5" t="s">
-        <v>982</v>
+        <v>1020</v>
       </c>
       <c r="O323" s="5" t="s">
-        <v>1008</v>
+        <v>1021</v>
       </c>
       <c r="P323" s="4" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q323" s="4" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="R323" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S323" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T323" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U323" s="4"/>
       <c r="V323" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W323" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X323" s="4" t="s">
+        <v>1022</v>
+      </c>
+      <c r="Y323" s="4" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="324" spans="1:25">
       <c r="A324" s="5">
         <v>323</v>
       </c>
       <c r="B324" s="5">
-        <v>60445003</v>
+        <v>60463733</v>
       </c>
       <c r="C324" s="4" t="s">
         <v>1024</v>
       </c>
       <c r="D324" s="6">
-        <v>15000000</v>
+        <v>10000000</v>
       </c>
       <c r="E324" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F324" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G324" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H324" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="I324" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J324" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K324" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L324" s="5" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>91</v>
+        <v>748</v>
       </c>
       <c r="N324" s="5" t="s">
-        <v>982</v>
+        <v>1020</v>
       </c>
       <c r="O324" s="5" t="s">
-        <v>1008</v>
+        <v>1025</v>
       </c>
       <c r="P324" s="4" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q324" s="4" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="R324" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S324" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T324" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U324" s="4"/>
       <c r="V324" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W324" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X324" s="4" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="Y324" s="4" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="325" spans="1:25">
       <c r="A325" s="5">
         <v>324</v>
       </c>
       <c r="B325" s="5">
-        <v>60445006</v>
+        <v>60463815</v>
       </c>
       <c r="C325" s="4" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D325" s="6">
-        <v>15000000</v>
+        <v>373960000</v>
       </c>
       <c r="E325" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F325" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G325" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H325" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="I325" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J325" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K325" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L325" s="5" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>91</v>
+        <v>748</v>
       </c>
       <c r="N325" s="5" t="s">
-        <v>982</v>
+        <v>1028</v>
       </c>
       <c r="O325" s="5" t="s">
-        <v>1008</v>
+        <v>1025</v>
       </c>
       <c r="P325" s="4" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q325" s="4" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="R325" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S325" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T325" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U325" s="4"/>
       <c r="V325" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W325" s="4" t="s">
-        <v>40</v>
+        <v>1029</v>
       </c>
       <c r="X325" s="4" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="Y325" s="4" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="326" spans="1:25">
       <c r="A326" s="5">
         <v>325</v>
       </c>
       <c r="B326" s="5">
-        <v>60445008</v>
+        <v>60466695</v>
       </c>
       <c r="C326" s="4" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="D326" s="6">
-        <v>15000000</v>
+        <v>354155000</v>
       </c>
       <c r="E326" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F326" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G326" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H326" s="5" t="s">
         <v>63</v>
       </c>
       <c r="I326" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J326" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K326" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L326" s="5" t="s">
-        <v>63</v>
+        <v>747</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>91</v>
+        <v>305</v>
       </c>
       <c r="N326" s="5" t="s">
-        <v>982</v>
+        <v>1020</v>
       </c>
       <c r="O326" s="5" t="s">
-        <v>1008</v>
+        <v>1033</v>
       </c>
       <c r="P326" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q326" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R326" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S326" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T326" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U326" s="4"/>
       <c r="V326" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W326" s="4" t="s">
-        <v>40</v>
+        <v>1034</v>
       </c>
       <c r="X326" s="4" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="Y326" s="4" t="s">
-        <v>1021</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="327" spans="1:25">
       <c r="A327" s="5">
         <v>326</v>
       </c>
       <c r="B327" s="5">
-        <v>60463638</v>
+        <v>60466702</v>
       </c>
       <c r="C327" s="4" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="D327" s="6">
-        <v>12000000</v>
+        <v>334855000</v>
       </c>
       <c r="E327" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F327" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G327" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H327" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="L327" s="5" t="s">
-        <v>63</v>
+        <v>747</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>91</v>
+        <v>305</v>
       </c>
       <c r="N327" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O327" s="5" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
       <c r="P327" s="4" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="Q327" s="4" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="R327" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S327" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T327" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U327" s="4"/>
       <c r="V327" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W327" s="4" t="s">
-        <v>40</v>
+        <v>1039</v>
       </c>
       <c r="X327" s="4" t="s">
-        <v>1033</v>
+        <v>1040</v>
       </c>
       <c r="Y327" s="4" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="328" spans="1:25">
       <c r="A328" s="5">
         <v>327</v>
       </c>
       <c r="B328" s="5">
-        <v>60466695</v>
+        <v>60466712</v>
       </c>
       <c r="C328" s="4" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="D328" s="6">
         <v>354155000</v>
       </c>
       <c r="E328" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F328" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G328" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H328" s="5" t="s">
         <v>63</v>
       </c>
       <c r="I328" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J328" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K328" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L328" s="5" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="M328" s="5" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="N328" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O328" s="5" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="P328" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q328" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R328" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S328" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T328" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U328" s="4"/>
       <c r="V328" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W328" s="4" t="s">
-        <v>1037</v>
+        <v>1034</v>
       </c>
       <c r="X328" s="4" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="Y328" s="4" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="329" spans="1:25">
       <c r="A329" s="5">
         <v>328</v>
       </c>
       <c r="B329" s="5">
-        <v>60466702</v>
+        <v>60466753</v>
       </c>
       <c r="C329" s="4" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="D329" s="6">
-        <v>334855000</v>
+        <v>305905000</v>
       </c>
       <c r="E329" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F329" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G329" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H329" s="5" t="s">
         <v>63</v>
       </c>
       <c r="I329" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J329" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K329" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L329" s="5" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="N329" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O329" s="5" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="P329" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q329" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R329" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S329" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T329" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U329" s="4"/>
       <c r="V329" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W329" s="4" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="X329" s="4" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="Y329" s="4" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="330" spans="1:25">
       <c r="A330" s="5">
         <v>329</v>
       </c>
       <c r="B330" s="5">
-        <v>60466712</v>
+        <v>60466775</v>
       </c>
       <c r="C330" s="4" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="D330" s="6">
-        <v>354155000</v>
+        <v>262270000</v>
       </c>
       <c r="E330" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F330" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G330" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H330" s="5" t="s">
         <v>63</v>
       </c>
       <c r="I330" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J330" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K330" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L330" s="5" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="N330" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O330" s="5" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="P330" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q330" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R330" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S330" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T330" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U330" s="4"/>
       <c r="V330" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W330" s="4" t="s">
-        <v>1037</v>
+        <v>1050</v>
       </c>
       <c r="X330" s="4" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="Y330" s="4" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="331" spans="1:25">
       <c r="A331" s="5">
         <v>330</v>
       </c>
       <c r="B331" s="5">
-        <v>60466753</v>
+        <v>60466937</v>
       </c>
       <c r="C331" s="4" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="D331" s="6">
-        <v>305905000</v>
+        <v>2036645650</v>
       </c>
       <c r="E331" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F331" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G331" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H331" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I331" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="J331" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="K331" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L331" s="5" t="s">
-        <v>751</v>
+        <v>91</v>
       </c>
       <c r="M331" s="5" t="s">
-        <v>309</v>
+        <v>1053</v>
       </c>
       <c r="N331" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O331" s="5" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="P331" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q331" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R331" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S331" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T331" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U331" s="4"/>
       <c r="V331" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W331" s="4" t="s">
-        <v>1049</v>
+        <v>40</v>
       </c>
       <c r="X331" s="4" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="Y331" s="4" t="s">
-        <v>1039</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="332" spans="1:25">
       <c r="A332" s="5">
         <v>331</v>
       </c>
       <c r="B332" s="5">
-        <v>60466775</v>
+        <v>60466960</v>
       </c>
       <c r="C332" s="4" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="D332" s="6">
-        <v>262270000</v>
+        <v>87500000</v>
       </c>
       <c r="E332" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F332" s="4" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="G332" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H332" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I332" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="J332" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="K332" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L332" s="5" t="s">
-        <v>751</v>
+        <v>260</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>309</v>
+        <v>91</v>
       </c>
       <c r="N332" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O332" s="5" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="P332" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q332" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R332" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S332" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T332" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U332" s="4"/>
       <c r="V332" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W332" s="4" t="s">
-        <v>1053</v>
+        <v>40</v>
       </c>
       <c r="X332" s="4" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="Y332" s="4" t="s">
-        <v>1039</v>
+        <v>45</v>
       </c>
     </row>
     <row r="333" spans="1:25">
       <c r="A333" s="5">
         <v>332</v>
       </c>
       <c r="B333" s="5">
-        <v>60466937</v>
+        <v>60466995</v>
       </c>
       <c r="C333" s="4" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="D333" s="6">
-        <v>2036645650</v>
+        <v>1815219000</v>
       </c>
       <c r="E333" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F333" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G333" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H333" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I333" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J333" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K333" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L333" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M333" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N333" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O333" s="5" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="P333" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q333" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R333" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S333" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T333" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U333" s="4"/>
       <c r="V333" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W333" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X333" s="4" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="Y333" s="4" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="334" spans="1:25">
       <c r="A334" s="5">
         <v>333</v>
       </c>
       <c r="B334" s="5">
-        <v>60466960</v>
+        <v>60467030</v>
       </c>
       <c r="C334" s="4" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="D334" s="6">
-        <v>87500000</v>
+        <v>2053185987</v>
       </c>
       <c r="E334" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F334" s="4" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G334" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H334" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I334" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J334" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K334" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L334" s="5" t="s">
-        <v>260</v>
+        <v>91</v>
       </c>
       <c r="M334" s="5" t="s">
-        <v>91</v>
+        <v>1053</v>
       </c>
       <c r="N334" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O334" s="5" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="P334" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q334" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R334" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S334" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T334" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U334" s="4"/>
       <c r="V334" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W334" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X334" s="4" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="Y334" s="4" t="s">
-        <v>45</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="335" spans="1:25">
       <c r="A335" s="5">
         <v>334</v>
       </c>
       <c r="B335" s="5">
-        <v>60466995</v>
+        <v>60467035</v>
       </c>
       <c r="C335" s="4" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="D335" s="6">
-        <v>1815219000</v>
+        <v>265000000</v>
       </c>
       <c r="E335" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F335" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G335" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H335" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I335" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J335" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K335" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L335" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M335" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N335" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O335" s="5" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
       <c r="P335" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q335" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R335" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S335" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T335" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U335" s="4"/>
       <c r="V335" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W335" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X335" s="4" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="Y335" s="4" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="336" spans="1:25">
       <c r="A336" s="5">
         <v>335</v>
       </c>
       <c r="B336" s="5">
-        <v>60467030</v>
+        <v>60467084</v>
       </c>
       <c r="C336" s="4" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="D336" s="6">
-        <v>2053185987</v>
+        <v>1000962800</v>
       </c>
       <c r="E336" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F336" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G336" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H336" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I336" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J336" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K336" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L336" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N336" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O336" s="5" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="P336" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q336" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R336" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S336" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T336" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U336" s="4"/>
       <c r="V336" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W336" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X336" s="4" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="Y336" s="4" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="337" spans="1:25">
       <c r="A337" s="5">
         <v>336</v>
       </c>
       <c r="B337" s="5">
-        <v>60467035</v>
+        <v>60467131</v>
       </c>
       <c r="C337" s="4" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="D337" s="6">
-        <v>265000000</v>
+        <v>3762666000</v>
       </c>
       <c r="E337" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F337" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G337" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H337" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I337" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J337" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K337" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L337" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M337" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N337" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O337" s="5" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="P337" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q337" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R337" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S337" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T337" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U337" s="4"/>
       <c r="V337" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W337" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X337" s="4" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="Y337" s="4" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="338" spans="1:25">
       <c r="A338" s="5">
         <v>337</v>
       </c>
       <c r="B338" s="5">
-        <v>60467084</v>
+        <v>60467171</v>
       </c>
       <c r="C338" s="4" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="D338" s="6">
-        <v>1000962800</v>
+        <v>2356599900</v>
       </c>
       <c r="E338" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F338" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G338" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H338" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I338" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J338" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K338" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L338" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M338" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N338" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O338" s="5" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="P338" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q338" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R338" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S338" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T338" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U338" s="4"/>
       <c r="V338" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W338" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X338" s="4" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="Y338" s="4" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="339" spans="1:25">
       <c r="A339" s="5">
         <v>338</v>
       </c>
       <c r="B339" s="5">
-        <v>60467131</v>
+        <v>60467178</v>
       </c>
       <c r="C339" s="4" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="D339" s="6">
-        <v>3762666000</v>
+        <v>3394733000</v>
       </c>
       <c r="E339" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F339" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G339" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H339" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I339" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J339" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K339" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L339" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N339" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O339" s="5" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="P339" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q339" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R339" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S339" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T339" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U339" s="4"/>
       <c r="V339" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W339" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X339" s="4" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="Y339" s="4" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="340" spans="1:25">
       <c r="A340" s="5">
         <v>339</v>
       </c>
       <c r="B340" s="5">
-        <v>60467171</v>
+        <v>60467186</v>
       </c>
       <c r="C340" s="4" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="D340" s="6">
-        <v>2356599900</v>
+        <v>3280654460</v>
       </c>
       <c r="E340" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F340" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G340" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H340" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I340" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J340" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K340" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L340" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N340" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O340" s="5" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="P340" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q340" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R340" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S340" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T340" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U340" s="4"/>
       <c r="V340" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W340" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X340" s="4" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="Y340" s="4" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="341" spans="1:25">
       <c r="A341" s="5">
         <v>340</v>
       </c>
       <c r="B341" s="5">
-        <v>60467178</v>
+        <v>60467205</v>
       </c>
       <c r="C341" s="4" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="D341" s="6">
-        <v>3394733000</v>
+        <v>1879069000</v>
       </c>
       <c r="E341" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F341" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G341" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H341" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I341" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J341" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K341" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L341" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N341" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O341" s="5" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="P341" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q341" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R341" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S341" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T341" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U341" s="4"/>
       <c r="V341" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W341" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X341" s="4" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="Y341" s="4" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="342" spans="1:25">
       <c r="A342" s="5">
         <v>341</v>
       </c>
       <c r="B342" s="5">
-        <v>60467186</v>
+        <v>60467210</v>
       </c>
       <c r="C342" s="4" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="D342" s="6">
-        <v>3280654460</v>
+        <v>1861500000</v>
       </c>
       <c r="E342" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F342" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G342" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H342" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I342" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J342" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K342" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L342" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N342" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O342" s="5" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="P342" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q342" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R342" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S342" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T342" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U342" s="4"/>
       <c r="V342" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W342" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X342" s="4" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="Y342" s="4" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="343" spans="1:25">
       <c r="A343" s="5">
         <v>342</v>
       </c>
       <c r="B343" s="5">
-        <v>60467205</v>
+        <v>60467214</v>
       </c>
       <c r="C343" s="4" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="D343" s="6">
-        <v>1879069000</v>
+        <v>2409182600</v>
       </c>
       <c r="E343" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F343" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G343" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H343" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I343" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J343" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K343" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L343" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N343" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O343" s="5" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="P343" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q343" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R343" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S343" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T343" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U343" s="4"/>
       <c r="V343" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W343" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X343" s="4" t="s">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c r="Y343" s="4" t="s">
-        <v>1098</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="344" spans="1:25">
       <c r="A344" s="5">
         <v>343</v>
       </c>
       <c r="B344" s="5">
-        <v>60467210</v>
+        <v>60467224</v>
       </c>
       <c r="C344" s="4" t="s">
-        <v>1099</v>
+        <v>1104</v>
       </c>
       <c r="D344" s="6">
-        <v>1861500000</v>
+        <v>2286199411</v>
       </c>
       <c r="E344" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F344" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G344" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H344" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I344" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J344" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K344" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L344" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N344" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O344" s="5" t="s">
-        <v>1100</v>
+        <v>1105</v>
       </c>
       <c r="P344" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q344" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R344" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S344" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T344" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U344" s="4"/>
       <c r="V344" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W344" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X344" s="4" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="Y344" s="4" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="345" spans="1:25">
       <c r="A345" s="5">
         <v>344</v>
       </c>
       <c r="B345" s="5">
-        <v>60467214</v>
+        <v>60467322</v>
       </c>
       <c r="C345" s="4" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="D345" s="6">
-        <v>2409182600</v>
+        <v>2353059999</v>
       </c>
       <c r="E345" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F345" s="4" t="s">
         <v>67</v>
       </c>
       <c r="G345" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H345" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I345" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J345" s="5" t="s">
         <v>260</v>
       </c>
       <c r="K345" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L345" s="5" t="s">
         <v>91</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="N345" s="5" t="s">
-        <v>1031</v>
+        <v>1020</v>
       </c>
       <c r="O345" s="5" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="P345" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q345" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R345" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S345" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T345" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U345" s="4"/>
       <c r="V345" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W345" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X345" s="4" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="Y345" s="4" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="346" spans="1:25">
       <c r="A346" s="5">
         <v>345</v>
       </c>
       <c r="B346" s="5">
-        <v>60467224</v>
+        <v>60565744</v>
       </c>
       <c r="C346" s="4" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="D346" s="6">
-        <v>2286199411</v>
+        <v>1487930584</v>
       </c>
       <c r="E346" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F346" s="4" t="s">
-        <v>67</v>
+        <v>156</v>
       </c>
       <c r="G346" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H346" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I346" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J346" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K346" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L346" s="5" t="s">
-        <v>91</v>
+        <v>747</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>1056</v>
+        <v>765</v>
       </c>
       <c r="N346" s="5" t="s">
-        <v>1031</v>
+        <v>1113</v>
       </c>
       <c r="O346" s="5" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="P346" s="4" t="s">
-        <v>34</v>
+        <v>273</v>
       </c>
       <c r="Q346" s="4" t="s">
-        <v>35</v>
+        <v>274</v>
       </c>
       <c r="R346" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S346" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T346" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U346" s="4"/>
       <c r="V346" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W346" s="4" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="X346" s="4" t="s">
-        <v>1109</v>
+        <v>1115</v>
       </c>
       <c r="Y346" s="4" t="s">
-        <v>1110</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="347" spans="1:25">
       <c r="A347" s="5">
         <v>346</v>
       </c>
       <c r="B347" s="5">
-        <v>60467322</v>
+        <v>60565766</v>
       </c>
       <c r="C347" s="4" t="s">
-        <v>1111</v>
+        <v>1117</v>
       </c>
       <c r="D347" s="6">
-        <v>2353059999</v>
+        <v>2145646836</v>
       </c>
       <c r="E347" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F347" s="4" t="s">
-        <v>67</v>
+        <v>156</v>
       </c>
       <c r="G347" s="4" t="s">
         <v>68</v>
       </c>
       <c r="H347" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="K347" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L347" s="5" t="s">
-        <v>91</v>
+        <v>747</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>1056</v>
+        <v>765</v>
       </c>
       <c r="N347" s="5" t="s">
-        <v>1031</v>
+        <v>1113</v>
       </c>
       <c r="O347" s="5" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="P347" s="4" t="s">
-        <v>34</v>
+        <v>273</v>
       </c>
       <c r="Q347" s="4" t="s">
-        <v>35</v>
+        <v>274</v>
       </c>
       <c r="R347" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S347" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T347" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U347" s="4"/>
       <c r="V347" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W347" s="4" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="X347" s="4" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="Y347" s="4" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="348" spans="1:25">
       <c r="A348" s="5">
         <v>347</v>
       </c>
       <c r="B348" s="5">
-        <v>60565744</v>
+        <v>60582803</v>
       </c>
       <c r="C348" s="4" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="D348" s="6">
-        <v>1487930584</v>
+        <v>47500000</v>
       </c>
       <c r="E348" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F348" s="4" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="G348" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H348" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I348" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J348" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K348" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L348" s="5" t="s">
-        <v>751</v>
+        <v>63</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>769</v>
+        <v>91</v>
       </c>
       <c r="N348" s="5" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="O348" s="5" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="P348" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q348" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R348" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S348" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T348" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U348" s="4"/>
       <c r="V348" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W348" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X348" s="4" t="s">
-        <v>1118</v>
+        <v>1124</v>
       </c>
       <c r="Y348" s="4" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="349" spans="1:25">
       <c r="A349" s="5">
         <v>348</v>
       </c>
       <c r="B349" s="5">
-        <v>60565766</v>
+        <v>60582817</v>
       </c>
       <c r="C349" s="4" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="D349" s="6">
-        <v>2145646836</v>
+        <v>69000000</v>
       </c>
       <c r="E349" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F349" s="4" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="G349" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H349" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I349" s="5" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="J349" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K349" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L349" s="5" t="s">
-        <v>751</v>
+        <v>63</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>769</v>
+        <v>91</v>
       </c>
       <c r="N349" s="5" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
       <c r="O349" s="5" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="P349" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q349" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R349" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S349" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T349" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U349" s="4"/>
       <c r="V349" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W349" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X349" s="4" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="Y349" s="4" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="350" spans="1:25">
       <c r="A350" s="5">
         <v>349</v>
       </c>
       <c r="B350" s="5">
-        <v>60582803</v>
+        <v>60582856</v>
       </c>
       <c r="C350" s="4" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="D350" s="6">
-        <v>47500000</v>
+        <v>82000000</v>
       </c>
       <c r="E350" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F350" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G350" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H350" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I350" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J350" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K350" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L350" s="5" t="s">
         <v>63</v>
       </c>
       <c r="M350" s="5" t="s">
         <v>91</v>
       </c>
       <c r="N350" s="5" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="O350" s="5" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="P350" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q350" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R350" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S350" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T350" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U350" s="4"/>
       <c r="V350" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W350" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X350" s="4" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
       <c r="Y350" s="4" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="351" spans="1:25">
       <c r="A351" s="5">
         <v>350</v>
       </c>
       <c r="B351" s="5">
-        <v>60582817</v>
+        <v>60722928</v>
       </c>
       <c r="C351" s="4" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="D351" s="6">
-        <v>69000000</v>
+        <v>100000000</v>
       </c>
       <c r="E351" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F351" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G351" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H351" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I351" s="5" t="s">
-        <v>260</v>
+        <v>63</v>
       </c>
       <c r="J351" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K351" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L351" s="5" t="s">
-        <v>63</v>
+        <v>747</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>91</v>
+        <v>748</v>
       </c>
       <c r="N351" s="5" t="s">
-        <v>1125</v>
+        <v>1135</v>
       </c>
       <c r="O351" s="5" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="P351" s="4" t="s">
-        <v>277</v>
+        <v>147</v>
       </c>
       <c r="Q351" s="4" t="s">
-        <v>278</v>
+        <v>148</v>
       </c>
       <c r="R351" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S351" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T351" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U351" s="4"/>
       <c r="V351" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W351" s="4" t="s">
         <v>149</v>
       </c>
       <c r="X351" s="4" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="Y351" s="4" t="s">
-        <v>1132</v>
+        <v>186</v>
       </c>
     </row>
     <row r="352" spans="1:25">
       <c r="A352" s="5">
         <v>351</v>
       </c>
       <c r="B352" s="5">
-        <v>60582856</v>
+        <v>60787862</v>
       </c>
       <c r="C352" s="4" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="D352" s="6">
-        <v>82000000</v>
+        <v>82500000</v>
       </c>
       <c r="E352" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F352" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G352" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H352" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I352" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J352" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K352" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L352" s="5" t="s">
-        <v>63</v>
+        <v>747</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>91</v>
+        <v>748</v>
       </c>
       <c r="N352" s="5" t="s">
-        <v>1125</v>
+        <v>1139</v>
       </c>
       <c r="O352" s="5" t="s">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c r="P352" s="4" t="s">
-        <v>277</v>
+        <v>34</v>
       </c>
       <c r="Q352" s="4" t="s">
-        <v>278</v>
+        <v>35</v>
       </c>
       <c r="R352" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S352" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T352" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U352" s="4"/>
       <c r="V352" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W352" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X352" s="4" t="s">
-        <v>1135</v>
+        <v>1141</v>
       </c>
       <c r="Y352" s="4" t="s">
-        <v>1136</v>
+        <v>799</v>
       </c>
     </row>
     <row r="353" spans="1:25">
       <c r="A353" s="5">
         <v>352</v>
       </c>
       <c r="B353" s="5">
-        <v>60722928</v>
+        <v>60787972</v>
       </c>
       <c r="C353" s="4" t="s">
-        <v>1137</v>
+        <v>1142</v>
       </c>
       <c r="D353" s="6">
-        <v>100000000</v>
+        <v>82500000</v>
       </c>
       <c r="E353" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F353" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G353" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H353" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I353" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J353" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K353" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L353" s="5" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N353" s="5" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="O353" s="5" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="P353" s="4" t="s">
-        <v>147</v>
+        <v>34</v>
       </c>
       <c r="Q353" s="4" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="R353" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S353" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T353" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U353" s="4"/>
       <c r="V353" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W353" s="4" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="X353" s="4" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="Y353" s="4" t="s">
-        <v>186</v>
+        <v>799</v>
       </c>
     </row>
     <row r="354" spans="1:25">
       <c r="A354" s="5">
         <v>353</v>
       </c>
       <c r="B354" s="5">
-        <v>60787862</v>
+        <v>60839819</v>
       </c>
       <c r="C354" s="4" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="D354" s="6">
         <v>82500000</v>
       </c>
       <c r="E354" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F354" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G354" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H354" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I354" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J354" s="5" t="s">
         <v>63</v>
       </c>
       <c r="K354" s="5" t="s">
         <v>91</v>
       </c>
       <c r="L354" s="5" t="s">
-        <v>751</v>
+        <v>91</v>
       </c>
       <c r="M354" s="5" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="N354" s="5" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="O354" s="5" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="P354" s="4" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q354" s="4" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="R354" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S354" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T354" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U354" s="4"/>
       <c r="V354" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W354" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X354" s="4" t="s">
-        <v>1144</v>
+        <v>1022</v>
       </c>
       <c r="Y354" s="4" t="s">
-        <v>803</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="355" spans="1:25">
       <c r="A355" s="5">
         <v>354</v>
       </c>
       <c r="B355" s="5">
-        <v>60787972</v>
+        <v>60889448</v>
       </c>
       <c r="C355" s="4" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="D355" s="6">
-        <v>82500000</v>
+        <v>45000000</v>
       </c>
       <c r="E355" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F355" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G355" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H355" s="5" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="I355" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="J355" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="K355" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="L355" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="M355" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="L355" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N355" s="5" t="s">
-        <v>1142</v>
+        <v>1149</v>
       </c>
       <c r="O355" s="5" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="P355" s="4" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q355" s="4" t="s">
-        <v>35</v>
+        <v>95</v>
       </c>
       <c r="R355" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S355" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T355" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U355" s="4"/>
       <c r="V355" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W355" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X355" s="4" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="Y355" s="4" t="s">
-        <v>803</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="356" spans="1:25">
       <c r="A356" s="5">
         <v>355</v>
       </c>
       <c r="B356" s="5">
-        <v>60839819</v>
+        <v>61076821</v>
       </c>
       <c r="C356" s="4" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="D356" s="6">
-        <v>82500000</v>
+        <v>117182670</v>
       </c>
       <c r="E356" s="4" t="s">
-        <v>750</v>
+        <v>26</v>
       </c>
       <c r="F356" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G356" s="4" t="s">
-        <v>28</v>
+        <v>68</v>
       </c>
       <c r="H356" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="J356" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K356" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="I356" s="5" t="s">
+      <c r="L356" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="J356" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M356" s="5" t="s">
-        <v>752</v>
+        <v>268</v>
       </c>
       <c r="N356" s="5" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="O356" s="5" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
       <c r="P356" s="4" t="s">
-        <v>94</v>
+        <v>147</v>
       </c>
       <c r="Q356" s="4" t="s">
-        <v>95</v>
+        <v>148</v>
       </c>
       <c r="R356" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S356" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T356" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U356" s="4"/>
       <c r="V356" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W356" s="4" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="X356" s="4" t="s">
-        <v>1033</v>
+        <v>1156</v>
       </c>
       <c r="Y356" s="4" t="s">
-        <v>1150</v>
+        <v>736</v>
       </c>
     </row>
     <row r="357" spans="1:25">
       <c r="A357" s="5">
         <v>356</v>
       </c>
       <c r="B357" s="5">
-        <v>60889448</v>
+        <v>61077395</v>
       </c>
       <c r="C357" s="4" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="D357" s="6">
-        <v>45000000</v>
+        <v>82500000</v>
       </c>
       <c r="E357" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F357" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G357" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H357" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="I357" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="J357" s="5" t="s">
-        <v>57</v>
+        <v>260</v>
       </c>
       <c r="K357" s="5" t="s">
         <v>159</v>
       </c>
       <c r="L357" s="5" t="s">
-        <v>159</v>
+        <v>874</v>
       </c>
       <c r="M357" s="5" t="s">
-        <v>91</v>
+        <v>748</v>
       </c>
       <c r="N357" s="5" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="O357" s="5" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="P357" s="4" t="s">
-        <v>94</v>
+        <v>147</v>
       </c>
       <c r="Q357" s="4" t="s">
-        <v>95</v>
+        <v>148</v>
       </c>
       <c r="R357" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S357" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T357" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U357" s="4"/>
       <c r="V357" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W357" s="4" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="X357" s="4" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="Y357" s="4" t="s">
-        <v>1155</v>
+        <v>949</v>
       </c>
     </row>
     <row r="358" spans="1:25">
       <c r="A358" s="5">
         <v>357</v>
       </c>
       <c r="B358" s="5">
-        <v>60941380</v>
+        <v>61077501</v>
       </c>
       <c r="C358" s="4" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="D358" s="6">
-        <v>112500000</v>
+        <v>54000000</v>
       </c>
       <c r="E358" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F358" s="4" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="G358" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H358" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I358" s="5" t="s">
         <v>260</v>
       </c>
       <c r="J358" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="K358" s="5" t="s">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="L358" s="5" t="s">
-        <v>56</v>
+        <v>874</v>
       </c>
       <c r="M358" s="5" t="s">
-        <v>63</v>
+        <v>748</v>
       </c>
       <c r="N358" s="5" t="s">
-        <v>1157</v>
+        <v>1154</v>
       </c>
       <c r="O358" s="5" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="P358" s="4" t="s">
-        <v>34</v>
+        <v>147</v>
       </c>
       <c r="Q358" s="4" t="s">
-        <v>35</v>
+        <v>148</v>
       </c>
       <c r="R358" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S358" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T358" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U358" s="4"/>
       <c r="V358" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W358" s="4" t="s">
-        <v>40</v>
+        <v>149</v>
       </c>
       <c r="X358" s="4" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="Y358" s="4" t="s">
-        <v>1160</v>
+        <v>946</v>
       </c>
     </row>
     <row r="359" spans="1:25">
       <c r="A359" s="5">
         <v>358</v>
       </c>
       <c r="B359" s="5">
-        <v>60970447</v>
+        <v>61094370</v>
       </c>
       <c r="C359" s="4" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="D359" s="6">
-        <v>104170393</v>
+        <v>112500000</v>
       </c>
       <c r="E359" s="4" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="F359" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G359" s="4" t="s">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="H359" s="5" t="s">
-        <v>62</v>
+        <v>260</v>
       </c>
       <c r="I359" s="5" t="s">
-        <v>157</v>
+        <v>260</v>
       </c>
       <c r="J359" s="5" t="s">
-        <v>158</v>
+        <v>63</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="L359" s="5" t="s">
-        <v>260</v>
+        <v>56</v>
       </c>
       <c r="M359" s="5" t="s">
-        <v>261</v>
+        <v>63</v>
       </c>
       <c r="N359" s="5" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="O359" s="5" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="P359" s="4" t="s">
-        <v>147</v>
+        <v>34</v>
       </c>
       <c r="Q359" s="4" t="s">
-        <v>148</v>
+        <v>35</v>
       </c>
       <c r="R359" s="5" t="s">
         <v>96</v>
       </c>
       <c r="S359" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T359" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U359" s="4"/>
       <c r="V359" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W359" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="X359" s="4" t="s">
+        <v>1166</v>
+      </c>
+      <c r="Y359" s="4" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="360" spans="1:25">
+      <c r="A360" s="5">
+        <v>359</v>
+      </c>
+      <c r="B360" s="5">
+        <v>61165069</v>
+      </c>
+      <c r="C360" s="4" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D360" s="6">
+        <v>79101041</v>
+      </c>
+      <c r="E360" s="4" t="s">
+        <v>746</v>
+      </c>
+      <c r="F360" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="G360" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H360" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="I360" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="J360" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K360" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="L360" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="M360" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="N360" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="O360" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P360" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q360" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="R360" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="S360" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="T360" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U360" s="4"/>
+      <c r="V360" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="W360" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="X359" s="4" t="s">
-[...35 lines deleted...]
-      <c r="Y360" s="8"/>
+      <c r="X360" s="4" t="s">
+        <v>1171</v>
+      </c>
+      <c r="Y360" s="4" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="361" spans="1:25">
+      <c r="A361" s="5">
+        <v>360</v>
+      </c>
+      <c r="B361" s="5">
+        <v>61398639</v>
+      </c>
+      <c r="C361" s="4" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D361" s="6">
+        <v>104170393</v>
+      </c>
+      <c r="E361" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F361" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G361" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H361" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I361" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="J361" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="K361" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L361" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="M361" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="N361" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="O361" s="5" t="s">
+        <v>1175</v>
+      </c>
+      <c r="P361" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q361" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="R361" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="S361" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="T361" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U361" s="4"/>
+      <c r="V361" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="W361" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="X361" s="4" t="s">
+        <v>1176</v>
+      </c>
+      <c r="Y361" s="4" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="362" spans="1:25">
+      <c r="A362" s="5">
+        <v>361</v>
+      </c>
+      <c r="B362" s="5">
+        <v>61398806</v>
+      </c>
+      <c r="C362" s="4" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D362" s="6">
+        <v>202986000</v>
+      </c>
+      <c r="E362" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F362" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G362" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="H362" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="I362" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="J362" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K362" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="L362" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="M362" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="N362" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="O362" s="5" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P362" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="Q362" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="R362" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="S362" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="T362" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U362" s="4"/>
+      <c r="V362" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="W362" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="X362" s="4" t="s">
+        <v>1180</v>
+      </c>
+      <c r="Y362" s="4" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="363" spans="1:25">
+      <c r="A363" s="5">
+        <v>362</v>
+      </c>
+      <c r="B363" s="5">
+        <v>61581789</v>
+      </c>
+      <c r="C363" s="4" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D363" s="6">
+        <v>16640000</v>
+      </c>
+      <c r="E363" s="4" t="s">
+        <v>746</v>
+      </c>
+      <c r="F363" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="G363" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="H363" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="I363" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="J363" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="K363" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="L363" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="M363" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="N363" s="5" t="s">
+        <v>1183</v>
+      </c>
+      <c r="O363" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="P363" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q363" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="R363" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="S363" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="T363" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U363" s="4"/>
+      <c r="V363" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="W363" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="X363" s="4" t="s">
+        <v>1185</v>
+      </c>
+      <c r="Y363" s="4" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="364" spans="1:25">
+      <c r="A364" s="5">
+        <v>363</v>
+      </c>
+      <c r="B364" s="5">
+        <v>61734522</v>
+      </c>
+      <c r="C364" s="4" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D364" s="6">
+        <v>30161800</v>
+      </c>
+      <c r="E364" s="4" t="s">
+        <v>746</v>
+      </c>
+      <c r="F364" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="G364" s="4" t="s">
+        <v>637</v>
+      </c>
+      <c r="H364" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="I364" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="J364" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="K364" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="L364" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="M364" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="N364" s="5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="O364" s="5" t="s">
+        <v>1189</v>
+      </c>
+      <c r="P364" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q364" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="R364" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="S364" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="T364" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U364" s="4"/>
+      <c r="V364" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="W364" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="X364" s="4" t="s">
+        <v>1190</v>
+      </c>
+      <c r="Y364" s="4" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="365" spans="1:25">
+      <c r="A365" s="5">
+        <v>364</v>
+      </c>
+      <c r="B365" s="5">
+        <v>61734592</v>
+      </c>
+      <c r="C365" s="4" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D365" s="6">
+        <v>37697000</v>
+      </c>
+      <c r="E365" s="4" t="s">
+        <v>746</v>
+      </c>
+      <c r="F365" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="G365" s="4" t="s">
+        <v>637</v>
+      </c>
+      <c r="H365" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="I365" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="J365" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="K365" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="L365" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="M365" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="N365" s="5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="O365" s="5" t="s">
+        <v>1189</v>
+      </c>
+      <c r="P365" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q365" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="R365" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="S365" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="T365" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U365" s="4"/>
+      <c r="V365" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="W365" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="X365" s="4" t="s">
+        <v>1193</v>
+      </c>
+      <c r="Y365" s="4" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="366" spans="1:25">
+      <c r="A366" s="7" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B366" s="8"/>
+      <c r="C366" s="8"/>
+      <c r="D366" s="9">
+        <v>184515343064</v>
+      </c>
+      <c r="E366" s="8"/>
+      <c r="F366" s="8"/>
+      <c r="G366" s="8"/>
+      <c r="H366" s="8"/>
+      <c r="I366" s="8"/>
+      <c r="J366" s="8"/>
+      <c r="K366" s="8"/>
+      <c r="L366" s="8"/>
+      <c r="M366" s="8"/>
+      <c r="N366" s="8"/>
+      <c r="O366" s="8"/>
+      <c r="P366" s="8"/>
+      <c r="Q366" s="8"/>
+      <c r="R366" s="8"/>
+      <c r="S366" s="8"/>
+      <c r="T366" s="8"/>
+      <c r="U366" s="8"/>
+      <c r="V366" s="8"/>
+      <c r="W366" s="8"/>
+      <c r="X366" s="8"/>
+      <c r="Y366" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A360:C360"/>
-    <mergeCell ref="E360:Y360"/>
+    <mergeCell ref="A366:C366"/>
+    <mergeCell ref="E366:Y366"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>