--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="392">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="410">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -797,438 +797,492 @@
   <si>
     <t>Joint Closure Spesifikasi: 12 Core &gt;&gt; 20 unit Mikrotik Spesifikasi: MikroTik RB 4011 iGS + RM &gt;&gt; 5 unit SFP Media Converter Spesifikasi: 1 Pair : Gigabit TP Link MC220L + SFP BiDi SM 20KM Simplex LC 1.25Gbps &gt;&gt; 7 pasang SFP Transceiver 1G Spesifikasi: Mikrotik SFP-1G-BD-SM-20KM Mikrobits SFP Transceiver &gt;&gt; 20 pasang SFP Transciever 10G Spesifikasi: SFP-10G-BD-SM-40KM &gt;&gt; 5 pasang Wallmount Rack Spesifikasi: Single Door Rak Server 6U Depth 600Mm Wr5006S &gt;&gt; 10 unit</t>
   </si>
   <si>
     <t>Belanja Modal Aset Tidak Berwujud - Lisensi</t>
   </si>
   <si>
     <t>01/12/2026</t>
   </si>
   <si>
     <t>Developer Apple Spesifikasi: App Store Developer &gt;&gt; 1 tahun Email API/SMTP Spesifikasi: Mail Trap Basic Plan &gt;&gt; 12 bulan Website Security Tester Spesifikasi: Burp Suite Pro &gt;&gt; 1 tahun</t>
   </si>
   <si>
     <t>Belanja Modal Aset Tidak Berwujud - Lisensi Software</t>
   </si>
   <si>
     <t>03/09/2025 14:03:32</t>
   </si>
   <si>
     <t>1 kali</t>
   </si>
   <si>
     <t>Windows Server Spesifikasi: Windows Server 2022 Standard 16 Core License Pack CSP DG7GMGF0D5RK0005 Microsoft Windows Server 2022 Standard 16 Core License Pack CSP &gt;&gt; 1 kali</t>
   </si>
   <si>
-    <t>Belanja Modal Bangunan Gedung Tempat Kerja</t>
+    <t>Biaya Perencanaan Teknis Bangunan Gedung Kantor</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
+    <t>04/09/2025 13:06:00</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis</t>
+  </si>
+  <si>
+    <t>Spesifikasi: 150.000.001 S/D 200.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Pengawasan Teknis Bangunan Gedung Kantor</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung</t>
+  </si>
+  <si>
+    <t>5 Rim</t>
+  </si>
+  <si>
+    <t>Belanja Alat Tulis Kantor ( Kertas HVS )</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Folio/F4 70Gram</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor</t>
+  </si>
+  <si>
+    <t>24824 Lembar</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor ( Karbon )</t>
+  </si>
+  <si>
+    <t>Karbon Spesifikasi: Pembulatan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Jaringan - Access Point</t>
+  </si>
+  <si>
+    <t>07/09/2025</t>
+  </si>
+  <si>
+    <t>07/09/2025 14:33:25</t>
+  </si>
+  <si>
+    <t>20 Unit</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Jaringan Access Point</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Jaringan Access Point Spesifikasi: Ruijie RG-RAP2260(E) Reyee Multi-G Ceiling</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor - Peralatan Jaringan - Surge Arrester</t>
+  </si>
+  <si>
+    <t>07/09/2025 14:41:41</t>
+  </si>
+  <si>
+    <t>10 Unit</t>
+  </si>
+  <si>
+    <t>Surge Arrester Spesifikasi: Tipe 2 PRD Acti 9 PRD65r 1P+N/ 65kA/230-400V</t>
+  </si>
+  <si>
+    <t>[Peningkatan Peran Statistik Sektoral terhadap Sistem Statistik Nasional] Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover</t>
+  </si>
+  <si>
+    <t>09/09/2025</t>
+  </si>
+  <si>
+    <t>11/09/2025 08:52:58</t>
+  </si>
+  <si>
+    <t>5950 Lembar</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>15/09/2025 23:24:01</t>
+  </si>
+  <si>
+    <t>Kaos Panitia; Kaos Peserta Pelatihan/Kaos seragam; Tas Pelatihan;</t>
+  </si>
+  <si>
+    <t>Katun, Sablon Custom; ; Model Ransel;</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Prasmanan); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>-; Untuk Hotel; -;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Penyelenggaraan Acara</t>
+  </si>
+  <si>
+    <t>Sewa Taman Dekorasi; Jasa Event Organizer Skala Mikro; Jasa Event Organizer Skala Kecil;</t>
+  </si>
+  <si>
+    <t>-; Fasilitasi penunjang kegiatan termasuk bahan dan peralatan, sarana prasarana penunjang kegiatan, event organizer, dll skala mikro; Fasilitasi penunjang kegiatan termasuk bahan dan peralatan, sarana prasarana penunjang kegiatan, event organizer, dll skala kecil;</t>
+  </si>
+  <si>
+    <t>Belanja Suku Cadang-Suku Cadang Alat Studio dan Komunikasi</t>
+  </si>
+  <si>
+    <t>Lensa Kamera; Body Kamera;</t>
+  </si>
+  <si>
+    <t>Full Frame Format, f/2.8 sd f/22, 22% lighter, 18% smaller than previous, 4 XD Linear AF Motors, Floating focus, zoom smoothness switch; 24.2 MP Full Frame Exmor, 399-point AF System, 10 fps shooting, 3.69 m dot tru finder OLED EVP, Touchscreen LCD;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Studio Video dan Film</t>
+  </si>
+  <si>
+    <t>Kamera; Drone;</t>
+  </si>
+  <si>
+    <t>A7C Kit 28-60mm Soni 7C kamera Miirorless; Dengan Kamera;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Personal Computer</t>
+  </si>
+  <si>
+    <t>Laptop;</t>
+  </si>
+  <si>
+    <t>Multimedia;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Personal Computer</t>
+  </si>
+  <si>
+    <t>Hardisk Eksternal;</t>
+  </si>
+  <si>
+    <t>PR2100 12TB;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Audio Visual</t>
+  </si>
+  <si>
+    <t>Audio Mixer;</t>
+  </si>
+  <si>
+    <t>12 INPUT, 2/2 BUS, USB AUDIO INTERFACE, 3-BAND EQ;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Studio Audio</t>
+  </si>
+  <si>
+    <t>Alat Podcast; Mic CLIP ON;</t>
+  </si>
+  <si>
+    <t>2 kamera sony, 4microfon dan stand, 1sound, 2HDMI 2 tripod, 2 lighting, 1mixer; "4bh mic cliopn + 4bh transmiter display digital 1bh receiver display digital 1bh kabel audio 4bh anthena";</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Komputer</t>
+  </si>
+  <si>
+    <t>Memory Card;</t>
+  </si>
+  <si>
+    <t>Sandisk Micro SD 256GB CL10 200MBPS Extreme Pro;</t>
+  </si>
+  <si>
+    <t>14/09/2025</t>
+  </si>
+  <si>
+    <t>1000 liter</t>
+  </si>
+  <si>
+    <t>500 liter Bahan Bakar; 500 liter Solar</t>
+  </si>
+  <si>
+    <t>Pertamax; Non Subsidi</t>
+  </si>
+  <si>
+    <t>15/09/2025 23:23:03</t>
+  </si>
+  <si>
+    <t>200 liter</t>
+  </si>
+  <si>
+    <t>Bahan Bakar</t>
+  </si>
+  <si>
+    <t>Pertamax</t>
+  </si>
+  <si>
+    <t>456 kotak</t>
+  </si>
+  <si>
+    <t>228 kotak Biaya Konsumsi (Kudapan/Snack); 228 kotak Biaya Konsumsi (Makan)</t>
+  </si>
+  <si>
+    <t>-; -</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konversi Aplikasi/Sistem Informasi</t>
+  </si>
+  <si>
+    <t>20 per bulan</t>
+  </si>
+  <si>
+    <t>Langganan CapCut; Langganan Canva</t>
+  </si>
+  <si>
+    <t>Jasa Editing Video/Audio; Jasa Editing Gambar/ Foto dan Desain</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Studio, Komunikasi, dan Pemancar-Alat Studio-Peralatan Studio Video dan Film</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>6 unit</t>
+  </si>
+  <si>
+    <t>4 Unit Biaya Pemeliharaan Sarana Kantor; 2 unit Biaya Pemeliharaan Sarana Kantor</t>
+  </si>
+  <si>
+    <t>Kamera Digital; Perbaikan Drone</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Studio, Komunikasi, dan Pemancar-Alat Komunikasi-Alat Komunikasi Radio HF/FM</t>
+  </si>
+  <si>
+    <t>5 Unit</t>
+  </si>
+  <si>
+    <t>Biaya Pemeliharaan Pemancar; Biaya Pemeliharaan Antena Pemancar Dan Tower</t>
+  </si>
+  <si>
+    <t>Pengecekan Pengkabelan, Pengecekan Exhaust Fan, Perbaikan Yang Sifatnya Mendesak; Pengecekan Coaxial Cable, Connector, Wiring/Grounding, Penangkal Petir, Komponen Pemancar Dan Tower Lainnya ; Penggantian Kabel Seling Tower ; Pengecatan Tower</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Aset Tidak Berwujud - Belanja Lisensi</t>
+  </si>
+  <si>
+    <t>15/09/2025 14:08:43</t>
+  </si>
+  <si>
+    <t>1 tahun</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Aset Tidak Berwujud - Belanja Lisensi Layanan OCA Spesifikasi: Omni Channel Asisstant Smart Suites &gt;&gt; 1 tahun</t>
+  </si>
+  <si>
+    <t>17/09/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 21:21:59</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Iklan/Reklame, Film, dan Pemotretan</t>
+  </si>
+  <si>
+    <t>17/09/2025 21:21:42</t>
+  </si>
+  <si>
+    <t>Pemuatan Iklan Display/Berita Advertorial di media online (Cyber); Pemuatan Iklan Display / Berita Advetorial Di Media Online (Cyber); Pemuatan Iklan Display/Berita di media cetak harian lokal; Pemuatan Berita Liputan Khusus di Televisi; Pemuatan Adv Di Media Cetak Lokal Migguan Tingkat Iv; Pemuatan Iklan Display / Berita Advetorial Di Media Online (Cyber); Pemuatan Berita Liputan Khusus di Televisi; Pemuatan Iklan Displya/Adventorial Berita Media Cyber Lokal Rating II; Pemuatan Iklan Display / Berita Advetorial Di Media Cetak Harian Lokal; Pemuatan Iklan Display / Berita Advetorial di Media Cetak Mingguan dan Bulanan; Pemuatan iklan Displya/Adventorial Berita Media Cyber Nasional Rating I; Pemuatan Iklan Display / Berita Advetorial di Media Cetak Harian Lokal; Publikasi Elektronik (Radio, Dll); Pemuatan Iklan Display / Berita Advetorial di Media Cetak Mingguan dan Bulanan; Pemuatan Berita Liputan Khusus di Televisi; Pemuatan Iklan Display / Berita Advetorial di Media Cetak Mingguan dan Bulanan; Pemuatan Advertorial/Iklan Media Elektronik (TV Nasional); Pemuatan advetorial/iklan display/banner media lokal harian;</t>
+  </si>
+  <si>
+    <t>Rating IV; Rating Iii; Ukuran 7 kolom x 250 mmk (1/2 Hlm FC); Talkshow Insight TV Nasional, durasi 60 menit (prime time, 18.00-19.00) tayang Nasional; Ukuran 6 Kolom X 50 Mm (Fc); Rating Ii; Liputan Khusus/Iklan Layanan Masyarakat Durasi 2 Menit; iklan/banner/display paket iklan display; Ukuran 7 Kolom X 80 Mmk ( Fc); Iklan Display/Banner di media cetak lokal harian, ukuran 1/4 halaman (BW); iklan/banner/display paket iklan display; Ukuran 3 kolom X 250 mmk (1/4 Hlm BW); 2 Menit; Ukr Halaman (BW) Rating : II; Liputan Event TV Nasional, durasi 30 menit, tayang Jawa Timur; Ukr 7 kolom X130 mmk (FC); Tingkat I Paket Filler durasi 30`; tingkat IV 1/4 halaman (FC) tingkat III;</t>
+  </si>
+  <si>
+    <t>17/09/2025 21:51:01</t>
+  </si>
+  <si>
+    <t>5718 lembar; 760 M2</t>
+  </si>
+  <si>
+    <t>Karbon; Banner</t>
+  </si>
+  <si>
+    <t>Pembulatan; Bahan Vinyl 240 Gr</t>
+  </si>
+  <si>
+    <t>20/09/2025</t>
+  </si>
+  <si>
+    <t>20/09/2025 22:26:10</t>
+  </si>
+  <si>
+    <t>Bensin;</t>
+  </si>
+  <si>
+    <t>Non Subsidi;</t>
+  </si>
+  <si>
+    <t>20/09/2025 22:33:40</t>
+  </si>
+  <si>
+    <t>1178 lembar</t>
+  </si>
+  <si>
+    <t>Photo Copy Spesifikasi : Folio/hvs</t>
+  </si>
+  <si>
+    <t>Belanja Modal Personal Computer - Desktop PC</t>
+  </si>
+  <si>
+    <t>29/09/2025</t>
+  </si>
+  <si>
+    <t>29/09/2025 11:11:43</t>
+  </si>
+  <si>
+    <t>1 unit</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Core i5-1235U / 8G / 512 GB</t>
+  </si>
+  <si>
+    <t>Desktop PC Spesifikasi : Core i5-1235U/8 GB/512 GB ( 1 UNIT ) Laptop Spesifikasi : Multimedia ( 1 UNIT ) Laptop Spesifikasi : Operator ( 18 UNIT ) Ups Spesifikasi : 10kW 10kVA Input 230V ( 1 UNIT )</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Jaringan</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Jaringan Access Point dan Router</t>
+  </si>
+  <si>
+    <t>Router Spesifikasi : Routerboard RB760iGS (10 Unit)</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pembantu Penyiaran 3</t>
+  </si>
+  <si>
+    <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>04/11/2025 09:33:34</t>
+  </si>
+  <si>
+    <t>230 jam</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pembantu Penyiaran</t>
+  </si>
+  <si>
+    <t>spesifikasi: Pranata Siaran Diskominfo</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025 12:35:44</t>
+  </si>
+  <si>
+    <t>Pemuatan Iklan Display / Berita Advetorial di Media Cetak Harian Lokal Spesifikasi: Ukuran 3 kolom X 250 mmk (1/4 Hlm BW); Pemuatan Iklan Display / Berita Advetorial di Media Cetak Mingguan dan Bulanan Spesifikasi: Spesifikasi : Ukr Halaman (BW) Rating : II; Pemuatan Iklan Display / Berita Advetorial di Media Cetak Mingguan dan Bulanan Spesifikasi: Ukr 7 kolom X130 mmk (FC); Pemuatan Berita Liputan Khusus di Televisi Spesifikasi: Liputan Advertorial TV Nasional, durasi 2 menit tayang Jawa Timur; Pemuatan Berita Liputan Khusus di Televisi Spesifikasi: Talkshow Insight TV Nasional, durasi 60 menit (prime time, 18.00-19.00) tayang Nasional; Pemuatan Liputan Event (Tv Nasional) Spesifikasi: Tingkat I Liputan Event Jawa Timur 30 Menit; Publikasi Elektronik (Radio, Dll) Spesifikasi: 2 Menit; Pemuatan Iklan Display/Advertorial Berita Media Cyber Nasional Spesifikasi: Iklan/Banner/Display Paket iklan display; Pemuatan Iklan Display / Berita Advetorial Di Media Online (Cyber) Spesifikasi: Rating Ii; Pemuatan Iklan Display / Berita Advetorial Di Media Online (Cyber) Spesifikasi: Rating Iii; Pemuatan iklan Displya/Adventorial Berita Media Cyber Nasional Rating I Spesifikasi: iklan/banner/display paket iklan display; Jasa Dokumentasi Foto/Video Spesifikasi: Maksimal 5 Jam ; 1 Fotografer ; 1 Videografer ; 1 ..;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Iklan/Reklame, Film, dan Pemotretan - Paket Filler</t>
+  </si>
+  <si>
+    <t>07/11/2025 12:57:47</t>
+  </si>
+  <si>
+    <t>10 per tayang</t>
+  </si>
+  <si>
+    <t>Pemuatan Advertorial/Iklan Media Elektronik (TV Nasional)</t>
+  </si>
+  <si>
+    <t>Tingkat I Paket Filler durasi 30</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Iklan/Reklame, Film, dan Pemotretan - Paket Talk Show</t>
+  </si>
+  <si>
+    <t>2 Per Tayang</t>
+  </si>
+  <si>
+    <t>Pemuatan Liputan Event (Tv Nasional)</t>
+  </si>
+  <si>
+    <t>Tingkat I Liputan Event Jawa Timur 30 Menit</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Survei</t>
+  </si>
+  <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>10/11/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>1 Kegiatan</t>
+  </si>
+  <si>
+    <t>penyusunan Indeks Keterbukaan Informasi Publik</t>
+  </si>
+  <si>
+    <t>Tenaga Ahli Madya dengan pengalaman 5 tahun S1 sd S3, Tenaga Ahli pengalaman minimal 1 tahun dengan pendidikan S1 sd S2, Surveyor pengalaman minimal 1 tahun dengan pendidikan minimal SMA sd D3,</t>
+  </si>
+  <si>
+    <t>Belanja Rehabilitasi Ringan Gedung Negara Sederhana</t>
   </si>
   <si>
     <t>Pekerjaan Konstruksi</t>
   </si>
   <si>
-    <t>04/09/2025</t>
-[...2 lines deleted...]
-    <t>04/09/2025 13:06:00</t>
+    <t>10/11/2025 21:58:01</t>
   </si>
   <si>
     <t>88 M2</t>
   </si>
   <si>
-    <t>Rehabilitasi Ringan Gedung Negara Sederhana</t>
-[...334 lines deleted...]
-  <si>
     <t>[Peningkatan Peran Statistik Sektoral terhadap Sistem Statistik Nasional] Belanja Sewa Kendaraan Bermotor Penumpang</t>
   </si>
   <si>
-    <t>20/09/2025 22:37:30</t>
+    <t>17/11/2025</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:19:42</t>
   </si>
   <si>
     <t>Belanja Sewa Kendaraan Bermotor Penumpang</t>
   </si>
   <si>
     <t>Sewa Kendaraan Spesifikasi: Roda 4 ; Kapasitas Silinder 1500 cc - 2000 cc</t>
-  </si>
-[...25 lines deleted...]
-    <t>Router Spesifikasi : Routerboard RB760iGS (10 Unit)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1589,81 +1643,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y111"/>
+  <dimension ref="A1:Y114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E111" sqref="E111:Y111"/>
+      <selection activeCell="E114" sqref="E114:Y114"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="24.565" bestFit="true" customWidth="true" style="0"/>
-    <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="1334.103" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="1666.879" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -7183,2780 +7237,3005 @@
       <c r="S74" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T74" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U74" s="4"/>
       <c r="V74" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W74" s="4" t="s">
         <v>259</v>
       </c>
       <c r="X74" s="4" t="s">
         <v>257</v>
       </c>
       <c r="Y74" s="4" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:25">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>60505572</v>
+        <v>60505727</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>261</v>
       </c>
       <c r="D75" s="6">
-        <v>177095776</v>
+        <v>12000000</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>227</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>105</v>
       </c>
       <c r="G75" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="L75" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="N75" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="H75" s="5" t="s">
-[...17 lines deleted...]
-      <c r="N75" s="5" t="s">
+      <c r="O75" s="5" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="P75" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q75" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R75" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S75" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T75" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U75" s="4"/>
       <c r="V75" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W75" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="X75" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="Y75" s="4" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="76" spans="1:25">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>60505727</v>
+        <v>60505798</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="D76" s="6">
-        <v>12000000</v>
+        <v>10000000</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>227</v>
       </c>
       <c r="F76" s="4" t="s">
         <v>105</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>232</v>
       </c>
       <c r="H76" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="L76" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="N76" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="O76" s="5" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="P76" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q76" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R76" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S76" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T76" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U76" s="4"/>
       <c r="V76" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W76" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X76" s="4" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="Y76" s="4" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
     </row>
     <row r="77" spans="1:25">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>60505798</v>
+        <v>60506228</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="D77" s="6">
-        <v>10000000</v>
+        <v>408600</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>227</v>
       </c>
       <c r="F77" s="4" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="G77" s="4" t="s">
-        <v>232</v>
+        <v>53</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L77" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N77" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="O77" s="5" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="P77" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R77" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S77" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T77" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U77" s="4"/>
       <c r="V77" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W77" s="4" t="s">
-        <v>73</v>
+        <v>269</v>
       </c>
       <c r="X77" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="Y77" s="4" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="78" spans="1:25">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>60506228</v>
+        <v>60506361</v>
       </c>
       <c r="C78" s="4" t="s">
         <v>272</v>
       </c>
       <c r="D78" s="6">
-        <v>408600</v>
+        <v>20624</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>227</v>
       </c>
       <c r="F78" s="4" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G78" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L78" s="5" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N78" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="O78" s="5" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="P78" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q78" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R78" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S78" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T78" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U78" s="4"/>
       <c r="V78" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W78" s="4" t="s">
         <v>273</v>
       </c>
       <c r="X78" s="4" t="s">
         <v>274</v>
       </c>
       <c r="Y78" s="4" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:25">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>60506361</v>
+        <v>60527497</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>276</v>
       </c>
       <c r="D79" s="6">
-        <v>20624</v>
+        <v>132889200</v>
       </c>
       <c r="E79" s="4" t="s">
         <v>227</v>
       </c>
       <c r="F79" s="4" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G79" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L79" s="5" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N79" s="5" t="s">
-        <v>263</v>
+        <v>277</v>
       </c>
       <c r="O79" s="5" t="s">
-        <v>264</v>
+        <v>278</v>
       </c>
       <c r="P79" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q79" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R79" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S79" s="5" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="T79" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U79" s="4"/>
       <c r="V79" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W79" s="4" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="X79" s="4" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="Y79" s="4" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="80" spans="1:25">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>60527497</v>
+        <v>60527505</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D80" s="6">
-        <v>132889200</v>
+        <v>20535000</v>
       </c>
       <c r="E80" s="4" t="s">
         <v>227</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G80" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H80" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>159</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>159</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L80" s="5" t="s">
         <v>159</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N80" s="5" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="O80" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P80" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q80" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R80" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S80" s="5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="T80" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U80" s="4"/>
       <c r="V80" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W80" s="4" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="X80" s="4" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="Y80" s="4" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="81" spans="1:25">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>60527505</v>
+        <v>60553451</v>
       </c>
       <c r="C81" s="4" t="s">
         <v>286</v>
       </c>
       <c r="D81" s="6">
-        <v>20535000</v>
+        <v>5950</v>
       </c>
       <c r="E81" s="4" t="s">
         <v>227</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>159</v>
+        <v>30</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>159</v>
+        <v>30</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L81" s="5" t="s">
-        <v>159</v>
+        <v>30</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N81" s="5" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="O81" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P81" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q81" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R81" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S81" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T81" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U81" s="4"/>
       <c r="V81" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W81" s="4" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="X81" s="4" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="Y81" s="4" t="s">
-        <v>289</v>
+        <v>275</v>
       </c>
     </row>
     <row r="82" spans="1:25">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>60553451</v>
+        <v>60612279</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D82" s="6">
-        <v>5950</v>
+        <v>54612000</v>
       </c>
       <c r="E82" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F82" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G82" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>31</v>
+        <v>165</v>
       </c>
       <c r="L82" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N82" s="5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="O82" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P82" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q82" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R82" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S82" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T82" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U82" s="4"/>
       <c r="V82" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W82" s="4" t="s">
-        <v>293</v>
+        <v>73</v>
       </c>
       <c r="X82" s="4" t="s">
         <v>294</v>
       </c>
       <c r="Y82" s="4" t="s">
-        <v>279</v>
+        <v>295</v>
       </c>
     </row>
     <row r="83" spans="1:25">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>60612279</v>
+        <v>60612281</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>295</v>
+        <v>71</v>
       </c>
       <c r="D83" s="6">
-        <v>54612000</v>
+        <v>7500000</v>
       </c>
       <c r="E83" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G83" s="4" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L83" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N83" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O83" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P83" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q83" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R83" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S83" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T83" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U83" s="4"/>
       <c r="V83" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W83" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X83" s="4" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="Y83" s="4" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
     </row>
     <row r="84" spans="1:25">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>60612281</v>
+        <v>60612282</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>71</v>
+        <v>298</v>
       </c>
       <c r="D84" s="6">
-        <v>7500000</v>
+        <v>3153400</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F84" s="4" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G84" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L84" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N84" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O84" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P84" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q84" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R84" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S84" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T84" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U84" s="4"/>
       <c r="V84" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W84" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X84" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="Y84" s="4" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="85" spans="1:25">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>60612282</v>
+        <v>60612283</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D85" s="6">
-        <v>3153400</v>
+        <v>57250000</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F85" s="4" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G85" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H85" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L85" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N85" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O85" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P85" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q85" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R85" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S85" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T85" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U85" s="4"/>
       <c r="V85" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W85" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X85" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="Y85" s="4" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="86" spans="1:25">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>60612283</v>
+        <v>60612284</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="D86" s="6">
-        <v>57250000</v>
+        <v>120091630</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L86" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N86" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O86" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P86" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q86" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R86" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S86" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T86" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U86" s="4"/>
       <c r="V86" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W86" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X86" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="Y86" s="4" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="87" spans="1:25">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>60612284</v>
+        <v>60612285</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="D87" s="6">
-        <v>120091630</v>
+        <v>125801600</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L87" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N87" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O87" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P87" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q87" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R87" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S87" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T87" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U87" s="4"/>
       <c r="V87" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W87" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X87" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="Y87" s="4" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="88" spans="1:25">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>60612285</v>
+        <v>60612286</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="D88" s="6">
-        <v>125801600</v>
+        <v>62593500</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G88" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L88" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N88" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O88" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P88" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q88" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R88" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S88" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T88" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U88" s="4"/>
       <c r="V88" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W88" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X88" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="Y88" s="4" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="89" spans="1:25">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>60612286</v>
+        <v>60612287</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="D89" s="6">
-        <v>62593500</v>
+        <v>5902200</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L89" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N89" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O89" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P89" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q89" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R89" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S89" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T89" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U89" s="4"/>
       <c r="V89" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W89" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X89" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="Y89" s="4" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="90" spans="1:25">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>60612287</v>
+        <v>60612288</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="D90" s="6">
-        <v>5902200</v>
+        <v>66091900</v>
       </c>
       <c r="E90" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J90" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L90" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N90" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O90" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P90" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R90" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S90" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T90" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U90" s="4"/>
       <c r="V90" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W90" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X90" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y90" s="4" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>60612288</v>
+        <v>60612290</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="D91" s="6">
-        <v>66091900</v>
+        <v>4287625</v>
       </c>
       <c r="E91" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L91" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N91" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O91" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P91" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R91" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S91" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T91" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U91" s="4"/>
       <c r="V91" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W91" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X91" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="Y91" s="4" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>60612290</v>
+        <v>60617202</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>323</v>
+        <v>60</v>
       </c>
       <c r="D92" s="6">
-        <v>4287625</v>
+        <v>22325000</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F92" s="4" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H92" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L92" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N92" s="5" t="s">
-        <v>296</v>
+        <v>322</v>
       </c>
       <c r="O92" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P92" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R92" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S92" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T92" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U92" s="4"/>
       <c r="V92" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W92" s="4" t="s">
-        <v>73</v>
+        <v>323</v>
       </c>
       <c r="X92" s="4" t="s">
         <v>324</v>
       </c>
       <c r="Y92" s="4" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="93" spans="1:25">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>60612463</v>
+        <v>60625785</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>326</v>
+        <v>60</v>
       </c>
       <c r="D93" s="6">
-        <v>80550000</v>
+        <v>3780000</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F93" s="4" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G93" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="L93" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N93" s="5" t="s">
-        <v>296</v>
+        <v>322</v>
       </c>
       <c r="O93" s="5" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="P93" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S93" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T93" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U93" s="4"/>
       <c r="V93" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W93" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="X93" s="4" t="s">
         <v>328</v>
       </c>
-      <c r="X93" s="4" t="s">
+      <c r="Y93" s="4" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="94" spans="1:25">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>60617202</v>
+        <v>60625880</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="D94" s="6">
-        <v>22325000</v>
+        <v>11400000</v>
       </c>
       <c r="E94" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F94" s="4" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G94" s="4" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>165</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L94" s="5" t="s">
         <v>165</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N94" s="5" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="O94" s="5" t="s">
-        <v>297</v>
+        <v>326</v>
       </c>
       <c r="P94" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q94" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R94" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S94" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T94" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U94" s="4"/>
       <c r="V94" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W94" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="X94" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="Y94" s="4" t="s">
         <v>332</v>
-      </c>
-[...4 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="95" spans="1:25">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>60625785</v>
+        <v>60626106</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>60</v>
+        <v>333</v>
       </c>
       <c r="D95" s="6">
-        <v>3780000</v>
+        <v>2830000</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>61</v>
       </c>
       <c r="G95" s="4" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="L95" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N95" s="5" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="O95" s="5" t="s">
-        <v>327</v>
+        <v>293</v>
       </c>
       <c r="P95" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q95" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R95" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S95" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T95" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U95" s="4"/>
       <c r="V95" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W95" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="X95" s="4" t="s">
         <v>335</v>
       </c>
-      <c r="X95" s="4" t="s">
+      <c r="Y95" s="4" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="96" spans="1:25">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>60625880</v>
+        <v>60626161</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>71</v>
+        <v>337</v>
       </c>
       <c r="D96" s="6">
         <v>11400000</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F96" s="4" t="s">
-        <v>27</v>
+        <v>105</v>
       </c>
       <c r="G96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="L96" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N96" s="5" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="O96" s="5" t="s">
-        <v>327</v>
+        <v>293</v>
       </c>
       <c r="P96" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q96" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R96" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S96" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T96" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U96" s="4"/>
       <c r="V96" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W96" s="4" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="X96" s="4" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="Y96" s="4" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="97" spans="1:25">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>60626106</v>
+        <v>60626171</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D97" s="6">
-        <v>2830000</v>
+        <v>17400000</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F97" s="4" t="s">
-        <v>61</v>
+        <v>105</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="L97" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N97" s="5" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="O97" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P97" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R97" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S97" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T97" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U97" s="4"/>
       <c r="V97" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W97" s="4" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="X97" s="4" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="Y97" s="4" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="98" spans="1:25">
       <c r="A98" s="5">
         <v>97</v>
       </c>
       <c r="B98" s="5">
-        <v>60626149</v>
+        <v>60639930</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D98" s="6">
-        <v>467723400</v>
+        <v>58208400</v>
       </c>
       <c r="E98" s="4" t="s">
-        <v>26</v>
+        <v>227</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>105</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="L98" s="5" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>31</v>
+        <v>250</v>
       </c>
       <c r="N98" s="5" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
       <c r="O98" s="5" t="s">
-        <v>297</v>
+        <v>347</v>
       </c>
       <c r="P98" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R98" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S98" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T98" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U98" s="4"/>
       <c r="V98" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W98" s="4" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="X98" s="4" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="Y98" s="4" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="99" spans="1:25">
       <c r="A99" s="5">
         <v>98</v>
       </c>
       <c r="B99" s="5">
-        <v>60626161</v>
+        <v>60691007</v>
       </c>
       <c r="C99" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D99" s="6">
+        <v>3450000</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G99" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="L99" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N99" s="5" t="s">
         <v>350</v>
       </c>
-      <c r="D99" s="6">
-[...31 lines deleted...]
-      </c>
       <c r="O99" s="5" t="s">
-        <v>297</v>
+        <v>351</v>
       </c>
       <c r="P99" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R99" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S99" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T99" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U99" s="4"/>
       <c r="V99" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W99" s="4" t="s">
-        <v>351</v>
+        <v>73</v>
       </c>
       <c r="X99" s="4" t="s">
-        <v>352</v>
+        <v>113</v>
       </c>
       <c r="Y99" s="4" t="s">
-        <v>353</v>
+        <v>114</v>
       </c>
     </row>
     <row r="100" spans="1:25">
       <c r="A100" s="5">
         <v>99</v>
       </c>
       <c r="B100" s="5">
-        <v>60626171</v>
+        <v>60691019</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D100" s="6">
-        <v>17400000</v>
+        <v>2955053800</v>
       </c>
       <c r="E100" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F100" s="4" t="s">
-        <v>105</v>
+        <v>61</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N100" s="5" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="O100" s="5" t="s">
-        <v>297</v>
+        <v>353</v>
       </c>
       <c r="P100" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R100" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S100" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T100" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U100" s="4"/>
       <c r="V100" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W100" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="X100" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="Y100" s="4" t="s">
         <v>355</v>
-      </c>
-[...4 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="101" spans="1:25">
       <c r="A101" s="5">
         <v>100</v>
       </c>
       <c r="B101" s="5">
-        <v>60639930</v>
+        <v>60691224</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>358</v>
+        <v>178</v>
       </c>
       <c r="D101" s="6">
-        <v>58208400</v>
+        <v>63726000</v>
       </c>
       <c r="E101" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F101" s="4" t="s">
         <v>105</v>
       </c>
       <c r="G101" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H101" s="5" t="s">
-        <v>165</v>
+        <v>30</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>250</v>
+        <v>30</v>
       </c>
       <c r="L101" s="5" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>250</v>
+        <v>31</v>
       </c>
       <c r="N101" s="5" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="O101" s="5" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="P101" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q101" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R101" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S101" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T101" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U101" s="4"/>
       <c r="V101" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W101" s="4" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="X101" s="4" t="s">
         <v>358</v>
       </c>
       <c r="Y101" s="4" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
     </row>
     <row r="102" spans="1:25">
       <c r="A102" s="5">
         <v>101</v>
       </c>
       <c r="B102" s="5">
-        <v>60691007</v>
+        <v>60733455</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="D102" s="6">
-        <v>3450000</v>
+        <v>15235650</v>
       </c>
       <c r="E102" s="4" t="s">
         <v>227</v>
       </c>
       <c r="F102" s="4" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H102" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L102" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N102" s="5" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="O102" s="5" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="P102" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R102" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S102" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T102" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U102" s="4"/>
       <c r="V102" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W102" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X102" s="4" t="s">
-        <v>113</v>
+        <v>362</v>
       </c>
       <c r="Y102" s="4" t="s">
-        <v>114</v>
+        <v>363</v>
       </c>
     </row>
     <row r="103" spans="1:25">
       <c r="A103" s="5">
         <v>102</v>
       </c>
       <c r="B103" s="5">
-        <v>60691019</v>
+        <v>60733488</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>345</v>
+        <v>178</v>
       </c>
       <c r="D103" s="6">
-        <v>2955053800</v>
+        <v>471200</v>
       </c>
       <c r="E103" s="4" t="s">
-        <v>26</v>
+        <v>227</v>
       </c>
       <c r="F103" s="4" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G103" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H103" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J103" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L103" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N103" s="5" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="O103" s="5" t="s">
         <v>364</v>
       </c>
       <c r="P103" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q103" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R103" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S103" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T103" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U103" s="4"/>
       <c r="V103" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W103" s="4" t="s">
-        <v>73</v>
+        <v>365</v>
       </c>
       <c r="X103" s="4" t="s">
-        <v>365</v>
+        <v>178</v>
       </c>
       <c r="Y103" s="4" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="104" spans="1:25">
       <c r="A104" s="5">
         <v>103</v>
       </c>
       <c r="B104" s="5">
-        <v>60691224</v>
+        <v>60858910</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>178</v>
+        <v>367</v>
       </c>
       <c r="D104" s="6">
-        <v>63726000</v>
+        <v>16476000</v>
       </c>
       <c r="E104" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F104" s="4" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="G104" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>30</v>
+        <v>165</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L104" s="5" t="s">
-        <v>30</v>
+        <v>159</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N104" s="5" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="O104" s="5" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="P104" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q104" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R104" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S104" s="5" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="T104" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U104" s="4"/>
       <c r="V104" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W104" s="4" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="X104" s="4" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="Y104" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="105" spans="1:25">
       <c r="A105" s="5">
         <v>104</v>
       </c>
       <c r="B105" s="5">
-        <v>60733455</v>
+        <v>60859706</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>60</v>
+        <v>307</v>
       </c>
       <c r="D105" s="6">
-        <v>15235650</v>
+        <v>522320634</v>
       </c>
       <c r="E105" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F105" s="4" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="G105" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="L105" s="5" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N105" s="5" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="O105" s="5" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="P105" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q105" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R105" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S105" s="5" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="T105" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U105" s="4"/>
       <c r="V105" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W105" s="4" t="s">
-        <v>73</v>
+        <v>370</v>
       </c>
       <c r="X105" s="4" t="s">
-        <v>373</v>
+        <v>307</v>
       </c>
       <c r="Y105" s="4" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
     </row>
     <row r="106" spans="1:25">
       <c r="A106" s="5">
         <v>105</v>
       </c>
       <c r="B106" s="5">
-        <v>60733488</v>
+        <v>60859815</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>178</v>
+        <v>373</v>
       </c>
       <c r="D106" s="6">
-        <v>471200</v>
+        <v>22831590</v>
       </c>
       <c r="E106" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F106" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G106" s="4" t="s">
         <v>53</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="L106" s="5" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N106" s="5" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="O106" s="5" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="P106" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q106" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R106" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S106" s="5" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="T106" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U106" s="4"/>
       <c r="V106" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W106" s="4" t="s">
-        <v>376</v>
+        <v>241</v>
       </c>
       <c r="X106" s="4" t="s">
-        <v>178</v>
+        <v>374</v>
       </c>
       <c r="Y106" s="4" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
     </row>
     <row r="107" spans="1:25">
       <c r="A107" s="5">
         <v>106</v>
       </c>
       <c r="B107" s="5">
-        <v>60733510</v>
+        <v>61503809</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D107" s="6">
-        <v>2431200</v>
+        <v>2990000</v>
       </c>
       <c r="E107" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F107" s="4" t="s">
-        <v>27</v>
+        <v>105</v>
       </c>
       <c r="G107" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>165</v>
+        <v>68</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>165</v>
+        <v>68</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>165</v>
+        <v>68</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L107" s="5" t="s">
-        <v>165</v>
+        <v>68</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N107" s="5" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="O107" s="5" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="P107" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q107" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R107" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S107" s="5" t="s">
         <v>44</v>
       </c>
       <c r="T107" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U107" s="4"/>
       <c r="V107" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W107" s="4" t="s">
-        <v>73</v>
+        <v>379</v>
       </c>
       <c r="X107" s="4" t="s">
         <v>380</v>
       </c>
       <c r="Y107" s="4" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="108" spans="1:25">
       <c r="A108" s="5">
         <v>107</v>
       </c>
       <c r="B108" s="5">
-        <v>60858910</v>
+        <v>61586798</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>382</v>
+        <v>352</v>
       </c>
       <c r="D108" s="6">
-        <v>16476000</v>
+        <v>205916400</v>
       </c>
       <c r="E108" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F108" s="4" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G108" s="4" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>165</v>
+        <v>29</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>159</v>
+        <v>29</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>159</v>
+        <v>30</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L108" s="5" t="s">
-        <v>159</v>
+        <v>30</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N108" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="O108" s="5" t="s">
         <v>383</v>
       </c>
-      <c r="O108" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P108" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q108" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R108" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S108" s="5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="T108" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U108" s="4"/>
       <c r="V108" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W108" s="4" t="s">
-        <v>385</v>
+        <v>73</v>
       </c>
       <c r="X108" s="4" t="s">
-        <v>382</v>
+        <v>352</v>
       </c>
       <c r="Y108" s="4" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
     </row>
     <row r="109" spans="1:25">
       <c r="A109" s="5">
         <v>108</v>
       </c>
       <c r="B109" s="5">
-        <v>60859706</v>
+        <v>61588017</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>311</v>
+        <v>385</v>
       </c>
       <c r="D109" s="6">
-        <v>522320634</v>
+        <v>187005000</v>
       </c>
       <c r="E109" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F109" s="4" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G109" s="4" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="L109" s="5" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N109" s="5" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="O109" s="5" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="P109" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q109" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R109" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S109" s="5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="T109" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U109" s="4"/>
       <c r="V109" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W109" s="4" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="X109" s="4" t="s">
-        <v>311</v>
+        <v>388</v>
       </c>
       <c r="Y109" s="4" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="110" spans="1:25">
       <c r="A110" s="5">
         <v>109</v>
       </c>
       <c r="B110" s="5">
-        <v>60859815</v>
+        <v>61588094</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D110" s="6">
-        <v>22831590</v>
+        <v>74802000</v>
       </c>
       <c r="E110" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F110" s="4" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G110" s="4" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="L110" s="5" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N110" s="5" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="O110" s="5" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="P110" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q110" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R110" s="5" t="s">
         <v>57</v>
       </c>
       <c r="S110" s="5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="T110" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U110" s="4"/>
       <c r="V110" s="5" t="s">
         <v>40</v>
       </c>
       <c r="W110" s="4" t="s">
-        <v>241</v>
+        <v>391</v>
       </c>
       <c r="X110" s="4" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="Y110" s="4" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
     </row>
     <row r="111" spans="1:25">
-      <c r="A111" s="7" t="s">
-[...27 lines deleted...]
-      <c r="Y111" s="8"/>
+      <c r="A111" s="5">
+        <v>110</v>
+      </c>
+      <c r="B111" s="5">
+        <v>61618697</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="D111" s="6">
+        <v>80550000</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F111" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="G111" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J111" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K111" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="L111" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N111" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="O111" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="P111" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q111" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="R111" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="S111" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="T111" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U111" s="4"/>
+      <c r="V111" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="W111" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="X111" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="Y111" s="4" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="112" spans="1:25">
+      <c r="A112" s="5">
+        <v>111</v>
+      </c>
+      <c r="B112" s="5">
+        <v>61630420</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="D112" s="6">
+        <v>177095776</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="F112" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="G112" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="H112" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J112" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K112" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="L112" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N112" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="O112" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="P112" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q112" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="R112" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="S112" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="T112" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U112" s="4"/>
+      <c r="V112" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="W112" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="X112" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="Y112" s="4" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="113" spans="1:25">
+      <c r="A113" s="5">
+        <v>112</v>
+      </c>
+      <c r="B113" s="5">
+        <v>61726461</v>
+      </c>
+      <c r="C113" s="4" t="s">
+        <v>404</v>
+      </c>
+      <c r="D113" s="6">
+        <v>1350000</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="F113" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G113" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J113" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K113" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="L113" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N113" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="O113" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="P113" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q113" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="R113" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="S113" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="T113" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U113" s="4"/>
+      <c r="V113" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="W113" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="X113" s="4" t="s">
+        <v>407</v>
+      </c>
+      <c r="Y113" s="4" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="114" spans="1:25">
+      <c r="A114" s="7" t="s">
+        <v>409</v>
+      </c>
+      <c r="B114" s="8"/>
+      <c r="C114" s="8"/>
+      <c r="D114" s="9">
+        <v>15065033777</v>
+      </c>
+      <c r="E114" s="8"/>
+      <c r="F114" s="8"/>
+      <c r="G114" s="8"/>
+      <c r="H114" s="8"/>
+      <c r="I114" s="8"/>
+      <c r="J114" s="8"/>
+      <c r="K114" s="8"/>
+      <c r="L114" s="8"/>
+      <c r="M114" s="8"/>
+      <c r="N114" s="8"/>
+      <c r="O114" s="8"/>
+      <c r="P114" s="8"/>
+      <c r="Q114" s="8"/>
+      <c r="R114" s="8"/>
+      <c r="S114" s="8"/>
+      <c r="T114" s="8"/>
+      <c r="U114" s="8"/>
+      <c r="V114" s="8"/>
+      <c r="W114" s="8"/>
+      <c r="X114" s="8"/>
+      <c r="Y114" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A111:C111"/>
-    <mergeCell ref="E111:Y111"/>
+    <mergeCell ref="A114:C114"/>
+    <mergeCell ref="E114:Y114"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>