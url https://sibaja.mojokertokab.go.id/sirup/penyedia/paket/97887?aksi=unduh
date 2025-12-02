--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="560">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="573">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -506,98 +506,74 @@
   <si>
     <t>Belanja jasa tenaga ahli</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>31/12/2024 11:25:00</t>
   </si>
   <si>
     <t>Jasa tenaga ahli teknologi informasi Instruktur senam</t>
   </si>
   <si>
     <t>Tenaga ahli desain grafis Profesional</t>
   </si>
   <si>
     <t>Belanja jasa tenaga keamanan</t>
   </si>
   <si>
     <t>Honorarium pengamanan (TNI/POLRI/LINMAS/POLPP)</t>
   </si>
   <si>
     <t>Jasa tenaga keamanan</t>
   </si>
   <si>
-    <t>Belanja sewa peralatan umum</t>
-[...10 lines deleted...]
-  <si>
     <t>Belanja jasa tenaga pelayanan umum 1</t>
   </si>
   <si>
     <t>31/12/2024 11:18:52</t>
   </si>
   <si>
     <t>Operator layanan operasional</t>
   </si>
   <si>
     <t>Belanja jasa tenaga pelayanan umum 2</t>
   </si>
   <si>
     <t>Belanja jasa tenaga pelayanan umum 3</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Pelayanan Umum 1</t>
   </si>
   <si>
     <t>31/12/2024 14:46:04</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Pelayanan Umum 2</t>
   </si>
   <si>
-    <t>Belanja Jasa Tenaga Administrasi 1</t>
-[...10 lines deleted...]
-  <si>
     <t>31/12/2024 16:10:41</t>
   </si>
   <si>
     <t>SETDA</t>
   </si>
   <si>
     <t>Belanja Bahan Pembersih Kendaraan Dinas Jabatan</t>
   </si>
   <si>
     <t>21/01/2025</t>
   </si>
   <si>
     <t>21/01/2025 13:40:41</t>
   </si>
   <si>
     <t>Kemucing; Kain Lap; Pengharum; Hand Antiseptic; Spon; semir ban; Kain Lap; Pengharum; Sapu Mobil; Tissue; Tissue;Tissue; Pengkilap Body Mobil; Pengkilap Dashbord Mobil; Shampoo;</t>
   </si>
   <si>
     <t>Bulu; Kaca (orange); Mobil; Kecil; mobil; isi 500 ml; Sintesis (kanebo); Mobil, Refill; (Pengki + Sikat Mini); Kotak Tebal; Basah; kering, 900gr; isi 500 ml; isi 300 ml; Mobil;</t>
   </si>
   <si>
     <t>Belanja Bahan Pembersih Kendaraan Dinas Operasional Lapangan</t>
   </si>
   <si>
     <t>21/01/2025 13:41:19</t>
@@ -677,1062 +653,1125 @@
   <si>
     <t>14/04/2025</t>
   </si>
   <si>
     <t>14/04/2025 11:34:36</t>
   </si>
   <si>
     <t>Jasa Konsultansi Perencanaan Teknis Pekerjaan Konstruksi Pemeliharaan Rumdin Bupati</t>
   </si>
   <si>
     <t>600.000.001 S/D 650.000.000</t>
   </si>
   <si>
     <t>Belanja Modal Personal Computer</t>
   </si>
   <si>
     <t>14/04/2025 11:34:54</t>
   </si>
   <si>
     <t>Lap top (3 unit)</t>
   </si>
   <si>
     <t>Apple Macbook Air 15 inch, M3 chip wite 8-core CPU and 10-core GPU, 16GB, 256GB SSD-Midnight</t>
   </si>
   <si>
-    <t>22/04/2025</t>
-[...2 lines deleted...]
-    <t>23/04/2025 09:05:01</t>
+    <t>Belanja Modal Alat Penyimpan Perlengkapan Kantor</t>
+  </si>
+  <si>
+    <t>23/04/2025</t>
+  </si>
+  <si>
+    <t>23/04/2025 10:04:59</t>
+  </si>
+  <si>
+    <t>Lemari; lemari custom;</t>
+  </si>
+  <si>
+    <t>Sedang; material rangka multipleks, finising HPL ex Taco type AA,B,H,J;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Dapur</t>
+  </si>
+  <si>
+    <t>23/04/2025 10:10:48</t>
+  </si>
+  <si>
+    <t>Microwafe; Pemanggang roti; Teko listrik</t>
+  </si>
+  <si>
+    <t>Powerful steam 110 W, high and low steam settings, 600 ml water tank, kapasitas 27L; Kapasitas 2 slots potong roti panjang; Tenaga listrik 950 watt, kapasitas 1,5L;</t>
+  </si>
+  <si>
+    <t>Belanja jasa tenaga kesenian dan kebudayaan</t>
+  </si>
+  <si>
+    <t>24/04/2025</t>
+  </si>
+  <si>
+    <t>24/04/2025 13:53:34</t>
+  </si>
+  <si>
+    <t>Jasa penampilan seni/budaya</t>
+  </si>
+  <si>
+    <t>Kategori F-Regional</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pelayanan Umum 4 (KDH/WKDH)</t>
+  </si>
+  <si>
+    <t>26/05/2025</t>
+  </si>
+  <si>
+    <t>26/05/2025 12:03:49</t>
+  </si>
+  <si>
+    <t>7 Bulan</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Pembantu Operator Layanan Operasional</t>
+  </si>
+  <si>
+    <t>KDH/WKDH</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pelayanan Umum 2 (KDH/WKDH)</t>
+  </si>
+  <si>
+    <t>26/05/2025 12:08:40</t>
+  </si>
+  <si>
+    <t>10 Bulan</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pelayanan Umum 3 (KDH/WKDH)</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pelayanan Umum 1 (KDH/WKDH)</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-bahan Lainnya</t>
+  </si>
+  <si>
+    <t>14/07/2025</t>
+  </si>
+  <si>
+    <t>14/07/2025 09:51:39</t>
+  </si>
+  <si>
+    <t>Perangkap nyamuk</t>
+  </si>
+  <si>
+    <t>;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover</t>
+  </si>
+  <si>
+    <t>14/07/2025 09:51:19</t>
+  </si>
+  <si>
+    <t>Kertas Hvs;</t>
+  </si>
+  <si>
+    <t>80 Gram Folio/f4;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor (Konstruksi Pemeliharaan Rumdin Bupati dan Konstruksi Pemeliharaan Pendopo Graha Maja Tama)</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>23/07/2025</t>
+  </si>
+  <si>
+    <t>29/07/2025 08:43:27</t>
+  </si>
+  <si>
+    <t>'</t>
+  </si>
+  <si>
+    <t>Konsolidasi</t>
+  </si>
+  <si>
+    <t>Pemeliharaan/Rehabilitasi Gedung Negara Sederhana</t>
+  </si>
+  <si>
+    <t>Konstruksi Pemeliharaan Rumdin Bupati dan Konstruksi Pemeliharaan Pendopo Graha Maja Tama</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pelayanan Umum 4</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>04/08/2025 09:12:51</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor (Pengawasan Teknis Pemeliharaan Rumdin Bupati dan Pengawasan Teknis Pemeliharaan Pendopo Graha Maja Tama)</t>
+  </si>
+  <si>
+    <t>04/08/2025 11:27:07</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi Pengawasan Teknis Pekerjaan Konstruksi Pemeliharaan Pendopo Graha Maja Tama</t>
+  </si>
+  <si>
+    <t>APBDP</t>
+  </si>
+  <si>
+    <t>05/08/2025</t>
+  </si>
+  <si>
+    <t>11/08/2025 11:14:43</t>
+  </si>
+  <si>
+    <t>Panel ATS-AMF 100 KVA; Lampu Bolam LED; Lampu Bolam LED; Lampu LED E14; Lampu TL</t>
+  </si>
+  <si>
+    <t>Box Panel Wallmounting 900x700x250, motorized COS 4P 160A GAE, AMF Module Deepsea 6020, manual Selector dan Push Botton, Battrey Charger 12/24V 5A, Rele+Socket; 14 Watt 19 Watt 5,5 Watt Rumah kap lampu TL T8, Lampu TL 18 watt Tidak Termasuk</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Darat Bermotor-Kendaraan Dinas Bermotor Perorangan</t>
+  </si>
+  <si>
+    <t>07/08/2025</t>
+  </si>
+  <si>
+    <t>11/08/2025 11:20:48</t>
+  </si>
+  <si>
+    <t>Kepala daerah/Ketua DPRD;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Darat Bermotor-Kendaraan Bermotor Penumpang</t>
+  </si>
+  <si>
+    <t>11/08/2025 11:33:16</t>
+  </si>
+  <si>
+    <t>Roda 4;</t>
+  </si>
+  <si>
+    <t>11/08/2025</t>
+  </si>
+  <si>
+    <t>11/08/2025 11:03:18</t>
+  </si>
+  <si>
+    <t>Selang Air; Kran zinc.</t>
+  </si>
+  <si>
+    <t>Dia 5/8"; Stainless.</t>
+  </si>
+  <si>
+    <t>Belanja Modal Pompa</t>
+  </si>
+  <si>
+    <t>11/08/2025 11:12:20</t>
+  </si>
+  <si>
+    <t>Pengadaan pompa air celup</t>
+  </si>
+  <si>
+    <t>Daya Dorong maks : 18 meter</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan/Bibit Tanaman</t>
+  </si>
+  <si>
+    <t>belanja bibit tanaman</t>
+  </si>
+  <si>
+    <t>Asoka Violet, Bromelia, Bunga Lili, Kuncir Putih, Rumput Gajah Mini, Soka Mandarin, Soka Merah, Taiwan Beauty Jumbo, Tanaman Agave Putih, Tanaman Asoka Kuning, Tanaman Asoka Pink, Tanaman Bakung Kuning, Tanaman Palm Kuning</t>
+  </si>
+  <si>
+    <t>11/08/2025 11:18:56</t>
   </si>
   <si>
     <t>Materai</t>
   </si>
   <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Rumah Tangga-Alat Rumah Tangga Lainnya (Home Use)</t>
+  </si>
+  <si>
+    <t>11/08/2025 11:48:12</t>
+  </si>
+  <si>
+    <t>Biaya Pemeliharaan Sarana Kantor; Biaya Pemeliharaan Sarana Kantor;</t>
+  </si>
+  <si>
+    <t>Genset 100 Kva; Genset 250Kva;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Komputer-Peralatan Komputer-Peralatan Personal Computer</t>
+  </si>
+  <si>
+    <t>Biaya Pemeliharaan Sarana Kantor;</t>
+  </si>
+  <si>
+    <t>Printer;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Komputer-Komputer Unit-Personal Computer</t>
+  </si>
+  <si>
+    <t>Personal Computer/Notebook;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Studio, Komunikasi, dan Pemancar-Alat Studio-Peralatan Studio Video dan Film</t>
+  </si>
+  <si>
+    <t>Biaya Pemeliharaan Audio;</t>
+  </si>
+  <si>
+    <t>-;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Rumah Tangga-Mebel</t>
+  </si>
+  <si>
+    <t>Pemeliharaan Mebel;</t>
+  </si>
+  <si>
+    <t>kursi, meja , almari;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Rumah Tangga-Alat Pendingin</t>
+  </si>
+  <si>
+    <t>Ac Slpiit;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Komputer</t>
+  </si>
+  <si>
+    <t>Mouse; Baterai; Tinta Printer; Flash Disk;</t>
+  </si>
+  <si>
+    <t>Wireless; Laptop; Tinta Cair 70 Ml; 32 GB;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor - Perencanaan Teknis Pemeliharaan Toko PKK</t>
+  </si>
+  <si>
+    <t>03/09/2025 09:30:55</t>
+  </si>
+  <si>
+    <t>Perencanaan Teknis Pemeliharaan Toko PKK</t>
+  </si>
+  <si>
+    <t>50.000.000 S/D 100.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor - Konstruksi Pemeliharaan Toko PKK</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>Konstruksi Pemeliharaan Toko PKK</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor - Pengawasan Teknis Pemeliharaan Toko PKK</t>
+  </si>
+  <si>
+    <t>Pengawasan Teknis Pemeliharaan Toko PKK</t>
+  </si>
+  <si>
+    <t>Belanja Modal Mebel</t>
+  </si>
+  <si>
+    <t>02/09/2025 14:27:32</t>
+  </si>
+  <si>
+    <t>Kursi Kerja; Kursi Rapat; Kursi Kerja Staf; Kursi Pimpinan; Meja Kerja Pimpinan, Meja Kerja staf</t>
+  </si>
+  <si>
+    <t>Ukuran W-59 X D-6 5X H-87; Stainless; Kaki Besi, Hidrolik Bisa Diatur Tinggi Pendeknya, Ayunan Sandaran Bisa Diatur; Tinggi Dimensi P x L x T (cm): 54 x 55 x 115-125 cm; Kayu jati, plitur; Meja Kerja Staf</t>
+  </si>
+  <si>
+    <t>03/09/2025 09:28:57</t>
+  </si>
+  <si>
+    <t>Karpet; Pigora; Tali; Sarung Kursi Rapat; Mic canon male</t>
+  </si>
+  <si>
+    <t>Lantai; Bahan Fiber Glass, Besar; Bendera; sarung kursi futura ketat bahan lotto; Seetronic SCSM3-BG 3PIN XLR black jack mic canon m...</t>
+  </si>
+  <si>
+    <t>02/09/2025 14:14:55</t>
+  </si>
+  <si>
+    <t>Pompa Air</t>
+  </si>
+  <si>
+    <t>375 Watt; Voltage/Hz : 220/50 Daya Output Motor : 125 W Daya Input Motor : 0.3 kW Panjang pipa hisap : 9 m Daya dorong max. : 33 m Head (m) : 5, Kapasitas : 28 l/min Head (m) : 20, Kapasitas : 10 l/min Pipa hisap : 1 Inch Pipa dorong : 1 Inch; Bensin, 2 Inch, Pompa Irigasi, Pompa Alkon GWB 50 EXCELL</t>
+  </si>
+  <si>
+    <t>02/09/2025</t>
+  </si>
+  <si>
+    <t>02/09/2025 09:13:51</t>
+  </si>
+  <si>
+    <t>Kursi Banquet; Kursi Rapat; springbed</t>
+  </si>
+  <si>
+    <t>Dimensi Produk : 60 X 41 X 84.5 Cm Finishing : Chrome Material : Fabric, Steel Material Kaki Kursi : Steel; Material Rangka Besi; Uk. 200x200 cm, material foam dan memory foam, memiliki lapisan gel, memory foam memberikan efek sejuk</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:29:03</t>
+  </si>
+  <si>
+    <t>Cangkir; Karpet; Karpet; Kerei/penghalau panas; Tempat sampah; Sendok; Piring; Toples Snack; Taplak Meja; Gunting; Baki; Toples Permen; Tempat sampah; Keranjang Anyam; container box; Toples Kue; Bunga Artifisial; Tanaman Artifisial; Gunting; Garpu; Asbak; Bak sampah fiber 3 in 1; Bantal; Bed cover; Cobek; Guling; Karpet; Keset; Lampu tidur; Sprei; Wajan;Sarung kursi;</t>
+  </si>
+  <si>
+    <t>Lantai Bahan kulit bambu Pijakan,bahan stanless stell kapasitas 10 liter makan isi 6; makan; Bahan Kaca; Taplak Meja Makan 130X180Cm; ; Kayu; Terbuat Dari Kaca; Pijakan, bahan stanless stell, kapasitas 10 liter; Keranjang Wadah Makanan Berbentuk Anyaman; kapasitas 130 l, bahan plastik dengan penutup; ; Bahan Latex; Arthome 62 cm tanaman anggrek; Rumput; makan isi 6; ; fiber 80l 3 in 1; pillow premium,bahan bulu angsa sintesis; ; material porcelen,isi 6 cangkir dan 6 squecer; cobek dan ulekan; bolster premium,silikon; lantai; welcome tebal 1 M; stainless stell/kaca; bahan katun serat bambu eucaliptus ukuran 200cm x 200cm x 45cm; teflon;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk kegiatan Kantor-Alat/Bahan untuk kegiatan Kantor Lainnya</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:28:33</t>
+  </si>
+  <si>
+    <t>Payung reversible; Sapu lidi kebun bulat; Selimut;gorden jendela;kemoceng</t>
+  </si>
+  <si>
+    <t>Bahan kain pongee dapat dibalik dan tidak mudah rembes; Bambu Uk. 70cm; Bahan flanel, polos, ukuran 160 x 200cm; vertical blind; duster microviber</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:28:19</t>
+  </si>
+  <si>
+    <t>Cermin kamar mandi, matras/kasur lipat portable, partisi penyekat kamar mandi, payung reversible, setrika, tangga teleskopik, water heater, sound system, bed cover dan sprei, meja setrika lipat, tempat sampah, selang air</t>
+  </si>
+  <si>
+    <t>Material : kaca, bulat, uk. 60 cm x 0.5 cm x 60 cm Uk. 100 cm x 200 cm x 10 cm, material permukaan : microtex Panjang 2,19 meter, tinggi 3,5 meter, partisi penyekat ruangan batang berdiri vertical penutup kamuflase, bahan multiplek finishing HPL Bahan Kain Pongee Dapat Dibalik dan Tidak Mudah Rembes; setrika uap, 3 mode steamer; Tangga Teleskopik; bahan kain sutra; uk. 113x47x98 cm, flip side 360; 2 set mic wireless dual handheld WISDOM ULTRA Q11- 2 buah mic kabel SHURE PGA48-LC - 1 buah bluetooth receiver PX DIGITAL BRX 3000 mini - 1 set mic wireless headset SHURE SVX14E/PGA31 - 1 buah mixer 100% original Bahan stanless stell, dilengkapi asbak di bagian atas untuk menampung abu rokok, model kotak, dimensi produk: 30 cm x 24 cm x 62 cm, model kotak Bahan stanless stell, dilengkapi asbak di bagian atas untuk menampung abu rokok, dimensi produk: 30.5 cm x 30.5 cm x 63 cm, model bulat Material: plastik PP, kapasitas 35 liter, memiliki pedal untuk membuka tutup sampah Daya : 240Watt, Aliran Air Minimal : 2 Liter/Menit, Tekanan Ai r :.1 Bar, Act ion Thermostat : 55! / 90!</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Cetak</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:28:01</t>
+  </si>
+  <si>
+    <t>Photo copy;</t>
+  </si>
+  <si>
+    <t>Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Belanja bahan-bahan bangunan dan konstruksi</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:27:44</t>
+  </si>
+  <si>
+    <t>wastafel portable</t>
+  </si>
+  <si>
+    <t>uk. 75x45x22 cm bahan stailess stell</t>
+  </si>
+  <si>
+    <t>Belanja alat/bahan untuk kegiatan kantor-perlengkapan pendukung olahraga</t>
+  </si>
+  <si>
+    <t>Blackboard ring basket;bola basket;bet ping-pong;bola ping-pong</t>
+  </si>
+  <si>
+    <t>Spesifikasi : Diameter ring : 45 cm, ukuran backboard : 110 x 75 cm,pemasangan dengan sistem mounting; Spesifikasi : Ukuran : 7, material laminated PU, dimensi produk : 24.3 x 24 x 24.3 cm; Spesifikasi : Model shakehand/panjang; Spesifikasi : material ABS Plastic</t>
+  </si>
+  <si>
+    <t>Belanja modal kendaraan tak bermotor penumpang</t>
+  </si>
+  <si>
+    <t>Sepeda elektrik</t>
+  </si>
+  <si>
+    <t>Spesifikasi : Shifter/Brake Route Internal, Fork Features-Debon Air+Spring, Charger Rc Damper, External Rebound, Low Speed Compression, Rear Shock Features-Air Spring, External Rebound, 2 Pos Comp (Open/Firm), Frame Alx E-Mtb Trail 140Mm Spesifikasi : Teknologi Shifter/Brake Route Internal, Fork Features-Air Spring, 150Mm Travel, Lock Out &amp; Rebound Adjust W/Mud Guard, Rear Shock Features-Air Spring, Compression &amp; Reboud Adjust, Charger : Shimano Ec-E6002 W/ Sm-Bte80 Spesifikasi : Teknologi Shifter/Brake Route Internal, Fork Features-Air Spring, Rebound &amp; Compression Adjust, Piston Compensator System W/Mud Guard, Rear Shock Features-Air Spring, 3 Step Hydraulic Compression &amp; Reboud Adjust, Charger : Sh..</t>
+  </si>
+  <si>
+    <t>Belanja modal alat pendingin</t>
+  </si>
+  <si>
+    <t>Exhaust Fan</t>
+  </si>
+  <si>
+    <t>Spesifikasi : Material logam diameter kipas 20 inch</t>
+  </si>
+  <si>
+    <t>Belanja modal peralatan senam</t>
+  </si>
+  <si>
+    <t>02/09/2025 11:41:12</t>
+  </si>
+  <si>
+    <t>Angled leg press Bench press flat body strong Dumbbel set Home gym</t>
+  </si>
+  <si>
+    <t>Spesifikasi : KDH Spesifikasi : KDH/WKDH Spesifikasi : Dumbbel set + rack 1 set (KDH/WKDH) Spesifikasi : 3 station multigym commercial import XG-7203A, dimensi : 2,5 X 2 X 2 M, butterfly, dipping, leg curt, pull down</t>
+  </si>
+  <si>
+    <t>02/09/2025 13:44:38</t>
+  </si>
+  <si>
+    <t>bunga potong;</t>
+  </si>
+  <si>
+    <t>sedapmalam, melati, setaman;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Studio Video dan Film</t>
+  </si>
+  <si>
+    <t>02/09/2025 14:37:55</t>
+  </si>
+  <si>
+    <t>Camera, Kamera, Lensa Camera, Camera Video Pocket, Lensa Kamera</t>
+  </si>
+  <si>
+    <t>EOS R8 Body Only Mirrorless; A7C Kit 28-60mm Soni 7C kamera Miirorless; EF 70-200mm F/2.8L USM; osmo pocket 2 , resolusi 4K Ultra HD: 38402160 @ 24/25/30/48/50/60fps; Full Frame Format, f/2.8 sd f/22, 22% lighter, 18% smaller than previous, 4 XD Linear AF Motors, Floating focus, zoom smoothness switch</t>
+  </si>
+  <si>
+    <t>Belanja Modal Sumber Tenaga (Power bank), Belanja Modal Peralatan Personal Computer (Hardisk eksternal), Belanja Modal Peralatan Jaringan (Modem)</t>
+  </si>
+  <si>
+    <t>02/09/2025 15:31:22</t>
+  </si>
+  <si>
+    <t>Power bank; Hardisk eksternal; Modem</t>
+  </si>
+  <si>
+    <t>Power bank (spesifikasi : 25000mAh, 145W dan spesifikasi : 5000mAh, USB Type C, 20W); Hardisk eksternal (Spesifikasi : 2TB Support OS Windows dan Mac); Modem (Spesifikasi : Sistem Operasi Android 9.0,Frekuensi Seluler: LTE FDD: BAND1/2/3/4/5/7/8/9/12/13/17/18/19/20/25/26/28/66,LTE TDD: Band 34/38/39/40/41 (194M),WCDMA: Band 1/2/4/5/8/9/19,GSM: 850/900/1800/1900,Standar WLAN, Wi-Fi 5 (Dual Band) 2.4 Ghz &amp; ...)</t>
+  </si>
+  <si>
+    <t>02/09/2025 16:04:39</t>
+  </si>
+  <si>
+    <t>Belanja perjalanan dinas biasa</t>
+  </si>
+  <si>
+    <t>02/09/2025 16:23:30</t>
+  </si>
+  <si>
+    <t>Tarif e tol;uang harian luar kota dalam provinsi</t>
+  </si>
+  <si>
+    <t>Spesifikasi : Fungsional Umum Non Pegawai Negeri Sipil Spesifikasi : Pejabat Eselon IV/Pengawas Pemerintahan Muda/Auditor Muda Spesifikasi : Pejabat Eselon V dan Fungsional Umum Golongan IV/III/Pengawas Pemerintahan Pertama/Auditor Pertama</t>
+  </si>
+  <si>
+    <t>03/09/2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 08:30:47</t>
+  </si>
+  <si>
+    <t>Belanja modal peralatan olagraga lainnya</t>
+  </si>
+  <si>
+    <t>03/09/2025 08:30:35</t>
+  </si>
+  <si>
+    <t>Berwyn Samsak Tinju Pec Deck</t>
+  </si>
+  <si>
+    <t>Spesifikasi : KDH/WKD Spesifikasi : KDH/WKDH</t>
+  </si>
+  <si>
+    <t>Belanja Suku Cadang (Suku Cadang Alat Studio dan Komunikasi dan Suku Cadang Lainnya)</t>
+  </si>
+  <si>
+    <t>Baterai cadangan dan Charger; Tongsis; Baterai Camera; Godox</t>
+  </si>
+  <si>
+    <t>KINGMA Battery NP-FZ100 For Sony A7III A7C + LCD Dual Charger FZ100; 3in1 Selfie Stick Remote; NP-FZ100 / NPFZ100 A7iii A6600 A7r; TT-350 TTL</t>
+  </si>
+  <si>
+    <t>Keyboard; Pencil; Adapter; Mouse; SD Card</t>
+  </si>
+  <si>
+    <t>Keyboard For Ipad Pro M4 13-Inch; Apple Pencil Pro; Charging 20W, USB-C; G213 RGB; G502; Multi Touch Surface MMMQ3; SDHC SDXC 128GB 140MBPS</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat</t>
+  </si>
+  <si>
+    <t>03/09/2025 09:34:16</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Prasmanan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan);</t>
+  </si>
+  <si>
+    <t>Untuk Hotel; -; -;</t>
+  </si>
+  <si>
+    <t>Belanja pakaian adat daerah</t>
+  </si>
+  <si>
+    <t>03/09/2025 12:19:59</t>
+  </si>
+  <si>
+    <t>65 stel</t>
+  </si>
+  <si>
+    <t>Pakaian data</t>
+  </si>
+  <si>
+    <t>Bahan belini + atribut</t>
+  </si>
+  <si>
+    <t>03/09/2025 12:20:46</t>
+  </si>
+  <si>
+    <t>Akustik band Elektone Jasa penampilan seni/budaya</t>
+  </si>
+  <si>
+    <t>Alat musik, drum, gitar, gitar bas Keybord, 2 penyanyi dan pemain keybord Kategori C-lokal Kategori B-Nasional Kategori F-Regional</t>
+  </si>
+  <si>
+    <t>Belanja jasa tata rias</t>
+  </si>
+  <si>
+    <t>03/09/2025 12:47:09</t>
+  </si>
+  <si>
+    <t>5 kali</t>
+  </si>
+  <si>
+    <t>Jasa tata rias (mua)</t>
+  </si>
+  <si>
+    <t>KDH/WKDH/SEKDA</t>
+  </si>
+  <si>
+    <t>Belanja hadiah yang bersifat perlombaan</t>
+  </si>
+  <si>
+    <t>4 kali</t>
+  </si>
+  <si>
+    <t>Biaya hadian lomba juara 1 Biaya hadian lomba juara 2 Biaya hadian lomba juara 3</t>
+  </si>
+  <si>
+    <t>Kategori perorangan, kesiswaan, seni dan olahraga Kategori kelompok/regu, kesiswaan, seni dan olahraga</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Juri Perlombaan/Pertandingan</t>
+  </si>
+  <si>
+    <t>03/09/2025 13:05:42</t>
+  </si>
+  <si>
+    <t>Juri Lomba</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Hotel</t>
+  </si>
+  <si>
+    <t>Twin Sharing, setara suite room</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Biasa</t>
+  </si>
+  <si>
+    <t>Setingkat Kepala Dearah atau Eselon 1</t>
+  </si>
+  <si>
+    <t>Honorarium tim pelaksana kegiatan dan sekretariat tim pelaksana kegiatan</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>08/09/2025 09:30:15</t>
+  </si>
+  <si>
+    <t>Honorarium perwira petugas upacara Honorarium cad perwira petugas upacara Honorarium komandan kompi petugas upacara Honorarium pendamping pleton petugas upacara Honorarium regu korsik petugas upacara Honorarium pembawa lambang daerah Honorarium petugas protokol upacara Honoririum penerima tamu upacara</t>
+  </si>
+  <si>
+    <t>Nilai pagu dana di atas 5 milyar sd 10 milyar</t>
+  </si>
+  <si>
+    <t>08/09/2025 16:25:18</t>
+  </si>
+  <si>
+    <t>Kain Pel; Kain Lap; Sabun Batangan; Semir Sepatu; Kapur Barus; Kapur Barus; Penjebak Debu; Kain Pel; Sapu Lidi; Pembersih Kerak; Alat Pel; Pasta Gigi; Cairan Pencuci Tangan; Pemutih Pakaian; Detergen; Kain Lap; Tissue; Disinfektan; Spon; Pembersih Lantai; Tissue; Stang pel; Sikat; Refill Pengharum Ruangan Spray; Hand Sanitizer; Sapu Plafon; Pelembut Pakaian; Gunting; Kantong; Kemucing; Mesin Pengharum Ruangan; Cikrak; Pembersih Kayu; Sabun Cair;</t>
+  </si>
+  <si>
+    <t>Sumbu; Sintesis (kanebo); 80 Gram; Shoe Polish Liquid 75 Ml; Kamar Mandi; Ruangan; Dapat Dipakai Lantai Kayu, Lantai Lunak Maupun Lantai Keras, Kapasitas 4 L; Biru; Dalam Ruangan; Bahan/Alat Kebersihan; Sorok; Besar; Besar; Sedang; Besar; Kotak Kotak; Makan; Spray; Pencuci Piring; Besar; Toilet; bahan aluminium; Gigi; Bahan/Alat Kebersihan; Antiseptik, Lembut Dan Aman Buat Kulit; Panjang; Besar; Rumput; Sampah Domestik Hitam Besar; Bulu; Otomatis; Seng; Spray; Sedang;</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan-Natura</t>
+  </si>
+  <si>
+    <t>08/09/2025 16:25:04</t>
+  </si>
+  <si>
+    <t>Daging Ayam; Tepung; Chicken Stick; Manisa; Vanila Cair; Mie Telor; Cukak Kk; Kacang Tanah; Terasi; Kecap; Bawang Putih; Bumbu; Ikan Air Laut; Misis; Minuman Instan; Nugget Ikan; Jahe; Saus; Bawang Merah; Kacang Tolo; Margarin; Daun Seledri; Baso; Kacang Polong; Telur; Jamur Kuping; Kapri Sayur; Sawi; Minyak Wijen; Susu; Tepung; Ketumbar; Cabe Kecil; Selada; Air Mineral; Bawang Bombay; Merica; Daun Jeruk; Daging Sapi; Bumbu; Kopi Hitam; Beras; Ayam Goreng Renyah 500 Gr; Kunir; Bola; Jagung Muda Sayur; Penyedap Rasa; Kencur; Gula Diet; Tepung; Lombok Merah; Kentang; Wortel; Bihun; Minyak Goreng; Gula Pasir; Mie Instant; Mie Instant; Buah-Buahan; Daun Brambang; Tepung terigu; Ikan Air Tawar; Sambal; Beef Burger; Daun Kemangi; Kopi Instan Kemasan; Kangkung; Blomkol; Tomat; Air Mineral; Bayam; Kacang Hijau; Jagung Dadar; Kemiri; Saos Raja Rasa; Kerupuk Udang; Jagung Manis; Mentega; Tahu; Daun Salam; Keju; Bumbu; Garam Halus; Selai; Saos Inggris; Santan; Mayonaise; Minuman; Tempe; Cabe Ijo Ale; Bumbu; Chicken Nugget; Buncis; Daun Prei; Brokoli; Sawi; Susu; Sosis; Abon Sapi; Golden Fillet 250 Gr; Bumbu; Saus Tomat; Laos; Kacang Panjang;</t>
+  </si>
+  <si>
+    <t>Potong; Kobe; 500 Gr; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Udang (Bumbu); Manis 620 Ml; Kebutuhan Dapur; Racik Sayur Lodeh 25 Gr; Ikan Kerapu, Kakap, Bawal, Cumi, Tengiri; 225Gr; Khusus KDH/Wa.KDH/Sekda; 250 Gr; Kebutuhan Dapur; Tiram; Kebutuhan Dapur; Kebutuhan Dapur; ; Kebutuhan Dapur; Sapi Super; Kebutuhan Dapur; Ayam; Kebutuhan Dapur; Kebutuhan Dapur; Hijau; Kebutuhan Dapur; Kental Manis, Besar; Maizena; Kebutuhan Dapur; Kebutuhan Dapur; Sayuran; Kemasan Botol 330 Ml; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Instan Rendang 50 Gr; Arabika; Premium; Makanan Beku; Kebutuhan Dapur; Udang 250 Gr; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Ketan Putih 500Gr; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Goreng / Isi 40 Pcs; Kuah / Isi 40 Pcs; Khusus KDH/Wa.KDH/Sekda; Kebutuhan Dapur; 1000 gram; Kebutuhan Dapur; 340 Ml; 1/2 Lusin; Kebutuhan Dapur; Kopi Instan Kemasan; Kebutuhan Dapur; Kebutuhan Dapur; ; Isi Ulang; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; 620 Ml; Kebutuhan Dapur; Kebutuhan Dapur; 340Gr; Kebutuhan Dapur; Kebutuhan Dapur; Cheddar 165Gr; Kaldu Sapi; Kebutuhan Dapur; Kebutuhan Dapur; 620 Ml; Cair Kemasan; Mayonaise; Teh Celup; Kebutuhan Dapur; Kebutuhan Dapur; Racik Ayam Goreng 26 Gr; 500 Gr; ; Kebutuhan Dapur; Kebutuhan Dapur; Putih; Cair / Uht; ; Kebutuhan Dapur; Makanan Beku; Rawon 50 Gr; Sedang; Kebutuhan Dapur; Kebutuhan Dapur;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak</t>
+  </si>
+  <si>
+    <t>09/09/2025</t>
+  </si>
+  <si>
+    <t>09/09/2025 10:28:11</t>
+  </si>
+  <si>
+    <t>karbon</t>
+  </si>
+  <si>
+    <t>pembulantan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-suvenir/cendera mata</t>
+  </si>
+  <si>
+    <t>09/09/2025 10:30:24</t>
+  </si>
+  <si>
+    <t>Souvenir kain batik Bunga tabur Set piala dan tropy</t>
+  </si>
+  <si>
+    <t>Bahan katun - Isi 3 buah, masing-masing untuk juara 1,2 dan 3</t>
+  </si>
+  <si>
+    <t>09/09/2025 10:47:39</t>
+  </si>
+  <si>
+    <t>Tepung; Golden Fillet 250 Gr; Baso; Mentega; Mie Instant; Kacang Hijau; Terasi; Daun Kemangi; Ayam Goreng Renyah 500 Gr; Mie Instant; Beef Burger; Saus; Daun Jeruk; Tepung; Margarin; Kacang Tolo; Gula Merah; Saos Inggris; Sawi; Kacang Tanah; Bihun; Daun Brambang; Air Mineral; Sawi; Tepung; Tahu; Kunir; Minyak Wijen; Sosis; Daging Ayam; Bumbu; Tempe; Minuman; Wortel; Ikan Air Laut; Selai; Kemiri; Blomkol; Beras; Misis; Bumbu; Garam Halus; Kangkung; Jagung Manis; Buncis; Merica; Laos; Cabe Kecil; Chicken Nugget; Saos Raja Rasa; Daging Sapi; Santan; Minyak Goreng; Susu Rendah Lemak; Mayonaise; Kencur; Lombok Merah; Gula Pasir; Chicken Stick; Kopi Instan Kemasan; Nugget Ikan; Ketumbar; Cabe Ijo Ale; Kecap; Susu; Jagung Muda Sayur; Susu; Kentang; Tepung; Kopi Hitam; Brokoli; Selada; Buah-Buahan; Bumbu; Gula Diet; Bawang Merah; Bayam; Mie Telor; Tomat; Jahe; Kacang Polong; Daun Seledri; Jagung Dadar; Bola; Sambal; Daun Salam; Bumbu; Bawang Bombay; Vanila Cair; Daun Prei; Air Mineral; Kacang Panjang; Manisa; Bawang Putih; Bumbu; Kapri Sayur; Cukak Kk; Abon Sapi; Minuman Instan; Jamur Kuping; Penyedap Rasa; Kerupuk Udang; Ikan Air Tawar; Saus Tomat; Kluwek; Keju; Kecap;</t>
+  </si>
+  <si>
+    <t>Kobe; Makanan Beku; Sapi Super; 340Gr; Kuah / Isi 40 Pcs; Kebutuhan Dapur; Udang (Bumbu); Kebutuhan Dapur; Makanan Beku; Goreng / Isi 40 Pcs; 1/2 Lusin; Tiram; Kebutuhan Dapur; Maizena; ; Kebutuhan Dapur; Kebutuhan Dapur; 620 Ml; Putih; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Isi Ulang; Hijau; Beras; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; ; Potong; Rawon 50 Gr; Kebutuhan Dapur; Teh Celup; Kebutuhan Dapur; Ikan Kerapu, Kakap, Bawal, Cumi, Tengiri; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Premium; 225Gr; Instan Rendang 50 Gr; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; ; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; 500 Gr; 620 Ml; Kebutuhan Dapur; Cair Kemasan; Kebutuhan Dapur; Tinggi Protein Dan Serat; Mayonaise; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; 500 Gr; Kopi Instan Kemasan; 250 Gr; Kebutuhan Dapur; Kebutuhan Dapur; Asin 140 Ml; Kental Manis, Besar; Kebutuhan Dapur; Uht (Kotak 250 Ml); Kebutuhan Dapur; Ketan Putih 500Gr; Arabika; Kebutuhan Dapur; Sayuran; Khusus KDH/Wa.KDH/Sekda; Racik Sayur Lodeh 25 Gr; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; ; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Udang 250 Gr; 340 Ml; Kebutuhan Dapur; Racik Ayam Goreng 26 Gr; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kemasan Botol 330 Ml; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kaldu Sapi; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Khusus KDH/Wa.KDH/Sekda; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Sedang; Kebutuhan Dapur; Cheddar 165Gr; Manis 620 Ml;</t>
+  </si>
+  <si>
+    <t>Snack Kaleng; Snack Kering; Makanan Ringan;</t>
+  </si>
+  <si>
+    <t>Khusus KDH/Wa.KDH/Sekda; Kue Kering, Snack; Khusus KDH/Wa.KDH/Sekda;</t>
+  </si>
+  <si>
+    <t>09/09/2025 11:33:49</t>
+  </si>
+  <si>
+    <t>Pembersih Kayu; Pembersih Lantai; Tissue; Pelembut Pakaian; Kapur Barus; Pemutih Pakaian; Tissue; Kapur Barus; Gunting; Kemucing; Semir Sepatu; Hand Antiseptic; Mesin Pengharum Ruangan; Alat Pel; Pasta Gigi; Stang pel; Spon; Detergen; Kain Pel; Penjebak Debu; Kain Lap; Kain Pel; Sikat; Sapu Lidi; Kantong; Pembersih Kerak; Sabun Batangan; Kain Lap; Disinfektan; Kantong; Cikrak; Refill Pengharum Ruangan Spray;</t>
+  </si>
+  <si>
+    <t>Spray; Besar; Makan; Besar; Kamar Mandi; Sedang; Toilet; Ruangan; Rumput; Bulu; Shoe Polish Liquid 75 Ml; Kecil; Otomatis; Sorok; Besar; bahan aluminium; Pencuci Piring; Besar; Biru; Dapat Dipakai Lantai Kayu, Lantai Lunak Maupun Lantai Keras, Kapasitas 4 L; Kotak Kotak; Sumbu; Gigi; Luar Ruangan; Sampah Domestik Hitam Besar; Bahan/Alat Kebersihan; 80 Gram; Sintesis (kanebo); Spray; Sampah Domestik Hitam Besar; Seng; Bahan/Alat Kebersihan;</t>
+  </si>
+  <si>
+    <t>09/09/2025 11:33:35</t>
+  </si>
+  <si>
+    <t>Minuman; Manisa; Bayam; Kopi Instan Kemasan; Bumbu; Ikan Air Tawar; Susu; Tepung; Kopi Hitam; Abon Sapi; Tepung; Mie Instant; Kangkung; Tepung; Buncis; Tempe; Kluwek; Chicken Nugget; Vanila Cair; Sambal; Cabe Kecil; Margarin; Daging Ayam; Mie Instant; Susu; Air Mineral; Ketumbar; Daging Sapi; Jagung Dadar; Chicken Stick; Daun Prei; Penyedap Rasa; Kapri Sayur; Kacang Polong; Ayam Goreng Renyah 500 Gr; Mentega; Baso; Beef Burger; Buah-Buahan; Daun Salam; Bola; Kentang; Nugget Ikan; Sawi; Minuman Instan; Selai; Jagung Manis; Daun Jeruk; Kemiri; Air Mineral; Saus Tomat; Wortel; Kacang Hijau; Kacang Tolo; Daun Seledri; Kecap; Kerupuk Udang; Terasi; Merica; Garam Halus; Gula Pasir; Laos; Tepung; Bawang Bombay; Bihun; Jamur Kuping; Bawang Merah; Selada; Daun Brambang; Minyak Goreng; Lombok Merah; Brokoli; Kunir; Cukak Kk; Santan; Sosis; Minyak Wijen; Tepung Tapioka; Keju; Gula Merah; Bumbu; Kacang Panjang; Bumbu; Tahu; Saus; Kacang Tanah; Gula Diet; Bumbu; Bumbu; Saos Raja Rasa; Kencur; Ikan Air Laut; Kecap; Misis; Mayonaise; Jahe; Beras; Golden Fillet 250 Gr; Tomat; Sawi; Mie Telor; Daun Kemangi; Cabe Ijo Ale; Saos Inggris; Blomkol; Jagung Muda Sayur; Bawang Putih;</t>
+  </si>
+  <si>
+    <t>Teh Celup; Kebutuhan Dapur; Kebutuhan Dapur; Kopi Instan Kemasan; Rawon 50 Gr; Kebutuhan Dapur; Kental Manis, Besar; Beras; Arabika; Kebutuhan Dapur; Ketan Putih 500Gr; Goreng / Isi 40 Pcs; Kebutuhan Dapur; Maizena; ; Kebutuhan Dapur; Kebutuhan Dapur; 500 Gr; Kebutuhan Dapur; 340 Ml; Kebutuhan Dapur; ; Potong; Kuah / Isi 40 Pcs; Cair / Uht; Isi Ulang; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; 500 Gr; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Makanan Beku; 340Gr; Sapi Super; 1/2 Lusin; Khusus KDH/Wa.KDH/Sekda; Kebutuhan Dapur; Udang 250 Gr; Kebutuhan Dapur; 250 Gr; Putih; Khusus KDH/Wa.KDH/Sekda; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kemasan Botol 330 Ml; Sedang; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Manis 620 Ml; Kebutuhan Dapur; Udang (Bumbu); Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kobe; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Sayuran; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; Cair Kemasan; ; Kebutuhan Dapur; Bahan Pelatihan; Cheddar 165Gr; Kebutuhan Dapur; Instan Rendang 50 Gr; Kebutuhan Dapur; Kaldu Sapi; Kebutuhan Dapur; Tiram; Kebutuhan Dapur; Kebutuhan Dapur; Ayam Goreng 50 Gr; Racik Sayur Lodeh 25 Gr; 620 Ml; Kebutuhan Dapur; Ikan Kerapu, Kakap, Bawal, Cumi, Tengiri; Asin 140 Ml; 225Gr; Mayonaise; Kebutuhan Dapur; Premium; Makanan Beku; ; Hijau; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; 620 Ml; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur;</t>
+  </si>
+  <si>
+    <t>09/09/2025 11:33:17</t>
+  </si>
+  <si>
+    <t>Snack Kering; Snack Kaleng; Minuman Ringan; Makanan Ringan;</t>
+  </si>
+  <si>
+    <t>Kue Kering, Snack; Khusus KDH/Wa.KDH/Sekda; Khusus KDH/Wa.KDH/Sekda; Khusus KDH/Wa.KDH/Sekda;</t>
+  </si>
+  <si>
+    <t>09/09/2025 11:42:46</t>
+  </si>
+  <si>
+    <t>36 set</t>
+  </si>
+  <si>
+    <t>jasa loudry</t>
+  </si>
+  <si>
+    <t>Spesifikasi : bersih, wangi, rapi dan harum</t>
+  </si>
+  <si>
+    <t>Belanja Modal Kendaraan Bermotor Beroda Dua</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>10/09/2025 10:46:51</t>
+  </si>
+  <si>
+    <t>Pengadaan Sepeda Motor</t>
+  </si>
+  <si>
+    <t>KDH; Sprint S 150 I-Get ABS.</t>
+  </si>
+  <si>
+    <t>Belanja Modal Kendaraan Bermotor Penumpang dan Belanja Modal Kendaraan Dinas Bermotor Perorangan</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>15/09/2025 14:24:30</t>
+  </si>
+  <si>
+    <t>Pengadaan 3 unit Kendaraan Operasional dan 1 unit Kendaraan Dinas Pejabat</t>
+  </si>
+  <si>
+    <t>Roda 4 KDH/WKDH</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Pendingin</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 07:54:03</t>
+  </si>
+  <si>
+    <t>Ac Split;</t>
+  </si>
+  <si>
+    <t>2 pk;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Kantor Lainnya - Drone</t>
+  </si>
+  <si>
+    <t>16/09/2025 07:54:53</t>
+  </si>
+  <si>
+    <t>DRONE 3 unit</t>
+  </si>
+  <si>
+    <t>Dji Mavic air 2s</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Komunikasi Telephone dan Belanja Modal Alat Komunikasi Lainnya</t>
+  </si>
+  <si>
+    <t>16/09/2025 08:24:23</t>
+  </si>
+  <si>
+    <t>Duo Lightning Wireless Microphone; Handphone; Ipad; Tablet; Handphone; HT Walkie Talkie; Radio HT Wlan</t>
+  </si>
+  <si>
+    <t>Transmission distance 300 meters Line-Of-Sight (LO... 16-256 GB; 16 PRO MAX; Find N3 16/512GB; Pro 13 inci (2024) M4, Wi-Fi, 512GB, Space Black; PRO 2024 M4 13-inch 5G CELLULAR + WI-FI - 512 GB; Samsung Galaxy Tab A9+5G, Prosesor Octo-core Qualcomm SM6375, Kamera 8 MP, TFT LCD, 90 Hz, Baterai 7.040 mAh; 13 -128GB; 14 -128GB; 256GB; 400-470MHz; Strong anti-interference and dustproof Signal prompt Channnel Capacity : 16 Channel Frequency Range : 400-470MHz, UHF(400-470MHz) Super Receving Vox Channel Lockout</t>
+  </si>
+  <si>
+    <t>Belanja Modal Personal Computer (Laptop) dan Belanja Modal Alat Kantor Lainnya (CCTV)</t>
+  </si>
+  <si>
+    <t>16/09/2025 08:24:12</t>
+  </si>
+  <si>
+    <t>Laptop 6 unit; 6 Paket CCTV</t>
+  </si>
+  <si>
+    <t>Operator; Paket cctv 8 kamera 5 MP</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Rumah Tangga Lainnya (Home Use), Belanja Modal Alat Pendingin (AC Split), Belanja Modal Alat Kantor Lainnya (Drone)</t>
+  </si>
+  <si>
+    <t>16/09/2025 08:28:58</t>
+  </si>
+  <si>
+    <t>Bracket TV Gantung; Standing Bracket Tv; Tangga lipat; Tangga Teleskopik; Tempat tidur sorong; Televisi; Ac Split; DRONE</t>
+  </si>
+  <si>
+    <t>Uk 32 - 70 Inch; Tv 40-80 Inch; ALUMINIUM 6M; Tangga Teleskopik; Material frame: MDF &amp; particle board, material kaki: MDF &amp; particle board, dimensi produk : tempat tidur : 126 x 219 x 109 cm, matras tempat tidur atas : 120 x 200 cm, matras tempat tidur bawah : 100 x 190 cm; Smart TV UHD 75 Inch; 2 pk; Dji Mavic air 2s</t>
+  </si>
+  <si>
+    <t>22/09/2025</t>
+  </si>
+  <si>
+    <t>22/09/2025 15:14:05</t>
+  </si>
+  <si>
+    <t>Pengadaan Kendaraan Bermotor Beroda Dua</t>
+  </si>
+  <si>
+    <t>Sepeda Motor</t>
+  </si>
+  <si>
+    <t>Belanja Modal Kendaraan Bermotor Beroda Tiga</t>
+  </si>
+  <si>
+    <t>22/09/2025 15:17:21</t>
+  </si>
+  <si>
+    <t>Kendaraan Roda Tiga</t>
+  </si>
+  <si>
+    <t>Motor Roda Tiga</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Kantor-Alat Kantor Lainnya</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>24/09/2025 15:56:43</t>
+  </si>
+  <si>
+    <t>Jasa Pemeliharaan Alat Karawitan / Gamelan;</t>
+  </si>
+  <si>
+    <t>26/10/2025</t>
+  </si>
+  <si>
+    <t>26/10/2025 13:06:13</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Minuman Ringan; Biaya Konsumsi (Prasmanan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Buah-Buahan; Tumpeng; Snack Kering; Air Mineral; Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Minuman Ringan; Biaya Konsumsi (Prasmanan);</t>
+  </si>
+  <si>
+    <t>-; Khusus KDH/Wa.KDH/Sekda; Biasa; -; -; Khusus KDH/Wa.KDH/Sekda; Porsi 25 Org; Kue Kering, Snack; Isi Ulang; -; -; Khusus KDH/Wa.KDH/Sekda; VIP;</t>
+  </si>
+  <si>
+    <t>26/10/2025 13:23:47</t>
+  </si>
+  <si>
+    <t>Belanja alat/bahan untuk kegiatan kantor-perabot kantor</t>
+  </si>
+  <si>
+    <t>26/10/2025 13:34:02</t>
+  </si>
+  <si>
+    <t>Keranjang anyaman, keranjang, tissue makan, tissue basah refill, tissue kotak, glass jar</t>
+  </si>
+  <si>
+    <t>Keranjang wadah makanan berbentuk anyaman, makan</t>
+  </si>
+  <si>
+    <t>26/10/2025 13:41:23</t>
+  </si>
+  <si>
+    <t>Air mineral Buah-buahan Tumpeng Susu Tumpeng /gunungan jajan pasar Tumpeng besar</t>
+  </si>
+  <si>
+    <t>Kemasan 330 ml Porsi 25 orang Kemasan UHT (kotak 250 ml) Nasi dan lauk pauk Nasi dan lauk pauk</t>
+  </si>
+  <si>
+    <t>Belanja alat/bahan untuk kegiatan kantor-kertas dan cover</t>
+  </si>
+  <si>
+    <t>26/10/2025 13:49:19</t>
+  </si>
+  <si>
+    <t>Kertas HVS ; Karbon</t>
+  </si>
+  <si>
+    <t>Folio/F4 70 gram</t>
+  </si>
+  <si>
     <t>Belanja jasa penyelenggaraan acara</t>
   </si>
   <si>
-    <t>23/04/2025 08:58:59</t>
+    <t>26/10/2025 14:01:19</t>
   </si>
   <si>
     <t>15 kali</t>
   </si>
   <si>
     <t>Dekorasi Sewa taman</t>
   </si>
   <si>
     <t>Bunga hias/segar</t>
   </si>
   <si>
-    <t>Belanja Modal Alat Penyimpan Perlengkapan Kantor</t>
-[...149 lines deleted...]
-    <t>Jasa Konsultansi Pengawasan Teknis Pekerjaan Konstruksi Pemeliharaan Pendopo Graha Maja Tama</t>
+    <t>Belanja sewa mebel</t>
+  </si>
+  <si>
+    <t>26/10/2025 14:08:18</t>
+  </si>
+  <si>
+    <t>Meja rountable Kursi banquet</t>
+  </si>
+  <si>
+    <t>Meja rountable plus cover Sarung kursi dan pita</t>
   </si>
   <si>
     <t>Belanja sewa alat rumah tangga lainnya (home use)</t>
   </si>
   <si>
-    <t>04/08/2025 13:40:32</t>
+    <t>26/10/2025 14:47:35</t>
   </si>
   <si>
     <t>5 unit</t>
   </si>
   <si>
     <t>Sewa sound system, sewa misty fan</t>
   </si>
   <si>
     <t>Besar, 10.000 watt 26 inch</t>
   </si>
   <si>
-    <t>Belanja sewa mebel</t>
-[...218 lines deleted...]
-    <t>Lantai Bahan kulit bambu Pijakan,bahan stanless stell kapasitas 10 liter makan isi 6; makan; Bahan Kaca; Taplak Meja Makan 130X180Cm; ; Kayu; Terbuat Dari Kaca; Pijakan, bahan stanless stell, kapasitas 10 liter; Keranjang Wadah Makanan Berbentuk Anyaman; kapasitas 130 l, bahan plastik dengan penutup; ; Bahan Latex; Arthome 62 cm tanaman anggrek; Rumput; makan isi 6; ; fiber 80l 3 in 1; pillow premium,bahan bulu angsa sintesis; ; material porcelen,isi 6 cangkir dan 6 squecer; cobek dan ulekan; bolster premium,silikon; lantai; welcome tebal 1 M; stainless stell/kaca; bahan katun serat bambu eucaliptus ukuran 200cm x 200cm x 45cm; teflon;</t>
+    <t>Belanja sewa audio visual</t>
+  </si>
+  <si>
+    <t>1 set</t>
+  </si>
+  <si>
+    <t>Sewa peralatan Sewa sound system</t>
+  </si>
+  <si>
+    <t>Videotron Kecil 1000 watt</t>
+  </si>
+  <si>
+    <t>Belanja makanan dan minuman aktivitas lapangan</t>
+  </si>
+  <si>
+    <t>26/10/2025 19:20:26</t>
+  </si>
+  <si>
+    <t>Masakan nusantara Polo pendem Snack loyang Buah-buahan Nasi kotak Snack kotak</t>
+  </si>
+  <si>
+    <t>Nasi soto, pecel, rawon, lodeh, kare Umbi-umbian rebus kue basah Khusus KDH/WKDH/SEKDA</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Peralatan Umum</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025 15:41:17</t>
+  </si>
+  <si>
+    <t>Sewa tenda biasa Uk 6x</t>
+  </si>
+  <si>
+    <t>Belanja alat/bahan untuk kegiatan kantor-alat/alat tulis kantor</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:21:50</t>
+  </si>
+  <si>
+    <t>Paper bag/tas kanvas</t>
+  </si>
+  <si>
+    <t>Hardcover. finishing laminas</t>
+  </si>
+  <si>
+    <t>Belanja sewa bangunan terbuka</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:50:31</t>
+  </si>
+  <si>
+    <t>Sewa panggung, sewa tenda biasa</t>
+  </si>
+  <si>
+    <t>standart, ukuran 4x6m standart</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-bahan cetak</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:54:37</t>
+  </si>
+  <si>
+    <t>Baliho, baliho, banner, cetak cover dan jilid buku, cetak piagam, cetak undangan, photo copy</t>
+  </si>
+  <si>
+    <t>Bahan vinyl 220 uk. 4m x 6m termasuk rangka pipa hollow dan biaya pasang, bahan vinyl 220 uk. 12m x 4m termasuk rangka kayu/bambu dan biaya pasang, bahan vinyl 240 gram, cover glossy, lembar ke 1 HVS warna, uk. 30cm x 20 cm, kartu ucapan/undangan tamu, folio/HVS</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Pembantu Administrasi</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>05/11/2025 14:19:31</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Pembantu Administrasi</t>
+  </si>
+  <si>
+    <t>Tenaga Pembantu Administrasi Setda</t>
+  </si>
+  <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025 13:24:27</t>
+  </si>
+  <si>
+    <t>Pompa kolam, Mesin pompa alkon</t>
+  </si>
+  <si>
+    <t>180 watt, daya dorong 7 meter, outlet 1,5 inch Diameter buang &amp; hisap 3 Inchi, kedalaman hisap 7.5 meter, sistem start mesin : recoil</t>
   </si>
   <si>
     <t>Belanja Modal Alat Pembersih</t>
   </si>
   <si>
-    <t>02/09/2025 11:28:47</t>
+    <t>13/11/2025</t>
+  </si>
+  <si>
+    <t>13/11/2025 14:36:19</t>
   </si>
   <si>
     <t>Mesin Potong Rumput;</t>
   </si>
   <si>
-    <t>mesin sigle silinder 2 tak, sistem starting tarik, mesin pemotong rumput gendong</t>
-[...278 lines deleted...]
-    <t>Kemasan 330 ml Porsi 25 orang Kemasan UHT (kotak 250 ml) Nasi dan lauk pauk Nasi dan lauk pauk</t>
+    <t>mesin sigle silinder 2 tak, sistem starting tarik, mesin pemotong rumput gendong mesin potong rumput tipe dorong, mesin SP150 dengan daya 2.3KW dan kapasitas 149 cc, dimensi produk : 81.5 cm x 58 cm x 53 cm, merk Krisbow 20 Inci Nrlm20zs</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>18/11/2025 14:04:08</t>
   </si>
   <si>
     <t>Snack kotak Nasi kotak Prasmanan Buah-buahan Paket buah (loyang) Snack kaleng Snack kering Minuman ringan Air mineral</t>
-  </si>
-[...304 lines deleted...]
-    <t>Jasa Pemeliharaan Alat Karawitan / Gamelan;</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2093,54 +2132,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y162"/>
+  <dimension ref="A1:Y173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E162" sqref="E162:Y162"/>
+      <selection activeCell="E173" sqref="E173:Y173"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="172.101" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -5585,8701 +5624,9526 @@
       <c r="S46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W46" s="4" t="s">
         <v>153</v>
       </c>
       <c r="X46" s="4" t="s">
         <v>162</v>
       </c>
       <c r="Y46" s="4" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>54278329</v>
+        <v>54292790</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>164</v>
       </c>
       <c r="D47" s="6">
-        <v>78576000</v>
+        <v>21000000</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F47" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N47" s="5" t="s">
         <v>157</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W47" s="4" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="X47" s="4" t="s">
         <v>166</v>
       </c>
       <c r="Y47" s="4" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>54292790</v>
+        <v>54294896</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D48" s="6">
         <v>21000000</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N48" s="5" t="s">
         <v>157</v>
       </c>
       <c r="O48" s="5" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="P48" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R48" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T48" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U48" s="4"/>
       <c r="V48" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W48" s="4" t="s">
         <v>153</v>
       </c>
       <c r="X48" s="4" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="Y48" s="4" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>54294896</v>
+        <v>54295262</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D49" s="6">
         <v>21000000</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N49" s="5" t="s">
         <v>157</v>
       </c>
       <c r="O49" s="5" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T49" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U49" s="4"/>
       <c r="V49" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W49" s="4" t="s">
         <v>153</v>
       </c>
       <c r="X49" s="4" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="Y49" s="4" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>54295262</v>
+        <v>54310266</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D50" s="6">
         <v>21000000</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N50" s="5" t="s">
         <v>157</v>
       </c>
       <c r="O50" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P50" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R50" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T50" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U50" s="4"/>
       <c r="V50" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W50" s="4" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="X50" s="4" t="s">
-        <v>170</v>
+        <v>144</v>
       </c>
       <c r="Y50" s="4" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>54310266</v>
+        <v>54310627</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D51" s="6">
         <v>21000000</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N51" s="5" t="s">
         <v>157</v>
       </c>
       <c r="O51" s="5" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="P51" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S51" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T51" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U51" s="4"/>
       <c r="V51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W51" s="4" t="s">
         <v>143</v>
       </c>
       <c r="X51" s="4" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="Y51" s="4" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>54310627</v>
+        <v>54317454</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D52" s="6">
         <v>21000000</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N52" s="5" t="s">
         <v>157</v>
       </c>
       <c r="O52" s="5" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="P52" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R52" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S52" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T52" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U52" s="4"/>
       <c r="V52" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W52" s="4" t="s">
         <v>143</v>
       </c>
       <c r="X52" s="4" t="s">
         <v>149</v>
       </c>
       <c r="Y52" s="4" t="s">
-        <v>150</v>
+        <v>173</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>54312733</v>
+        <v>55947395</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D53" s="6">
-        <v>21000000</v>
+        <v>22589200</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F53" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G53" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N53" s="5" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="O53" s="5" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="P53" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R53" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S53" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T53" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U53" s="4"/>
       <c r="V53" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W53" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X53" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="Y53" s="4" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>54317454</v>
+        <v>55947813</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D54" s="6">
-        <v>21000000</v>
+        <v>31994900</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G54" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>157</v>
+        <v>175</v>
       </c>
       <c r="O54" s="5" t="s">
         <v>180</v>
       </c>
       <c r="P54" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R54" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S54" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T54" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U54" s="4"/>
       <c r="V54" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W54" s="4" t="s">
-        <v>143</v>
+        <v>39</v>
       </c>
       <c r="X54" s="4" t="s">
-        <v>149</v>
+        <v>181</v>
       </c>
       <c r="Y54" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>55947395</v>
+        <v>57250848</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D55" s="6">
-        <v>22589200</v>
+        <v>44358000</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N55" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="O55" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S55" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T55" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U55" s="4"/>
       <c r="V55" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W55" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X55" s="4" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="Y55" s="4" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>55947813</v>
+        <v>57252083</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D56" s="6">
-        <v>31994900</v>
+        <v>54246750</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="L56" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N56" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P56" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T56" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U56" s="4"/>
       <c r="V56" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W56" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X56" s="4" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="Y56" s="4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>57250848</v>
+        <v>57253101</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D57" s="6">
-        <v>44358000</v>
+        <v>24417300</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="L57" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N57" s="5" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="O57" s="5" t="s">
         <v>193</v>
       </c>
       <c r="P57" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q57" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S57" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T57" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U57" s="4"/>
       <c r="V57" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W57" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X57" s="4" t="s">
         <v>194</v>
       </c>
       <c r="Y57" s="4" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="58" spans="1:25">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>57252083</v>
+        <v>57253500</v>
       </c>
       <c r="C58" s="4" t="s">
         <v>196</v>
       </c>
       <c r="D58" s="6">
-        <v>54246750</v>
+        <v>464761400</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F58" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>73</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>73</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>73</v>
       </c>
       <c r="K58" s="5" t="s">
         <v>73</v>
       </c>
       <c r="L58" s="5" t="s">
         <v>73</v>
       </c>
       <c r="M58" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N58" s="5" t="s">
-        <v>192</v>
+        <v>184</v>
       </c>
       <c r="O58" s="5" t="s">
         <v>197</v>
       </c>
       <c r="P58" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q58" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S58" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T58" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U58" s="4"/>
       <c r="V58" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W58" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X58" s="4" t="s">
         <v>198</v>
       </c>
       <c r="Y58" s="4" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="59" spans="1:25">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>57253101</v>
+        <v>58056694</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>200</v>
       </c>
       <c r="D59" s="6">
-        <v>24417300</v>
+        <v>15750000</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F59" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G59" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>73</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="L59" s="5" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N59" s="5" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="O59" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P59" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q59" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R59" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S59" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T59" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U59" s="4"/>
       <c r="V59" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W59" s="4" t="s">
-        <v>39</v>
+        <v>143</v>
       </c>
       <c r="X59" s="4" t="s">
-        <v>202</v>
+        <v>149</v>
       </c>
       <c r="Y59" s="4" t="s">
-        <v>203</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:25">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>57253500</v>
+        <v>58063840</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>204</v>
+        <v>169</v>
       </c>
       <c r="D60" s="6">
-        <v>464761400</v>
+        <v>15750000</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G60" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>73</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="L60" s="5" t="s">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N60" s="5" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="O60" s="5" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="P60" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q60" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R60" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S60" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T60" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U60" s="4"/>
       <c r="V60" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W60" s="4" t="s">
-        <v>39</v>
+        <v>143</v>
       </c>
       <c r="X60" s="4" t="s">
-        <v>206</v>
+        <v>149</v>
       </c>
       <c r="Y60" s="4" t="s">
-        <v>207</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>58056694</v>
+        <v>58950912</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D61" s="6">
-        <v>15750000</v>
+        <v>39000000</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G61" s="4" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="L61" s="5" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N61" s="5" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="O61" s="5" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="P61" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q61" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R61" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S61" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T61" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U61" s="4"/>
       <c r="V61" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W61" s="4" t="s">
-        <v>143</v>
+        <v>92</v>
       </c>
       <c r="X61" s="4" t="s">
-        <v>149</v>
+        <v>207</v>
       </c>
       <c r="Y61" s="4" t="s">
-        <v>150</v>
+        <v>208</v>
       </c>
     </row>
     <row r="62" spans="1:25">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>58063840</v>
+        <v>58954375</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>173</v>
+        <v>209</v>
       </c>
       <c r="D62" s="6">
-        <v>15750000</v>
+        <v>76500000</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G62" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="L62" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N62" s="5" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="O62" s="5" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="P62" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q62" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R62" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S62" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T62" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U62" s="4"/>
       <c r="V62" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W62" s="4" t="s">
-        <v>143</v>
+        <v>39</v>
       </c>
       <c r="X62" s="4" t="s">
-        <v>149</v>
+        <v>211</v>
       </c>
       <c r="Y62" s="4" t="s">
-        <v>150</v>
+        <v>212</v>
       </c>
     </row>
     <row r="63" spans="1:25">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>58950912</v>
+        <v>59073396</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D63" s="6">
-        <v>39000000</v>
+        <v>76544800</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G63" s="4" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>100</v>
+        <v>29</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>100</v>
+        <v>29</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>100</v>
+        <v>29</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="L63" s="5" t="s">
-        <v>100</v>
+        <v>29</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N63" s="5" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="O63" s="5" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="P63" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q63" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R63" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S63" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T63" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U63" s="4"/>
       <c r="V63" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W63" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X63" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="Y63" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="64" spans="1:25">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>58954375</v>
+        <v>59074516</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D64" s="6">
-        <v>76500000</v>
+        <v>21644600</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="L64" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N64" s="5" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="O64" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P64" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R64" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S64" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T64" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U64" s="4"/>
       <c r="V64" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W64" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X64" s="4" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="Y64" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="65" spans="1:25">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>59063783</v>
+        <v>59102884</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>108</v>
+        <v>222</v>
       </c>
       <c r="D65" s="6">
-        <v>2880000</v>
+        <v>100000000</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F65" s="4" t="s">
-        <v>43</v>
+        <v>129</v>
       </c>
       <c r="G65" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="L65" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="N65" s="5" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="O65" s="5" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="P65" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q65" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R65" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S65" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T65" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U65" s="4"/>
       <c r="V65" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W65" s="4" t="s">
-        <v>92</v>
+        <v>153</v>
       </c>
       <c r="X65" s="4" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>10000</v>
+        <v>225</v>
+      </c>
+      <c r="Y65" s="4" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="66" spans="1:25">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>59066509</v>
+        <v>59548551</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D66" s="6">
-        <v>130034000</v>
+        <v>17500000</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F66" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G66" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L66" s="5" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N66" s="5" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="O66" s="5" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="P66" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q66" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R66" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S66" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T66" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U66" s="4"/>
       <c r="V66" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W66" s="4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="X66" s="4" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="Y66" s="4" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="67" spans="1:25">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>59073396</v>
+        <v>59548657</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D67" s="6">
-        <v>76544800</v>
+        <v>25000000</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F67" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G67" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L67" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N67" s="5" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="O67" s="5" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="P67" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q67" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R67" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S67" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T67" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U67" s="4"/>
       <c r="V67" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W67" s="4" t="s">
-        <v>39</v>
+        <v>235</v>
       </c>
       <c r="X67" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="Y67" s="4" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="68" spans="1:25">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>59074516</v>
+        <v>59548669</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D68" s="6">
-        <v>21644600</v>
+        <v>25000000</v>
       </c>
       <c r="E68" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F68" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G68" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L68" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N68" s="5" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="O68" s="5" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="P68" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q68" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R68" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S68" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T68" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U68" s="4"/>
       <c r="V68" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W68" s="4" t="s">
-        <v>39</v>
+        <v>235</v>
       </c>
       <c r="X68" s="4" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="Y68" s="4" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
     </row>
     <row r="69" spans="1:25">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>59102884</v>
+        <v>59548688</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D69" s="6">
-        <v>100000000</v>
+        <v>25000000</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F69" s="4" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>100</v>
+        <v>29</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="L69" s="5" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="N69" s="5" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="O69" s="5" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="P69" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q69" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R69" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S69" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T69" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U69" s="4"/>
       <c r="V69" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W69" s="4" t="s">
-        <v>153</v>
+        <v>235</v>
       </c>
       <c r="X69" s="4" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="Y69" s="4" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
     </row>
     <row r="70" spans="1:25">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>59548551</v>
+        <v>60015056</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="D70" s="6">
-        <v>17500000</v>
+        <v>1438800</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F70" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G70" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>100</v>
+        <v>29</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>100</v>
+        <v>29</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L70" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N70" s="5" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="O70" s="5" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="P70" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q70" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R70" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S70" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T70" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U70" s="4"/>
       <c r="V70" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W70" s="4" t="s">
-        <v>246</v>
+        <v>39</v>
       </c>
       <c r="X70" s="4" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="Y70" s="4" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
     </row>
     <row r="71" spans="1:25">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="5">
-        <v>59548657</v>
+        <v>60015101</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="D71" s="6">
-        <v>25000000</v>
+        <v>756000</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F71" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G71" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L71" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N71" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="O71" s="5" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="P71" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q71" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R71" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S71" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T71" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U71" s="4"/>
       <c r="V71" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W71" s="4" t="s">
-        <v>251</v>
+        <v>39</v>
       </c>
       <c r="X71" s="4" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="Y71" s="4" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="72" spans="1:25">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>59548669</v>
+        <v>60107754</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="D72" s="6">
-        <v>25000000</v>
+        <v>1041267520</v>
       </c>
       <c r="E72" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F72" s="4" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="G72" s="4" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>29</v>
+        <v>248</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>29</v>
+        <v>248</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>73</v>
+        <v>249</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="L72" s="5" t="s">
-        <v>73</v>
+        <v>251</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N72" s="5" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="O72" s="5" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="P72" s="4" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="Q72" s="4"/>
       <c r="R72" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S72" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T72" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U72" s="4"/>
       <c r="V72" s="5" t="s">
-        <v>38</v>
+        <v>255</v>
       </c>
       <c r="W72" s="4" t="s">
-        <v>251</v>
+        <v>92</v>
       </c>
       <c r="X72" s="4" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="Y72" s="4" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>59548688</v>
+        <v>60194030</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="D73" s="6">
-        <v>25000000</v>
+        <v>8750000</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>29</v>
+        <v>248</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>29</v>
+        <v>248</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>73</v>
+        <v>249</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L73" s="5" t="s">
-        <v>73</v>
+        <v>249</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N73" s="5" t="s">
-        <v>244</v>
+        <v>259</v>
       </c>
       <c r="O73" s="5" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="P73" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q73" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R73" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S73" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T73" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U73" s="4"/>
       <c r="V73" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W73" s="4" t="s">
-        <v>251</v>
+        <v>143</v>
       </c>
       <c r="X73" s="4" t="s">
-        <v>247</v>
+        <v>149</v>
       </c>
       <c r="Y73" s="4" t="s">
-        <v>248</v>
+        <v>150</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>60015056</v>
+        <v>60196191</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="D74" s="6">
-        <v>1438800</v>
+        <v>55000000</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F74" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G74" s="4" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>29</v>
+        <v>248</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>29</v>
+        <v>248</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>29</v>
+        <v>250</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="L74" s="5" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N74" s="5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="O74" s="5" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="P74" s="4" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="Q74" s="4"/>
       <c r="R74" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S74" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T74" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U74" s="4"/>
       <c r="V74" s="5" t="s">
-        <v>38</v>
+        <v>255</v>
       </c>
       <c r="W74" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X74" s="4" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="Y74" s="4" t="s">
-        <v>258</v>
+        <v>94</v>
       </c>
     </row>
     <row r="75" spans="1:25">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>60015101</v>
+        <v>60202357</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>259</v>
+        <v>61</v>
       </c>
       <c r="D75" s="6">
-        <v>756000</v>
+        <v>83240000</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>30</v>
+        <v>249</v>
       </c>
       <c r="L75" s="5" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N75" s="5" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="O75" s="5" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="P75" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q75" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R75" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S75" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T75" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U75" s="4"/>
       <c r="V75" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W75" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X75" s="4" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="Y75" s="4" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
     </row>
     <row r="76" spans="1:25">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>60107754</v>
+        <v>60223885</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="D76" s="6">
-        <v>1041267520</v>
+        <v>586600000</v>
       </c>
       <c r="E76" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F76" s="4" t="s">
-        <v>83</v>
+        <v>129</v>
       </c>
       <c r="G76" s="4" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>264</v>
+        <v>29</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>264</v>
+        <v>29</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>266</v>
+        <v>30</v>
       </c>
       <c r="L76" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N76" s="5" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="O76" s="5" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P76" s="4" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="Q76" s="4"/>
+        <v>33</v>
+      </c>
+      <c r="Q76" s="4" t="s">
+        <v>34</v>
+      </c>
       <c r="R76" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S76" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T76" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U76" s="4"/>
       <c r="V76" s="5" t="s">
-        <v>271</v>
+        <v>38</v>
       </c>
       <c r="W76" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X76" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="Y76" s="4" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="77" spans="1:25">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>60194030</v>
+        <v>60230854</v>
       </c>
       <c r="C77" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="D77" s="6">
+        <v>1075200000</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F77" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="G77" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L77" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N77" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="O77" s="5" t="s">
         <v>274</v>
-      </c>
-[...34 lines deleted...]
-        <v>276</v>
       </c>
       <c r="P77" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R77" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S77" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T77" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U77" s="4"/>
       <c r="V77" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W77" s="4" t="s">
-        <v>143</v>
+        <v>39</v>
       </c>
       <c r="X77" s="4" t="s">
-        <v>149</v>
+        <v>130</v>
       </c>
       <c r="Y77" s="4" t="s">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:25">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>60196191</v>
+        <v>60250191</v>
       </c>
       <c r="C78" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D78" s="6">
+        <v>11132240</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F78" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G78" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K78" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L78" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N78" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="O78" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="D78" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="P78" s="4" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="Q78" s="4"/>
+        <v>33</v>
+      </c>
+      <c r="Q78" s="4" t="s">
+        <v>34</v>
+      </c>
       <c r="R78" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S78" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T78" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U78" s="4"/>
       <c r="V78" s="5" t="s">
-        <v>271</v>
+        <v>38</v>
       </c>
       <c r="W78" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X78" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="Y78" s="4" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="79" spans="1:25">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>60197708</v>
+        <v>60250346</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>280</v>
       </c>
       <c r="D79" s="6">
-        <v>88388800</v>
+        <v>8000000</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F79" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G79" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>30</v>
+        <v>249</v>
       </c>
       <c r="L79" s="5" t="s">
-        <v>29</v>
+        <v>249</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N79" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="O79" s="5" t="s">
         <v>281</v>
       </c>
       <c r="P79" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q79" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R79" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S79" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T79" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U79" s="4"/>
       <c r="V79" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W79" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X79" s="4" t="s">
         <v>282</v>
       </c>
-      <c r="X79" s="4" t="s">
+      <c r="Y79" s="4" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="80" spans="1:25">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>60197941</v>
+        <v>60250467</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D80" s="6">
-        <v>175875000</v>
+        <v>99992900</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G80" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L80" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N80" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="O80" s="5" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="P80" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q80" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R80" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S80" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T80" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U80" s="4"/>
       <c r="V80" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W80" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X80" s="4" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="Y80" s="4" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
     </row>
     <row r="81" spans="1:25">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>60202357</v>
+        <v>60250683</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>61</v>
+        <v>108</v>
       </c>
       <c r="D81" s="6">
-        <v>83240000</v>
+        <v>189375</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F81" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="L81" s="5" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N81" s="5" t="s">
-        <v>290</v>
+        <v>276</v>
       </c>
       <c r="O81" s="5" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="P81" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q81" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R81" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S81" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T81" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U81" s="4"/>
       <c r="V81" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W81" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X81" s="4" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>288</v>
+      </c>
+      <c r="Y81" s="4">
+        <v>10000</v>
       </c>
     </row>
     <row r="82" spans="1:25">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>60223885</v>
+        <v>60251336</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="D82" s="6">
-        <v>586600000</v>
+        <v>26940000</v>
       </c>
       <c r="E82" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F82" s="4" t="s">
-        <v>129</v>
+        <v>43</v>
       </c>
       <c r="G82" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="L82" s="5" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N82" s="5" t="s">
-        <v>295</v>
+        <v>276</v>
       </c>
       <c r="O82" s="5" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="P82" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q82" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R82" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S82" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T82" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U82" s="4"/>
       <c r="V82" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W82" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X82" s="4" t="s">
-        <v>130</v>
+        <v>291</v>
       </c>
       <c r="Y82" s="4" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
     </row>
     <row r="83" spans="1:25">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>60230854</v>
+        <v>60251359</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="D83" s="6">
-        <v>1075200000</v>
+        <v>10350000</v>
       </c>
       <c r="E83" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F83" s="4" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="G83" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N83" s="5" t="s">
-        <v>295</v>
+        <v>276</v>
       </c>
       <c r="O83" s="5" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="P83" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q83" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R83" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S83" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T83" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U83" s="4"/>
       <c r="V83" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W83" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X83" s="4" t="s">
-        <v>130</v>
+        <v>294</v>
       </c>
       <c r="Y83" s="4" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="84" spans="1:25">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>60250191</v>
+        <v>60251385</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>58</v>
+        <v>296</v>
       </c>
       <c r="D84" s="6">
-        <v>11132240</v>
+        <v>11680000</v>
       </c>
       <c r="E84" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F84" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G84" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L84" s="5" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N84" s="5" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
       <c r="O84" s="5" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
       <c r="P84" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q84" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R84" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S84" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T84" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U84" s="4"/>
       <c r="V84" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W84" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X84" s="4" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="Y84" s="4" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
     </row>
     <row r="85" spans="1:25">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>60250346</v>
+        <v>60251404</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
       <c r="D85" s="6">
-        <v>8000000</v>
+        <v>10000000</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F85" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G85" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="L85" s="5" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N85" s="5" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
       <c r="O85" s="5" t="s">
-        <v>306</v>
+        <v>290</v>
       </c>
       <c r="P85" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q85" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R85" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S85" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T85" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U85" s="4"/>
       <c r="V85" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W85" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X85" s="4" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="Y85" s="4" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:25">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>60250467</v>
+        <v>60251430</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="D86" s="6">
-        <v>99992900</v>
+        <v>15000000</v>
       </c>
       <c r="E86" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F86" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G86" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L86" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N86" s="5" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
       <c r="O86" s="5" t="s">
-        <v>306</v>
+        <v>290</v>
       </c>
       <c r="P86" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q86" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R86" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S86" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T86" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U86" s="4"/>
       <c r="V86" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W86" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X86" s="4" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="Y86" s="4" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
     </row>
     <row r="87" spans="1:25">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>60250683</v>
+        <v>60251446</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>108</v>
+        <v>304</v>
       </c>
       <c r="D87" s="6">
-        <v>189375</v>
+        <v>48800000</v>
       </c>
       <c r="E87" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G87" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>265</v>
+        <v>30</v>
       </c>
       <c r="L87" s="5" t="s">
-        <v>265</v>
+        <v>29</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N87" s="5" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
       <c r="O87" s="5" t="s">
-        <v>312</v>
+        <v>290</v>
       </c>
       <c r="P87" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q87" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R87" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S87" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T87" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U87" s="4"/>
       <c r="V87" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W87" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X87" s="4" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>10000</v>
+        <v>294</v>
+      </c>
+      <c r="Y87" s="4" t="s">
+        <v>305</v>
       </c>
     </row>
     <row r="88" spans="1:25">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>60251336</v>
+        <v>60251506</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="D88" s="6">
-        <v>26940000</v>
+        <v>22009000</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G88" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="L88" s="5" t="s">
-        <v>86</v>
+        <v>29</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N88" s="5" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
       <c r="O88" s="5" t="s">
-        <v>314</v>
+        <v>290</v>
       </c>
       <c r="P88" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q88" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R88" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S88" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T88" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U88" s="4"/>
       <c r="V88" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W88" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X88" s="4" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="Y88" s="4" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
     </row>
     <row r="89" spans="1:25">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>60251359</v>
+        <v>60449331</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="D89" s="6">
-        <v>10350000</v>
+        <v>6000000</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G89" s="4" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L89" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N89" s="5" t="s">
-        <v>301</v>
+        <v>251</v>
       </c>
       <c r="O89" s="5" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="P89" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q89" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R89" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S89" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T89" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U89" s="4"/>
       <c r="V89" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W89" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X89" s="4" t="s">
-        <v>318</v>
+        <v>311</v>
       </c>
       <c r="Y89" s="4" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
     </row>
     <row r="90" spans="1:25">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>60251385</v>
+        <v>60449412</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="D90" s="6">
-        <v>11680000</v>
+        <v>97649364</v>
       </c>
       <c r="E90" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G90" s="4" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>29</v>
+        <v>314</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>30</v>
+        <v>314</v>
       </c>
       <c r="L90" s="5" t="s">
-        <v>29</v>
+        <v>314</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N90" s="5" t="s">
-        <v>301</v>
+        <v>251</v>
       </c>
       <c r="O90" s="5" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="P90" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R90" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S90" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T90" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U90" s="4"/>
       <c r="V90" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W90" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X90" s="4" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="Y90" s="4" t="s">
-        <v>321</v>
+        <v>87</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>60251404</v>
+        <v>60449471</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="D91" s="6">
-        <v>10000000</v>
+        <v>5000000</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G91" s="4" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>29</v>
+        <v>314</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>30</v>
+        <v>314</v>
       </c>
       <c r="L91" s="5" t="s">
-        <v>29</v>
+        <v>314</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N91" s="5" t="s">
-        <v>301</v>
+        <v>251</v>
       </c>
       <c r="O91" s="5" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="P91" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R91" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S91" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T91" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U91" s="4"/>
       <c r="V91" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W91" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X91" s="4" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="Y91" s="4" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>60251430</v>
+        <v>60449987</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="D92" s="6">
-        <v>15000000</v>
+        <v>491735800</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F92" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G92" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L92" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N92" s="5" t="s">
-        <v>301</v>
+        <v>251</v>
       </c>
       <c r="O92" s="5" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="P92" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R92" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S92" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T92" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U92" s="4"/>
       <c r="V92" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W92" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X92" s="4" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="Y92" s="4" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
     </row>
     <row r="93" spans="1:25">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>60251446</v>
+        <v>60450062</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>328</v>
+        <v>58</v>
       </c>
       <c r="D93" s="6">
-        <v>48800000</v>
+        <v>83015700</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F93" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G93" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L93" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N93" s="5" t="s">
-        <v>301</v>
+        <v>251</v>
       </c>
       <c r="O93" s="5" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="P93" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S93" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T93" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U93" s="4"/>
       <c r="V93" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W93" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X93" s="4" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="Y93" s="4" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
     </row>
     <row r="94" spans="1:25">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>60251506</v>
+        <v>60457108</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>330</v>
+        <v>108</v>
       </c>
       <c r="D94" s="6">
-        <v>22009000</v>
+        <v>1274113</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F94" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G94" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N94" s="5" t="s">
-        <v>301</v>
+        <v>251</v>
       </c>
       <c r="O94" s="5" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="P94" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q94" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R94" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S94" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T94" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U94" s="4"/>
       <c r="V94" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W94" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X94" s="4" t="s">
-        <v>331</v>
+        <v>110</v>
       </c>
       <c r="Y94" s="4" t="s">
-        <v>332</v>
+        <v>111</v>
       </c>
     </row>
     <row r="95" spans="1:25">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>60449331</v>
+        <v>60457140</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>333</v>
+        <v>280</v>
       </c>
       <c r="D95" s="6">
-        <v>6000000</v>
+        <v>26956300</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F95" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G95" s="4" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="L95" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N95" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="O95" s="5" t="s">
-        <v>334</v>
+        <v>325</v>
       </c>
       <c r="P95" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q95" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R95" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S95" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T95" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U95" s="4"/>
       <c r="V95" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W95" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X95" s="4" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="Y95" s="4" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
     </row>
     <row r="96" spans="1:25">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>60449412</v>
+        <v>60462379</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>337</v>
+        <v>318</v>
       </c>
       <c r="D96" s="6">
-        <v>97649364</v>
+        <v>257076200</v>
       </c>
       <c r="E96" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F96" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G96" s="4" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>338</v>
+        <v>29</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>338</v>
+        <v>30</v>
       </c>
       <c r="L96" s="5" t="s">
-        <v>338</v>
+        <v>29</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N96" s="5" t="s">
-        <v>267</v>
+        <v>328</v>
       </c>
       <c r="O96" s="5" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="P96" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q96" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R96" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S96" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T96" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U96" s="4"/>
       <c r="V96" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W96" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X96" s="4" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="Y96" s="4" t="s">
-        <v>87</v>
+        <v>331</v>
       </c>
     </row>
     <row r="97" spans="1:25">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>60449471</v>
+        <v>60463827</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>340</v>
+        <v>58</v>
       </c>
       <c r="D97" s="6">
-        <v>5000000</v>
+        <v>169712300</v>
       </c>
       <c r="E97" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F97" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G97" s="4" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>338</v>
+        <v>29</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>338</v>
+        <v>30</v>
       </c>
       <c r="L97" s="5" t="s">
-        <v>338</v>
+        <v>29</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N97" s="5" t="s">
-        <v>267</v>
+        <v>328</v>
       </c>
       <c r="O97" s="5" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="P97" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R97" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S97" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T97" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U97" s="4"/>
       <c r="V97" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W97" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X97" s="4" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="Y97" s="4" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
     </row>
     <row r="98" spans="1:25">
       <c r="A98" s="5">
         <v>97</v>
       </c>
       <c r="B98" s="5">
-        <v>60449987</v>
+        <v>60464861</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>342</v>
+        <v>335</v>
       </c>
       <c r="D98" s="6">
-        <v>491735800</v>
+        <v>12046950</v>
       </c>
       <c r="E98" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L98" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N98" s="5" t="s">
-        <v>267</v>
+        <v>328</v>
       </c>
       <c r="O98" s="5" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="P98" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R98" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S98" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T98" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U98" s="4"/>
       <c r="V98" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W98" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X98" s="4" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="Y98" s="4" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
     </row>
     <row r="99" spans="1:25">
       <c r="A99" s="5">
         <v>98</v>
       </c>
       <c r="B99" s="5">
-        <v>60450062</v>
+        <v>60465842</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>58</v>
+        <v>72</v>
       </c>
       <c r="D99" s="6">
-        <v>83015700</v>
+        <v>258164375</v>
       </c>
       <c r="E99" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F99" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G99" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H99" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L99" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N99" s="5" t="s">
-        <v>267</v>
+        <v>328</v>
       </c>
       <c r="O99" s="5" t="s">
-        <v>346</v>
+        <v>339</v>
       </c>
       <c r="P99" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R99" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S99" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T99" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U99" s="4"/>
       <c r="V99" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W99" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X99" s="4" t="s">
-        <v>347</v>
+        <v>340</v>
       </c>
       <c r="Y99" s="4" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
     </row>
     <row r="100" spans="1:25">
       <c r="A100" s="5">
         <v>99</v>
       </c>
       <c r="B100" s="5">
-        <v>60457108</v>
+        <v>60465950</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>108</v>
+        <v>342</v>
       </c>
       <c r="D100" s="6">
-        <v>1274113</v>
+        <v>25600</v>
       </c>
       <c r="E100" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F100" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H100" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L100" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N100" s="5" t="s">
-        <v>267</v>
+        <v>328</v>
       </c>
       <c r="O100" s="5" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="P100" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R100" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S100" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T100" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U100" s="4"/>
       <c r="V100" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W100" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X100" s="4" t="s">
-        <v>110</v>
+        <v>344</v>
       </c>
       <c r="Y100" s="4" t="s">
-        <v>111</v>
+        <v>345</v>
       </c>
     </row>
     <row r="101" spans="1:25">
       <c r="A101" s="5">
         <v>100</v>
       </c>
       <c r="B101" s="5">
-        <v>60457140</v>
+        <v>60466164</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>305</v>
+        <v>346</v>
       </c>
       <c r="D101" s="6">
-        <v>26956300</v>
+        <v>1450000</v>
       </c>
       <c r="E101" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F101" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G101" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H101" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L101" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N101" s="5" t="s">
-        <v>267</v>
+        <v>328</v>
       </c>
       <c r="O101" s="5" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="P101" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q101" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R101" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S101" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T101" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U101" s="4"/>
       <c r="V101" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W101" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X101" s="4" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="Y101" s="4" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
     </row>
     <row r="102" spans="1:25">
       <c r="A102" s="5">
         <v>101</v>
       </c>
       <c r="B102" s="5">
-        <v>60462379</v>
+        <v>60466386</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="D102" s="6">
-        <v>257076200</v>
+        <v>3942000</v>
       </c>
       <c r="E102" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F102" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="L102" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="N102" s="5" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="O102" s="5" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="P102" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R102" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S102" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T102" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U102" s="4"/>
       <c r="V102" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W102" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X102" s="4" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="Y102" s="4" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
     </row>
     <row r="103" spans="1:25">
       <c r="A103" s="5">
         <v>102</v>
       </c>
       <c r="B103" s="5">
-        <v>60463827</v>
+        <v>60466527</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>58</v>
+        <v>353</v>
       </c>
       <c r="D103" s="6">
-        <v>169712300</v>
+        <v>202200000</v>
       </c>
       <c r="E103" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F103" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G103" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H103" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L103" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>30</v>
+        <v>314</v>
       </c>
       <c r="N103" s="5" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="O103" s="5" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="P103" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q103" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R103" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S103" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T103" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U103" s="4"/>
       <c r="V103" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W103" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X103" s="4" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="Y103" s="4" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
     </row>
     <row r="104" spans="1:25">
       <c r="A104" s="5">
         <v>103</v>
       </c>
       <c r="B104" s="5">
-        <v>60464589</v>
+        <v>60466625</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="D104" s="6">
-        <v>23000000</v>
+        <v>9756000</v>
       </c>
       <c r="E104" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F104" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G104" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L104" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>30</v>
+        <v>314</v>
       </c>
       <c r="N104" s="5" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="O104" s="5" t="s">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="P104" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q104" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R104" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S104" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T104" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U104" s="4"/>
       <c r="V104" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W104" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X104" s="4" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="Y104" s="4" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
     </row>
     <row r="105" spans="1:25">
       <c r="A105" s="5">
         <v>104</v>
       </c>
       <c r="B105" s="5">
-        <v>60464861</v>
+        <v>60467601</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D105" s="6">
-        <v>12046950</v>
+        <v>113808808</v>
       </c>
       <c r="E105" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F105" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G105" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L105" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>30</v>
+        <v>250</v>
       </c>
       <c r="N105" s="5" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="O105" s="5" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="P105" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q105" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R105" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S105" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T105" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U105" s="4"/>
       <c r="V105" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W105" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X105" s="4" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="Y105" s="4" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
     </row>
     <row r="106" spans="1:25">
       <c r="A106" s="5">
         <v>105</v>
       </c>
       <c r="B106" s="5">
-        <v>60465842</v>
+        <v>60471545</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>72</v>
+        <v>284</v>
       </c>
       <c r="D106" s="6">
-        <v>258164375</v>
+        <v>5661000</v>
       </c>
       <c r="E106" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F106" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G106" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N106" s="5" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="O106" s="5" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="P106" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q106" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R106" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S106" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T106" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U106" s="4"/>
       <c r="V106" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W106" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X106" s="4" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="Y106" s="4" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
     </row>
     <row r="107" spans="1:25">
       <c r="A107" s="5">
         <v>106</v>
       </c>
       <c r="B107" s="5">
-        <v>60465950</v>
+        <v>60473193</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="D107" s="6">
-        <v>25600</v>
+        <v>227647465</v>
       </c>
       <c r="E107" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F107" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G107" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L107" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N107" s="5" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="O107" s="5" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="P107" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q107" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R107" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S107" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T107" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U107" s="4"/>
       <c r="V107" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W107" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X107" s="4" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="Y107" s="4" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
     </row>
     <row r="108" spans="1:25">
       <c r="A108" s="5">
         <v>107</v>
       </c>
       <c r="B108" s="5">
-        <v>60466164</v>
+        <v>60474547</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="D108" s="6">
-        <v>1450000</v>
+        <v>28074750</v>
       </c>
       <c r="E108" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F108" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G108" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L108" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N108" s="5" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="O108" s="5" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="P108" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q108" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R108" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S108" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T108" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U108" s="4"/>
       <c r="V108" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W108" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X108" s="4" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="Y108" s="4" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
     </row>
     <row r="109" spans="1:25">
       <c r="A109" s="5">
         <v>108</v>
       </c>
       <c r="B109" s="5">
-        <v>60466386</v>
+        <v>60475987</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>378</v>
+        <v>108</v>
       </c>
       <c r="D109" s="6">
-        <v>3942000</v>
+        <v>432000</v>
       </c>
       <c r="E109" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F109" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G109" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>266</v>
+        <v>30</v>
       </c>
       <c r="L109" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>266</v>
+        <v>30</v>
       </c>
       <c r="N109" s="5" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="O109" s="5" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="P109" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q109" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R109" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S109" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T109" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U109" s="4"/>
       <c r="V109" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W109" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X109" s="4" t="s">
-        <v>379</v>
+        <v>110</v>
       </c>
       <c r="Y109" s="4" t="s">
-        <v>380</v>
+        <v>111</v>
       </c>
     </row>
     <row r="110" spans="1:25">
       <c r="A110" s="5">
         <v>109</v>
       </c>
       <c r="B110" s="5">
-        <v>60466527</v>
+        <v>60476174</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="D110" s="6">
-        <v>202200000</v>
+        <v>4064000</v>
       </c>
       <c r="E110" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F110" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G110" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>267</v>
+        <v>250</v>
       </c>
       <c r="L110" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>338</v>
+        <v>250</v>
       </c>
       <c r="N110" s="5" t="s">
-        <v>352</v>
+        <v>328</v>
       </c>
       <c r="O110" s="5" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="P110" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q110" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R110" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S110" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T110" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U110" s="4"/>
       <c r="V110" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W110" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X110" s="4" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="Y110" s="4" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="111" spans="1:25">
       <c r="A111" s="5">
         <v>110</v>
       </c>
       <c r="B111" s="5">
-        <v>60466625</v>
+        <v>60479534</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>384</v>
+        <v>108</v>
       </c>
       <c r="D111" s="6">
-        <v>9756000</v>
+        <v>662400</v>
       </c>
       <c r="E111" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F111" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G111" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L111" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>338</v>
+        <v>30</v>
       </c>
       <c r="N111" s="5" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="O111" s="5" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="P111" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q111" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R111" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S111" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T111" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U111" s="4"/>
       <c r="V111" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W111" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X111" s="4" t="s">
-        <v>385</v>
+        <v>110</v>
       </c>
       <c r="Y111" s="4" t="s">
-        <v>386</v>
+        <v>111</v>
       </c>
     </row>
     <row r="112" spans="1:25">
       <c r="A112" s="5">
         <v>111</v>
       </c>
       <c r="B112" s="5">
-        <v>60467601</v>
+        <v>60479562</v>
       </c>
       <c r="C112" s="4" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="D112" s="6">
-        <v>113808808</v>
+        <v>6600000</v>
       </c>
       <c r="E112" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F112" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G112" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="L112" s="5" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>266</v>
+        <v>250</v>
       </c>
       <c r="N112" s="5" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="O112" s="5" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="P112" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q112" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R112" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S112" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T112" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U112" s="4"/>
       <c r="V112" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W112" s="4" t="s">
         <v>92</v>
       </c>
       <c r="X112" s="4" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="Y112" s="4" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
     </row>
     <row r="113" spans="1:25">
       <c r="A113" s="5">
         <v>112</v>
       </c>
       <c r="B113" s="5">
-        <v>60469761</v>
+        <v>60480539</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>305</v>
+        <v>385</v>
       </c>
       <c r="D113" s="6">
-        <v>29700000</v>
+        <v>12946200</v>
       </c>
       <c r="E113" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F113" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G113" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L113" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M113" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N113" s="5" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="O113" s="5" t="s">
-        <v>391</v>
+        <v>322</v>
       </c>
       <c r="P113" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q113" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R113" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S113" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T113" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U113" s="4"/>
       <c r="V113" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W113" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X113" s="4" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="Y113" s="4" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
     </row>
     <row r="114" spans="1:25">
       <c r="A114" s="5">
         <v>113</v>
       </c>
       <c r="B114" s="5">
-        <v>60471545</v>
+        <v>60480719</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="D114" s="6">
-        <v>5661000</v>
+        <v>40447085</v>
       </c>
       <c r="E114" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F114" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G114" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L114" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N114" s="5" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="O114" s="5" t="s">
-        <v>394</v>
+        <v>322</v>
       </c>
       <c r="P114" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q114" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R114" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S114" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T114" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U114" s="4"/>
       <c r="V114" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W114" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X114" s="4" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="Y114" s="4" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
     </row>
     <row r="115" spans="1:25">
       <c r="A115" s="5">
         <v>114</v>
       </c>
       <c r="B115" s="5">
-        <v>60473193</v>
+        <v>60481679</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="D115" s="6">
-        <v>227647465</v>
+        <v>1500000</v>
       </c>
       <c r="E115" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F115" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G115" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>267</v>
+        <v>62</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>267</v>
+        <v>62</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>267</v>
+        <v>62</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>267</v>
+        <v>62</v>
       </c>
       <c r="L115" s="5" t="s">
-        <v>267</v>
+        <v>62</v>
       </c>
       <c r="M115" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N115" s="5" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="O115" s="5" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="P115" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q115" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R115" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S115" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T115" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U115" s="4"/>
       <c r="V115" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W115" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X115" s="4" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="Y115" s="4" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
     </row>
     <row r="116" spans="1:25">
       <c r="A116" s="5">
         <v>115</v>
       </c>
       <c r="B116" s="5">
-        <v>60474547</v>
+        <v>60487166</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="D116" s="6">
-        <v>28074750</v>
+        <v>13958000</v>
       </c>
       <c r="E116" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F116" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G116" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L116" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N116" s="5" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="O116" s="5" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="P116" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q116" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R116" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S116" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T116" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U116" s="4"/>
       <c r="V116" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W116" s="4" t="s">
-        <v>39</v>
+        <v>396</v>
       </c>
       <c r="X116" s="4" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="Y116" s="4" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
     </row>
     <row r="117" spans="1:25">
       <c r="A117" s="5">
         <v>116</v>
       </c>
       <c r="B117" s="5">
-        <v>60475976</v>
+        <v>60487268</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>405</v>
+        <v>222</v>
       </c>
       <c r="D117" s="6">
-        <v>411388750</v>
+        <v>72400000</v>
       </c>
       <c r="E117" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F117" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G117" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H117" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L117" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N117" s="5" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="O117" s="5" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="P117" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q117" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R117" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S117" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T117" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U117" s="4"/>
       <c r="V117" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W117" s="4" t="s">
-        <v>39</v>
+        <v>153</v>
       </c>
       <c r="X117" s="4" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="Y117" s="4" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
     </row>
     <row r="118" spans="1:25">
       <c r="A118" s="5">
         <v>117</v>
       </c>
       <c r="B118" s="5">
-        <v>60475987</v>
+        <v>60487811</v>
       </c>
       <c r="C118" s="4" t="s">
-        <v>108</v>
+        <v>402</v>
       </c>
       <c r="D118" s="6">
-        <v>432000</v>
+        <v>20000000</v>
       </c>
       <c r="E118" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F118" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G118" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H118" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I118" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L118" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M118" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N118" s="5" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="O118" s="5" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="P118" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q118" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R118" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S118" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T118" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U118" s="4"/>
       <c r="V118" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W118" s="4" t="s">
-        <v>39</v>
+        <v>404</v>
       </c>
       <c r="X118" s="4" t="s">
-        <v>110</v>
+        <v>405</v>
       </c>
       <c r="Y118" s="4" t="s">
-        <v>111</v>
+        <v>406</v>
       </c>
     </row>
     <row r="119" spans="1:25">
       <c r="A119" s="5">
         <v>118</v>
       </c>
       <c r="B119" s="5">
-        <v>60476174</v>
+        <v>60487921</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="D119" s="6">
-        <v>4064000</v>
+        <v>66000000</v>
       </c>
       <c r="E119" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F119" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G119" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H119" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I119" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>266</v>
+        <v>30</v>
       </c>
       <c r="L119" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>266</v>
+        <v>30</v>
       </c>
       <c r="N119" s="5" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="O119" s="5" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="P119" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q119" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R119" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S119" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T119" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U119" s="4"/>
       <c r="V119" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W119" s="4" t="s">
-        <v>39</v>
+        <v>408</v>
       </c>
       <c r="X119" s="4" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="Y119" s="4" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
     </row>
     <row r="120" spans="1:25">
       <c r="A120" s="5">
         <v>119</v>
       </c>
       <c r="B120" s="5">
-        <v>60479534</v>
+        <v>60488130</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>108</v>
+        <v>411</v>
       </c>
       <c r="D120" s="6">
-        <v>662400</v>
+        <v>4000000</v>
       </c>
       <c r="E120" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F120" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G120" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H120" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I120" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L120" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M120" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N120" s="5" t="s">
-        <v>414</v>
+        <v>379</v>
       </c>
       <c r="O120" s="5" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="P120" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q120" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R120" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S120" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T120" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U120" s="4"/>
       <c r="V120" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W120" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X120" s="4" t="s">
-        <v>110</v>
+        <v>411</v>
       </c>
       <c r="Y120" s="4" t="s">
-        <v>111</v>
+        <v>413</v>
       </c>
     </row>
     <row r="121" spans="1:25">
       <c r="A121" s="5">
         <v>120</v>
       </c>
       <c r="B121" s="5">
-        <v>60479562</v>
+        <v>60488199</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D121" s="6">
-        <v>6600000</v>
+        <v>30446000</v>
       </c>
       <c r="E121" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F121" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G121" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L121" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>266</v>
+        <v>30</v>
       </c>
       <c r="N121" s="5" t="s">
-        <v>414</v>
+        <v>379</v>
       </c>
       <c r="O121" s="5" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="P121" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q121" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R121" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S121" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T121" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U121" s="4"/>
       <c r="V121" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W121" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X121" s="4" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="Y121" s="4" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
     </row>
     <row r="122" spans="1:25">
       <c r="A122" s="5">
         <v>121</v>
       </c>
       <c r="B122" s="5">
-        <v>60480539</v>
+        <v>60488256</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="D122" s="6">
-        <v>12946200</v>
+        <v>30020000</v>
       </c>
       <c r="E122" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F122" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G122" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L122" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M122" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N122" s="5" t="s">
-        <v>414</v>
+        <v>379</v>
       </c>
       <c r="O122" s="5" t="s">
-        <v>346</v>
+        <v>412</v>
       </c>
       <c r="P122" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q122" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R122" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S122" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T122" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U122" s="4"/>
       <c r="V122" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W122" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X122" s="4" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="Y122" s="4" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
     </row>
     <row r="123" spans="1:25">
       <c r="A123" s="5">
         <v>122</v>
       </c>
       <c r="B123" s="5">
-        <v>60480719</v>
+        <v>60533197</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>330</v>
+        <v>418</v>
       </c>
       <c r="D123" s="6">
-        <v>40447085</v>
+        <v>134300000</v>
       </c>
       <c r="E123" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F123" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G123" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H123" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L123" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M123" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N123" s="5" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="O123" s="5" t="s">
-        <v>346</v>
+        <v>420</v>
       </c>
       <c r="P123" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q123" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R123" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S123" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T123" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U123" s="4"/>
       <c r="V123" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W123" s="4" t="s">
-        <v>39</v>
+        <v>153</v>
       </c>
       <c r="X123" s="4" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="Y123" s="4" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
     </row>
     <row r="124" spans="1:25">
       <c r="A124" s="5">
         <v>123</v>
       </c>
       <c r="B124" s="5">
-        <v>60481679</v>
+        <v>60544957</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>405</v>
+        <v>58</v>
       </c>
       <c r="D124" s="6">
-        <v>1500000</v>
+        <v>47553750</v>
       </c>
       <c r="E124" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F124" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G124" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="L124" s="5" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="N124" s="5" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="O124" s="5" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="P124" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q124" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R124" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S124" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T124" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U124" s="4"/>
       <c r="V124" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W124" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X124" s="4" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="Y124" s="4" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="125" spans="1:25">
       <c r="A125" s="5">
         <v>124</v>
       </c>
       <c r="B125" s="5">
-        <v>60487166</v>
+        <v>60544966</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D125" s="6">
-        <v>13958000</v>
+        <v>515202850</v>
       </c>
       <c r="E125" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F125" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G125" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H125" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I125" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J125" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K125" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L125" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M125" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N125" s="5" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="O125" s="5" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="P125" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q125" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R125" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S125" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T125" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U125" s="4"/>
       <c r="V125" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W125" s="4" t="s">
-        <v>430</v>
+        <v>39</v>
       </c>
       <c r="X125" s="4" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="Y125" s="4" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
     </row>
     <row r="126" spans="1:25">
       <c r="A126" s="5">
         <v>125</v>
       </c>
       <c r="B126" s="5">
-        <v>60487268</v>
+        <v>60552079</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>238</v>
+        <v>430</v>
       </c>
       <c r="D126" s="6">
-        <v>72400000</v>
+        <v>1400</v>
       </c>
       <c r="E126" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F126" s="4" t="s">
         <v>90</v>
       </c>
       <c r="G126" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K126" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L126" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M126" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N126" s="5" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
       <c r="O126" s="5" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="P126" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q126" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R126" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S126" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T126" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U126" s="4"/>
       <c r="V126" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W126" s="4" t="s">
-        <v>153</v>
+        <v>92</v>
       </c>
       <c r="X126" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="Y126" s="4" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="127" spans="1:25">
       <c r="A127" s="5">
         <v>126</v>
       </c>
       <c r="B127" s="5">
-        <v>60487399</v>
+        <v>60552167</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="D127" s="6">
-        <v>17793000</v>
+        <v>65033700</v>
       </c>
       <c r="E127" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F127" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G127" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H127" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I127" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J127" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K127" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L127" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M127" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N127" s="5" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
       <c r="O127" s="5" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="P127" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q127" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R127" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S127" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T127" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U127" s="4"/>
       <c r="V127" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W127" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="X127" s="4" t="s">
         <v>437</v>
       </c>
-      <c r="X127" s="4" t="s">
+      <c r="Y127" s="4" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="128" spans="1:25">
       <c r="A128" s="5">
         <v>127</v>
       </c>
       <c r="B128" s="5">
-        <v>60487518</v>
+        <v>60552686</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>440</v>
+        <v>426</v>
       </c>
       <c r="D128" s="6">
-        <v>79616500</v>
+        <v>435203900</v>
       </c>
       <c r="E128" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F128" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G128" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H128" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K128" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L128" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M128" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N128" s="5" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
       <c r="O128" s="5" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="P128" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q128" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R128" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S128" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T128" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U128" s="4"/>
       <c r="V128" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W128" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X128" s="4" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="Y128" s="4" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
     </row>
     <row r="129" spans="1:25">
       <c r="A129" s="5">
         <v>128</v>
       </c>
       <c r="B129" s="5">
-        <v>60487567</v>
+        <v>60552781</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>444</v>
+        <v>53</v>
       </c>
       <c r="D129" s="6">
-        <v>9270000</v>
+        <v>94440200</v>
       </c>
       <c r="E129" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F129" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G129" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H129" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I129" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J129" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L129" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M129" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N129" s="5" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
       <c r="O129" s="5" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="P129" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q129" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R129" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S129" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T129" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U129" s="4"/>
       <c r="V129" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W129" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X129" s="4" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="Y129" s="4" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
     </row>
     <row r="130" spans="1:25">
       <c r="A130" s="5">
         <v>129</v>
       </c>
       <c r="B130" s="5">
-        <v>60487597</v>
+        <v>60554075</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>447</v>
+        <v>58</v>
       </c>
       <c r="D130" s="6">
-        <v>127831450</v>
+        <v>22935200</v>
       </c>
       <c r="E130" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F130" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G130" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H130" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I130" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K130" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L130" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M130" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N130" s="5" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
       <c r="O130" s="5" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="P130" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q130" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R130" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S130" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T130" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U130" s="4"/>
       <c r="V130" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W130" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X130" s="4" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="Y130" s="4" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
     </row>
     <row r="131" spans="1:25">
       <c r="A131" s="5">
         <v>130</v>
       </c>
       <c r="B131" s="5">
-        <v>60487648</v>
+        <v>60554165</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>450</v>
+        <v>426</v>
       </c>
       <c r="D131" s="6">
-        <v>31629500</v>
+        <v>278837100</v>
       </c>
       <c r="E131" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F131" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G131" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H131" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I131" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J131" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L131" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N131" s="5" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
       <c r="O131" s="5" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="P131" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q131" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R131" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S131" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T131" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U131" s="4"/>
       <c r="V131" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W131" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X131" s="4" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="Y131" s="4" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
     </row>
     <row r="132" spans="1:25">
       <c r="A132" s="5">
         <v>131</v>
       </c>
       <c r="B132" s="5">
-        <v>60487690</v>
+        <v>60554227</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>453</v>
+        <v>53</v>
       </c>
       <c r="D132" s="6">
-        <v>116960900</v>
+        <v>59275000</v>
       </c>
       <c r="E132" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F132" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G132" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H132" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I132" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L132" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M132" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N132" s="5" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
       <c r="O132" s="5" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="P132" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q132" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R132" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S132" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T132" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U132" s="4"/>
       <c r="V132" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W132" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X132" s="4" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="Y132" s="4" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
     </row>
     <row r="133" spans="1:25">
       <c r="A133" s="5">
         <v>132</v>
       </c>
       <c r="B133" s="5">
-        <v>60487734</v>
+        <v>60554671</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>53</v>
+        <v>25</v>
       </c>
       <c r="D133" s="6">
-        <v>2410196500</v>
+        <v>9619200</v>
       </c>
       <c r="E133" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F133" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G133" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K133" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L133" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M133" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N133" s="5" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
       <c r="O133" s="5" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="P133" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q133" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R133" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S133" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T133" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U133" s="4"/>
       <c r="V133" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W133" s="4" t="s">
-        <v>153</v>
+        <v>454</v>
       </c>
       <c r="X133" s="4" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="Y133" s="4" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="134" spans="1:25">
       <c r="A134" s="5">
         <v>133</v>
       </c>
       <c r="B134" s="5">
-        <v>60487775</v>
+        <v>60570951</v>
       </c>
       <c r="C134" s="4" t="s">
         <v>457</v>
       </c>
       <c r="D134" s="6">
-        <v>903549300</v>
+        <v>70000000</v>
       </c>
       <c r="E134" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F134" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G134" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H134" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L134" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M134" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N134" s="5" t="s">
-        <v>414</v>
+        <v>458</v>
       </c>
       <c r="O134" s="5" t="s">
-        <v>441</v>
+        <v>459</v>
       </c>
       <c r="P134" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q134" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R134" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S134" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T134" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U134" s="4"/>
       <c r="V134" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W134" s="4" t="s">
-        <v>153</v>
+        <v>39</v>
       </c>
       <c r="X134" s="4" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="Y134" s="4" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
     </row>
     <row r="135" spans="1:25">
       <c r="A135" s="5">
         <v>134</v>
       </c>
       <c r="B135" s="5">
-        <v>60487811</v>
+        <v>60640466</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D135" s="6">
-        <v>20000000</v>
+        <v>1734809600</v>
       </c>
       <c r="E135" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F135" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G135" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L135" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M135" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N135" s="5" t="s">
-        <v>414</v>
+        <v>463</v>
       </c>
       <c r="O135" s="5" t="s">
-        <v>441</v>
+        <v>464</v>
       </c>
       <c r="P135" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q135" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R135" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S135" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T135" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U135" s="4"/>
       <c r="V135" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W135" s="4" t="s">
-        <v>461</v>
+        <v>39</v>
       </c>
       <c r="X135" s="4" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="Y135" s="4" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
     </row>
     <row r="136" spans="1:25">
       <c r="A136" s="5">
         <v>135</v>
       </c>
       <c r="B136" s="5">
-        <v>60487882</v>
+        <v>60650038</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D136" s="6">
-        <v>30700000</v>
+        <v>53768500</v>
       </c>
       <c r="E136" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F136" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G136" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="K136" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L136" s="5" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="M136" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N136" s="5" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="O136" s="5" t="s">
-        <v>441</v>
+        <v>469</v>
       </c>
       <c r="P136" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q136" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R136" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S136" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T136" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U136" s="4"/>
       <c r="V136" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W136" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X136" s="4" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="Y136" s="4" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="137" spans="1:25">
       <c r="A137" s="5">
         <v>136</v>
       </c>
       <c r="B137" s="5">
-        <v>60487921</v>
+        <v>60650054</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="D137" s="6">
-        <v>66000000</v>
+        <v>35298000</v>
       </c>
       <c r="E137" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F137" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G137" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L137" s="5" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N137" s="5" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="O137" s="5" t="s">
-        <v>441</v>
+        <v>473</v>
       </c>
       <c r="P137" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q137" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R137" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S137" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T137" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U137" s="4"/>
       <c r="V137" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W137" s="4" t="s">
-        <v>468</v>
+        <v>92</v>
       </c>
       <c r="X137" s="4" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="Y137" s="4" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
     </row>
     <row r="138" spans="1:25">
       <c r="A138" s="5">
         <v>137</v>
       </c>
       <c r="B138" s="5">
-        <v>60488130</v>
+        <v>60650647</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="D138" s="6">
-        <v>4000000</v>
+        <v>271796745</v>
       </c>
       <c r="E138" s="4" t="s">
-        <v>289</v>
+        <v>26</v>
       </c>
       <c r="F138" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G138" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L138" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M138" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N138" s="5" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="O138" s="5" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="P138" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q138" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R138" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S138" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T138" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U138" s="4"/>
       <c r="V138" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W138" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X138" s="4" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="Y138" s="4" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
     </row>
     <row r="139" spans="1:25">
       <c r="A139" s="5">
         <v>138</v>
       </c>
       <c r="B139" s="5">
-        <v>60488199</v>
+        <v>60650710</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="D139" s="6">
-        <v>30446000</v>
+        <v>208950000</v>
       </c>
       <c r="E139" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F139" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G139" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H139" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L139" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M139" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N139" s="5" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="O139" s="5" t="s">
-        <v>472</v>
+        <v>481</v>
       </c>
       <c r="P139" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q139" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R139" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S139" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T139" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U139" s="4"/>
       <c r="V139" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W139" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X139" s="4" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="Y139" s="4" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
     </row>
     <row r="140" spans="1:25">
       <c r="A140" s="5">
         <v>139</v>
       </c>
       <c r="B140" s="5">
-        <v>60488256</v>
+        <v>60650824</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="D140" s="6">
-        <v>30020000</v>
+        <v>394365400</v>
       </c>
       <c r="E140" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F140" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G140" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L140" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M140" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N140" s="5" t="s">
-        <v>414</v>
+        <v>468</v>
       </c>
       <c r="O140" s="5" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="P140" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q140" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R140" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S140" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T140" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U140" s="4"/>
       <c r="V140" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W140" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X140" s="4" t="s">
-        <v>476</v>
+        <v>486</v>
       </c>
       <c r="Y140" s="4" t="s">
-        <v>477</v>
+        <v>487</v>
       </c>
     </row>
     <row r="141" spans="1:25">
       <c r="A141" s="5">
         <v>140</v>
       </c>
       <c r="B141" s="5">
-        <v>60533197</v>
+        <v>60753976</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>478</v>
+        <v>457</v>
       </c>
       <c r="D141" s="6">
-        <v>134300000</v>
+        <v>79039400</v>
       </c>
       <c r="E141" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F141" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G141" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L141" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N141" s="5" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="O141" s="5" t="s">
-        <v>480</v>
+        <v>489</v>
       </c>
       <c r="P141" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q141" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R141" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S141" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T141" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U141" s="4"/>
       <c r="V141" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W141" s="4" t="s">
-        <v>153</v>
+        <v>39</v>
       </c>
       <c r="X141" s="4" t="s">
-        <v>481</v>
+        <v>490</v>
       </c>
       <c r="Y141" s="4" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
     </row>
     <row r="142" spans="1:25">
       <c r="A142" s="5">
         <v>141</v>
       </c>
       <c r="B142" s="5">
-        <v>60544957</v>
+        <v>60754114</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>58</v>
+        <v>492</v>
       </c>
       <c r="D142" s="6">
-        <v>47553750</v>
+        <v>45572300</v>
       </c>
       <c r="E142" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F142" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G142" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>30</v>
+        <v>251</v>
       </c>
       <c r="L142" s="5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N142" s="5" t="s">
-        <v>479</v>
+        <v>488</v>
       </c>
       <c r="O142" s="5" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="P142" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q142" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R142" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S142" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T142" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U142" s="4"/>
       <c r="V142" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W142" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X142" s="4" t="s">
-        <v>484</v>
+        <v>494</v>
       </c>
       <c r="Y142" s="4" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
     </row>
     <row r="143" spans="1:25">
       <c r="A143" s="5">
         <v>142</v>
       </c>
       <c r="B143" s="5">
-        <v>60544966</v>
+        <v>60800537</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>453</v>
+        <v>496</v>
       </c>
       <c r="D143" s="6">
-        <v>515202850</v>
+        <v>23723000</v>
       </c>
       <c r="E143" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F143" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G143" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H143" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I143" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K143" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L143" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M143" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N143" s="5" t="s">
-        <v>479</v>
+        <v>497</v>
       </c>
       <c r="O143" s="5" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="P143" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q143" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R143" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S143" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T143" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U143" s="4"/>
       <c r="V143" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W143" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X143" s="4" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
       <c r="Y143" s="4" t="s">
-        <v>488</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:25">
       <c r="A144" s="5">
         <v>143</v>
       </c>
       <c r="B144" s="5">
-        <v>60552079</v>
+        <v>61340724</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>489</v>
+        <v>390</v>
       </c>
       <c r="D144" s="6">
-        <v>1400</v>
+        <v>290050750</v>
       </c>
       <c r="E144" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F144" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G144" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H144" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K144" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L144" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M144" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N144" s="5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="O144" s="5" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
       <c r="P144" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q144" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R144" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S144" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T144" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U144" s="4"/>
       <c r="V144" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W144" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X144" s="4" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="Y144" s="4" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
     </row>
     <row r="145" spans="1:25">
       <c r="A145" s="5">
         <v>144</v>
       </c>
       <c r="B145" s="5">
-        <v>60552167</v>
+        <v>61340743</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>494</v>
+        <v>390</v>
       </c>
       <c r="D145" s="6">
-        <v>65033700</v>
+        <v>121338000</v>
       </c>
       <c r="E145" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F145" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G145" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H145" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I145" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L145" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N145" s="5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="O145" s="5" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="P145" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q145" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R145" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S145" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T145" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U145" s="4"/>
       <c r="V145" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W145" s="4" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="X145" s="4" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="Y145" s="4" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
     </row>
     <row r="146" spans="1:25">
       <c r="A146" s="5">
         <v>145</v>
       </c>
       <c r="B146" s="5">
-        <v>60552686</v>
+        <v>61340793</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>453</v>
+        <v>108</v>
       </c>
       <c r="D146" s="6">
-        <v>435203900</v>
+        <v>2880000</v>
       </c>
       <c r="E146" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F146" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G146" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H146" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I146" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L146" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M146" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N146" s="5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="O146" s="5" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="P146" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q146" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R146" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S146" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T146" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U146" s="4"/>
       <c r="V146" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W146" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X146" s="4" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>288</v>
+      </c>
+      <c r="Y146" s="4">
+        <v>10000</v>
       </c>
     </row>
     <row r="147" spans="1:25">
       <c r="A147" s="5">
         <v>146</v>
       </c>
       <c r="B147" s="5">
-        <v>60552781</v>
+        <v>61340820</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>53</v>
+        <v>505</v>
       </c>
       <c r="D147" s="6">
-        <v>94440200</v>
+        <v>16929500</v>
       </c>
       <c r="E147" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F147" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G147" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H147" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I147" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J147" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K147" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L147" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M147" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N147" s="5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="O147" s="5" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="P147" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q147" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R147" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S147" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T147" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U147" s="4"/>
       <c r="V147" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W147" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X147" s="4" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="Y147" s="4" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
     </row>
     <row r="148" spans="1:25">
       <c r="A148" s="5">
         <v>147</v>
       </c>
       <c r="B148" s="5">
-        <v>60554075</v>
+        <v>61340822</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>58</v>
+        <v>505</v>
       </c>
       <c r="D148" s="6">
-        <v>22935200</v>
+        <v>14700000</v>
       </c>
       <c r="E148" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F148" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G148" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H148" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I148" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J148" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K148" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L148" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M148" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N148" s="5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="O148" s="5" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="P148" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q148" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R148" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S148" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T148" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U148" s="4"/>
       <c r="V148" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W148" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X148" s="4" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="Y148" s="4" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="149" spans="1:25">
       <c r="A149" s="5">
         <v>148</v>
       </c>
       <c r="B149" s="5">
-        <v>60554165</v>
+        <v>61340849</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>453</v>
+        <v>426</v>
       </c>
       <c r="D149" s="6">
-        <v>278837100</v>
+        <v>116960900</v>
       </c>
       <c r="E149" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F149" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G149" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H149" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I149" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J149" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K149" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L149" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M149" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N149" s="5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="O149" s="5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="P149" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q149" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R149" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S149" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T149" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U149" s="4"/>
       <c r="V149" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W149" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X149" s="4" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="Y149" s="4" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="150" spans="1:25">
       <c r="A150" s="5">
         <v>149</v>
       </c>
       <c r="B150" s="5">
-        <v>60554227</v>
+        <v>61340909</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>53</v>
+        <v>512</v>
       </c>
       <c r="D150" s="6">
-        <v>59275000</v>
+        <v>9270000</v>
       </c>
       <c r="E150" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F150" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G150" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H150" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I150" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J150" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K150" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L150" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M150" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N150" s="5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="O150" s="5" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="P150" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q150" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R150" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S150" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T150" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U150" s="4"/>
       <c r="V150" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W150" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X150" s="4" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="Y150" s="4" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
     </row>
     <row r="151" spans="1:25">
       <c r="A151" s="5">
         <v>150</v>
       </c>
       <c r="B151" s="5">
-        <v>60554671</v>
+        <v>61340962</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>25</v>
+        <v>516</v>
       </c>
       <c r="D151" s="6">
-        <v>9619200</v>
+        <v>52784000</v>
       </c>
       <c r="E151" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F151" s="4" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="G151" s="4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K151" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L151" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M151" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N151" s="5" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
       <c r="O151" s="5" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="P151" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q151" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R151" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S151" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T151" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U151" s="4"/>
       <c r="V151" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W151" s="4" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="X151" s="4" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="Y151" s="4" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="152" spans="1:25">
       <c r="A152" s="5">
         <v>151</v>
       </c>
       <c r="B152" s="5">
-        <v>60570951</v>
+        <v>61340965</v>
       </c>
       <c r="C152" s="4" t="s">
         <v>516</v>
       </c>
       <c r="D152" s="6">
-        <v>70000000</v>
+        <v>77250000</v>
       </c>
       <c r="E152" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F152" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G152" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H152" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L152" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M152" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N152" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="O152" s="5" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="P152" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q152" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R152" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S152" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T152" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U152" s="4"/>
       <c r="V152" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W152" s="4" t="s">
-        <v>39</v>
+        <v>518</v>
       </c>
       <c r="X152" s="4" t="s">
         <v>519</v>
       </c>
       <c r="Y152" s="4" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="153" spans="1:25">
       <c r="A153" s="5">
         <v>152</v>
       </c>
       <c r="B153" s="5">
-        <v>60640466</v>
+        <v>61340992</v>
       </c>
       <c r="C153" s="4" t="s">
         <v>521</v>
       </c>
       <c r="D153" s="6">
-        <v>1734809600</v>
+        <v>129865000</v>
       </c>
       <c r="E153" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F153" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G153" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L153" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M153" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N153" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="O153" s="5" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="P153" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q153" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R153" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S153" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T153" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U153" s="4"/>
       <c r="V153" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W153" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X153" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="Y153" s="4" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="154" spans="1:25">
       <c r="A154" s="5">
         <v>153</v>
       </c>
       <c r="B154" s="5">
-        <v>60650038</v>
+        <v>61341001</v>
       </c>
       <c r="C154" s="4" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="D154" s="6">
-        <v>53768500</v>
+        <v>46010000</v>
       </c>
       <c r="E154" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F154" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G154" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H154" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="K154" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L154" s="5" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="M154" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N154" s="5" t="s">
-        <v>527</v>
+        <v>500</v>
       </c>
       <c r="O154" s="5" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="P154" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q154" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R154" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S154" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T154" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U154" s="4"/>
       <c r="V154" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W154" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X154" s="4" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="Y154" s="4" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
     </row>
     <row r="155" spans="1:25">
       <c r="A155" s="5">
         <v>154</v>
       </c>
       <c r="B155" s="5">
-        <v>60650054</v>
+        <v>61341237</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="D155" s="6">
-        <v>35298000</v>
+        <v>39838800</v>
       </c>
       <c r="E155" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F155" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G155" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L155" s="5" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="M155" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N155" s="5" t="s">
-        <v>527</v>
+        <v>500</v>
       </c>
       <c r="O155" s="5" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="P155" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q155" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R155" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S155" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T155" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U155" s="4"/>
       <c r="V155" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W155" s="4" t="s">
-        <v>92</v>
+        <v>527</v>
       </c>
       <c r="X155" s="4" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="Y155" s="4" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
     </row>
     <row r="156" spans="1:25">
       <c r="A156" s="5">
         <v>155</v>
       </c>
       <c r="B156" s="5">
-        <v>60650647</v>
+        <v>61341245</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="D156" s="6">
-        <v>271796745</v>
+        <v>48550000</v>
       </c>
       <c r="E156" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F156" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G156" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H156" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L156" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M156" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N156" s="5" t="s">
-        <v>527</v>
+        <v>500</v>
       </c>
       <c r="O156" s="5" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
       <c r="P156" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q156" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R156" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S156" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T156" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U156" s="4"/>
       <c r="V156" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W156" s="4" t="s">
-        <v>92</v>
+        <v>527</v>
       </c>
       <c r="X156" s="4" t="s">
-        <v>537</v>
+        <v>528</v>
       </c>
       <c r="Y156" s="4" t="s">
-        <v>538</v>
+        <v>529</v>
       </c>
     </row>
     <row r="157" spans="1:25">
       <c r="A157" s="5">
         <v>156</v>
       </c>
       <c r="B157" s="5">
-        <v>60650710</v>
+        <v>61341269</v>
       </c>
       <c r="C157" s="4" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="D157" s="6">
-        <v>208950000</v>
+        <v>17793000</v>
       </c>
       <c r="E157" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F157" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G157" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H157" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L157" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M157" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N157" s="5" t="s">
-        <v>527</v>
+        <v>500</v>
       </c>
       <c r="O157" s="5" t="s">
-        <v>540</v>
+        <v>526</v>
       </c>
       <c r="P157" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q157" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R157" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S157" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T157" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U157" s="4"/>
       <c r="V157" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W157" s="4" t="s">
-        <v>39</v>
+        <v>531</v>
       </c>
       <c r="X157" s="4" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="Y157" s="4" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
     </row>
     <row r="158" spans="1:25">
       <c r="A158" s="5">
         <v>157</v>
       </c>
       <c r="B158" s="5">
-        <v>60650824</v>
+        <v>61342551</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="D158" s="6">
-        <v>394365400</v>
+        <v>546778800</v>
       </c>
       <c r="E158" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F158" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G158" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H158" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L158" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M158" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N158" s="5" t="s">
-        <v>527</v>
+        <v>500</v>
       </c>
       <c r="O158" s="5" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
       <c r="P158" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q158" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R158" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S158" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T158" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U158" s="4"/>
       <c r="V158" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W158" s="4" t="s">
-        <v>39</v>
+        <v>153</v>
       </c>
       <c r="X158" s="4" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="Y158" s="4" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
     </row>
     <row r="159" spans="1:25">
       <c r="A159" s="5">
         <v>158</v>
       </c>
       <c r="B159" s="5">
-        <v>60753976</v>
+        <v>61342566</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>516</v>
+        <v>534</v>
       </c>
       <c r="D159" s="6">
-        <v>79039400</v>
+        <v>356770500</v>
       </c>
       <c r="E159" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F159" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G159" s="4" t="s">
         <v>44</v>
       </c>
       <c r="H159" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L159" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M159" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N159" s="5" t="s">
-        <v>547</v>
+        <v>500</v>
       </c>
       <c r="O159" s="5" t="s">
-        <v>548</v>
+        <v>535</v>
       </c>
       <c r="P159" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q159" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R159" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S159" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T159" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U159" s="4"/>
       <c r="V159" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W159" s="4" t="s">
-        <v>39</v>
+        <v>153</v>
       </c>
       <c r="X159" s="4" t="s">
-        <v>549</v>
+        <v>536</v>
       </c>
       <c r="Y159" s="4" t="s">
-        <v>550</v>
+        <v>537</v>
       </c>
     </row>
     <row r="160" spans="1:25">
       <c r="A160" s="5">
         <v>159</v>
       </c>
       <c r="B160" s="5">
-        <v>60754114</v>
+        <v>61365374</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>551</v>
+        <v>538</v>
       </c>
       <c r="D160" s="6">
-        <v>45572300</v>
+        <v>49126000</v>
       </c>
       <c r="E160" s="4" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="F160" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G160" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H160" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>267</v>
+        <v>30</v>
       </c>
       <c r="L160" s="5" t="s">
-        <v>267</v>
+        <v>29</v>
       </c>
       <c r="M160" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N160" s="5" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="O160" s="5" t="s">
-        <v>552</v>
+        <v>540</v>
       </c>
       <c r="P160" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q160" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R160" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S160" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T160" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U160" s="4"/>
       <c r="V160" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W160" s="4" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="X160" s="4" t="s">
-        <v>553</v>
+        <v>538</v>
       </c>
       <c r="Y160" s="4" t="s">
-        <v>554</v>
+        <v>541</v>
       </c>
     </row>
     <row r="161" spans="1:25">
       <c r="A161" s="5">
         <v>160</v>
       </c>
       <c r="B161" s="5">
-        <v>60800537</v>
+        <v>61365396</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>555</v>
+        <v>538</v>
       </c>
       <c r="D161" s="6">
-        <v>23723000</v>
+        <v>29450000</v>
       </c>
       <c r="E161" s="4" t="s">
-        <v>26</v>
+        <v>264</v>
       </c>
       <c r="F161" s="4" t="s">
-        <v>43</v>
+        <v>90</v>
       </c>
       <c r="G161" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H161" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I161" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J161" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K161" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L161" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M161" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N161" s="5" t="s">
-        <v>556</v>
+        <v>539</v>
       </c>
       <c r="O161" s="5" t="s">
-        <v>557</v>
+        <v>540</v>
       </c>
       <c r="P161" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q161" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R161" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S161" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T161" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U161" s="4"/>
       <c r="V161" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W161" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="X161" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="Y161" s="4" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="162" spans="1:25">
+      <c r="A162" s="5">
+        <v>161</v>
+      </c>
+      <c r="B162" s="5">
+        <v>61410581</v>
+      </c>
+      <c r="C162" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="D162" s="6">
+        <v>59616500</v>
+      </c>
+      <c r="E162" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F162" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G162" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H162" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J162" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K162" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L162" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M162" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N162" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="O162" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="P162" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q162" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R162" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S162" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T162" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U162" s="4"/>
+      <c r="V162" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W162" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="X161" s="4" t="s">
+      <c r="X162" s="4" t="s">
+        <v>545</v>
+      </c>
+      <c r="Y162" s="4" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="163" spans="1:25">
+      <c r="A163" s="5">
+        <v>162</v>
+      </c>
+      <c r="B163" s="5">
+        <v>61410638</v>
+      </c>
+      <c r="C163" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="D163" s="6">
+        <v>20000000</v>
+      </c>
+      <c r="E163" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F163" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="G163" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H163" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J163" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K163" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L163" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M163" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N163" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="O163" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="P163" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q163" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R163" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S163" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T163" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U163" s="4"/>
+      <c r="V163" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W163" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X163" s="4" t="s">
+        <v>545</v>
+      </c>
+      <c r="Y163" s="4" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="164" spans="1:25">
+      <c r="A164" s="5">
+        <v>163</v>
+      </c>
+      <c r="B164" s="5">
+        <v>61411195</v>
+      </c>
+      <c r="C164" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="D164" s="6">
+        <v>28256800</v>
+      </c>
+      <c r="E164" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F164" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G164" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H164" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K164" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L164" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M164" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N164" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="O164" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="P164" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q164" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R164" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S164" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T164" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U164" s="4"/>
+      <c r="V164" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W164" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="X164" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="Y164" s="4" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="165" spans="1:25">
+      <c r="A165" s="5">
+        <v>164</v>
+      </c>
+      <c r="B165" s="5">
+        <v>61411201</v>
+      </c>
+      <c r="C165" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="D165" s="6">
+        <v>2443200</v>
+      </c>
+      <c r="E165" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F165" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="G165" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H165" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I165" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J165" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K165" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L165" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M165" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N165" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="O165" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="P165" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q165" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R165" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S165" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T165" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U165" s="4"/>
+      <c r="V165" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W165" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="X165" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="Y165" s="4" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="166" spans="1:25">
+      <c r="A166" s="5">
+        <v>165</v>
+      </c>
+      <c r="B166" s="5">
+        <v>61411251</v>
+      </c>
+      <c r="C166" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="D166" s="6">
+        <v>101451450</v>
+      </c>
+      <c r="E166" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F166" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G166" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H166" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J166" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K166" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L166" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M166" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N166" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="O166" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="P166" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q166" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R166" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S166" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T166" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U166" s="4"/>
+      <c r="V166" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W166" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X166" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="Y166" s="4" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="167" spans="1:25">
+      <c r="A167" s="5">
+        <v>166</v>
+      </c>
+      <c r="B167" s="5">
+        <v>61411257</v>
+      </c>
+      <c r="C167" s="4" t="s">
+        <v>551</v>
+      </c>
+      <c r="D167" s="6">
+        <v>26380000</v>
+      </c>
+      <c r="E167" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F167" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="G167" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H167" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J167" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K167" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L167" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M167" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N167" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="O167" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="P167" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q167" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R167" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S167" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T167" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U167" s="4"/>
+      <c r="V167" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W167" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X167" s="4" t="s">
+        <v>553</v>
+      </c>
+      <c r="Y167" s="4" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="168" spans="1:25">
+      <c r="A168" s="5">
+        <v>167</v>
+      </c>
+      <c r="B168" s="5">
+        <v>61546765</v>
+      </c>
+      <c r="C168" s="4" t="s">
+        <v>555</v>
+      </c>
+      <c r="D168" s="6">
+        <v>21000000</v>
+      </c>
+      <c r="E168" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F168" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="G168" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H168" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J168" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K168" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L168" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M168" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N168" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="O168" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="P168" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q168" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R168" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S168" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T168" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U168" s="4"/>
+      <c r="V168" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W168" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X168" s="4" t="s">
         <v>558</v>
       </c>
-      <c r="Y161" s="4" t="s">
-[...4 lines deleted...]
-      <c r="A162" s="7" t="s">
+      <c r="Y168" s="4" t="s">
         <v>559</v>
       </c>
-      <c r="B162" s="8"/>
-[...1 lines deleted...]
-      <c r="D162" s="9">
+    </row>
+    <row r="169" spans="1:25">
+      <c r="A169" s="5">
+        <v>168</v>
+      </c>
+      <c r="B169" s="5">
+        <v>61588457</v>
+      </c>
+      <c r="C169" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="D169" s="6">
+        <v>29700000</v>
+      </c>
+      <c r="E169" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F169" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G169" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H169" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I169" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J169" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K169" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L169" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M169" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N169" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="O169" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="P169" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q169" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R169" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S169" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T169" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U169" s="4"/>
+      <c r="V169" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W169" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X169" s="4" t="s">
+        <v>562</v>
+      </c>
+      <c r="Y169" s="4" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="170" spans="1:25">
+      <c r="A170" s="5">
+        <v>169</v>
+      </c>
+      <c r="B170" s="5">
+        <v>61690303</v>
+      </c>
+      <c r="C170" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="D170" s="6">
+        <v>23000000</v>
+      </c>
+      <c r="E170" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F170" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G170" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H170" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J170" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K170" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L170" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M170" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N170" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="O170" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="P170" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q170" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R170" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S170" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T170" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U170" s="4"/>
+      <c r="V170" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W170" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X170" s="4" t="s">
+        <v>567</v>
+      </c>
+      <c r="Y170" s="4" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="171" spans="1:25">
+      <c r="A171" s="5">
+        <v>170</v>
+      </c>
+      <c r="B171" s="5">
+        <v>61754299</v>
+      </c>
+      <c r="C171" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D171" s="6">
+        <v>1541364600</v>
+      </c>
+      <c r="E171" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F171" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G171" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H171" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I171" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J171" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K171" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L171" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N171" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="O171" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="P171" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q171" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R171" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S171" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T171" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U171" s="4"/>
+      <c r="V171" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W171" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="X171" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="Y171" s="4" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="172" spans="1:25">
+      <c r="A172" s="5">
+        <v>171</v>
+      </c>
+      <c r="B172" s="5">
+        <v>61754326</v>
+      </c>
+      <c r="C172" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D172" s="6">
+        <v>868831900</v>
+      </c>
+      <c r="E172" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="F172" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="G172" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H172" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J172" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K172" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L172" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N172" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="O172" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="P172" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q172" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R172" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S172" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T172" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U172" s="4"/>
+      <c r="V172" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W172" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="X172" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="Y172" s="4" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="173" spans="1:25">
+      <c r="A173" s="7" t="s">
+        <v>572</v>
+      </c>
+      <c r="B173" s="8"/>
+      <c r="C173" s="8"/>
+      <c r="D173" s="9">
         <v>19960148700</v>
       </c>
-      <c r="E162" s="8"/>
-[...19 lines deleted...]
-      <c r="Y162" s="8"/>
+      <c r="E173" s="8"/>
+      <c r="F173" s="8"/>
+      <c r="G173" s="8"/>
+      <c r="H173" s="8"/>
+      <c r="I173" s="8"/>
+      <c r="J173" s="8"/>
+      <c r="K173" s="8"/>
+      <c r="L173" s="8"/>
+      <c r="M173" s="8"/>
+      <c r="N173" s="8"/>
+      <c r="O173" s="8"/>
+      <c r="P173" s="8"/>
+      <c r="Q173" s="8"/>
+      <c r="R173" s="8"/>
+      <c r="S173" s="8"/>
+      <c r="T173" s="8"/>
+      <c r="U173" s="8"/>
+      <c r="V173" s="8"/>
+      <c r="W173" s="8"/>
+      <c r="X173" s="8"/>
+      <c r="Y173" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A162:C162"/>
-    <mergeCell ref="E162:Y162"/>
+    <mergeCell ref="A173:C173"/>
+    <mergeCell ref="E173:Y173"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>