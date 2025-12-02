--- v0 (2025-10-11)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="402">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -570,50 +570,695 @@
     <t>Biaya Konsumsi (Makan);</t>
   </si>
   <si>
     <t>Belanja Tagihan Telepon</t>
   </si>
   <si>
     <t>Peket internet telepon rumah dan TV interaktif;</t>
   </si>
   <si>
     <t>Tagihan telepon;</t>
   </si>
   <si>
     <t>Belanja Tagihan Listrik</t>
   </si>
   <si>
     <t>Tarif Listrik Pascabayar 5501 s.d 200000;</t>
   </si>
   <si>
     <t>Belanja Jasa Iklan/Reklame, Film, dan Pemotretan</t>
   </si>
   <si>
     <t>Pemuatan Iklan Display/Berita Advertorial Media Cetak Harian Lokal;</t>
   </si>
   <si>
     <t>Ukuran 7 Kolom x 130 mm;</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>1 paket</t>
+  </si>
+  <si>
+    <t>sirtu</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>jas hujan, sepatu boot</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi</t>
+  </si>
+  <si>
+    <t>13/01/2025</t>
+  </si>
+  <si>
+    <t>13/01/2025 08:27:47</t>
+  </si>
+  <si>
+    <t>Upah / Gaji Tenaga Ahli/ Konsultan Kegiatan Penelitian/ Kajian Analisa/ Studi (S-1) Ahli Muda</t>
+  </si>
+  <si>
+    <t>Pengalaman 1 Thn - 4 Thn</t>
+  </si>
+  <si>
+    <t>04/02/2025</t>
+  </si>
+  <si>
+    <t>04/02/2025 08:42:31</t>
+  </si>
+  <si>
+    <t>bahan material</t>
+  </si>
+  <si>
+    <t>Bahan Material Rehab Rekon</t>
+  </si>
+  <si>
+    <t>10/02/2025</t>
+  </si>
+  <si>
+    <t>10/02/2025 09:05:58</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Pengalaman 1 Thn Sd 4 Thn</t>
+  </si>
+  <si>
+    <t>15/04/2025</t>
+  </si>
+  <si>
+    <t>15/04/2025 12:07:12</t>
+  </si>
+  <si>
+    <t>Photo Copy;</t>
+  </si>
+  <si>
+    <t>Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Listrik</t>
+  </si>
+  <si>
+    <t>Baterai; Baterai; Lampu Led Strip; Stop Kontak; Kabel Nym; Klem; Lampu Bolam LED; Lampu Bolam LED; Kabel Nym;</t>
+  </si>
+  <si>
+    <t>Tanggung; Kecil; Waterproof; Dobel; Uk. 3 X 2,5 Mm; Kabel 10 Mm; 14 Watt; 19 Watt; Uk. 2 X 2,5 Mm;</t>
+  </si>
+  <si>
+    <t>Cetak Buku;</t>
+  </si>
+  <si>
+    <t>Kertas HVS, 80 Gsm, isi 51-100 lembar dan Cover;</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 280 Gr;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Suvenir/Cendera Mata</t>
+  </si>
+  <si>
+    <t>Karangan Bunga/ Papan Letter</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Papan Rangka Kayu, Bunga Hidup, Steriofoam</t>
+  </si>
+  <si>
+    <t>15/04/2025 12:07:32</t>
+  </si>
+  <si>
+    <t>Solar;</t>
+  </si>
+  <si>
+    <t>Non Subsidi;</t>
+  </si>
+  <si>
+    <t>Ballpoint; Buku Block Note; Karbon;</t>
+  </si>
+  <si>
+    <t>Tulis; Isi 50 Lembar; Pembulatan;</t>
+  </si>
+  <si>
+    <t>01/11/2029</t>
+  </si>
+  <si>
+    <t>Photo Copy; Banner; Cetak Piagam;</t>
+  </si>
+  <si>
+    <t>Folio/hvs; Bahan Fronlite 280 Gr; Cetak 1 Muka, Full Warna, Bahan Kertas BC/Concord Uk. Folio;</t>
+  </si>
+  <si>
+    <t>Solar; Bahan Bakar;</t>
+  </si>
+  <si>
+    <t>Non Subsidi; Pertamax;</t>
+  </si>
+  <si>
+    <t>Karbon; Buku Block Note; Ballpoint;</t>
+  </si>
+  <si>
+    <t>Pembulatan; Isi 50 Lembar; Tulis;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Kantor-Alat Kantor Lainnya</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>15/04/2025 12:07:55</t>
+  </si>
+  <si>
+    <t>Biaya Pemeliharaan Sarana Lapangan;</t>
+  </si>
+  <si>
+    <t>Chainsaw;</t>
+  </si>
+  <si>
+    <t>Kresek;</t>
+  </si>
+  <si>
+    <t>(70X40) Jumbo;</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Prasmanan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Air Mineral;</t>
+  </si>
+  <si>
+    <t>VIP; -; -; Gelas;</t>
+  </si>
+  <si>
+    <t>Karbon; Spidol; Buku Block Note; Isolasi Putih; Ballpoint;</t>
+  </si>
+  <si>
+    <t>Pembulatan; Besar; Isi 50 Lembar; Besar; Tulis;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos</t>
+  </si>
+  <si>
+    <t>Materai;</t>
+  </si>
+  <si>
+    <t>10000;</t>
+  </si>
+  <si>
+    <t>15/04/2025 12:08:03</t>
+  </si>
+  <si>
+    <t>15/04/2025 12:08:18</t>
+  </si>
+  <si>
+    <t>Glangsing Karung Plastik, Sirtu</t>
+  </si>
+  <si>
+    <t>Uk. 50 kg ;-</t>
+  </si>
+  <si>
+    <t>Gedeg</t>
+  </si>
+  <si>
+    <t>3 x 4 m</t>
+  </si>
+  <si>
+    <t>Trucuk</t>
+  </si>
+  <si>
+    <t>panjang 4 m</t>
+  </si>
+  <si>
+    <t>belanja rehab rekon kedua</t>
+  </si>
+  <si>
+    <t>bel rehab rekon kedua</t>
+  </si>
+  <si>
+    <t>24/04/2025</t>
+  </si>
+  <si>
+    <t>24/04/2025 09:36:10</t>
+  </si>
+  <si>
+    <t>Cetak Map Dinas; Karbon; Box arsip; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Bahan Kertas Bufalo; Pembulatan; Karton; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Hotel</t>
+  </si>
+  <si>
+    <t>24/04/2025 09:52:01</t>
+  </si>
+  <si>
+    <t>Biaya Rapat Atau Pertemuan Diluar Kantor - Full Board Spesifikasi: Setingkat Eselon III/IV</t>
+  </si>
+  <si>
+    <t>17/07/2025</t>
+  </si>
+  <si>
+    <t>17/07/2025 08:53:32</t>
+  </si>
+  <si>
+    <t>Kaos Peserta Pelatihan/Kaos seragam</t>
+  </si>
+  <si>
+    <t>APBDP</t>
+  </si>
+  <si>
+    <t>19/08/2025</t>
+  </si>
+  <si>
+    <t>19/08/2025 14:33:14</t>
+  </si>
+  <si>
+    <t>Penutup Badan</t>
+  </si>
+  <si>
+    <t>Kaos Olahraga Lengan Panjang dan Berkerah</t>
+  </si>
+  <si>
+    <t>umbul-umbul rumbai dan penjor</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat/Bahan untuk Kegiatan Kantor Lainnya</t>
+  </si>
+  <si>
+    <t>Bendera Merah Putih</t>
+  </si>
+  <si>
+    <t>sedang</t>
+  </si>
+  <si>
+    <t>25/08/2025</t>
+  </si>
+  <si>
+    <t>Kartu Identitas</t>
+  </si>
+  <si>
+    <t>Bahan Art Paper</t>
+  </si>
+  <si>
+    <t>02/09/2025</t>
+  </si>
+  <si>
+    <t>Air Mineral (Botol);Biaya Konsumsi (Makan)</t>
+  </si>
+  <si>
+    <t>Tanggung 600 Ml;-</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Kendaraan Bermotor Penumpang</t>
+  </si>
+  <si>
+    <t>Mini bus Sewa;Sewa BUS BESAR</t>
+  </si>
+  <si>
+    <t>Tipe Haice Commuter; Bus standar, Jurusan Mjk - Malang, AC/Audio/video, Bantal dan selimut, Wifi, seat 2 -2, kapasitas 50 orang</t>
+  </si>
+  <si>
+    <t>Belanja Pakaian Dinas Lapangan (PDL)</t>
+  </si>
+  <si>
+    <t>Baju Kerja;Celana Pdl</t>
+  </si>
+  <si>
+    <t>Terbuat Dari Bahan Katun Ristop dan Dilengkapi Dua Saku Dada Dengan Satu Saku Pena, Saku Stationary Di Lengan, dan Sistem Ventilasi;Celana Tactical</t>
+  </si>
+  <si>
+    <t>Topi;Sepatu PDL</t>
+  </si>
+  <si>
+    <t>Bordir;Kulit</t>
+  </si>
+  <si>
+    <t>Belanja Pakaian Dinas KDH dan WKDH</t>
+  </si>
+  <si>
+    <t>Pakaian Dinas Harian (PDH)</t>
+  </si>
+  <si>
+    <t>KDH/WKDH</t>
+  </si>
+  <si>
+    <t>26/08/2025</t>
+  </si>
+  <si>
+    <t>26/08/2025 08:02:51</t>
+  </si>
+  <si>
+    <t>Kertas Buffallo; Kertas HVS;</t>
+  </si>
+  <si>
+    <t>75 X 109 Cm 90 X 120 Cm; Folio/F4 70Gram;</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Non Subsidi</t>
+  </si>
+  <si>
+    <t>helm perahu</t>
+  </si>
+  <si>
+    <t>Materai</t>
+  </si>
+  <si>
+    <t>Rompi lapangan</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Material 65% polester 35% cotton</t>
+  </si>
+  <si>
+    <t>Pemeliharaan Ringan Alarm EWS Banjir;Pemeliharaan Ringan Sensor EWS Banjir</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan SAR Mountenering</t>
+  </si>
+  <si>
+    <t>Pulley Tandem; Tali Karmantel Statis; Tali Webbing</t>
+  </si>
+  <si>
+    <t>Maximum working load: 10 kN. Breaking strength: 24 kN;SEMI STATIC Panjang 50 M Diamter 10,5 cm; Kapasitas : 3 Ton Panjang : 12 Meter Lebar Tali : 50mm Tebal Tali : 2mm Bahan Tali : Polyester Tebal Gagang Besi : 15mm Tebal Kail Besi (J) : 18mm</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Pemadam Kebakaran</t>
+  </si>
+  <si>
+    <t>Full Body Harness Rescue</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Integrated CROLL ventral rope clamp for ascending ropes Built for comfort: - X-shaped dorsal construction wraps to reduce pressure points during prolonged suspension - semi-rigid, wide waistbelt and leg loops for excellent support; sculpted and lined with breathable perforated foam for comfort during suspension - foam shoulder straps are widely spaced to reduce neck chafing; when the waistbelt is loaded, they help distribute this load over the shoulders - hooking points for installing a PODIUM seat for use in prolonged suspension</t>
+  </si>
+  <si>
+    <t>Peralatan Deteksi Dini (EWS) Pergerakan Tanah - EWS Longsor</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Sensor Suhu DS 18 D 20 * Tegangan kerja 3 - 5 V * Range Temperatur -50 C s/d 125 C Sensor Curah Hujan Tipping Bucket * Tegangan kerja 3 - 5 V * Diameter lingkaran 80 mm * volume buket +- 2ml Modul kontroler * Microkontroller Atmega 2560 pro * Interface komunikasi serial * Digital I/O Pins 54 (of which 15 provide PWM output) * Analog Input Pins 16 * DC Current per I/O Pin 20 mA * DC Current for 3.3V Pin 50 mA *Flash Memory 256 KB of which 8 KB used by bootloader Modul Rotari * Tegangan kerja 5 V * Pulse Lingkaran 20 klik * Disipasi daya 5 V Modul Penerima dan Pengirim data HC12</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Pelindung Lainnya</t>
+  </si>
+  <si>
+    <t>Sarung Tangan Rescue</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Natural, high-quality leather with reinforced palm Durable double layer of leather in high-wear areas (fingertips, palm, between thumb and index finger) Back is made of durable leather with abrasion-resistant stretch nylon at key flex areas Neoprene cuff with Velcro closure Carabiner hole to attach gloves to harness Available in size XS XL, black or beige.</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Penolong</t>
+  </si>
+  <si>
+    <t>RESCUE TRIPOD</t>
+  </si>
+  <si>
+    <t>Beban kerja (winch): 200kg</t>
+  </si>
+  <si>
+    <t>Kertas Hvs, Kertas Hvs</t>
+  </si>
+  <si>
+    <t>80 Gram A4;80 Gram Folio/f4</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 340 Gr;</t>
+  </si>
+  <si>
+    <t>SSD; Tinta Printer</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Dimensi 2.98 x 2.98x0.42 in (75.69mm x 75.69mm x10.67mm) Extreme portable; Tinta Cair 70 Ml</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Prasmanan)</t>
+  </si>
+  <si>
+    <t>Bahan Bakar; Solar</t>
+  </si>
+  <si>
+    <t>Pertamax; Non Subsidi</t>
+  </si>
+  <si>
+    <t>Penyediaan Air Bersih</t>
+  </si>
+  <si>
+    <t>Air Bersih 1 Tangki Isi 4.000 Liter</t>
+  </si>
+  <si>
+    <t>Batu / Batu Kali / Batu Belah</t>
+  </si>
+  <si>
+    <t>Lokal</t>
+  </si>
+  <si>
+    <t>Paper Clips; Binder Clip; Ballpoint; Binder Clip; Isi Cutter; Amplop Putih; Karbon; Isi Cutter; Lem Kertas; Paper Clips; pembolong kertas; Map;</t>
+  </si>
+  <si>
+    <t>Sedang; Kecil; Tizo gel; Sedang; Kecil; Uk 95x150mm; Pembulatan; Besar; Cair Kecil; Kecil; SMALL 2 HOLES 1,1MM; Bufalo;</t>
+  </si>
+  <si>
+    <t>Topi; Sepatu Boot;</t>
+  </si>
+  <si>
+    <t>; All Size;</t>
+  </si>
+  <si>
+    <t>Belanja Pakaian Olahraga</t>
+  </si>
+  <si>
+    <t>Kaos Lengan Pendek;</t>
+  </si>
+  <si>
+    <t>Katun, Berkerah;</t>
+  </si>
+  <si>
+    <t>Tabung Pemadam Kebakaran (APAR); Motor Roda Tiga; Selang Pemadam"; Baju Tahan Panas;</t>
+  </si>
+  <si>
+    <t>Dry Powder; motor damkar roda 3; Polyester Tek. Tinggi; -;</t>
+  </si>
+  <si>
+    <t>Baju Anti Tawon</t>
+  </si>
+  <si>
+    <t>Baju anti lebah antibee</t>
+  </si>
+  <si>
+    <t>Sepatu PDL Satpol PP</t>
+  </si>
+  <si>
+    <t>Standard Abri, Kulit Atas Pakai Tali</t>
+  </si>
+  <si>
+    <t>Cetak Buku</t>
+  </si>
+  <si>
+    <t>Kertas HVS, 80 Gsm, isi 51-100 lembar dan Cover</t>
+  </si>
+  <si>
+    <t>Belanja Langganan Jurnal/Surat Kabar/Majalah</t>
+  </si>
+  <si>
+    <t>Tarif Surat Kabar / Koran / Majalah; Tarif Surat Kabar / Koran / Majalah;</t>
+  </si>
+  <si>
+    <t>Kategori 1; Kategori 3;</t>
+  </si>
+  <si>
+    <t>Photo Copy</t>
+  </si>
+  <si>
+    <t>Folio/hvs</t>
+  </si>
+  <si>
+    <t>Belanja Modal Mebel</t>
+  </si>
+  <si>
+    <t>Loker 9 Pintu</t>
+  </si>
+  <si>
+    <t>Dimensi P x L x T (cm): 120 x 36 x 120 - Bahan Utama menggunakan plat besi finishing powder coatting - Terdiri dari 9 pintu loker dilengkapi dengan kunci</t>
+  </si>
+  <si>
+    <t>Ac Split</t>
+  </si>
+  <si>
+    <t>1 pk</t>
+  </si>
+  <si>
+    <t>Tablet</t>
+  </si>
+  <si>
+    <t>128 Gb/6Gb, Octa-Core</t>
+  </si>
+  <si>
+    <t>Rodentisida</t>
+  </si>
+  <si>
+    <t>Racun tikus bahan aktif sulfur</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Gedung-Bangunan Gedung Tempat Kerja-Bangunan Gedung Kantor</t>
+  </si>
+  <si>
+    <t>Pekerjaan Konstruksi</t>
+  </si>
+  <si>
+    <t>Biaya Pemeliharaan Gedung Atau Bangunan Dalam Negeri</t>
+  </si>
+  <si>
+    <t>Gedung Tidak Bertingkat</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Komputer-Komputer Unit-Personal Computer</t>
+  </si>
+  <si>
+    <t>Personal Computer/Notebook;</t>
+  </si>
+  <si>
+    <t>Flash Disk;</t>
+  </si>
+  <si>
+    <t>16gb;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Rumah Tangga-Alat Pendingin</t>
+  </si>
+  <si>
+    <t>Ac Slpiit;</t>
+  </si>
+  <si>
+    <t>Solar; Bensin</t>
+  </si>
+  <si>
+    <t>Operasional dalam lingkungan kantor;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Studio Audio</t>
+  </si>
+  <si>
+    <t>Kamera Dashboard Mobil</t>
+  </si>
+  <si>
+    <t>1080 HD</t>
+  </si>
+  <si>
+    <t>Tarif Listrik Pascabayar 5501 s.d 200000</t>
+  </si>
+  <si>
+    <t>Banner</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 280 Gr</t>
+  </si>
+  <si>
+    <t>Pemuatan Iklan Display/Berita Advertorial Media Cetak Harian Lokal</t>
+  </si>
+  <si>
+    <t>Ukuran 7 Kolom x 130 mm</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>10/09/2025 08:03:19</t>
+  </si>
+  <si>
+    <t>Pakaian Dinas Lapangan (Pdl) Pemadam Kebakaran</t>
+  </si>
+  <si>
+    <t>Baju Pdl Pemadam Kebakaran (Atasan Lengan Panjang Dan Celana)</t>
+  </si>
+  <si>
+    <t>Belanja Pakaian DinasHarian (PDH)</t>
+  </si>
+  <si>
+    <t>10/09/2025 08:04:01</t>
+  </si>
+  <si>
+    <t>Pakaian Dinas Harian (PDH) Pemadam Kebakaran beserta atributnya</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>11/09/2025 11:42:34</t>
+  </si>
+  <si>
+    <t>kresek</t>
+  </si>
+  <si>
+    <t>(70X40) Jumbo</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025 09:26:45</t>
+  </si>
+  <si>
+    <t>20/09/2025</t>
+  </si>
+  <si>
+    <t>20/09/2025 08:07:40</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan);Biaya Konsumsi (Kudapan/Snack)</t>
+  </si>
+  <si>
+    <t>-;-</t>
+  </si>
+  <si>
+    <t>20/09/2025 08:15:11</t>
+  </si>
+  <si>
+    <t>Starlink Phased Array Antenna</t>
+  </si>
+  <si>
+    <t>Software Assisted Manual Orienting</t>
+  </si>
+  <si>
+    <t>20/09/2025 08:47:15</t>
+  </si>
+  <si>
+    <t>bahan bakar</t>
+  </si>
+  <si>
+    <t>solar;pertamax</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahanuntuk Kegiatan Kantor-Bahan Cetak</t>
+  </si>
+  <si>
+    <t>bahan cetak</t>
+  </si>
+  <si>
+    <t>baner</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -974,83 +1619,83 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y62"/>
+  <dimension ref="A1:Y167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E62" sqref="E62:Y62"/>
+      <selection activeCell="E167" sqref="E167:Y167"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="110.83" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="225.231" bestFit="true" customWidth="true" style="0"/>
-    <col min="25" max="25" width="350.2" bestFit="true" customWidth="true" style="0"/>
+    <col min="25" max="25" width="704.114" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -5587,84 +6232,7959 @@
       </c>
       <c r="R61" s="5" t="s">
         <v>34</v>
       </c>
       <c r="S61" s="5" t="s">
         <v>35</v>
       </c>
       <c r="T61" s="5" t="s">
         <v>36</v>
       </c>
       <c r="U61" s="4"/>
       <c r="V61" s="5" t="s">
         <v>37</v>
       </c>
       <c r="W61" s="4" t="s">
         <v>38</v>
       </c>
       <c r="X61" s="4" t="s">
         <v>184</v>
       </c>
       <c r="Y61" s="4" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="62" spans="1:25">
-      <c r="A62" s="7" t="s">
+      <c r="A62" s="5">
+        <v>61</v>
+      </c>
+      <c r="B62" s="5">
+        <v>54284257</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D62" s="6">
+        <v>16294400</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F62" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G62" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H62" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K62" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L62" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M62" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="N62" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="B62" s="8"/>
-[...24 lines deleted...]
-      <c r="Y62" s="8"/>
+      <c r="O62" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P62" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q62" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R62" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S62" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T62" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U62" s="4"/>
+      <c r="V62" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W62" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X62" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="Y62" s="4" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="63" spans="1:25">
+      <c r="A63" s="5">
+        <v>62</v>
+      </c>
+      <c r="B63" s="5">
+        <v>54285085</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D63" s="6">
+        <v>9501300</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F63" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G63" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K63" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L63" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="N63" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="O63" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P63" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q63" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R63" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S63" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T63" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U63" s="4"/>
+      <c r="V63" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W63" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X63" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="Y63" s="4" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="64" spans="1:25">
+      <c r="A64" s="5">
+        <v>63</v>
+      </c>
+      <c r="B64" s="5">
+        <v>55049439</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="D64" s="6">
+        <v>96000000</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F64" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G64" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L64" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N64" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="O64" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="P64" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q64" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R64" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S64" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T64" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U64" s="4"/>
+      <c r="V64" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W64" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X64" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="Y64" s="4" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="65" spans="1:25">
+      <c r="A65" s="5">
+        <v>64</v>
+      </c>
+      <c r="B65" s="5">
+        <v>56709831</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D65" s="6">
+        <v>186036100</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F65" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G65" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L65" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N65" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="O65" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="P65" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q65" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R65" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S65" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T65" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U65" s="4"/>
+      <c r="V65" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W65" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X65" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="Y65" s="4" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="66" spans="1:25">
+      <c r="A66" s="5">
+        <v>65</v>
+      </c>
+      <c r="B66" s="5">
+        <v>56710623</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D66" s="6">
+        <v>22688200</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F66" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G66" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K66" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L66" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N66" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="O66" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="P66" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q66" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R66" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S66" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T66" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U66" s="4"/>
+      <c r="V66" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W66" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X66" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="Y66" s="4" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="67" spans="1:25">
+      <c r="A67" s="5">
+        <v>66</v>
+      </c>
+      <c r="B67" s="5">
+        <v>56996844</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="D67" s="6">
+        <v>88000000</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F67" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G67" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K67" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="L67" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N67" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="O67" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="P67" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q67" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R67" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S67" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T67" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U67" s="4"/>
+      <c r="V67" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W67" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X67" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="Y67" s="4" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="68" spans="1:25">
+      <c r="A68" s="5">
+        <v>67</v>
+      </c>
+      <c r="B68" s="5">
+        <v>58964834</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D68" s="6">
+        <v>550000</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F68" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G68" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L68" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N68" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O68" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="P68" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q68" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R68" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S68" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T68" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U68" s="4"/>
+      <c r="V68" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W68" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X68" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="Y68" s="4" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="69" spans="1:25">
+      <c r="A69" s="5">
+        <v>68</v>
+      </c>
+      <c r="B69" s="5">
+        <v>58964872</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D69" s="6">
+        <v>500000</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K69" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L69" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N69" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O69" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="P69" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q69" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R69" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S69" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T69" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U69" s="4"/>
+      <c r="V69" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W69" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X69" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="Y69" s="4" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="70" spans="1:25">
+      <c r="A70" s="5">
+        <v>69</v>
+      </c>
+      <c r="B70" s="5">
+        <v>58964902</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="D70" s="6">
+        <v>5403000</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F70" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G70" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K70" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L70" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N70" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O70" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="P70" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q70" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R70" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S70" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T70" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U70" s="4"/>
+      <c r="V70" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W70" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X70" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="Y70" s="4" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="71" spans="1:25">
+      <c r="A71" s="5">
+        <v>70</v>
+      </c>
+      <c r="B71" s="5">
+        <v>58965061</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D71" s="6">
+        <v>586200</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F71" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G71" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L71" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N71" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O71" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="P71" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q71" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R71" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S71" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T71" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U71" s="4"/>
+      <c r="V71" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W71" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X71" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y71" s="4" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="72" spans="1:25">
+      <c r="A72" s="5">
+        <v>71</v>
+      </c>
+      <c r="B72" s="5">
+        <v>58967456</v>
+      </c>
+      <c r="C72" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D72" s="6">
+        <v>2040750</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F72" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G72" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L72" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N72" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O72" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="P72" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q72" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R72" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S72" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T72" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U72" s="4"/>
+      <c r="V72" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W72" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X72" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y72" s="4" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="73" spans="1:25">
+      <c r="A73" s="5">
+        <v>72</v>
+      </c>
+      <c r="B73" s="5">
+        <v>58967739</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="D73" s="6">
+        <v>1589000</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G73" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L73" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N73" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O73" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="P73" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q73" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R73" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S73" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T73" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U73" s="4"/>
+      <c r="V73" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W73" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X73" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="Y73" s="4" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="74" spans="1:25">
+      <c r="A74" s="5">
+        <v>73</v>
+      </c>
+      <c r="B74" s="5">
+        <v>58968992</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D74" s="6">
+        <v>36462000</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F74" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G74" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L74" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N74" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O74" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P74" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q74" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R74" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S74" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T74" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U74" s="4"/>
+      <c r="V74" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W74" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X74" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="Y74" s="4" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="75" spans="1:25">
+      <c r="A75" s="5">
+        <v>74</v>
+      </c>
+      <c r="B75" s="5">
+        <v>58969030</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D75" s="6">
+        <v>321000</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F75" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G75" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L75" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N75" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O75" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P75" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q75" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R75" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S75" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T75" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U75" s="4"/>
+      <c r="V75" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W75" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X75" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y75" s="4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="76" spans="1:25">
+      <c r="A76" s="5">
+        <v>75</v>
+      </c>
+      <c r="B76" s="5">
+        <v>58969390</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D76" s="6">
+        <v>1560000</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F76" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G76" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="L76" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="N76" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O76" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="P76" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q76" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R76" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S76" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T76" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U76" s="4"/>
+      <c r="V76" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W76" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X76" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="Y76" s="4" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="77" spans="1:25">
+      <c r="A77" s="5">
+        <v>76</v>
+      </c>
+      <c r="B77" s="5">
+        <v>58969457</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D77" s="6">
+        <v>31800</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F77" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G77" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="L77" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="N77" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O77" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P77" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q77" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R77" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S77" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T77" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U77" s="4"/>
+      <c r="V77" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W77" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X77" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="Y77" s="4" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="78" spans="1:25">
+      <c r="A78" s="5">
+        <v>77</v>
+      </c>
+      <c r="B78" s="5">
+        <v>58969493</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D78" s="6">
+        <v>79250</v>
+      </c>
+      <c r="E78" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F78" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G78" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K78" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="L78" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="N78" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O78" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P78" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q78" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R78" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S78" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T78" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U78" s="4"/>
+      <c r="V78" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W78" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X78" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y78" s="4" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="79" spans="1:25">
+      <c r="A79" s="5">
+        <v>78</v>
+      </c>
+      <c r="B79" s="5">
+        <v>58969528</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D79" s="6">
+        <v>1910000</v>
+      </c>
+      <c r="E79" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F79" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G79" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K79" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="L79" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="N79" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O79" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P79" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q79" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R79" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S79" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T79" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U79" s="4"/>
+      <c r="V79" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W79" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X79" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="Y79" s="4" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="80" spans="1:25">
+      <c r="A80" s="5">
+        <v>79</v>
+      </c>
+      <c r="B80" s="5">
+        <v>58969927</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D80" s="6">
+        <v>27341250</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F80" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G80" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K80" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L80" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N80" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O80" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P80" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q80" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R80" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S80" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T80" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U80" s="4"/>
+      <c r="V80" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W80" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X80" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="Y80" s="4" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="81" spans="1:25">
+      <c r="A81" s="5">
+        <v>80</v>
+      </c>
+      <c r="B81" s="5">
+        <v>58969971</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D81" s="6">
+        <v>805600</v>
+      </c>
+      <c r="E81" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F81" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G81" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K81" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L81" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N81" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O81" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P81" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q81" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R81" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S81" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T81" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U81" s="4"/>
+      <c r="V81" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W81" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X81" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="Y81" s="4" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="82" spans="1:25">
+      <c r="A82" s="5">
+        <v>81</v>
+      </c>
+      <c r="B82" s="5">
+        <v>58970003</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D82" s="6">
+        <v>898800</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F82" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G82" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L82" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="N82" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O82" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P82" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q82" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R82" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S82" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T82" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U82" s="4"/>
+      <c r="V82" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W82" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X82" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y82" s="4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="83" spans="1:25">
+      <c r="A83" s="5">
+        <v>82</v>
+      </c>
+      <c r="B83" s="5">
+        <v>58970154</v>
+      </c>
+      <c r="C83" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D83" s="6">
+        <v>7750000</v>
+      </c>
+      <c r="E83" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F83" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G83" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L83" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N83" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O83" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="P83" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q83" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R83" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S83" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T83" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U83" s="4"/>
+      <c r="V83" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W83" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X83" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y83" s="4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="84" spans="1:25">
+      <c r="A84" s="5">
+        <v>83</v>
+      </c>
+      <c r="B84" s="5">
+        <v>58971705</v>
+      </c>
+      <c r="C84" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="D84" s="6">
+        <v>7500000</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F84" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G84" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L84" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="N84" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O84" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="P84" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q84" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R84" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S84" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T84" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U84" s="4"/>
+      <c r="V84" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W84" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X84" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="Y84" s="4" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="85" spans="1:25">
+      <c r="A85" s="5">
+        <v>84</v>
+      </c>
+      <c r="B85" s="5">
+        <v>58971726</v>
+      </c>
+      <c r="C85" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D85" s="6">
+        <v>1068750</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F85" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G85" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J85" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K85" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L85" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N85" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O85" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="P85" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q85" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R85" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S85" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T85" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U85" s="4"/>
+      <c r="V85" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W85" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X85" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="Y85" s="4" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="86" spans="1:25">
+      <c r="A86" s="5">
+        <v>85</v>
+      </c>
+      <c r="B86" s="5">
+        <v>58971771</v>
+      </c>
+      <c r="C86" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D86" s="6">
+        <v>256800</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F86" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G86" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L86" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="N86" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O86" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="P86" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q86" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R86" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S86" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T86" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U86" s="4"/>
+      <c r="V86" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W86" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X86" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y86" s="4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="87" spans="1:25">
+      <c r="A87" s="5">
+        <v>86</v>
+      </c>
+      <c r="B87" s="5">
+        <v>58971851</v>
+      </c>
+      <c r="C87" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D87" s="6">
+        <v>18752000</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F87" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G87" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L87" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N87" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O87" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="P87" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q87" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R87" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S87" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T87" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U87" s="4"/>
+      <c r="V87" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W87" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X87" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="Y87" s="4" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="88" spans="1:25">
+      <c r="A88" s="5">
+        <v>87</v>
+      </c>
+      <c r="B88" s="5">
+        <v>58972151</v>
+      </c>
+      <c r="C88" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D88" s="6">
+        <v>2323525</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F88" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G88" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L88" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N88" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O88" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="P88" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q88" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R88" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S88" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T88" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U88" s="4"/>
+      <c r="V88" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W88" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X88" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="Y88" s="4" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="89" spans="1:25">
+      <c r="A89" s="5">
+        <v>88</v>
+      </c>
+      <c r="B89" s="5">
+        <v>58972660</v>
+      </c>
+      <c r="C89" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D89" s="6">
+        <v>558800</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F89" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G89" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L89" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N89" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O89" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="P89" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q89" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R89" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S89" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T89" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U89" s="4"/>
+      <c r="V89" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W89" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X89" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="Y89" s="4" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="90" spans="1:25">
+      <c r="A90" s="5">
+        <v>89</v>
+      </c>
+      <c r="B90" s="5">
+        <v>58972688</v>
+      </c>
+      <c r="C90" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="D90" s="6">
+        <v>475200</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F90" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G90" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L90" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N90" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O90" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="P90" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q90" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R90" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S90" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T90" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U90" s="4"/>
+      <c r="V90" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W90" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X90" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="Y90" s="4" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="91" spans="1:25">
+      <c r="A91" s="5">
+        <v>90</v>
+      </c>
+      <c r="B91" s="5">
+        <v>58972989</v>
+      </c>
+      <c r="C91" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D91" s="6">
+        <v>385200</v>
+      </c>
+      <c r="E91" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F91" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G91" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H91" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K91" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L91" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N91" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O91" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="P91" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q91" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R91" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S91" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T91" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U91" s="4"/>
+      <c r="V91" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W91" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X91" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y91" s="4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="92" spans="1:25">
+      <c r="A92" s="5">
+        <v>91</v>
+      </c>
+      <c r="B92" s="5">
+        <v>58973265</v>
+      </c>
+      <c r="C92" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D92" s="6">
+        <v>127677000</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F92" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G92" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K92" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L92" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N92" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O92" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="P92" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q92" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R92" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S92" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T92" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U92" s="4"/>
+      <c r="V92" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W92" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X92" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="Y92" s="4" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="93" spans="1:25">
+      <c r="A93" s="5">
+        <v>92</v>
+      </c>
+      <c r="B93" s="5">
+        <v>58973322</v>
+      </c>
+      <c r="C93" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D93" s="6">
+        <v>58470000</v>
+      </c>
+      <c r="E93" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F93" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G93" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H93" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K93" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L93" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N93" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O93" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="P93" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q93" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R93" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S93" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T93" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U93" s="4"/>
+      <c r="V93" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W93" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X93" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="Y93" s="4" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="94" spans="1:25">
+      <c r="A94" s="5">
+        <v>93</v>
+      </c>
+      <c r="B94" s="5">
+        <v>58973380</v>
+      </c>
+      <c r="C94" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D94" s="6">
+        <v>13837600</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F94" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G94" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K94" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L94" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N94" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O94" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="P94" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q94" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R94" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S94" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T94" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U94" s="4"/>
+      <c r="V94" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W94" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X94" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="Y94" s="4" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="95" spans="1:25">
+      <c r="A95" s="5">
+        <v>94</v>
+      </c>
+      <c r="B95" s="5">
+        <v>58973544</v>
+      </c>
+      <c r="C95" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D95" s="6">
+        <v>277309200</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F95" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G95" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H95" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L95" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N95" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O95" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="P95" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q95" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R95" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S95" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T95" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U95" s="4"/>
+      <c r="V95" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W95" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X95" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="Y95" s="4" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="96" spans="1:25">
+      <c r="A96" s="5">
+        <v>95</v>
+      </c>
+      <c r="B96" s="5">
+        <v>58973603</v>
+      </c>
+      <c r="C96" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D96" s="6">
+        <v>22688200</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F96" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G96" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K96" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L96" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N96" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="O96" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="P96" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q96" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R96" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S96" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T96" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U96" s="4"/>
+      <c r="V96" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W96" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X96" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="Y96" s="4" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="97" spans="1:25">
+      <c r="A97" s="5">
+        <v>96</v>
+      </c>
+      <c r="B97" s="5">
+        <v>59093653</v>
+      </c>
+      <c r="C97" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D97" s="6">
+        <v>22875400</v>
+      </c>
+      <c r="E97" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F97" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G97" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H97" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K97" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="L97" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N97" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="O97" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="P97" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q97" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R97" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S97" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T97" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U97" s="4"/>
+      <c r="V97" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W97" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X97" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="Y97" s="4" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="98" spans="1:25">
+      <c r="A98" s="5">
+        <v>97</v>
+      </c>
+      <c r="B98" s="5">
+        <v>59094450</v>
+      </c>
+      <c r="C98" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="D98" s="6">
+        <v>46000000</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F98" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G98" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H98" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="K98" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="L98" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N98" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="O98" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="P98" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q98" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R98" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S98" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T98" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U98" s="4"/>
+      <c r="V98" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W98" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X98" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="Y98" s="4" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="99" spans="1:25">
+      <c r="A99" s="5">
+        <v>98</v>
+      </c>
+      <c r="B99" s="5">
+        <v>60053585</v>
+      </c>
+      <c r="C99" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D99" s="6">
+        <v>7356400</v>
+      </c>
+      <c r="E99" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F99" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G99" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="L99" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="N99" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="O99" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="P99" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q99" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R99" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S99" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T99" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U99" s="4"/>
+      <c r="V99" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W99" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X99" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="Y99" s="4" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="100" spans="1:25">
+      <c r="A100" s="5">
+        <v>99</v>
+      </c>
+      <c r="B100" s="5">
+        <v>60319104</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D100" s="6">
+        <v>4000000</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F100" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G100" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="K100" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="L100" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N100" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="O100" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="P100" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q100" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R100" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S100" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T100" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U100" s="4"/>
+      <c r="V100" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W100" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X100" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="Y100" s="4" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="101" spans="1:25">
+      <c r="A101" s="5">
+        <v>100</v>
+      </c>
+      <c r="B101" s="5">
+        <v>60319156</v>
+      </c>
+      <c r="C101" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D101" s="6">
+        <v>4519700</v>
+      </c>
+      <c r="E101" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F101" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G101" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="K101" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="L101" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N101" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="O101" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="P101" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q101" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R101" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S101" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T101" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U101" s="4"/>
+      <c r="V101" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W101" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X101" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="Y101" s="4" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="102" spans="1:25">
+      <c r="A102" s="5">
+        <v>101</v>
+      </c>
+      <c r="B102" s="5">
+        <v>60319199</v>
+      </c>
+      <c r="C102" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="D102" s="6">
+        <v>1550000</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F102" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G102" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="L102" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N102" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="O102" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="P102" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q102" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R102" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S102" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T102" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U102" s="4"/>
+      <c r="V102" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W102" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X102" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="Y102" s="4" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="103" spans="1:25">
+      <c r="A103" s="5">
+        <v>102</v>
+      </c>
+      <c r="B103" s="5">
+        <v>60365522</v>
+      </c>
+      <c r="C103" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D103" s="6">
+        <v>844200</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F103" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G103" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H103" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K103" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="L103" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N103" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="O103" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P103" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q103" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R103" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S103" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T103" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U103" s="4"/>
+      <c r="V103" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W103" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X103" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="Y103" s="4" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="104" spans="1:25">
+      <c r="A104" s="5">
+        <v>103</v>
+      </c>
+      <c r="B104" s="5">
+        <v>60365660</v>
+      </c>
+      <c r="C104" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D104" s="6">
+        <v>5846800</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F104" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G104" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J104" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K104" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L104" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N104" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O104" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P104" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q104" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R104" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S104" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T104" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U104" s="4"/>
+      <c r="V104" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W104" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X104" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="Y104" s="4" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="105" spans="1:25">
+      <c r="A105" s="5">
+        <v>104</v>
+      </c>
+      <c r="B105" s="5">
+        <v>60365709</v>
+      </c>
+      <c r="C105" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D105" s="6">
+        <v>20820000</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F105" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G105" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H105" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J105" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K105" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L105" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M105" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N105" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="O105" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P105" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q105" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R105" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S105" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T105" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U105" s="4"/>
+      <c r="V105" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W105" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X105" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="Y105" s="4" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="106" spans="1:25">
+      <c r="A106" s="5">
+        <v>105</v>
+      </c>
+      <c r="B106" s="5">
+        <v>60365744</v>
+      </c>
+      <c r="C106" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="D106" s="6">
+        <v>105024500</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F106" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G106" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K106" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L106" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N106" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="O106" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P106" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q106" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R106" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S106" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T106" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U106" s="4"/>
+      <c r="V106" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W106" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X106" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="Y106" s="4" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="107" spans="1:25">
+      <c r="A107" s="5">
+        <v>106</v>
+      </c>
+      <c r="B107" s="5">
+        <v>60370243</v>
+      </c>
+      <c r="C107" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="D107" s="6">
+        <v>44235000</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F107" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G107" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H107" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K107" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L107" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N107" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="O107" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P107" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q107" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R107" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S107" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T107" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U107" s="4"/>
+      <c r="V107" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W107" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X107" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="Y107" s="4" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="108" spans="1:25">
+      <c r="A108" s="5">
+        <v>107</v>
+      </c>
+      <c r="B108" s="5">
+        <v>60370333</v>
+      </c>
+      <c r="C108" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D108" s="6">
+        <v>43183600</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F108" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G108" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H108" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K108" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L108" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N108" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="O108" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P108" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q108" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R108" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S108" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T108" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U108" s="4"/>
+      <c r="V108" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W108" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X108" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="Y108" s="4" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="109" spans="1:25">
+      <c r="A109" s="5">
+        <v>108</v>
+      </c>
+      <c r="B109" s="5">
+        <v>60370380</v>
+      </c>
+      <c r="C109" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="D109" s="6">
+        <v>8000000</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F109" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G109" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J109" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K109" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L109" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N109" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="O109" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P109" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q109" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R109" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S109" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T109" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U109" s="4"/>
+      <c r="V109" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W109" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X109" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="Y109" s="4" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="110" spans="1:25">
+      <c r="A110" s="5">
+        <v>109</v>
+      </c>
+      <c r="B110" s="5">
+        <v>60380901</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D110" s="6">
+        <v>1341600</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F110" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G110" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H110" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J110" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K110" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L110" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N110" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="O110" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="P110" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q110" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R110" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S110" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T110" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U110" s="4"/>
+      <c r="V110" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W110" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X110" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="Y110" s="4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="111" spans="1:25">
+      <c r="A111" s="5">
+        <v>110</v>
+      </c>
+      <c r="B111" s="5">
+        <v>60380907</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D111" s="6">
+        <v>1539750</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F111" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G111" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J111" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K111" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L111" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N111" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="O111" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="P111" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q111" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R111" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S111" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T111" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U111" s="4"/>
+      <c r="V111" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W111" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X111" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="Y111" s="4" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="112" spans="1:25">
+      <c r="A112" s="5">
+        <v>111</v>
+      </c>
+      <c r="B112" s="5">
+        <v>60469746</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D112" s="6">
+        <v>7630000</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F112" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G112" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H112" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J112" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K112" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="L112" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N112" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O112" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P112" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q112" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R112" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S112" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T112" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U112" s="4"/>
+      <c r="V112" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W112" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X112" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y112" s="4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="113" spans="1:25">
+      <c r="A113" s="5">
+        <v>112</v>
+      </c>
+      <c r="B113" s="5">
+        <v>60469830</v>
+      </c>
+      <c r="C113" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D113" s="6">
+        <v>256800</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F113" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G113" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J113" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K113" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="L113" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N113" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O113" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P113" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q113" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R113" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S113" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T113" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U113" s="4"/>
+      <c r="V113" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W113" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X113" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y113" s="4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="114" spans="1:25">
+      <c r="A114" s="5">
+        <v>113</v>
+      </c>
+      <c r="B114" s="5">
+        <v>60470308</v>
+      </c>
+      <c r="C114" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D114" s="6">
+        <v>6025500</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F114" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G114" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K114" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L114" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N114" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O114" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P114" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q114" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R114" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S114" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T114" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U114" s="4"/>
+      <c r="V114" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W114" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X114" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="Y114" s="4" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="115" spans="1:25">
+      <c r="A115" s="5">
+        <v>114</v>
+      </c>
+      <c r="B115" s="5">
+        <v>60470934</v>
+      </c>
+      <c r="C115" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D115" s="6">
+        <v>5988000</v>
+      </c>
+      <c r="E115" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F115" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G115" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J115" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K115" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L115" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N115" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O115" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P115" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q115" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R115" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S115" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T115" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U115" s="4"/>
+      <c r="V115" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W115" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X115" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="Y115" s="4" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="116" spans="1:25">
+      <c r="A116" s="5">
+        <v>115</v>
+      </c>
+      <c r="B116" s="5">
+        <v>60471445</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="D116" s="6">
+        <v>288000</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F116" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G116" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K116" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L116" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N116" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O116" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P116" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q116" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R116" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S116" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T116" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U116" s="4"/>
+      <c r="V116" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W116" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X116" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="Y116" s="4">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="117" spans="1:25">
+      <c r="A117" s="5">
+        <v>116</v>
+      </c>
+      <c r="B117" s="5">
+        <v>60471506</v>
+      </c>
+      <c r="C117" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D117" s="6">
+        <v>14300000</v>
+      </c>
+      <c r="E117" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F117" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G117" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H117" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K117" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L117" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M117" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N117" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O117" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P117" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q117" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R117" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S117" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T117" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U117" s="4"/>
+      <c r="V117" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W117" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X117" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="Y117" s="4" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="118" spans="1:25">
+      <c r="A118" s="5">
+        <v>117</v>
+      </c>
+      <c r="B118" s="5">
+        <v>60471642</v>
+      </c>
+      <c r="C118" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D118" s="6">
+        <v>119880000</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F118" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G118" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L118" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N118" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O118" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P118" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q118" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R118" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S118" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T118" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U118" s="4"/>
+      <c r="V118" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W118" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X118" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="Y118" s="4" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="119" spans="1:25">
+      <c r="A119" s="5">
+        <v>118</v>
+      </c>
+      <c r="B119" s="5">
+        <v>60471757</v>
+      </c>
+      <c r="C119" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="D119" s="6">
+        <v>12074000</v>
+      </c>
+      <c r="E119" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F119" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G119" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K119" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L119" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N119" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O119" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P119" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q119" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R119" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S119" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T119" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U119" s="4"/>
+      <c r="V119" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W119" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X119" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="Y119" s="4" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="120" spans="1:25">
+      <c r="A120" s="5">
+        <v>119</v>
+      </c>
+      <c r="B120" s="5">
+        <v>60471859</v>
+      </c>
+      <c r="C120" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="D120" s="6">
+        <v>19200000</v>
+      </c>
+      <c r="E120" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F120" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G120" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L120" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N120" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O120" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P120" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q120" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R120" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S120" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T120" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U120" s="4"/>
+      <c r="V120" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W120" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X120" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="Y120" s="4" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="121" spans="1:25">
+      <c r="A121" s="5">
+        <v>120</v>
+      </c>
+      <c r="B121" s="5">
+        <v>60471954</v>
+      </c>
+      <c r="C121" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D121" s="6">
+        <v>184800000</v>
+      </c>
+      <c r="E121" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F121" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G121" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="L121" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N121" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O121" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P121" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q121" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R121" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S121" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T121" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U121" s="4"/>
+      <c r="V121" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W121" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X121" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="Y121" s="4" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="122" spans="1:25">
+      <c r="A122" s="5">
+        <v>121</v>
+      </c>
+      <c r="B122" s="5">
+        <v>60472029</v>
+      </c>
+      <c r="C122" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="D122" s="6">
+        <v>3418800</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F122" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G122" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K122" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L122" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N122" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O122" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P122" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q122" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R122" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S122" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T122" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U122" s="4"/>
+      <c r="V122" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W122" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X122" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="Y122" s="4" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="123" spans="1:25">
+      <c r="A123" s="5">
+        <v>122</v>
+      </c>
+      <c r="B123" s="5">
+        <v>60472069</v>
+      </c>
+      <c r="C123" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="D123" s="6">
+        <v>19003000</v>
+      </c>
+      <c r="E123" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F123" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G123" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H123" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J123" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K123" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L123" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N123" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O123" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P123" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q123" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R123" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S123" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T123" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U123" s="4"/>
+      <c r="V123" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W123" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X123" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="Y123" s="4" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="124" spans="1:25">
+      <c r="A124" s="5">
+        <v>123</v>
+      </c>
+      <c r="B124" s="5">
+        <v>60472657</v>
+      </c>
+      <c r="C124" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D124" s="6">
+        <v>716750</v>
+      </c>
+      <c r="E124" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F124" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G124" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H124" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J124" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L124" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N124" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O124" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P124" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q124" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R124" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S124" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T124" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U124" s="4"/>
+      <c r="V124" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W124" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X124" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="Y124" s="4" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="125" spans="1:25">
+      <c r="A125" s="5">
+        <v>124</v>
+      </c>
+      <c r="B125" s="5">
+        <v>60472687</v>
+      </c>
+      <c r="C125" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D125" s="6">
+        <v>5028100</v>
+      </c>
+      <c r="E125" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F125" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G125" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J125" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K125" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L125" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N125" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O125" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P125" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q125" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R125" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S125" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T125" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U125" s="4"/>
+      <c r="V125" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W125" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X125" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y125" s="4" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="126" spans="1:25">
+      <c r="A126" s="5">
+        <v>125</v>
+      </c>
+      <c r="B126" s="5">
+        <v>60472803</v>
+      </c>
+      <c r="C126" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D126" s="6">
+        <v>3513178</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F126" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G126" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J126" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K126" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L126" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N126" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O126" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P126" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q126" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R126" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S126" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T126" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U126" s="4"/>
+      <c r="V126" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W126" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X126" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y126" s="4" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="127" spans="1:25">
+      <c r="A127" s="5">
+        <v>126</v>
+      </c>
+      <c r="B127" s="5">
+        <v>60472854</v>
+      </c>
+      <c r="C127" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D127" s="6">
+        <v>27900000</v>
+      </c>
+      <c r="E127" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F127" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G127" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J127" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K127" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="L127" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N127" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O127" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P127" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q127" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R127" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S127" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T127" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U127" s="4"/>
+      <c r="V127" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W127" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X127" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="Y127" s="4" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="128" spans="1:25">
+      <c r="A128" s="5">
+        <v>127</v>
+      </c>
+      <c r="B128" s="5">
+        <v>60473587</v>
+      </c>
+      <c r="C128" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D128" s="6">
+        <v>2626500</v>
+      </c>
+      <c r="E128" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F128" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G128" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H128" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K128" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L128" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N128" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O128" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P128" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q128" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R128" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S128" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T128" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U128" s="4"/>
+      <c r="V128" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W128" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X128" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="Y128" s="4" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="129" spans="1:25">
+      <c r="A129" s="5">
+        <v>128</v>
+      </c>
+      <c r="B129" s="5">
+        <v>60474022</v>
+      </c>
+      <c r="C129" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D129" s="6">
+        <v>144600000</v>
+      </c>
+      <c r="E129" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F129" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G129" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H129" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J129" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K129" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="L129" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N129" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O129" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P129" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q129" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R129" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S129" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T129" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U129" s="4"/>
+      <c r="V129" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W129" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X129" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="Y129" s="4" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="130" spans="1:25">
+      <c r="A130" s="5">
+        <v>129</v>
+      </c>
+      <c r="B130" s="5">
+        <v>60474189</v>
+      </c>
+      <c r="C130" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D130" s="6">
+        <v>2355750</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F130" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G130" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H130" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I130" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J130" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K130" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L130" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M130" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N130" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O130" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P130" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q130" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R130" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S130" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T130" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U130" s="4"/>
+      <c r="V130" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W130" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X130" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y130" s="4" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="131" spans="1:25">
+      <c r="A131" s="5">
+        <v>130</v>
+      </c>
+      <c r="B131" s="5">
+        <v>60475554</v>
+      </c>
+      <c r="C131" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D131" s="6">
+        <v>80473400</v>
+      </c>
+      <c r="E131" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F131" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G131" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H131" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J131" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K131" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L131" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M131" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N131" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O131" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P131" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q131" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R131" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S131" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T131" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U131" s="4"/>
+      <c r="V131" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W131" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X131" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="Y131" s="4" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="132" spans="1:25">
+      <c r="A132" s="5">
+        <v>131</v>
+      </c>
+      <c r="B132" s="5">
+        <v>60475578</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D132" s="6">
+        <v>24591250</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F132" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G132" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H132" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J132" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K132" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L132" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M132" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N132" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O132" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P132" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q132" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R132" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S132" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T132" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U132" s="4"/>
+      <c r="V132" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W132" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X132" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="Y132" s="4" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="133" spans="1:25">
+      <c r="A133" s="5">
+        <v>132</v>
+      </c>
+      <c r="B133" s="5">
+        <v>60475601</v>
+      </c>
+      <c r="C133" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D133" s="6">
+        <v>811300</v>
+      </c>
+      <c r="E133" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F133" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G133" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J133" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="K133" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="L133" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M133" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N133" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="O133" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P133" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q133" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R133" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S133" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T133" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U133" s="4"/>
+      <c r="V133" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W133" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X133" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="Y133" s="4" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="134" spans="1:25">
+      <c r="A134" s="5">
+        <v>133</v>
+      </c>
+      <c r="B134" s="5">
+        <v>60479240</v>
+      </c>
+      <c r="C134" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D134" s="6">
+        <v>6596000</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F134" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G134" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H134" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J134" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K134" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L134" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M134" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N134" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O134" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P134" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q134" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R134" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S134" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T134" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U134" s="4"/>
+      <c r="V134" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W134" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X134" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="Y134" s="4" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="135" spans="1:25">
+      <c r="A135" s="5">
+        <v>134</v>
+      </c>
+      <c r="B135" s="5">
+        <v>60479537</v>
+      </c>
+      <c r="C135" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D135" s="6">
+        <v>18376800</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F135" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G135" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K135" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L135" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N135" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O135" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P135" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q135" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R135" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S135" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T135" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U135" s="4"/>
+      <c r="V135" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W135" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X135" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="Y135" s="4" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="136" spans="1:25">
+      <c r="A136" s="5">
+        <v>135</v>
+      </c>
+      <c r="B136" s="5">
+        <v>60479565</v>
+      </c>
+      <c r="C136" s="4" t="s">
+        <v>330</v>
+      </c>
+      <c r="D136" s="6">
+        <v>9293800</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F136" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G136" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H136" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J136" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K136" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L136" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M136" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N136" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O136" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P136" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q136" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R136" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S136" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T136" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U136" s="4"/>
+      <c r="V136" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W136" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X136" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="Y136" s="4" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="137" spans="1:25">
+      <c r="A137" s="5">
+        <v>136</v>
+      </c>
+      <c r="B137" s="5">
+        <v>60479933</v>
+      </c>
+      <c r="C137" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D137" s="6">
+        <v>550439920</v>
+      </c>
+      <c r="E137" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F137" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G137" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H137" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I137" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J137" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K137" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="L137" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M137" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N137" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O137" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P137" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q137" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R137" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S137" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T137" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U137" s="4"/>
+      <c r="V137" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W137" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X137" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="Y137" s="4" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="138" spans="1:25">
+      <c r="A138" s="5">
+        <v>137</v>
+      </c>
+      <c r="B138" s="5">
+        <v>60481901</v>
+      </c>
+      <c r="C138" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="D138" s="6">
+        <v>17276000</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F138" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G138" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I138" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J138" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K138" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L138" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M138" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N138" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O138" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P138" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q138" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R138" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S138" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T138" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U138" s="4"/>
+      <c r="V138" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W138" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X138" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="Y138" s="4" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="139" spans="1:25">
+      <c r="A139" s="5">
+        <v>138</v>
+      </c>
+      <c r="B139" s="5">
+        <v>60484024</v>
+      </c>
+      <c r="C139" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D139" s="6">
+        <v>32167800</v>
+      </c>
+      <c r="E139" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F139" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G139" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H139" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K139" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L139" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N139" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O139" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P139" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q139" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R139" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S139" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T139" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U139" s="4"/>
+      <c r="V139" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W139" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X139" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="Y139" s="4" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="140" spans="1:25">
+      <c r="A140" s="5">
+        <v>139</v>
+      </c>
+      <c r="B140" s="5">
+        <v>60484854</v>
+      </c>
+      <c r="C140" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D140" s="6">
+        <v>1465500</v>
+      </c>
+      <c r="E140" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F140" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G140" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H140" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J140" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K140" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L140" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M140" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N140" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O140" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P140" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q140" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R140" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S140" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T140" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U140" s="4"/>
+      <c r="V140" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W140" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X140" s="4" t="s">
+        <v>339</v>
+      </c>
+      <c r="Y140" s="4" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="141" spans="1:25">
+      <c r="A141" s="5">
+        <v>140</v>
+      </c>
+      <c r="B141" s="5">
+        <v>60484889</v>
+      </c>
+      <c r="C141" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="D141" s="6">
+        <v>4276400</v>
+      </c>
+      <c r="E141" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F141" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G141" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J141" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K141" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L141" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M141" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N141" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O141" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P141" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q141" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R141" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S141" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T141" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U141" s="4"/>
+      <c r="V141" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W141" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X141" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="Y141" s="4" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="142" spans="1:25">
+      <c r="A142" s="5">
+        <v>141</v>
+      </c>
+      <c r="B142" s="5">
+        <v>60485606</v>
+      </c>
+      <c r="C142" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D142" s="6">
+        <v>4414600</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F142" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G142" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H142" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J142" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K142" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L142" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M142" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N142" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O142" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P142" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q142" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R142" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S142" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T142" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U142" s="4"/>
+      <c r="V142" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W142" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X142" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="Y142" s="4" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="143" spans="1:25">
+      <c r="A143" s="5">
+        <v>142</v>
+      </c>
+      <c r="B143" s="5">
+        <v>60486107</v>
+      </c>
+      <c r="C143" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="D143" s="6">
+        <v>6000000</v>
+      </c>
+      <c r="E143" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F143" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G143" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H143" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J143" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K143" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L143" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M143" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N143" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O143" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P143" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q143" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R143" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S143" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T143" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U143" s="4"/>
+      <c r="V143" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W143" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X143" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="Y143" s="4" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="144" spans="1:25">
+      <c r="A144" s="5">
+        <v>143</v>
+      </c>
+      <c r="B144" s="5">
+        <v>60486539</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="D144" s="6">
+        <v>12207800</v>
+      </c>
+      <c r="E144" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F144" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G144" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H144" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J144" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K144" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L144" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M144" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N144" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O144" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P144" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q144" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R144" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S144" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T144" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U144" s="4"/>
+      <c r="V144" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W144" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X144" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="Y144" s="4" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="145" spans="1:25">
+      <c r="A145" s="5">
+        <v>144</v>
+      </c>
+      <c r="B145" s="5">
+        <v>60486605</v>
+      </c>
+      <c r="C145" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="D145" s="6">
+        <v>7454900</v>
+      </c>
+      <c r="E145" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F145" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G145" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H145" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I145" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J145" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K145" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L145" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M145" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N145" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O145" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P145" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q145" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R145" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S145" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T145" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U145" s="4"/>
+      <c r="V145" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W145" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X145" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="Y145" s="4" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="146" spans="1:25">
+      <c r="A146" s="5">
+        <v>145</v>
+      </c>
+      <c r="B146" s="5">
+        <v>60486804</v>
+      </c>
+      <c r="C146" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D146" s="6">
+        <v>18900</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F146" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G146" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H146" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J146" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K146" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L146" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M146" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N146" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O146" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P146" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q146" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R146" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S146" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T146" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U146" s="4"/>
+      <c r="V146" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W146" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X146" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="Y146" s="4" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="147" spans="1:25">
+      <c r="A147" s="5">
+        <v>146</v>
+      </c>
+      <c r="B147" s="5">
+        <v>60486990</v>
+      </c>
+      <c r="C147" s="4" t="s">
+        <v>355</v>
+      </c>
+      <c r="D147" s="6">
+        <v>21080000</v>
+      </c>
+      <c r="E147" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F147" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G147" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="H147" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I147" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J147" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K147" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L147" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N147" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O147" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P147" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q147" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R147" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S147" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T147" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U147" s="4"/>
+      <c r="V147" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W147" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X147" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="Y147" s="4" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="148" spans="1:25">
+      <c r="A148" s="5">
+        <v>147</v>
+      </c>
+      <c r="B148" s="5">
+        <v>60487109</v>
+      </c>
+      <c r="C148" s="4" t="s">
+        <v>359</v>
+      </c>
+      <c r="D148" s="6">
+        <v>8030000</v>
+      </c>
+      <c r="E148" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F148" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G148" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H148" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J148" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K148" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L148" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M148" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N148" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O148" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P148" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q148" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R148" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S148" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T148" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U148" s="4"/>
+      <c r="V148" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W148" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X148" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="Y148" s="4" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="149" spans="1:25">
+      <c r="A149" s="5">
+        <v>148</v>
+      </c>
+      <c r="B149" s="5">
+        <v>60487152</v>
+      </c>
+      <c r="C149" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D149" s="6">
+        <v>529000</v>
+      </c>
+      <c r="E149" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F149" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G149" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H149" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J149" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K149" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L149" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M149" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N149" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O149" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P149" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q149" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R149" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S149" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T149" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U149" s="4"/>
+      <c r="V149" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W149" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X149" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="Y149" s="4" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="150" spans="1:25">
+      <c r="A150" s="5">
+        <v>149</v>
+      </c>
+      <c r="B150" s="5">
+        <v>60487162</v>
+      </c>
+      <c r="C150" s="4" t="s">
+        <v>363</v>
+      </c>
+      <c r="D150" s="6">
+        <v>10980000</v>
+      </c>
+      <c r="E150" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F150" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G150" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H150" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J150" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K150" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L150" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M150" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N150" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O150" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P150" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q150" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R150" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S150" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T150" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U150" s="4"/>
+      <c r="V150" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W150" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X150" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="Y150" s="4" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="151" spans="1:25">
+      <c r="A151" s="5">
+        <v>150</v>
+      </c>
+      <c r="B151" s="5">
+        <v>60487275</v>
+      </c>
+      <c r="C151" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D151" s="6">
+        <v>17577100</v>
+      </c>
+      <c r="E151" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F151" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G151" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H151" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J151" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K151" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L151" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M151" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N151" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O151" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P151" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q151" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R151" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S151" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T151" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U151" s="4"/>
+      <c r="V151" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W151" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X151" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="Y151" s="4" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="152" spans="1:25">
+      <c r="A152" s="5">
+        <v>151</v>
+      </c>
+      <c r="B152" s="5">
+        <v>60487592</v>
+      </c>
+      <c r="C152" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="D152" s="6">
+        <v>68250000</v>
+      </c>
+      <c r="E152" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F152" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G152" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H152" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J152" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K152" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L152" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M152" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N152" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O152" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P152" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q152" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R152" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S152" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T152" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U152" s="4"/>
+      <c r="V152" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W152" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X152" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="Y152" s="4" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="153" spans="1:25">
+      <c r="A153" s="5">
+        <v>152</v>
+      </c>
+      <c r="B153" s="5">
+        <v>60487633</v>
+      </c>
+      <c r="C153" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="D153" s="6">
+        <v>6799200</v>
+      </c>
+      <c r="E153" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F153" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G153" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H153" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J153" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K153" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="L153" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M153" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N153" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O153" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P153" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q153" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R153" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S153" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T153" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U153" s="4"/>
+      <c r="V153" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W153" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X153" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="Y153" s="4" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="154" spans="1:25">
+      <c r="A154" s="5">
+        <v>153</v>
+      </c>
+      <c r="B154" s="5">
+        <v>60487704</v>
+      </c>
+      <c r="C154" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="D154" s="6">
+        <v>29998683</v>
+      </c>
+      <c r="E154" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F154" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G154" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H154" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I154" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J154" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K154" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L154" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M154" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N154" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O154" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P154" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q154" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R154" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S154" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T154" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U154" s="4"/>
+      <c r="V154" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W154" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X154" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="Y154" s="4" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="155" spans="1:25">
+      <c r="A155" s="5">
+        <v>154</v>
+      </c>
+      <c r="B155" s="5">
+        <v>60488069</v>
+      </c>
+      <c r="C155" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D155" s="6">
+        <v>2086100</v>
+      </c>
+      <c r="E155" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F155" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G155" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H155" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J155" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K155" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="L155" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M155" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N155" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O155" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P155" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q155" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R155" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S155" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T155" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U155" s="4"/>
+      <c r="V155" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W155" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X155" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="Y155" s="4" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="156" spans="1:25">
+      <c r="A156" s="5">
+        <v>155</v>
+      </c>
+      <c r="B156" s="5">
+        <v>60488169</v>
+      </c>
+      <c r="C156" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="D156" s="6">
+        <v>2137200</v>
+      </c>
+      <c r="E156" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F156" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G156" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H156" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J156" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K156" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L156" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M156" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N156" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O156" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P156" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q156" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R156" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S156" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T156" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U156" s="4"/>
+      <c r="V156" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W156" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X156" s="4" t="s">
+        <v>373</v>
+      </c>
+      <c r="Y156" s="4" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="157" spans="1:25">
+      <c r="A157" s="5">
+        <v>156</v>
+      </c>
+      <c r="B157" s="5">
+        <v>60488299</v>
+      </c>
+      <c r="C157" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D157" s="6">
+        <v>500000</v>
+      </c>
+      <c r="E157" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F157" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G157" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H157" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J157" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K157" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L157" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M157" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N157" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O157" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P157" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q157" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R157" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S157" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T157" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U157" s="4"/>
+      <c r="V157" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W157" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X157" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="Y157" s="4" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="158" spans="1:25">
+      <c r="A158" s="5">
+        <v>157</v>
+      </c>
+      <c r="B158" s="5">
+        <v>60488546</v>
+      </c>
+      <c r="C158" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D158" s="6">
+        <v>450000</v>
+      </c>
+      <c r="E158" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F158" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G158" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H158" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J158" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K158" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L158" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M158" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N158" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="O158" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="P158" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q158" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R158" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S158" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T158" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U158" s="4"/>
+      <c r="V158" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W158" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X158" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="Y158" s="4" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="159" spans="1:25">
+      <c r="A159" s="5">
+        <v>158</v>
+      </c>
+      <c r="B159" s="5">
+        <v>60566003</v>
+      </c>
+      <c r="C159" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="D159" s="6">
+        <v>27434000</v>
+      </c>
+      <c r="E159" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F159" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G159" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H159" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J159" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K159" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L159" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M159" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N159" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="O159" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="P159" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q159" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R159" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S159" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T159" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U159" s="4"/>
+      <c r="V159" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W159" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X159" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="Y159" s="4" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="160" spans="1:25">
+      <c r="A160" s="5">
+        <v>159</v>
+      </c>
+      <c r="B160" s="5">
+        <v>60566048</v>
+      </c>
+      <c r="C160" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="D160" s="6">
+        <v>8466150</v>
+      </c>
+      <c r="E160" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F160" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G160" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H160" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J160" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K160" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L160" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M160" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N160" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="O160" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="P160" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q160" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R160" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S160" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T160" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U160" s="4"/>
+      <c r="V160" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W160" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X160" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="Y160" s="4" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="161" spans="1:25">
+      <c r="A161" s="5">
+        <v>160</v>
+      </c>
+      <c r="B161" s="5">
+        <v>60590265</v>
+      </c>
+      <c r="C161" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D161" s="6">
+        <v>1154250</v>
+      </c>
+      <c r="E161" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F161" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="G161" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H161" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J161" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K161" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="L161" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M161" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N161" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="O161" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="P161" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q161" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R161" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S161" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T161" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U161" s="4"/>
+      <c r="V161" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W161" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X161" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="Y161" s="4" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="162" spans="1:25">
+      <c r="A162" s="5">
+        <v>161</v>
+      </c>
+      <c r="B162" s="5">
+        <v>60696481</v>
+      </c>
+      <c r="C162" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D162" s="6">
+        <v>10168300</v>
+      </c>
+      <c r="E162" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F162" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G162" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H162" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J162" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K162" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="L162" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M162" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="N162" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="O162" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="P162" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q162" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R162" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S162" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T162" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U162" s="4"/>
+      <c r="V162" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W162" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X162" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="Y162" s="4" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="163" spans="1:25">
+      <c r="A163" s="5">
+        <v>162</v>
+      </c>
+      <c r="B163" s="5">
+        <v>60729244</v>
+      </c>
+      <c r="C163" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D163" s="6">
+        <v>8600000</v>
+      </c>
+      <c r="E163" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F163" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G163" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H163" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J163" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K163" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L163" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M163" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N163" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="O163" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="P163" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q163" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R163" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S163" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T163" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U163" s="4"/>
+      <c r="V163" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W163" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X163" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="Y163" s="4" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="164" spans="1:25">
+      <c r="A164" s="5">
+        <v>163</v>
+      </c>
+      <c r="B164" s="5">
+        <v>60729320</v>
+      </c>
+      <c r="C164" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D164" s="6">
+        <v>11123000</v>
+      </c>
+      <c r="E164" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F164" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G164" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H164" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="K164" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L164" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="M164" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N164" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="O164" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="P164" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q164" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R164" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S164" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T164" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U164" s="4"/>
+      <c r="V164" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W164" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X164" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="Y164" s="4" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="165" spans="1:25">
+      <c r="A165" s="5">
+        <v>164</v>
+      </c>
+      <c r="B165" s="5">
+        <v>60729590</v>
+      </c>
+      <c r="C165" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D165" s="6">
+        <v>1310700</v>
+      </c>
+      <c r="E165" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F165" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="G165" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H165" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I165" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J165" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K165" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L165" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M165" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N165" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="O165" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="P165" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q165" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R165" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S165" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T165" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U165" s="4"/>
+      <c r="V165" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W165" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X165" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="Y165" s="4" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="166" spans="1:25">
+      <c r="A166" s="5">
+        <v>165</v>
+      </c>
+      <c r="B166" s="5">
+        <v>60729609</v>
+      </c>
+      <c r="C166" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="D166" s="6">
+        <v>1926000</v>
+      </c>
+      <c r="E166" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="F166" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G166" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H166" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J166" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K166" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="L166" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M166" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N166" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="O166" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="P166" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q166" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R166" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S166" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T166" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="U166" s="4"/>
+      <c r="V166" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="W166" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="X166" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="Y166" s="4" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="167" spans="1:25">
+      <c r="A167" s="7" t="s">
+        <v>401</v>
+      </c>
+      <c r="B167" s="8"/>
+      <c r="C167" s="8"/>
+      <c r="D167" s="9">
+        <v>3969304906</v>
+      </c>
+      <c r="E167" s="8"/>
+      <c r="F167" s="8"/>
+      <c r="G167" s="8"/>
+      <c r="H167" s="8"/>
+      <c r="I167" s="8"/>
+      <c r="J167" s="8"/>
+      <c r="K167" s="8"/>
+      <c r="L167" s="8"/>
+      <c r="M167" s="8"/>
+      <c r="N167" s="8"/>
+      <c r="O167" s="8"/>
+      <c r="P167" s="8"/>
+      <c r="Q167" s="8"/>
+      <c r="R167" s="8"/>
+      <c r="S167" s="8"/>
+      <c r="T167" s="8"/>
+      <c r="U167" s="8"/>
+      <c r="V167" s="8"/>
+      <c r="W167" s="8"/>
+      <c r="X167" s="8"/>
+      <c r="Y167" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A62:C62"/>
-    <mergeCell ref="E62:Y62"/>
+    <mergeCell ref="A167:C167"/>
+    <mergeCell ref="E167:Y167"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>