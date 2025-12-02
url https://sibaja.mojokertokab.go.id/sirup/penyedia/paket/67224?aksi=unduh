--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="315">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -443,555 +443,561 @@
   <si>
     <t>27/08/2025</t>
   </si>
   <si>
     <t>27/08/2025 12:44:57</t>
   </si>
   <si>
     <t>Kabel Nym; Lampu Essential</t>
   </si>
   <si>
     <t>2 X 1,5 Mm (roll Isi 100 M); Bohlam Lampu 18 watt Warm White / cool day light</t>
   </si>
   <si>
     <t>Belanja Bahan-Bahan Bakar dan Pelumas</t>
   </si>
   <si>
     <t>27/08/2025 14:36:15</t>
   </si>
   <si>
     <t>Bahan Bakar;</t>
   </si>
   <si>
     <t>Pertamax;</t>
   </si>
   <si>
+    <t>29/08/2025</t>
+  </si>
+  <si>
+    <t>29/08/2025 09:36:44</t>
+  </si>
+  <si>
+    <t>Helm Las; Sabit Besi</t>
+  </si>
+  <si>
+    <t>Topeng las / kedok las warna hitam berfungsi untuk melindungi wajah saat bekerja; Sabit Bahan : Mata Pisau terbuat dari besi baja, gagang sabit terbuat dari kayu Kondisi : Baru dan tajam;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Perkakas Konstruksi Logam yang Transportable (Berpindah)</t>
+  </si>
+  <si>
+    <t>Bor Listrik;</t>
+  </si>
+  <si>
+    <t>Bosch Bor Impact Listrik + Kotak + Accesoris Mata Drill;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Perkakas Bengkel Kerja</t>
+  </si>
+  <si>
+    <t>Palu bodem;</t>
+  </si>
+  <si>
+    <t>10kg/20lb;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Sumber Tenaga</t>
+  </si>
+  <si>
+    <t>Genset Portable;</t>
+  </si>
+  <si>
+    <t>3000 watt;</t>
+  </si>
+  <si>
+    <t>29/08/2025 13:44:04</t>
+  </si>
+  <si>
+    <t>Bahan Bakar; Solar; Bahan Bakar; Solar;</t>
+  </si>
+  <si>
+    <t>Pertamax; Pertamax; Non Subsidi; Non Subsidi;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor</t>
+  </si>
+  <si>
+    <t>29/08/2025 13:48:58</t>
+  </si>
+  <si>
+    <t>Ballpoint; Buku Block Note; Map; Karbon; Karbon;</t>
+  </si>
+  <si>
+    <t>Tulis; Isi 50 Lembar; Map Plastik Zipper; Pembulatan; Pembulatan;</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>01/09/2025 12:59:31</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>-; -; -; -;</t>
+  </si>
+  <si>
+    <t>01/09/2025 13:00:28</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Keamanan</t>
+  </si>
+  <si>
+    <t>01/09/2025 13:48:33</t>
+  </si>
+  <si>
+    <t>Honorarium Pengamanan (TNI/POLRI/LINMAS/POL PP);</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Keamanan;</t>
+  </si>
+  <si>
+    <t>01/09/2025 13:53:13</t>
+  </si>
+  <si>
+    <t>Bahan Bakar; Oli; Bahan Bakar; Bahan Bakar; Bahan Bakar; Solar;</t>
+  </si>
+  <si>
+    <t>Pertamax; Mobil; Pertamax; Pertamax; Pertamax; Non Subsidi;</t>
+  </si>
+  <si>
+    <t>01/09/2025 14:06:01</t>
+  </si>
+  <si>
+    <t>Kertas HVS; Karbon;</t>
+  </si>
+  <si>
+    <t>Folio/F4 70Gram; Pembulatan</t>
+  </si>
+  <si>
+    <t>01/09/2025 14:17:53</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan);</t>
+  </si>
+  <si>
+    <t>-; -; -; -; -; -; -; -; -; -; -; -;</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
+    <t>04/09/2025 09:23:34</t>
+  </si>
+  <si>
+    <t>Seragam;</t>
+  </si>
+  <si>
+    <t>Seragam kerja lengkap;</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>12/09/2025 11:41:29</t>
+  </si>
+  <si>
+    <t>Materai;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak</t>
+  </si>
+  <si>
+    <t>Fotocopy;</t>
+  </si>
+  <si>
+    <t>Folio/HVS;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Bangunan Gedung Tempat Pertemuan</t>
+  </si>
+  <si>
+    <t>12/09/2025 14:05:06</t>
+  </si>
+  <si>
+    <t>Sewa Tempat Pelatihan</t>
+  </si>
+  <si>
+    <t>Ruang Rapat</t>
+  </si>
+  <si>
+    <t>12/09/2025 14:19:48</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Kantor Lainnya</t>
+  </si>
+  <si>
+    <t>12/09/2025 15:26:50</t>
+  </si>
+  <si>
+    <t>CCTV;</t>
+  </si>
+  <si>
+    <t>Paket cctv 8 kamera 5 MP;</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:57:41</t>
+  </si>
+  <si>
+    <t>Banner; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 280 Gr; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Karbon; Ballpoint; Buku Block Note; Map</t>
+  </si>
+  <si>
+    <t>Pembulatan; Tulis; Isi 50 Lembar; Map Plastik Zipper</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:28:20</t>
+  </si>
+  <si>
+    <t>Photo Copy;</t>
+  </si>
+  <si>
+    <t>Folio/hvs;</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:28:59</t>
+  </si>
+  <si>
+    <t>15/09/2025 10:40:17</t>
+  </si>
+  <si>
+    <t>15/09/2025 11:43:30</t>
+  </si>
+  <si>
+    <t>Buku Block Note; Ballpoint; Map; Karbon;</t>
+  </si>
+  <si>
+    <t>Isi 50 Lembar; Tulis; Map Plastik Zipper; Pembulatan;</t>
+  </si>
+  <si>
+    <t>Photo Copy; Banner;</t>
+  </si>
+  <si>
+    <t>Folio/HVS; Bahan Fronlite 280;</t>
+  </si>
+  <si>
+    <t>15/09/2025 14:01:10</t>
+  </si>
+  <si>
+    <t>15/09/2025 14:21:37</t>
+  </si>
+  <si>
+    <t>Kaos Lengan Panjang;</t>
+  </si>
+  <si>
+    <t>Katun, Berkerah;</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 09:04:20</t>
+  </si>
+  <si>
+    <t>Gimbal Stabilizer;</t>
+  </si>
+  <si>
+    <t>3-Axis, 360" InfinitePanning, Ultra Wide Angle Mode;</t>
+  </si>
+  <si>
+    <t>16/09/2025 09:30:18</t>
+  </si>
+  <si>
+    <t>Tas Ransel Laptop;</t>
+  </si>
+  <si>
+    <t>lapisan dalam satin, ada tempat laptop, logo sablon Bahan d300 biru dongker Panjang 30 x Tinggi 42 x Lebar 14 cm;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Studio Lainnya</t>
+  </si>
+  <si>
+    <t>Lensa Kamera;</t>
+  </si>
+  <si>
+    <t>From wide angle to medium telephoto (27mm to 157.5mm in 35mm full-frame format), this power zoom lens covers approximately a 6x zoom range with a constant F4 aperture all the way;</t>
+  </si>
+  <si>
+    <t>17/09/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 09:22:43</t>
+  </si>
+  <si>
+    <t>Stiker; Baliho; Banner; Photo Copy; Cetak Flyer/brosur/pamflet Komplit Cetak 1 Warna; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Vinyl Full Colour Ukuran 25 x 18 cm; Bahan Vinyl Termasuk Rangka Kayu/Bambu dan Biaya Pemasangan Uk. 4 X 6; Bahan Fronlite 340 Gr; Folio/hvs; Kertas Hvs 80 Gr ( Putih/ Warna/ Krem) Uk A4/; Folio/ Kuarto; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:07:18</t>
+  </si>
+  <si>
+    <t>Ballpoint; Ordner; Buku Kwitansi; Map; Ballpoint; Buku Block Note; Karbon; Karbon; Karbon; Karbon; Karbon</t>
+  </si>
+  <si>
+    <t>Besar; Besar; Map Plastik Zipper; Tulis; Isi 50 Lembar; Tulis; Pembulatan; Pembulatan; Pembulatan; Pembulatan;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Teknisi Mekanik dan Listrik</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:14:32</t>
+  </si>
+  <si>
+    <t>Jasa Pemusnahan Barang Hasil Penindakan; Jasa Pembongkaran Baliho/Reklame</t>
+  </si>
+  <si>
+    <t>Biaya Pemusnahan Barang Hasil Penindakan Cukai llegal termasuk biaya Jasa Angkut; Sudah termasuk alat, bahan bongkar dan pekerja;</t>
+  </si>
+  <si>
+    <t>17/09/2025 13:35:11</t>
+  </si>
+  <si>
+    <t>Umbul-Umbul; Banner; Photo Copy; Photo Copy; Photo Copy; Photo Copy; Banner; Stiker; Stiker; Banner; Banner; Banner; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Kain; Bahan Fronlite 340 Gr; Folio/hvs; Folio/hvs; Folio/hvs; Folio/hvs; Bahan Fronlite 340 Gr; Vinyl Full Colour Ukuran 25 x 18 cm; Vinyl Full Colour Ukuran 25 x 18 cm; Bahan Fronlite 340 Gr; Bahan Fronlite 340 Gr; Folio/hvs; Bahan Fronlite 340 Gr;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Informasi dan Teknologi</t>
+  </si>
+  <si>
+    <t>17/09/2025 13:40:35</t>
+  </si>
+  <si>
+    <t>Jasa Informan Rokok Ilegal;</t>
+  </si>
+  <si>
+    <t>Informasi Penjualan / Pengiriman / Penyimpanan Rokok Ilegal;</t>
+  </si>
+  <si>
+    <t>17/09/2025 13:50:34</t>
+  </si>
+  <si>
+    <t>Solar; Bensin;</t>
+  </si>
+  <si>
+    <t>Non Subsidi; Non Subsidi;</t>
+  </si>
+  <si>
+    <t>17/09/2025 14:22:31</t>
+  </si>
+  <si>
+    <t>Stiker; Cetak Flyer/brosur/pamflet Komplit 3 Warna; Blanko; Photo Copy; Banner; Karrbon</t>
+  </si>
+  <si>
+    <t>Vinyl Full Colour Ukuran 25 x 18 cm; Kertas Hvs 80 Gr ( Putih/ Warna/ Krem) Uk A4/ Folio/ Kuarto; Kertas NCR, Folio, 5 ply 50 set; Folio/hvs; Bahan Fronlite 280 Gr; Pembulaan;</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:39:41</t>
+  </si>
+  <si>
+    <t>Belanja Modal Mebel</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:42:40</t>
+  </si>
+  <si>
+    <t>Meja Tamu; Kursi Kerja Pejabat; Kursi Rapat; Kursi Tunggu;</t>
+  </si>
+  <si>
+    <t>Material : MDF, kayu, dimensi produk : 130 x 80 x 73 cm; Kursi Kerja Pejabat; Material Besi Rangka; Kursi 4 seat bahan besi;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Rumah Tangga-Alat Pendingin</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:49:28</t>
+  </si>
+  <si>
+    <t>Ac Slpiit;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor - Bahan Cetak</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:50:34</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Komputer-Peralatan Komputer-Peralatan Personal Computer</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:51:42</t>
+  </si>
+  <si>
+    <t>Printer;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Penanganan Prasarana dan Sarana Umum</t>
+  </si>
+  <si>
+    <t>18/09/2025 15:10:16</t>
+  </si>
+  <si>
+    <t>Tukang;</t>
+  </si>
+  <si>
+    <t>Lokal, WNI, Per Hari 7Jam Kerja (Tukang Biasa/Batu/Batu Halus/Batu Kasar);</t>
+  </si>
+  <si>
+    <t>18/09/2025 15:26:57</t>
+  </si>
+  <si>
+    <t>Oli; Bahan Bakar; Solar;</t>
+  </si>
+  <si>
+    <t>Mobil; Pertamax; ;</t>
+  </si>
+  <si>
+    <t>Belanja Suku Cadang-Suku Cadang Alat Angkutan</t>
+  </si>
+  <si>
+    <t>18/09/2025 15:37:19</t>
+  </si>
+  <si>
+    <t>Accu; Ban Luar Mobil;</t>
+  </si>
+  <si>
+    <t>SUV; Ring 14; Ring 16;</t>
+  </si>
+  <si>
+    <t>Keset; Cikrak; Pembersih Lantai; Pengharum Ruangan; Sapu Lidi; Sapu Ijuk; Kuas Roll; Timba; Pengharum; Sabun Batangan; Sabun Cair; Tissue; Sabun Batangan;</t>
+  </si>
+  <si>
+    <t>Kamar Mandi; Seng; Besar; Pewangi ruangan gantung uk. 42 gr; Luar Ruangan; Dalam Ruangan; Imunndex Besar; Tanpa Tutup; Mobil, Refill; 80 Gram; Sedang; Makan; 80 gram;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bangunan dan Konstruksi</t>
+  </si>
+  <si>
+    <t>18/09/2025 15:40:20</t>
+  </si>
+  <si>
+    <t>Logo Akrilik; Keramik 25x25 Lantai; Keramik Dinding 25x40; Kloset Jongkok; Semen standart SNI 40 kg;</t>
+  </si>
+  <si>
+    <t>Logo Pemkab + Tulisan (Letter) pemerintah daerah /PD/Instansi/Organisasi; Bahan akrilik; -; -; -; -;</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>19/09/2025 10:00:26</t>
+  </si>
+  <si>
+    <t>Folio/Hvs;</t>
+  </si>
+  <si>
+    <t>19/09/2025 10:52:25</t>
+  </si>
+  <si>
+    <t>Map; Ballpoint; Buku Kwitansi; Karbon;</t>
+  </si>
+  <si>
+    <t>Bufalo; Tanda Tangan; Besar; Pembulatan;</t>
+  </si>
+  <si>
+    <t>19/09/2025 11:07:40</t>
+  </si>
+  <si>
+    <t>Cetak Map Dinas;</t>
+  </si>
+  <si>
+    <t>Bahan Kertas Bufalo;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Rumah Tangga Lainnya (Home Use)</t>
+  </si>
+  <si>
+    <t>19/09/2025 11:35:58</t>
+  </si>
+  <si>
+    <t>Speker/ Sound System; Microphone; Speker/ Sound System;</t>
+  </si>
+  <si>
+    <t>COMPACT CONTROL MONITOR LOUDSPEAKER SYSTEM CONTROL; mic vocal dual voice coil, kabel; 12" 2-way full-range passive loudspeaker;</t>
+  </si>
+  <si>
+    <t>19/09/2025 11:58:22</t>
+  </si>
+  <si>
+    <t>Bendera Merah Putih; Bendera Merah Putih;</t>
+  </si>
+  <si>
+    <t>Sedang; Uk. 60 x 90 cm ;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Gedung-Bangunan Gedung Tempat Kerja-Bangunan Gedung Kantor</t>
+  </si>
+  <si>
+    <t>29/09/2025</t>
+  </si>
+  <si>
+    <t>29/09/2025 08:33:36</t>
+  </si>
+  <si>
+    <t>Pengecatan 1 m2 Tembok Lama (1 Lapis Cat Dasar. 2 Lapis Cat Penutup)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>Belanja Modal Kendaraan Bermotor Beroda Dua</t>
   </si>
   <si>
-    <t>29/08/2025</t>
-[...500 lines deleted...]
-    <t>-</t>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>23/10/2025 12:06:04</t>
+  </si>
+  <si>
+    <t>Sepeda Motor; Sepeda Motor; Karbon:</t>
+  </si>
+  <si>
+    <t>150 CC; Kendaraan Dinas Bermotor Perorangan Honda Vario 125 cbs; Pembulatan</t>
+  </si>
+  <si>
+    <t>23/10/2025 12:29:51</t>
+  </si>
+  <si>
+    <t>Layar Proyektor Otomatis; Layar Proyektor; Mesin Penghancur Kertas; Papan Tulis Standing; Karbon;</t>
+  </si>
+  <si>
+    <t>P 250 cm, L 50 cm, T 250 cm; 84 inch (213 x 213 cm) manual tripod; Mesin Penghancur Kertas; Papan Magnetic 2 Muka; Pembulatan;</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4021,1032 +4027,1032 @@
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="4"/>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X35" s="4" t="s">
         <v>141</v>
       </c>
       <c r="Y35" s="4" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>60429917</v>
+        <v>60430791</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>143</v>
+        <v>65</v>
       </c>
       <c r="D36" s="6">
-        <v>113150000</v>
+        <v>1850000</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="O36" s="5" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="P36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T36" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="4"/>
       <c r="V36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X36" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="Y36" s="4" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>60430791</v>
+        <v>60430862</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>65</v>
+        <v>147</v>
       </c>
       <c r="D37" s="6">
-        <v>1850000</v>
+        <v>2950000</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="O37" s="5" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W37" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X37" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="Y37" s="4" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>60430862</v>
+        <v>60430945</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D38" s="6">
-        <v>2950000</v>
+        <v>3625000</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="O38" s="5" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X38" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="Y38" s="4" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>60430945</v>
+        <v>60431016</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D39" s="6">
-        <v>3625000</v>
+        <v>11500000</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="O39" s="5" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U39" s="4"/>
       <c r="V39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W39" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X39" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="Y39" s="4" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>60431016</v>
+        <v>60435941</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>157</v>
+        <v>139</v>
       </c>
       <c r="D40" s="6">
-        <v>11500000</v>
+        <v>11499250</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="4" t="s">
-        <v>27</v>
+        <v>127</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U40" s="4"/>
       <c r="V40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W40" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X40" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="Y40" s="4" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>60435941</v>
+        <v>60436016</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="D41" s="6">
-        <v>11499250</v>
+        <v>5048356</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F41" s="4" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="O41" s="5" t="s">
         <v>160</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T41" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U41" s="4"/>
       <c r="V41" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W41" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X41" s="4" t="s">
         <v>161</v>
       </c>
       <c r="Y41" s="4" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>60436016</v>
+        <v>60452934</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>163</v>
+        <v>112</v>
       </c>
       <c r="D42" s="6">
-        <v>5048356</v>
+        <v>41250000</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N42" s="5" t="s">
-        <v>144</v>
+        <v>163</v>
       </c>
       <c r="O42" s="5" t="s">
         <v>164</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R42" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U42" s="4"/>
       <c r="V42" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W42" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X42" s="4" t="s">
         <v>165</v>
       </c>
       <c r="Y42" s="4" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>60452934</v>
+        <v>60453049</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>112</v>
+        <v>74</v>
       </c>
       <c r="D43" s="6">
-        <v>41250000</v>
+        <v>2500000</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N43" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O43" s="5" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U43" s="4"/>
       <c r="V43" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W43" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X43" s="4" t="s">
-        <v>169</v>
+        <v>115</v>
       </c>
       <c r="Y43" s="4" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>60453049</v>
+        <v>60454117</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>74</v>
+        <v>168</v>
       </c>
       <c r="D44" s="6">
-        <v>2500000</v>
+        <v>14400000</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G44" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U44" s="4"/>
       <c r="V44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W44" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X44" s="4" t="s">
-        <v>115</v>
+        <v>170</v>
       </c>
       <c r="Y44" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>60454117</v>
+        <v>60454256</v>
       </c>
       <c r="C45" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D45" s="6">
+        <v>87181650</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G45" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K45" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L45" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N45" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="O45" s="5" t="s">
         <v>172</v>
-      </c>
-[...34 lines deleted...]
-        <v>173</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R45" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T45" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U45" s="4"/>
       <c r="V45" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W45" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X45" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="Y45" s="4" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>60454256</v>
+        <v>60454582</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>139</v>
+        <v>109</v>
       </c>
       <c r="D46" s="6">
-        <v>87181650</v>
+        <v>1362100</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N46" s="5" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="O46" s="5" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="P46" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W46" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X46" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="Y46" s="4" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>60454582</v>
+        <v>60454972</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D47" s="6">
-        <v>1362100</v>
+        <v>150000000</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N47" s="5" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W47" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X47" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="Y47" s="4" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>60454972</v>
+        <v>60499043</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>112</v>
+        <v>25</v>
       </c>
       <c r="D48" s="6">
-        <v>150000000</v>
+        <v>7546000</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F48" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N48" s="5" t="s">
-        <v>167</v>
+        <v>181</v>
       </c>
       <c r="O48" s="5" t="s">
         <v>182</v>
       </c>
       <c r="P48" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R48" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T48" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U48" s="4"/>
       <c r="V48" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W48" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X48" s="4" t="s">
         <v>183</v>
       </c>
       <c r="Y48" s="4" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>60499043</v>
+        <v>60605557</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="D49" s="6">
-        <v>7546000</v>
+        <v>590400</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L49" s="5" t="s">
         <v>29</v>
       </c>
@@ -5063,3731 +5069,3731 @@
         <v>33</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T49" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U49" s="4"/>
       <c r="V49" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W49" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X49" s="4" t="s">
         <v>187</v>
       </c>
       <c r="Y49" s="4" t="s">
-        <v>188</v>
+        <v>73</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>60605557</v>
+        <v>60605592</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>71</v>
+        <v>188</v>
       </c>
       <c r="D50" s="6">
-        <v>590400</v>
+        <v>162000</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N50" s="5" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="O50" s="5" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="P50" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R50" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T50" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U50" s="4"/>
       <c r="V50" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W50" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X50" s="4" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="Y50" s="4" t="s">
-        <v>73</v>
+        <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>60605592</v>
+        <v>60607726</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D51" s="6">
-        <v>162000</v>
+        <v>1657300</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G51" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N51" s="5" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="O51" s="5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="P51" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S51" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T51" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U51" s="4"/>
       <c r="V51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W51" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X51" s="4" t="s">
         <v>193</v>
       </c>
       <c r="Y51" s="4" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>60607726</v>
+        <v>60608358</v>
       </c>
       <c r="C52" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D52" s="6">
+        <v>34310000</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F52" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G52" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K52" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L52" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N52" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="O52" s="5" t="s">
         <v>195</v>
-      </c>
-[...34 lines deleted...]
-        <v>196</v>
       </c>
       <c r="P52" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R52" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S52" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T52" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U52" s="4"/>
       <c r="V52" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W52" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X52" s="4" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="Y52" s="4" t="s">
-        <v>198</v>
+        <v>98</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>60608358</v>
+        <v>60609612</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>112</v>
+        <v>196</v>
       </c>
       <c r="D53" s="6">
-        <v>34310000</v>
+        <v>12317300</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N53" s="5" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="O53" s="5" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="P53" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R53" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S53" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T53" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U53" s="4"/>
       <c r="V53" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W53" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X53" s="4" t="s">
-        <v>97</v>
+        <v>198</v>
       </c>
       <c r="Y53" s="4" t="s">
-        <v>98</v>
+        <v>199</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>60609612</v>
+        <v>60629576</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>200</v>
+        <v>139</v>
       </c>
       <c r="D54" s="6">
-        <v>12317300</v>
+        <v>6407100</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="4" t="s">
-        <v>27</v>
+        <v>127</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>189</v>
+        <v>200</v>
       </c>
       <c r="O54" s="5" t="s">
         <v>201</v>
       </c>
       <c r="P54" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R54" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S54" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T54" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U54" s="4"/>
       <c r="V54" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W54" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X54" s="4" t="s">
-        <v>202</v>
+        <v>141</v>
       </c>
       <c r="Y54" s="4" t="s">
-        <v>203</v>
+        <v>142</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>60629576</v>
+        <v>60629687</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>139</v>
+        <v>188</v>
       </c>
       <c r="D55" s="6">
-        <v>6407100</v>
+        <v>907000</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N55" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O55" s="5" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S55" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T55" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U55" s="4"/>
       <c r="V55" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W55" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X55" s="4" t="s">
-        <v>141</v>
+        <v>202</v>
       </c>
       <c r="Y55" s="4" t="s">
-        <v>142</v>
+        <v>203</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>60629687</v>
+        <v>60629848</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="D56" s="6">
-        <v>907000</v>
+        <v>3786200</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F56" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N56" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="P56" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T56" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U56" s="4"/>
       <c r="V56" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W56" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X56" s="4" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="Y56" s="4" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>60629848</v>
+        <v>60630487</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>163</v>
+        <v>91</v>
       </c>
       <c r="D57" s="6">
-        <v>3786200</v>
+        <v>9750000</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G57" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N57" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O57" s="5" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="P57" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q57" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S57" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T57" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U57" s="4"/>
       <c r="V57" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W57" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X57" s="4" t="s">
-        <v>208</v>
+        <v>92</v>
       </c>
       <c r="Y57" s="4" t="s">
-        <v>209</v>
+        <v>93</v>
       </c>
     </row>
     <row r="58" spans="1:25">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>60630487</v>
+        <v>60632644</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>91</v>
+        <v>188</v>
       </c>
       <c r="D58" s="6">
-        <v>9750000</v>
+        <v>5600</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F58" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G58" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N58" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O58" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="P58" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q58" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S58" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T58" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U58" s="4"/>
       <c r="V58" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W58" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X58" s="4" t="s">
-        <v>92</v>
+        <v>207</v>
       </c>
       <c r="Y58" s="4" t="s">
-        <v>93</v>
+        <v>208</v>
       </c>
     </row>
     <row r="59" spans="1:25">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>60632644</v>
+        <v>60632672</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>192</v>
+        <v>139</v>
       </c>
       <c r="D59" s="6">
-        <v>5600</v>
+        <v>2891700</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F59" s="4" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N59" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O59" s="5" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="P59" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q59" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R59" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S59" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T59" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U59" s="4"/>
       <c r="V59" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W59" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X59" s="4" t="s">
-        <v>211</v>
+        <v>141</v>
       </c>
       <c r="Y59" s="4" t="s">
-        <v>212</v>
+        <v>142</v>
       </c>
     </row>
     <row r="60" spans="1:25">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>60632672</v>
+        <v>60633151</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>139</v>
       </c>
       <c r="D60" s="6">
-        <v>2891700</v>
+        <v>5953500</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F60" s="4" t="s">
         <v>127</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N60" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O60" s="5" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="P60" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q60" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R60" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S60" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T60" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U60" s="4"/>
       <c r="V60" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W60" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X60" s="4" t="s">
         <v>141</v>
       </c>
       <c r="Y60" s="4" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>60633151</v>
+        <v>60633302</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>139</v>
       </c>
       <c r="D61" s="6">
-        <v>5953500</v>
+        <v>3496500</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>127</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N61" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O61" s="5" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="P61" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q61" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R61" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S61" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T61" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U61" s="4"/>
       <c r="V61" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W61" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X61" s="4" t="s">
         <v>141</v>
       </c>
       <c r="Y61" s="4" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:25">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>60633302</v>
+        <v>60633450</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="D62" s="6">
-        <v>3496500</v>
+        <v>250</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F62" s="4" t="s">
-        <v>127</v>
+        <v>46</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N62" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O62" s="5" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="P62" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q62" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R62" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S62" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T62" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U62" s="4"/>
       <c r="V62" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W62" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X62" s="4" t="s">
-        <v>141</v>
+        <v>212</v>
       </c>
       <c r="Y62" s="4" t="s">
-        <v>142</v>
+        <v>213</v>
       </c>
     </row>
     <row r="63" spans="1:25">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>60633450</v>
+        <v>60635410</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>163</v>
+        <v>74</v>
       </c>
       <c r="D63" s="6">
-        <v>250</v>
+        <v>2000000</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N63" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O63" s="5" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="P63" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q63" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R63" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S63" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T63" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U63" s="4"/>
       <c r="V63" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W63" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X63" s="4" t="s">
-        <v>216</v>
+        <v>97</v>
       </c>
       <c r="Y63" s="4" t="s">
-        <v>217</v>
+        <v>98</v>
       </c>
     </row>
     <row r="64" spans="1:25">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>60635410</v>
+        <v>60635821</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>74</v>
+        <v>188</v>
       </c>
       <c r="D64" s="6">
-        <v>2000000</v>
+        <v>561100</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F64" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N64" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O64" s="5" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="P64" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R64" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S64" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T64" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U64" s="4"/>
       <c r="V64" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W64" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X64" s="4" t="s">
-        <v>97</v>
+        <v>214</v>
       </c>
       <c r="Y64" s="4" t="s">
-        <v>98</v>
+        <v>215</v>
       </c>
     </row>
     <row r="65" spans="1:25">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>60635821</v>
+        <v>60639593</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>192</v>
+        <v>139</v>
       </c>
       <c r="D65" s="6">
-        <v>561100</v>
+        <v>8750700</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F65" s="4" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N65" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O65" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P65" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q65" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R65" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S65" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T65" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U65" s="4"/>
       <c r="V65" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W65" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X65" s="4" t="s">
-        <v>218</v>
+        <v>141</v>
       </c>
       <c r="Y65" s="4" t="s">
-        <v>219</v>
+        <v>142</v>
       </c>
     </row>
     <row r="66" spans="1:25">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>60639593</v>
+        <v>60640366</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="D66" s="6">
-        <v>8750700</v>
+        <v>9000000</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F66" s="4" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L66" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N66" s="5" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="O66" s="5" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="P66" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q66" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R66" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S66" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T66" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U66" s="4"/>
       <c r="V66" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W66" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X66" s="4" t="s">
-        <v>141</v>
+        <v>218</v>
       </c>
       <c r="Y66" s="4" t="s">
-        <v>142</v>
+        <v>219</v>
       </c>
     </row>
     <row r="67" spans="1:25">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>60640366</v>
+        <v>60652092</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="D67" s="6">
-        <v>9000000</v>
+        <v>4494000</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N67" s="5" t="s">
-        <v>204</v>
+        <v>220</v>
       </c>
       <c r="O67" s="5" t="s">
         <v>221</v>
       </c>
       <c r="P67" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q67" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R67" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S67" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T67" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U67" s="4"/>
       <c r="V67" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W67" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X67" s="4" t="s">
         <v>222</v>
       </c>
       <c r="Y67" s="4" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="68" spans="1:25">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>60652092</v>
+        <v>60652530</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="D68" s="6">
-        <v>4494000</v>
+        <v>18208000</v>
       </c>
       <c r="E68" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N68" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="O68" s="5" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="P68" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q68" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R68" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S68" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T68" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U68" s="4"/>
       <c r="V68" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W68" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X68" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="Y68" s="4" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="69" spans="1:25">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>60652530</v>
+        <v>60653263</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>42</v>
+        <v>227</v>
       </c>
       <c r="D69" s="6">
-        <v>18208000</v>
+        <v>10350000</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H69" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L69" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N69" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="O69" s="5" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="P69" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q69" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R69" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S69" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T69" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U69" s="4"/>
       <c r="V69" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W69" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X69" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="Y69" s="4" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="70" spans="1:25">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>60653263</v>
+        <v>60675406</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>231</v>
+        <v>188</v>
       </c>
       <c r="D70" s="6">
-        <v>10350000</v>
+        <v>12202100</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N70" s="5" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="O70" s="5" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="P70" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q70" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R70" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S70" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T70" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U70" s="4"/>
       <c r="V70" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W70" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X70" s="4" t="s">
         <v>232</v>
       </c>
       <c r="Y70" s="4" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="71" spans="1:25">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="5">
-        <v>60675406</v>
+        <v>60679787</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="D71" s="6">
-        <v>12202100</v>
+        <v>4057030</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N71" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="O71" s="5" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="P71" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q71" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R71" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S71" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T71" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U71" s="4"/>
       <c r="V71" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W71" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X71" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y71" s="4" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="72" spans="1:25">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>60679787</v>
+        <v>60679995</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>163</v>
+        <v>237</v>
       </c>
       <c r="D72" s="6">
-        <v>4057030</v>
+        <v>140000000</v>
       </c>
       <c r="E72" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F72" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G72" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N72" s="5" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O72" s="5" t="s">
         <v>238</v>
       </c>
       <c r="P72" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q72" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R72" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S72" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T72" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U72" s="4"/>
       <c r="V72" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W72" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X72" s="4" t="s">
         <v>239</v>
       </c>
       <c r="Y72" s="4" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>60679995</v>
+        <v>60683310</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>241</v>
+        <v>188</v>
       </c>
       <c r="D73" s="6">
-        <v>140000000</v>
+        <v>26429150</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G73" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H73" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L73" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N73" s="5" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O73" s="5" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="P73" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q73" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R73" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S73" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T73" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U73" s="4"/>
       <c r="V73" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W73" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X73" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y73" s="4" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>60683310</v>
+        <v>60683418</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>192</v>
+        <v>244</v>
       </c>
       <c r="D74" s="6">
-        <v>26429150</v>
+        <v>46206000</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F74" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G74" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H74" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L74" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N74" s="5" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O74" s="5" t="s">
         <v>245</v>
       </c>
       <c r="P74" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q74" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R74" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S74" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T74" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U74" s="4"/>
       <c r="V74" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W74" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X74" s="4" t="s">
         <v>246</v>
       </c>
       <c r="Y74" s="4" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="75" spans="1:25">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>60683418</v>
+        <v>60683653</v>
       </c>
       <c r="C75" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D75" s="6">
+        <v>6489450</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F75" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="G75" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L75" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N75" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="O75" s="5" t="s">
         <v>248</v>
-      </c>
-[...34 lines deleted...]
-        <v>249</v>
       </c>
       <c r="P75" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q75" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R75" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S75" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T75" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U75" s="4"/>
       <c r="V75" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W75" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X75" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="Y75" s="4" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="76" spans="1:25">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>60683653</v>
+        <v>60684568</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>139</v>
+        <v>188</v>
       </c>
       <c r="D76" s="6">
-        <v>6489450</v>
+        <v>2265550</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F76" s="4" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N76" s="5" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="O76" s="5" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="P76" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q76" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R76" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S76" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T76" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U76" s="4"/>
       <c r="V76" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W76" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X76" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="Y76" s="4" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="77" spans="1:25">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>60684568</v>
+        <v>60707793</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D77" s="6">
-        <v>2265550</v>
+        <v>249600</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F77" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G77" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L77" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N77" s="5" t="s">
-        <v>234</v>
+        <v>254</v>
       </c>
       <c r="O77" s="5" t="s">
         <v>255</v>
       </c>
       <c r="P77" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R77" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S77" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T77" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U77" s="4"/>
       <c r="V77" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W77" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X77" s="4" t="s">
-        <v>256</v>
+        <v>207</v>
       </c>
       <c r="Y77" s="4" t="s">
-        <v>257</v>
+        <v>208</v>
       </c>
     </row>
     <row r="78" spans="1:25">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>60707793</v>
+        <v>60707885</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>192</v>
+        <v>256</v>
       </c>
       <c r="D78" s="6">
-        <v>249600</v>
+        <v>19669200</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F78" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G78" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L78" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N78" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O78" s="5" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="P78" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q78" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R78" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S78" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T78" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U78" s="4"/>
       <c r="V78" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W78" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X78" s="4" t="s">
-        <v>211</v>
+        <v>258</v>
       </c>
       <c r="Y78" s="4" t="s">
-        <v>212</v>
+        <v>259</v>
       </c>
     </row>
     <row r="79" spans="1:25">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>60707885</v>
+        <v>60708008</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>260</v>
       </c>
       <c r="D79" s="6">
-        <v>19669200</v>
+        <v>7930000</v>
       </c>
       <c r="E79" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F79" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G79" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H79" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L79" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N79" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O79" s="5" t="s">
         <v>261</v>
       </c>
       <c r="P79" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q79" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R79" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S79" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T79" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U79" s="4"/>
       <c r="V79" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W79" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X79" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="Y79" s="4" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="80" spans="1:25">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>60708008</v>
+        <v>60708169</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D80" s="6">
-        <v>7930000</v>
+        <v>320000</v>
       </c>
       <c r="E80" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G80" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H80" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L80" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N80" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O80" s="5" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="P80" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q80" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R80" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S80" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T80" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U80" s="4"/>
       <c r="V80" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W80" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X80" s="4" t="s">
-        <v>95</v>
+        <v>207</v>
       </c>
       <c r="Y80" s="4" t="s">
-        <v>266</v>
+        <v>208</v>
       </c>
     </row>
     <row r="81" spans="1:25">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>60708169</v>
+        <v>60708212</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>267</v>
+        <v>94</v>
       </c>
       <c r="D81" s="6">
-        <v>320000</v>
+        <v>730000</v>
       </c>
       <c r="E81" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H81" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L81" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N81" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O81" s="5" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="P81" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q81" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R81" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S81" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T81" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U81" s="4"/>
       <c r="V81" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W81" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X81" s="4" t="s">
-        <v>211</v>
+        <v>95</v>
       </c>
       <c r="Y81" s="4" t="s">
-        <v>212</v>
+        <v>96</v>
       </c>
     </row>
     <row r="82" spans="1:25">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>60708212</v>
+        <v>60708242</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>94</v>
+        <v>265</v>
       </c>
       <c r="D82" s="6">
-        <v>730000</v>
+        <v>690000</v>
       </c>
       <c r="E82" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F82" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G82" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H82" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L82" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N82" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O82" s="5" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="P82" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q82" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R82" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S82" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T82" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U82" s="4"/>
       <c r="V82" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W82" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X82" s="4" t="s">
         <v>95</v>
       </c>
       <c r="Y82" s="4" t="s">
-        <v>96</v>
+        <v>267</v>
       </c>
     </row>
     <row r="83" spans="1:25">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>60708242</v>
+        <v>60708701</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D83" s="6">
-        <v>690000</v>
+        <v>1282400</v>
       </c>
       <c r="E83" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G83" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N83" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O83" s="5" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="P83" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q83" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R83" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S83" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T83" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U83" s="4"/>
       <c r="V83" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W83" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X83" s="4" t="s">
-        <v>95</v>
+        <v>270</v>
       </c>
       <c r="Y83" s="4" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="84" spans="1:25">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>60708701</v>
+        <v>60709267</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>272</v>
+        <v>139</v>
       </c>
       <c r="D84" s="6">
-        <v>1282400</v>
+        <v>36717700</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F84" s="4" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
       <c r="G84" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L84" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N84" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O84" s="5" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="P84" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q84" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R84" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S84" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T84" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U84" s="4"/>
       <c r="V84" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W84" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X84" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="Y84" s="4" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="85" spans="1:25">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>60709267</v>
+        <v>60709436</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>139</v>
+        <v>275</v>
       </c>
       <c r="D85" s="6">
-        <v>36717700</v>
+        <v>12487200</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F85" s="4" t="s">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="G85" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H85" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L85" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N85" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O85" s="5" t="s">
         <v>276</v>
       </c>
       <c r="P85" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q85" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R85" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S85" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T85" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U85" s="4"/>
       <c r="V85" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W85" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X85" s="4" t="s">
         <v>277</v>
       </c>
       <c r="Y85" s="4" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="86" spans="1:25">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>60709436</v>
+        <v>60709552</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>279</v>
+        <v>59</v>
       </c>
       <c r="D86" s="6">
-        <v>12487200</v>
+        <v>6265800</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L86" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N86" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O86" s="5" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="P86" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q86" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R86" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S86" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T86" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U86" s="4"/>
       <c r="V86" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W86" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X86" s="4" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="Y86" s="4" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
     </row>
     <row r="87" spans="1:25">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>60709552</v>
+        <v>60709679</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>59</v>
+        <v>281</v>
       </c>
       <c r="D87" s="6">
-        <v>6265800</v>
+        <v>6260050</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G87" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L87" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N87" s="5" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="O87" s="5" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="P87" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q87" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R87" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S87" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T87" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U87" s="4"/>
       <c r="V87" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W87" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X87" s="4" t="s">
         <v>283</v>
       </c>
       <c r="Y87" s="4" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="88" spans="1:25">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>60709679</v>
+        <v>60717468</v>
       </c>
       <c r="C88" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D88" s="6">
+        <v>19500000</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F88" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G88" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L88" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N88" s="5" t="s">
         <v>285</v>
-      </c>
-[...31 lines deleted...]
-        <v>258</v>
       </c>
       <c r="O88" s="5" t="s">
         <v>286</v>
       </c>
       <c r="P88" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q88" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R88" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S88" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T88" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U88" s="4"/>
       <c r="V88" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W88" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X88" s="4" t="s">
-        <v>287</v>
+        <v>92</v>
       </c>
       <c r="Y88" s="4" t="s">
-        <v>288</v>
+        <v>93</v>
       </c>
     </row>
     <row r="89" spans="1:25">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>60717468</v>
+        <v>60717544</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>91</v>
+        <v>263</v>
       </c>
       <c r="D89" s="6">
-        <v>19500000</v>
+        <v>18000</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L89" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N89" s="5" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="O89" s="5" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="P89" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q89" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R89" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S89" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T89" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U89" s="4"/>
       <c r="V89" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W89" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X89" s="4" t="s">
-        <v>92</v>
+        <v>207</v>
       </c>
       <c r="Y89" s="4" t="s">
-        <v>93</v>
+        <v>287</v>
       </c>
     </row>
     <row r="90" spans="1:25">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>60717544</v>
+        <v>60719378</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>267</v>
+        <v>159</v>
       </c>
       <c r="D90" s="6">
-        <v>18000</v>
+        <v>4500600</v>
       </c>
       <c r="E90" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F90" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G90" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J90" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L90" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N90" s="5" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="O90" s="5" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="P90" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R90" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S90" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T90" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U90" s="4"/>
       <c r="V90" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W90" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X90" s="4" t="s">
-        <v>211</v>
+        <v>289</v>
       </c>
       <c r="Y90" s="4" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>60719378</v>
+        <v>60719792</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>163</v>
+        <v>188</v>
       </c>
       <c r="D91" s="6">
-        <v>4500600</v>
+        <v>768800</v>
       </c>
       <c r="E91" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F91" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L91" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N91" s="5" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="O91" s="5" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="P91" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R91" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S91" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T91" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U91" s="4"/>
       <c r="V91" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W91" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X91" s="4" t="s">
-        <v>293</v>
+        <v>207</v>
       </c>
       <c r="Y91" s="4" t="s">
-        <v>294</v>
+        <v>208</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>60719792</v>
+        <v>60719801</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D92" s="6">
-        <v>768800</v>
+        <v>2730000</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F92" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H92" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L92" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N92" s="5" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="O92" s="5" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="P92" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R92" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S92" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T92" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U92" s="4"/>
       <c r="V92" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W92" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X92" s="4" t="s">
-        <v>211</v>
+        <v>292</v>
       </c>
       <c r="Y92" s="4" t="s">
-        <v>212</v>
+        <v>293</v>
       </c>
     </row>
     <row r="93" spans="1:25">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>60719801</v>
+        <v>60720841</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>192</v>
+        <v>294</v>
       </c>
       <c r="D93" s="6">
-        <v>2730000</v>
+        <v>14681800</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F93" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G93" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L93" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N93" s="5" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="O93" s="5" t="s">
         <v>295</v>
       </c>
       <c r="P93" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S93" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T93" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U93" s="4"/>
       <c r="V93" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W93" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X93" s="4" t="s">
         <v>296</v>
       </c>
       <c r="Y93" s="4" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="94" spans="1:25">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>60720841</v>
+        <v>60720968</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>298</v>
+        <v>263</v>
       </c>
       <c r="D94" s="6">
-        <v>14681800</v>
+        <v>137200</v>
       </c>
       <c r="E94" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F94" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G94" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N94" s="5" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="O94" s="5" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="P94" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q94" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R94" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S94" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T94" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U94" s="4"/>
       <c r="V94" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W94" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X94" s="4" t="s">
-        <v>300</v>
+        <v>207</v>
       </c>
       <c r="Y94" s="4" t="s">
-        <v>301</v>
+        <v>208</v>
       </c>
     </row>
     <row r="95" spans="1:25">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>60720930</v>
+        <v>60721383</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>200</v>
+        <v>65</v>
       </c>
       <c r="D95" s="6">
-        <v>11645100</v>
+        <v>3388400</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F95" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H95" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L95" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N95" s="5" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="O95" s="5" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="P95" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q95" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R95" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S95" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T95" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U95" s="4"/>
       <c r="V95" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W95" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X95" s="4" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="Y95" s="4" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:25">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>60720968</v>
+        <v>60852827</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>267</v>
+        <v>301</v>
       </c>
       <c r="D96" s="6">
-        <v>137200</v>
+        <v>13433104</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F96" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H96" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L96" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N96" s="5" t="s">
-        <v>289</v>
+        <v>302</v>
       </c>
       <c r="O96" s="5" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="P96" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q96" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R96" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S96" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T96" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U96" s="4"/>
       <c r="V96" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W96" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X96" s="4" t="s">
-        <v>211</v>
+        <v>304</v>
       </c>
       <c r="Y96" s="4" t="s">
-        <v>212</v>
+        <v>305</v>
       </c>
     </row>
     <row r="97" spans="1:25">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>60721383</v>
+        <v>61301226</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>65</v>
+        <v>306</v>
       </c>
       <c r="D97" s="6">
-        <v>3388400</v>
+        <v>113150000</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F97" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H97" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L97" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N97" s="5" t="s">
-        <v>289</v>
+        <v>307</v>
       </c>
       <c r="O97" s="5" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="P97" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R97" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S97" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T97" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U97" s="4"/>
       <c r="V97" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W97" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X97" s="4" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="Y97" s="4" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
     <row r="98" spans="1:25">
       <c r="A98" s="5">
         <v>97</v>
       </c>
       <c r="B98" s="5">
-        <v>60852827</v>
+        <v>61301835</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>307</v>
+        <v>196</v>
       </c>
       <c r="D98" s="6">
-        <v>13433104</v>
+        <v>11645100</v>
       </c>
       <c r="E98" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H98" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L98" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N98" s="5" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="O98" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="P98" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R98" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S98" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T98" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U98" s="4"/>
       <c r="V98" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W98" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X98" s="4" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="Y98" s="4" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="99" spans="1:25">
       <c r="A99" s="7" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B99" s="8"/>
       <c r="C99" s="8"/>
       <c r="D99" s="9">
         <v>1768139546</v>
       </c>
       <c r="E99" s="8"/>
       <c r="F99" s="8"/>
       <c r="G99" s="8"/>
       <c r="H99" s="8"/>
       <c r="I99" s="8"/>
       <c r="J99" s="8"/>
       <c r="K99" s="8"/>
       <c r="L99" s="8"/>
       <c r="M99" s="8"/>
       <c r="N99" s="8"/>
       <c r="O99" s="8"/>
       <c r="P99" s="8"/>
       <c r="Q99" s="8"/>
       <c r="R99" s="8"/>
       <c r="S99" s="8"/>
       <c r="T99" s="8"/>
       <c r="U99" s="8"/>
       <c r="V99" s="8"/>
       <c r="W99" s="8"/>