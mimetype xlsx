--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -408,50 +408,59 @@
     <t>Bahan Bakar; Oli;</t>
   </si>
   <si>
     <t>Pertamax; Isi 1 Liter;</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Penanganan Prasarana dan Sarana Umum Pemeliharaan Gedung</t>
   </si>
   <si>
     <t>Jasa Lainnya</t>
   </si>
   <si>
     <t>Kepala Tukang; Tukang</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Rapat Pembangunan</t>
   </si>
   <si>
     <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Prasmanan); Biaya Konsumsi (Kudapan/Snack);</t>
   </si>
   <si>
     <t>-; Biasa; -;</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak Pembangunan</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Kemas</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025 08:33:54</t>
   </si>
   <si>
     <t>Belanja Bahan-Bahan Bangunan dan Konstruksi Pemeliharaan gedung</t>
   </si>
   <si>
     <t>02/10/2025</t>
   </si>
   <si>
     <t>02/10/2025 15:56:29</t>
   </si>
   <si>
     <t>Cat Tembok; Galvalum Profil; Kalsiboard; Paku; Sewa Scafolding;</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Trantib Wawasan Kebangsaan</t>
   </si>
   <si>
     <t>02/10/2025 15:57:17</t>
   </si>
   <si>
     <t>Map Mika</t>
   </si>
   <si>
     <t>F4</t>
   </si>
@@ -851,54 +860,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y34"/>
+  <dimension ref="A1:Y35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E34" sqref="E34:Y34"/>
+      <selection activeCell="E35" sqref="E35:Y35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="134.396" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -3143,60 +3152,60 @@
       <c r="S30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T30" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U30" s="4"/>
       <c r="V30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W30" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X30" s="4" t="s">
         <v>104</v>
       </c>
       <c r="Y30" s="4" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>60934318</v>
+        <v>60717381</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>132</v>
       </c>
       <c r="D31" s="6">
-        <v>2568750</v>
+        <v>3327550</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>102</v>
+        <v>26</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>30</v>
       </c>
@@ -3207,241 +3216,316 @@
         <v>134</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R31" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S31" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T31" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U31" s="4"/>
       <c r="V31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X31" s="4" t="s">
-        <v>135</v>
+        <v>67</v>
       </c>
       <c r="Y31" s="4" t="s">
-        <v>135</v>
+        <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>60934337</v>
+        <v>60934318</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D32" s="6">
-        <v>1600000</v>
+        <v>2568750</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>102</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="O32" s="5" t="s">
         <v>137</v>
       </c>
       <c r="P32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X32" s="4" t="s">
         <v>138</v>
       </c>
       <c r="Y32" s="4" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>60943651</v>
+        <v>60934337</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D33" s="6">
-        <v>11440000</v>
+        <v>1600000</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>102</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>56</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="5" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="O33" s="5" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X33" s="4" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="Y33" s="4" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:25">
-      <c r="A34" s="7" t="s">
+      <c r="A34" s="5">
+        <v>33</v>
+      </c>
+      <c r="B34" s="5">
+        <v>60943651</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D34" s="6">
+        <v>11440000</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G34" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L34" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N34" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="O34" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="B34" s="8"/>
-[...24 lines deleted...]
-      <c r="Y34" s="8"/>
+      <c r="P34" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q34" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R34" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S34" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T34" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U34" s="4"/>
+      <c r="V34" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W34" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X34" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="Y34" s="4" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="35" spans="1:25">
+      <c r="A35" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="B35" s="8"/>
+      <c r="C35" s="8"/>
+      <c r="D35" s="9">
+        <v>335285550</v>
+      </c>
+      <c r="E35" s="8"/>
+      <c r="F35" s="8"/>
+      <c r="G35" s="8"/>
+      <c r="H35" s="8"/>
+      <c r="I35" s="8"/>
+      <c r="J35" s="8"/>
+      <c r="K35" s="8"/>
+      <c r="L35" s="8"/>
+      <c r="M35" s="8"/>
+      <c r="N35" s="8"/>
+      <c r="O35" s="8"/>
+      <c r="P35" s="8"/>
+      <c r="Q35" s="8"/>
+      <c r="R35" s="8"/>
+      <c r="S35" s="8"/>
+      <c r="T35" s="8"/>
+      <c r="U35" s="8"/>
+      <c r="V35" s="8"/>
+      <c r="W35" s="8"/>
+      <c r="X35" s="8"/>
+      <c r="Y35" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A34:C34"/>
-    <mergeCell ref="E34:Y34"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="E35:Y35"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>