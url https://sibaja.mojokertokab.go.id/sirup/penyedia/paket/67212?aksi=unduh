--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -4415,51 +4415,51 @@
       </c>
       <c r="W47" s="4" t="s">
         <v>43</v>
       </c>
       <c r="X47" s="4" t="s">
         <v>130</v>
       </c>
       <c r="Y47" s="4" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
         <v>60566624</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>131</v>
       </c>
       <c r="D48" s="6">
         <v>12000000</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>45</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>31</v>
       </c>