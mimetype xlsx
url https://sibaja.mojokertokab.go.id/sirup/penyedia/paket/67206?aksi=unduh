--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -311,342 +311,387 @@
   <si>
     <t>Biaya Pemeliharaan Kendaraan Dinas Operasional;</t>
   </si>
   <si>
     <t>Operasional dalam lingkungan kantor;</t>
   </si>
   <si>
     <t>Belanja Bahan-Bahan Lainnya - Sabun cuci piring</t>
   </si>
   <si>
     <t>Cairan Pencuci Piring;</t>
   </si>
   <si>
     <t>Besar;</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perabot Kantor</t>
   </si>
   <si>
     <t>Pembersih Lantai; Pengharum ruangan gantung; Sapu Ijuk; Kain Pel;</t>
   </si>
   <si>
     <t>Besar; ; Dalam Ruangan; Biru;</t>
   </si>
   <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat/Bahan untuk Kegiatan Kantor Lainnya - Trantib</t>
+  </si>
+  <si>
+    <t>28/12/2024 13:26:02</t>
+  </si>
+  <si>
+    <t>Bendera Merah Putih;</t>
+  </si>
+  <si>
+    <t>Uk. 60 x 90 cm ;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Mebel - Trantib</t>
+  </si>
+  <si>
+    <t>Sewa Kursi Plastik;</t>
+  </si>
+  <si>
+    <t>Kursi Plastik dengan cover;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Audio Visual - Trantib</t>
+  </si>
+  <si>
+    <t>Sewa Sound System;</t>
+  </si>
+  <si>
+    <t>Kecil; 1000 Watt;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Penyelenggaraan Acara - Pembangunan</t>
+  </si>
+  <si>
+    <t>Sewa Meja Lipat;</t>
+  </si>
+  <si>
+    <t>Meja Lipat Berbahan Besi;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Mebel - Pembangunan</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Audio Visual - Pembangunan</t>
+  </si>
+  <si>
+    <t>Belanja Barang untuk Dijual/Diserahkan kepada Masyarakat</t>
+  </si>
+  <si>
+    <t>Sapi Qurban;</t>
+  </si>
+  <si>
+    <t>bobot +- 500 Kg.;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan - Umum (1)</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>06/03/2025</t>
+  </si>
+  <si>
+    <t>06/03/2025 14:55:44</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Kebersihan</t>
+  </si>
+  <si>
+    <t>Sesuai DPA</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak - Perencanaan PD</t>
+  </si>
+  <si>
+    <t>10/04/2025</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:57:31</t>
+  </si>
+  <si>
+    <t>Cetak dan Jilid; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Soft/Hard Cover; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak - Pemerintahan</t>
+  </si>
+  <si>
+    <t>11/04/2025</t>
+  </si>
+  <si>
+    <t>11/04/2025 09:44:49</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak - Pembangunan</t>
+  </si>
+  <si>
+    <t>11/04/2025 09:50:16</t>
+  </si>
+  <si>
+    <t>Photo Copy; Banner; Banner;</t>
+  </si>
+  <si>
+    <t>Folio/hvs; Bahan Fronlite 340 Gr; Bahan Fronlite 340 Gr;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak - Trantib</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
+    <t>04/09/2025 10:22:04</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya - kemasyarakatan</t>
+  </si>
+  <si>
+    <t>APBDP</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>04/09/2025 11:11:29</t>
+  </si>
+  <si>
+    <t>1 paket</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya</t>
+  </si>
+  <si>
+    <t>spek sesuai dpa</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak - Kemasyarakatan</t>
+  </si>
+  <si>
+    <t>04/09/2025 11:13:52</t>
+  </si>
+  <si>
+    <t>Karbon; Photo Copy; Banner;</t>
+  </si>
+  <si>
+    <t>Pembulatan; Folio/hvs; Bahan Vinyl 240 Gr;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perabot Kantor - kemasyarakatan</t>
+  </si>
+  <si>
+    <t>04/09/2025 11:27:39</t>
+  </si>
+  <si>
+    <t>spek sesuai DPA</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas - kemasyarakatan</t>
+  </si>
+  <si>
+    <t>04/09/2025 12:22:27</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas</t>
+  </si>
+  <si>
+    <t>Spek sesuai DPA</t>
+  </si>
+  <si>
+    <t>Belanja Komponen-Komponen Peralatan - kemasyarakatan</t>
+  </si>
+  <si>
+    <t>04/09/2025 12:53:34</t>
+  </si>
+  <si>
+    <t>Belanja Komponen-Komponen Peralatan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos - Modal - umum</t>
+  </si>
+  <si>
+    <t>04/09/2025 16:41:50</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Penyimpan Perlengkapan Kantor</t>
+  </si>
+  <si>
+    <t>04/09/2025 17:02:09</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Kantor Lainnya</t>
+  </si>
+  <si>
+    <t>Belanja Modal Mebel</t>
+  </si>
+  <si>
+    <t>Belanja Modal Kursi Kerja Pejabat</t>
+  </si>
+  <si>
+    <t>Belanja Modal Personal Computer</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Personal Computer</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan Listrik</t>
+  </si>
+  <si>
+    <t>04/09/2025 17:24:08</t>
+  </si>
+  <si>
+    <t>Tarif Listrik Prabayar 5501 s.d 53000;</t>
+  </si>
+  <si>
+    <t>Golongan Tarif S-2;</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat - Umum</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025 15:37:31</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>(Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat - Umum 2</t>
+  </si>
+  <si>
+    <t>27/10/2025 15:37:11</t>
+  </si>
+  <si>
+    <t>Makanan dan Minuman Rapat</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Jamuan Tamu - Pelayanan</t>
+  </si>
+  <si>
+    <t>28/10/2025</t>
+  </si>
+  <si>
+    <t>28/10/2025 11:19:56</t>
+  </si>
+  <si>
+    <t>Air Mineral;</t>
+  </si>
+  <si>
+    <t>Gelas;</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Jamuan Tamu - Pelayanan PL</t>
+  </si>
+  <si>
+    <t>Air Mineral</t>
+  </si>
+  <si>
+    <t>Gelas</t>
+  </si>
+  <si>
     <t>Belanja Makanan dan Minuman Rapat - Pemerintahan</t>
   </si>
   <si>
+    <t>28/10/2025 13:19:53</t>
+  </si>
+  <si>
     <t>sesuai dpa</t>
   </si>
   <si>
-    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat/Bahan untuk Kegiatan Kantor Lainnya - Trantib</t>
-[...26 lines deleted...]
-    <t>Kecil; 1000 Watt;</t>
+    <t>Belanja Makanan dan Minuman Rapat - Pemerintahan - PL</t>
+  </si>
+  <si>
+    <t>28/10/2025 13:23:11</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Rapat - Pembangunan</t>
   </si>
   <si>
+    <t>28/10/2025 14:46:22</t>
+  </si>
+  <si>
     <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan);</t>
   </si>
   <si>
-    <t>Belanja Jasa Penyelenggaraan Acara - Pembangunan</t>
-[...113 lines deleted...]
-    <t>Spek sesuai DPA</t>
+    <t>Belanja Makanan dan Minuman Rapat - Pembangunan - PL</t>
+  </si>
+  <si>
+    <t>28/10/2025 14:51:48</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Snack &amp; Nasi Kotak)</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat - Trantib</t>
+  </si>
+  <si>
+    <t>28/10/2025 14:59:37</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan);</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Rapat - Trantib PL</t>
   </si>
   <si>
-    <t>APBDP</t>
-[...8 lines deleted...]
-    <t>04/09/2025 10:18:10</t>
+    <t>28/10/2025 15:01:56</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Rapat</t>
   </si>
   <si>
-    <t>Belanja Makanan dan Minuman Rapat - Trantib</t>
-[...58 lines deleted...]
-  <si>
     <t>Belanja Makanan dan Minuman Rapat - Kemasyarakatan</t>
   </si>
   <si>
-    <t>04/09/2025 12:42:55</t>
-[...50 lines deleted...]
-    <t>Golongan Tarif S-2;</t>
+    <t>28/10/2025 15:03:34</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat - Kemasyarakatan - PL</t>
+  </si>
+  <si>
+    <t>28/10/2025 15:08:04</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack &amp; Nasi Kotak)</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1007,54 +1052,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y54"/>
+  <dimension ref="A1:Y58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E54" sqref="E54:Y54"/>
+      <selection activeCell="E58" sqref="E58:Y58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -2549,2555 +2594,2855 @@
       <c r="S20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U20" s="4"/>
       <c r="V20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W20" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X20" s="4" t="s">
         <v>97</v>
       </c>
       <c r="Y20" s="4" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>54179380</v>
+        <v>54179425</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>99</v>
       </c>
       <c r="D21" s="6">
-        <v>12900000</v>
+        <v>4810000</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F21" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O21" s="5" t="s">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R21" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U21" s="4"/>
       <c r="V21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W21" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X21" s="4" t="s">
-        <v>44</v>
+        <v>101</v>
       </c>
       <c r="Y21" s="4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>54179425</v>
+        <v>54179427</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D22" s="6">
-        <v>4810000</v>
+        <v>675000</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O22" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R22" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U22" s="4"/>
       <c r="V22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W22" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X22" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="Y22" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>54179427</v>
+        <v>54179428</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D23" s="6">
-        <v>675000</v>
+        <v>1779300</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O23" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S23" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T23" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U23" s="4"/>
       <c r="V23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W23" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X23" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Y23" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>54179428</v>
+        <v>54179485</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D24" s="6">
-        <v>1779300</v>
+        <v>1326400</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G24" s="4" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O24" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T24" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U24" s="4"/>
       <c r="V24" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W24" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X24" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="Y24" s="4" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>54179484</v>
+        <v>54179486</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D25" s="6">
-        <v>12500000</v>
+        <v>675000</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R25" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S25" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T25" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U25" s="4"/>
       <c r="V25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X25" s="4" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="Y25" s="4" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>54179485</v>
+        <v>54179487</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>113</v>
       </c>
       <c r="D26" s="6">
-        <v>1326400</v>
+        <v>1779300</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>76</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N26" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R26" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T26" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U26" s="4"/>
       <c r="V26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W26" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X26" s="4" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="Y26" s="4" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>54179486</v>
+        <v>54179527</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D27" s="6">
-        <v>675000</v>
+        <v>44215700</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>102</v>
+        <v>57</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S27" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T27" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U27" s="4"/>
       <c r="V27" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W27" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X27" s="4" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="Y27" s="4" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>54179487</v>
+        <v>57962261</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>117</v>
       </c>
       <c r="D28" s="6">
-        <v>1779300</v>
+        <v>12000000</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>76</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L28" s="5" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="5" t="s">
-        <v>31</v>
+        <v>119</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>102</v>
+        <v>120</v>
       </c>
       <c r="P28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R28" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S28" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T28" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U28" s="4"/>
       <c r="V28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W28" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X28" s="4" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="Y28" s="4" t="s">
-        <v>110</v>
+        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>54179527</v>
+        <v>58922978</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="D29" s="6">
-        <v>44215700</v>
+        <v>2050000</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="5" t="s">
-        <v>31</v>
+        <v>124</v>
       </c>
       <c r="O29" s="5" t="s">
-        <v>57</v>
+        <v>125</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R29" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S29" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T29" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U29" s="4"/>
       <c r="V29" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W29" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X29" s="4" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="Y29" s="4" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>57962261</v>
+        <v>58927703</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="D30" s="6">
-        <v>12000000</v>
+        <v>4379650</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>76</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L30" s="5" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="5" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="O30" s="5" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R30" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T30" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U30" s="4"/>
       <c r="V30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W30" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X30" s="4" t="s">
-        <v>125</v>
+        <v>40</v>
       </c>
       <c r="Y30" s="4" t="s">
-        <v>126</v>
+        <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>58922951</v>
+        <v>58927856</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D31" s="6">
-        <v>8917800</v>
+        <v>548800</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G31" s="4" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N31" s="5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="O31" s="5" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R31" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S31" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T31" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U31" s="4"/>
       <c r="V31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X31" s="4" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="Y31" s="4" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>58922978</v>
+        <v>60501387</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D32" s="6">
-        <v>2050000</v>
+        <v>11876950</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G32" s="4" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="P32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X32" s="4" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="Y32" s="4" t="s">
-        <v>135</v>
+        <v>41</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>58925389</v>
+        <v>60503649</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D33" s="6">
-        <v>10000000</v>
+        <v>388100</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L33" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="O33" s="5" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="X33" s="4" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="Y33" s="4" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>58927703</v>
+        <v>60503719</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D34" s="6">
-        <v>4379650</v>
+        <v>5317800</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>76</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="O34" s="5" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="P34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R34" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U34" s="4"/>
       <c r="V34" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X34" s="4" t="s">
-        <v>40</v>
+        <v>147</v>
       </c>
       <c r="Y34" s="4" t="s">
-        <v>41</v>
+        <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>58927856</v>
+        <v>60504065</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="D35" s="6">
-        <v>548800</v>
+        <v>183200</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="5" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="O35" s="5" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="4"/>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>145</v>
+        <v>96</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>59079141</v>
+        <v>60505498</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="D36" s="6">
-        <v>25000000</v>
+        <v>1464000</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>122</v>
+        <v>140</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>122</v>
+        <v>140</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>122</v>
+        <v>140</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L36" s="5" t="s">
-        <v>122</v>
+        <v>140</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="5" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="P36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T36" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="4"/>
       <c r="V36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X36" s="4" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="Y36" s="4" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>60500596</v>
+        <v>60506148</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D37" s="6">
-        <v>5920000</v>
+        <v>88800</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L37" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="5" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="O37" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W37" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X37" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="Y37" s="4" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>60501028</v>
+        <v>60511393</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D38" s="6">
-        <v>45470750</v>
+        <v>288000</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="F38" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L38" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="O38" s="5" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W38" s="4" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="X38" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="Y38" s="4" t="s">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>60501387</v>
+        <v>60511448</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D39" s="6">
-        <v>11876950</v>
+        <v>3493200</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G39" s="4" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L39" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="5" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="O39" s="5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U39" s="4"/>
       <c r="V39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W39" s="4" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="X39" s="4" t="s">
-        <v>40</v>
+        <v>162</v>
       </c>
       <c r="Y39" s="4" t="s">
-        <v>41</v>
+        <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>60503649</v>
+        <v>60511485</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D40" s="6">
-        <v>388100</v>
+        <v>2175500</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="F40" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L40" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U40" s="4"/>
       <c r="V40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W40" s="4" t="s">
-        <v>165</v>
+        <v>39</v>
       </c>
       <c r="X40" s="4" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="Y40" s="4" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>60503719</v>
+        <v>60511514</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="D41" s="6">
-        <v>5317800</v>
+        <v>843600</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="F41" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G41" s="4" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L41" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="O41" s="5" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T41" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U41" s="4"/>
       <c r="V41" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W41" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X41" s="4" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="Y41" s="4" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>60504065</v>
+        <v>60511532</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="D42" s="6">
-        <v>183200</v>
+        <v>2786100</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L42" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N42" s="5" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="O42" s="5" t="s">
-        <v>173</v>
+        <v>163</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R42" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U42" s="4"/>
       <c r="V42" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W42" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X42" s="4" t="s">
-        <v>96</v>
+        <v>166</v>
       </c>
       <c r="Y42" s="4" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>60505498</v>
+        <v>60511546</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D43" s="6">
-        <v>1464000</v>
+        <v>26191000</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="F43" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L43" s="5" t="s">
-        <v>154</v>
+        <v>140</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N43" s="5" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="O43" s="5" t="s">
-        <v>176</v>
+        <v>163</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U43" s="4"/>
       <c r="V43" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W43" s="4" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="X43" s="4" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="Y43" s="4" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>60505962</v>
+        <v>60511569</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="D44" s="6">
-        <v>26510000</v>
+        <v>4141600</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>26</v>
+        <v>139</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L44" s="5" t="s">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>179</v>
+        <v>163</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U44" s="4"/>
       <c r="V44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W44" s="4" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="X44" s="4" t="s">
-        <v>139</v>
+        <v>168</v>
       </c>
       <c r="Y44" s="4" t="s">
-        <v>140</v>
+        <v>155</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>60506148</v>
+        <v>60511655</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>180</v>
+        <v>169</v>
       </c>
       <c r="D45" s="6">
-        <v>88800</v>
+        <v>47369700</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="F45" s="4" t="s">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="G45" s="4" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L45" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N45" s="5" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="O45" s="5" t="s">
-        <v>181</v>
+        <v>170</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R45" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T45" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U45" s="4"/>
       <c r="V45" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W45" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X45" s="4" t="s">
-        <v>182</v>
+        <v>171</v>
       </c>
       <c r="Y45" s="4" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>60511393</v>
+        <v>61364690</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="D46" s="6">
-        <v>288000</v>
+        <v>6830000</v>
       </c>
       <c r="E46" s="4" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L46" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N46" s="5" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="O46" s="5" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="P46" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W46" s="4" t="s">
-        <v>165</v>
+        <v>39</v>
       </c>
       <c r="X46" s="4" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="Y46" s="4" t="s">
-        <v>151</v>
+        <v>177</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>60511448</v>
+        <v>61364849</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="D47" s="6">
-        <v>3493200</v>
+        <v>28170000</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="F47" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L47" s="5" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N47" s="5" t="s">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W47" s="4" t="s">
-        <v>165</v>
+        <v>39</v>
       </c>
       <c r="X47" s="4" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="Y47" s="4" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>60511485</v>
+        <v>61378206</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="D48" s="6">
-        <v>2175500</v>
+        <v>4458900</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L48" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N48" s="5" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="O48" s="5" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="P48" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R48" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T48" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U48" s="4"/>
       <c r="V48" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W48" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X48" s="4" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="Y48" s="4" t="s">
-        <v>151</v>
+        <v>185</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>60511514</v>
+        <v>61378791</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D49" s="6">
-        <v>843600</v>
+        <v>4458900</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="F49" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L49" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N49" s="5" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="O49" s="5" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T49" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U49" s="4"/>
       <c r="V49" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W49" s="4" t="s">
-        <v>39</v>
+        <v>142</v>
       </c>
       <c r="X49" s="4" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="Y49" s="4" t="s">
-        <v>151</v>
+        <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>60511532</v>
+        <v>61383620</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D50" s="6">
-        <v>2786100</v>
+        <v>7400000</v>
       </c>
       <c r="E50" s="4" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L50" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N50" s="5" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="O50" s="5" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="P50" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R50" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T50" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U50" s="4"/>
       <c r="V50" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W50" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X50" s="4" t="s">
-        <v>190</v>
+        <v>44</v>
       </c>
       <c r="Y50" s="4" t="s">
-        <v>151</v>
+        <v>191</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>60511546</v>
+        <v>61383748</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D51" s="6">
-        <v>26191000</v>
+        <v>5500000</v>
       </c>
       <c r="E51" s="4" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="F51" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L51" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N51" s="5" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="O51" s="5" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="P51" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S51" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T51" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U51" s="4"/>
       <c r="V51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W51" s="4" t="s">
-        <v>165</v>
+        <v>39</v>
       </c>
       <c r="X51" s="4" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="Y51" s="4" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>60511569</v>
+        <v>61387162</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D52" s="6">
-        <v>4141600</v>
+        <v>10300000</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L52" s="5" t="s">
-        <v>154</v>
+        <v>29</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N52" s="5" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="O52" s="5" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="P52" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R52" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S52" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T52" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U52" s="4"/>
       <c r="V52" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W52" s="4" t="s">
-        <v>165</v>
+        <v>39</v>
       </c>
       <c r="X52" s="4" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="Y52" s="4" t="s">
-        <v>151</v>
+        <v>191</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>60511655</v>
+        <v>61387350</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D53" s="6">
-        <v>47369700</v>
+        <v>2200000</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="F53" s="4" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="G53" s="4" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N53" s="5" t="s">
-        <v>155</v>
+        <v>182</v>
       </c>
       <c r="O53" s="5" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="P53" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R53" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S53" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T53" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U53" s="4"/>
       <c r="V53" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W53" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X53" s="4" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="Y53" s="4" t="s">
-        <v>196</v>
+        <v>151</v>
       </c>
     </row>
     <row r="54" spans="1:25">
-      <c r="A54" s="7" t="s">
-[...4 lines deleted...]
-      <c r="D54" s="9">
+      <c r="A54" s="5">
+        <v>53</v>
+      </c>
+      <c r="B54" s="5">
+        <v>61387606</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="D54" s="6">
+        <v>40550000</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F54" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G54" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K54" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L54" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N54" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="O54" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="P54" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q54" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R54" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S54" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T54" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U54" s="4"/>
+      <c r="V54" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W54" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X54" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="Y54" s="4" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="55" spans="1:25">
+      <c r="A55" s="5">
+        <v>54</v>
+      </c>
+      <c r="B55" s="5">
+        <v>61387704</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D55" s="6">
+        <v>10840750</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="F55" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G55" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="K55" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L55" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N55" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="O55" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="P55" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q55" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R55" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S55" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T55" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U55" s="4"/>
+      <c r="V55" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W55" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X55" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="Y55" s="4" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="56" spans="1:25">
+      <c r="A56" s="5">
+        <v>55</v>
+      </c>
+      <c r="B56" s="5">
+        <v>61387767</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="D56" s="6">
+        <v>19460000</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F56" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K56" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L56" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N56" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="O56" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="P56" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q56" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R56" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S56" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T56" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U56" s="4"/>
+      <c r="V56" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W56" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X56" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="Y56" s="4" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="57" spans="1:25">
+      <c r="A57" s="5">
+        <v>56</v>
+      </c>
+      <c r="B57" s="5">
+        <v>61387896</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="D57" s="6">
+        <v>7050000</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F57" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G57" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K57" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L57" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N57" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="O57" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="P57" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q57" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R57" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S57" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T57" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U57" s="4"/>
+      <c r="V57" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W57" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X57" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="Y57" s="4" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="58" spans="1:25">
+      <c r="A58" s="7" t="s">
+        <v>212</v>
+      </c>
+      <c r="B58" s="8"/>
+      <c r="C58" s="8"/>
+      <c r="D58" s="9">
         <v>420121200</v>
       </c>
-      <c r="E54" s="8"/>
-[...19 lines deleted...]
-      <c r="Y54" s="8"/>
+      <c r="E58" s="8"/>
+      <c r="F58" s="8"/>
+      <c r="G58" s="8"/>
+      <c r="H58" s="8"/>
+      <c r="I58" s="8"/>
+      <c r="J58" s="8"/>
+      <c r="K58" s="8"/>
+      <c r="L58" s="8"/>
+      <c r="M58" s="8"/>
+      <c r="N58" s="8"/>
+      <c r="O58" s="8"/>
+      <c r="P58" s="8"/>
+      <c r="Q58" s="8"/>
+      <c r="R58" s="8"/>
+      <c r="S58" s="8"/>
+      <c r="T58" s="8"/>
+      <c r="U58" s="8"/>
+      <c r="V58" s="8"/>
+      <c r="W58" s="8"/>
+      <c r="X58" s="8"/>
+      <c r="Y58" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A54:C54"/>
-    <mergeCell ref="E54:Y54"/>
+    <mergeCell ref="A58:C58"/>
+    <mergeCell ref="E58:Y58"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>