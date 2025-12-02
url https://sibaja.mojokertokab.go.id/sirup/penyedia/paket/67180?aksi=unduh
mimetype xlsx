--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -161,438 +161,426 @@
   <si>
     <t>Pembulatan;</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Rapat</t>
   </si>
   <si>
     <t>APBD</t>
   </si>
   <si>
     <t>05/05/2025</t>
   </si>
   <si>
     <t>05/05/2025 12:04:58</t>
   </si>
   <si>
     <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan);</t>
   </si>
   <si>
     <t>-; -;</t>
   </si>
   <si>
     <t>Pengadaan Langsung</t>
   </si>
   <si>
+    <t>Belanja Modal Mebel</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
     <t>31/07/2025</t>
   </si>
   <si>
+    <t>12/09/2025 09:50:17</t>
+  </si>
+  <si>
+    <t>Kursi Rapat</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Pendingin</t>
+  </si>
+  <si>
     <t>31/07/2025 11:55:32</t>
   </si>
   <si>
+    <t>Ac Split;</t>
+  </si>
+  <si>
+    <t>2 pk;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Personal Computer</t>
+  </si>
+  <si>
+    <t>Scanner;</t>
+  </si>
+  <si>
+    <t>ADF;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Personal Computer</t>
+  </si>
+  <si>
+    <t>P.C Unit;</t>
+  </si>
+  <si>
+    <t>Administrasi;</t>
+  </si>
+  <si>
+    <t>Belanja Langganan Jurnal/Surat Kabar/Majalah</t>
+  </si>
+  <si>
+    <t>1 Tahun</t>
+  </si>
+  <si>
+    <t>Tarif Surat Kabar / Koran / Majalah</t>
+  </si>
+  <si>
+    <t>Kategori 1</t>
+  </si>
+  <si>
+    <t>Karbon; Post It / Sticky Note; Paper Clips; Lem Kertas; Isi Staples; Tinta; Binder Clip; Ballpoint; Ordner;</t>
+  </si>
+  <si>
+    <t>Pembulatan; Plastik; Kecil; Cair Kecil; Kecil; Botol; Kecil; Tulis; Besar;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover</t>
+  </si>
+  <si>
+    <t>Kertas HVS; Kertas Hvs;</t>
+  </si>
+  <si>
+    <t>Folio/F4 70Gram; 80 Gram A4;</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan Telepon</t>
+  </si>
+  <si>
+    <t>Dikecualikan</t>
+  </si>
+  <si>
+    <t>31/07/2025 17:15:43</t>
+  </si>
+  <si>
+    <t>Peket internet telepon rumah dan TV interaktif;</t>
+  </si>
+  <si>
+    <t>Tagihan telepon;</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan Listrik</t>
+  </si>
+  <si>
+    <t>Tarif Listrik Pascabayar 5501 S.D 2000000;</t>
+  </si>
+  <si>
+    <t>Golongan Tarif P-1;</t>
+  </si>
+  <si>
+    <t>31/07/2025 22:02:08</t>
+  </si>
+  <si>
+    <t>Belanja Pembayaran Pajak, Bea, dan Perizinan</t>
+  </si>
+  <si>
+    <t>31/07/2025 17:28:03</t>
+  </si>
+  <si>
+    <t>Pajak Stnk Kendaraan Dinas;</t>
+  </si>
+  <si>
+    <t>Kategori 5;</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>01/08/2025 10:26:03</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>-; -; -; -; -; -; -; -;</t>
+  </si>
+  <si>
+    <t>Belanja Barang untuk Dijual/Diserahkan kepada Masyarakat</t>
+  </si>
+  <si>
+    <t>01/08/2025 11:09:37</t>
+  </si>
+  <si>
+    <t>Sapi Qurban;</t>
+  </si>
+  <si>
+    <t>bobot +- 500 Kg.;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor</t>
+  </si>
+  <si>
+    <t>Pekerjaan Konstruksi</t>
+  </si>
+  <si>
+    <t>03/09/2025 13:57:44</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis; Biaya Pengawasan Teknis; 1 M2 Rehabilitasi Ringan Gedung Negara Sederhana;</t>
+  </si>
+  <si>
+    <t>1.000.000 S/D 50.000.000; 1.000.000 S/D 50.000.000; ;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak</t>
+  </si>
+  <si>
+    <t>03/09/2025 14:19:41</t>
+  </si>
+  <si>
+    <t>25 lembar</t>
+  </si>
+  <si>
+    <t>Photo Copy</t>
+  </si>
+  <si>
+    <t>25 Lembar</t>
+  </si>
+  <si>
+    <t>03/09/2025 15:14:13</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan);</t>
+  </si>
+  <si>
+    <t>-; -; -; -; -;</t>
+  </si>
+  <si>
+    <t>03/09/2025 15:43:14</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>-; -; -; -; -; -; -; -; -; -; -; -; -; -; -; -;</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>10/09/2025 09:03:57</t>
+  </si>
+  <si>
+    <t>Photo Copy;</t>
+  </si>
+  <si>
+    <t>Folio/hvs;</t>
+  </si>
+  <si>
+    <t>12/09/2025 09:15:55</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>-; -; -; -; -; -; -; -; -; -;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Peralatan Umum</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>27/10/2025 12:22:24</t>
+  </si>
+  <si>
+    <t>1 unit</t>
+  </si>
+  <si>
+    <t>Sewa Sound System</t>
+  </si>
+  <si>
+    <t>Sedang; 5000 Watt</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Kimia</t>
+  </si>
+  <si>
+    <t>Pemberdayaan PKK</t>
+  </si>
+  <si>
+    <t>shampo 2 botol</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perabot Kantor</t>
+  </si>
+  <si>
+    <t>27/10/2025 12:24:22</t>
+  </si>
+  <si>
+    <t>100 Buah</t>
+  </si>
+  <si>
+    <t>Sarung Kursi Rapat</t>
+  </si>
+  <si>
+    <t>sarung kursi futuraketat bahan lotto</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas</t>
+  </si>
+  <si>
+    <t>Meter</t>
+  </si>
+  <si>
+    <t>Kain</t>
+  </si>
+  <si>
+    <t>Putih Polos, MoriPrimisima</t>
+  </si>
+  <si>
+    <t>Kapur Barus, Sabun cair</t>
+  </si>
+  <si>
+    <t>Buah, Botol</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya</t>
+  </si>
+  <si>
+    <t>2 pak</t>
+  </si>
+  <si>
+    <t>Alat Pelatihan</t>
+  </si>
+  <si>
+    <t>kapas</t>
+  </si>
+  <si>
+    <t>27/10/2025 12:36:48</t>
+  </si>
+  <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Listrik</t>
   </si>
   <si>
     <t>Kabel Nym; Baterai; Lampu LED;</t>
   </si>
   <si>
     <t>Uk. 2 x 1.5 mm; Kecil; Putih, 15 W Bohlam;</t>
   </si>
   <si>
-    <t>Belanja Modal Mebel</t>
-[...43 lines deleted...]
-  <si>
     <t>Photo Copy; Cetak Back Drop / Banner;</t>
   </si>
   <si>
     <t>Folio/hvs; Bahan Vinyl;</t>
   </si>
   <si>
-    <t>Belanja Langganan Jurnal/Surat Kabar/Majalah</t>
-[...64 lines deleted...]
-  <si>
     <t>Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Darat Bermotor-Kendaraan Bermotor Penumpang</t>
   </si>
   <si>
     <t>Biaya Pemeliharaan Kendaraan Dinas Operasional;</t>
   </si>
   <si>
     <t>Roda 4;</t>
   </si>
   <si>
     <t>Belanja Pemeliharaan Komputer-Peralatan Komputer-Peralatan Komputer Lainnya</t>
   </si>
   <si>
-    <t>31/07/2025 17:31:55</t>
-[...1 lines deleted...]
-  <si>
     <t>Biaya Pemeliharaan Sarana Kantor;</t>
   </si>
   <si>
     <t>UPS;</t>
   </si>
   <si>
     <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Rumah Tangga-Alat Pendingin</t>
   </si>
   <si>
-    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack);</t>
-[...22 lines deleted...]
-  <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat/Bahan untuk Kegiatan Kantor Lainnya</t>
   </si>
   <si>
-    <t>01/08/2025 10:49:17</t>
-[...1 lines deleted...]
-  <si>
     <t>Bendera Merah Putih;</t>
   </si>
   <si>
     <t>Uk. 60 x 90 cm ;</t>
   </si>
   <si>
-    <t>Belanja Barang untuk Dijual/Diserahkan kepada Masyarakat</t>
-[...16 lines deleted...]
-  <si>
     <t>13 Batang</t>
   </si>
   <si>
     <t>Tiang Umbul-Umbul</t>
   </si>
   <si>
     <t>Besi pipa bulat lapisgalvanis, Panjang 4 meter,diameter 1, Ketebalan 0,80 mm</t>
   </si>
   <si>
     <t>Belanja Bahan-Bahan Bakar dan Pelumas</t>
   </si>
   <si>
-    <t>03/09/2025 13:48:47</t>
-[...1 lines deleted...]
-  <si>
     <t>Bahan Bakar</t>
   </si>
   <si>
     <t>Pertalite</t>
   </si>
   <si>
-    <t>Belanja Modal Bangunan Gedung Kantor</t>
-[...32 lines deleted...]
-    <t>-; -; -; -; -;</t>
+    <t>Belanja Sosialisasi</t>
+  </si>
+  <si>
+    <t>Kegiatan Wawasan Kebangsaan</t>
+  </si>
+  <si>
+    <t>Bollpoint, Block Note, Uang Harian</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Kebersihan</t>
   </si>
   <si>
     <t>Jasa Lainnya</t>
   </si>
   <si>
-    <t>03/09/2025 15:27:21</t>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025 10:32:33</t>
   </si>
   <si>
     <t>2 Orang x11 Kegiatan</t>
   </si>
   <si>
-    <t>Belanja Sosialisasi</t>
-[...103 lines deleted...]
-  <si>
     <t>Belanja Natura dan Pakan-Natura</t>
   </si>
   <si>
-    <t>10/09/2025 14:43:56</t>
+    <t>29/10/2025 11:56:42</t>
   </si>
   <si>
     <t>Tumpeng; Air Mineral;</t>
   </si>
   <si>
     <t>Nasi dan Lauk Pauk; Gelas;</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1301,3273 +1289,3273 @@
       <c r="S4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U4" s="4"/>
       <c r="V4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X4" s="4" t="s">
         <v>46</v>
       </c>
       <c r="Y4" s="4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:25">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5">
-        <v>60175746</v>
+        <v>60175986</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D5" s="6">
-        <v>2700</v>
+        <v>14154000</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L5" s="5" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O5" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S5" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T5" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U5" s="4"/>
       <c r="V5" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X5" s="4" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="Y5" s="4" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:25">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5">
-        <v>60175780</v>
+        <v>60175997</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D6" s="6">
-        <v>2459800</v>
+        <v>10753700</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="P6" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S6" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T6" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U6" s="4"/>
       <c r="V6" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X6" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="Y6" s="4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:25">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
-        <v>60175986</v>
+        <v>60176027</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D7" s="6">
-        <v>14154000</v>
+        <v>9008700</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L7" s="5" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S7" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T7" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U7" s="4"/>
       <c r="V7" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X7" s="4" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="Y7" s="4" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:25">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
-        <v>60175997</v>
+        <v>60176066</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D8" s="6">
-        <v>10753700</v>
+        <v>9165200</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O8" s="5" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S8" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T8" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U8" s="4"/>
       <c r="V8" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W8" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X8" s="4" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="Y8" s="4" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:25">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
-        <v>60176027</v>
+        <v>60176608</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="D9" s="6">
-        <v>9008700</v>
+        <v>180</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O9" s="5" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S9" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T9" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U9" s="4"/>
       <c r="V9" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W9" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X9" s="4" t="s">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="Y9" s="4" t="s">
-        <v>64</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>60176066</v>
+        <v>60176854</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="D10" s="6">
-        <v>9165200</v>
+        <v>2245200</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O10" s="5" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="P10" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S10" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T10" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U10" s="4"/>
       <c r="V10" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W10" s="4" t="s">
-        <v>39</v>
+        <v>66</v>
       </c>
       <c r="X10" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="Y10" s="4" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>60176608</v>
+        <v>60177228</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D11" s="6">
-        <v>180</v>
+        <v>4009835</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S11" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U11" s="4"/>
       <c r="V11" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W11" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X11" s="4" t="s">
-        <v>40</v>
+        <v>69</v>
       </c>
       <c r="Y11" s="4" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>60176810</v>
+        <v>60177533</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="D12" s="6">
-        <v>11464300</v>
+        <v>6125500</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O12" s="5" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S12" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T12" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U12" s="4"/>
       <c r="V12" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W12" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X12" s="4" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="Y12" s="4" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>60176854</v>
+        <v>60181132</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D13" s="6">
-        <v>2245200</v>
+        <v>712200</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S13" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T13" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U13" s="4"/>
       <c r="V13" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W13" s="4" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="X13" s="4" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="Y13" s="4" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>60177228</v>
+        <v>60181135</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>25</v>
+        <v>79</v>
       </c>
       <c r="D14" s="6">
-        <v>4009835</v>
+        <v>42713600</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F14" s="4" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N14" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O14" s="5" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="P14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S14" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T14" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U14" s="4"/>
       <c r="V14" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W14" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X14" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="Y14" s="4" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>60177533</v>
+        <v>60181154</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>77</v>
+        <v>25</v>
       </c>
       <c r="D15" s="6">
-        <v>6125500</v>
+        <v>174480</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N15" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O15" s="5" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S15" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T15" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U15" s="4"/>
       <c r="V15" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W15" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X15" s="4" t="s">
-        <v>78</v>
+        <v>40</v>
       </c>
       <c r="Y15" s="4" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>60181132</v>
+        <v>60181183</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D16" s="6">
-        <v>712200</v>
+        <v>1068600</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="P16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S16" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T16" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U16" s="4"/>
       <c r="V16" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X16" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Y16" s="4" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>60181135</v>
+        <v>60181891</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="D17" s="6">
-        <v>42713600</v>
+        <v>11000000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="O17" s="5" t="s">
         <v>82</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T17" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U17" s="4"/>
       <c r="V17" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W17" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X17" s="4" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Y17" s="4" t="s">
-        <v>87</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>60181154</v>
+        <v>60184305</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="D18" s="6">
-        <v>174480</v>
+        <v>20600000</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>49</v>
+        <v>88</v>
       </c>
       <c r="O18" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R18" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T18" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U18" s="4"/>
       <c r="V18" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X18" s="4" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="Y18" s="4" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>60181183</v>
+        <v>60184756</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D19" s="6">
-        <v>1068600</v>
+        <v>44215700</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F19" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>49</v>
+        <v>88</v>
       </c>
       <c r="O19" s="5" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="P19" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T19" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U19" s="4"/>
       <c r="V19" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X19" s="4" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="Y19" s="4" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>60181186</v>
+        <v>60489474</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D20" s="6">
-        <v>33600000</v>
+        <v>38316945</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G20" s="4" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="5" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="O20" s="5" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="P20" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R20" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U20" s="4"/>
       <c r="V20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W20" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X20" s="4" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="Y20" s="4" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>60181200</v>
+        <v>60490166</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D21" s="6">
-        <v>800000</v>
+        <v>10000</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="5" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="O21" s="5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R21" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U21" s="4"/>
       <c r="V21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W21" s="4" t="s">
-        <v>39</v>
+        <v>103</v>
       </c>
       <c r="X21" s="4" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="Y21" s="4" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>60181208</v>
+        <v>60491541</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="D22" s="6">
-        <v>1220000</v>
+        <v>1760200</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="O22" s="5" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R22" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U22" s="4"/>
       <c r="V22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W22" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X22" s="4" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="Y22" s="4" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>60181891</v>
+        <v>60491693</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D23" s="6">
-        <v>11000000</v>
+        <v>51500000</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="5" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="O23" s="5" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S23" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T23" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U23" s="4"/>
       <c r="V23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W23" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X23" s="4" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="Y23" s="4" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>60181897</v>
+        <v>60492879</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="D24" s="6">
-        <v>18400</v>
+        <v>42750000</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="5" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="O24" s="5" t="s">
-        <v>88</v>
+        <v>109</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T24" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U24" s="4"/>
       <c r="V24" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W24" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X24" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="Y24" s="4" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>60184305</v>
+        <v>60567564</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
       <c r="D25" s="6">
-        <v>20600000</v>
+        <v>78800</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="5" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R25" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S25" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T25" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U25" s="4"/>
       <c r="V25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X25" s="4" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="Y25" s="4" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>60184337</v>
+        <v>60574662</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>68</v>
+        <v>42</v>
       </c>
       <c r="D26" s="6">
-        <v>79600</v>
+        <v>12500000</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N26" s="5" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R26" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T26" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U26" s="4"/>
       <c r="V26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W26" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X26" s="4" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="Y26" s="4" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>60184559</v>
+        <v>61356212</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D27" s="6">
-        <v>4810000</v>
+        <v>3866900</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="5" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S27" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T27" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U27" s="4"/>
       <c r="V27" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W27" s="4" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="X27" s="4" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="Y27" s="4" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>60184756</v>
+        <v>61356987</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="D28" s="6">
-        <v>44215700</v>
+        <v>67800</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F28" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="5" t="s">
-        <v>104</v>
+        <v>120</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="P28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R28" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S28" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T28" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U28" s="4"/>
       <c r="V28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W28" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X28" s="4" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="Y28" s="4" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>60489115</v>
+        <v>61356999</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
       <c r="D29" s="6">
-        <v>3607500</v>
+        <v>3700000</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O29" s="5" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R29" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S29" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T29" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U29" s="4"/>
       <c r="V29" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W29" s="4" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="X29" s="4" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="Y29" s="4" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>60489243</v>
+        <v>61357082</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="D30" s="6">
-        <v>1400000</v>
+        <v>475800</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O30" s="5" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R30" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T30" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U30" s="4"/>
       <c r="V30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W30" s="4" t="s">
-        <v>39</v>
+        <v>134</v>
       </c>
       <c r="X30" s="4" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="Y30" s="4" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>60489474</v>
+        <v>61357094</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D31" s="6">
-        <v>38316945</v>
+        <v>107200</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G31" s="4" t="s">
-        <v>127</v>
+        <v>28</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N31" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O31" s="5" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R31" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S31" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T31" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U31" s="4"/>
       <c r="V31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X31" s="4" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Y31" s="4" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>60490166</v>
+        <v>61357113</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>68</v>
+        <v>139</v>
       </c>
       <c r="D32" s="6">
-        <v>10000</v>
+        <v>39400</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F32" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="P32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="X32" s="4" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="Y32" s="4" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>60491541</v>
+        <v>61357419</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D33" s="6">
-        <v>1760200</v>
+        <v>2700</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O33" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X33" s="4" t="s">
         <v>40</v>
       </c>
       <c r="Y33" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>60491582</v>
+        <v>61357434</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>68</v>
+        <v>144</v>
       </c>
       <c r="D34" s="6">
-        <v>2960300</v>
+        <v>2459800</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F34" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O34" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="P34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R34" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U34" s="4"/>
       <c r="V34" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X34" s="4" t="s">
-        <v>102</v>
+        <v>145</v>
       </c>
       <c r="Y34" s="4" t="s">
-        <v>103</v>
+        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>60491693</v>
+        <v>61357449</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>42</v>
+        <v>101</v>
       </c>
       <c r="D35" s="6">
-        <v>51500000</v>
+        <v>11464300</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O35" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="4"/>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>60491982</v>
+        <v>61357464</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="D36" s="6">
-        <v>2200000</v>
+        <v>33600000</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G36" s="4" t="s">
-        <v>139</v>
+        <v>28</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="P36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T36" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="4"/>
       <c r="V36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X36" s="4" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="Y36" s="4" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>60492585</v>
+        <v>61357474</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="D37" s="6">
-        <v>100584000</v>
+        <v>800000</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O37" s="5" t="s">
         <v>143</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W37" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X37" s="4" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="Y37" s="4" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>60492879</v>
+        <v>61357479</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>42</v>
+        <v>155</v>
       </c>
       <c r="D38" s="6">
-        <v>42750000</v>
+        <v>1220000</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F38" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>31</v>
+        <v>120</v>
       </c>
       <c r="O38" s="5" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X38" s="4" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="Y38" s="4" t="s">
-        <v>148</v>
+        <v>57</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>60567357</v>
+        <v>61357495</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>149</v>
+        <v>101</v>
       </c>
       <c r="D39" s="6">
-        <v>67800</v>
+        <v>18400</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="O39" s="5" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U39" s="4"/>
       <c r="V39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W39" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X39" s="4" t="s">
-        <v>152</v>
+        <v>114</v>
       </c>
       <c r="Y39" s="4" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>60567453</v>
+        <v>61357501</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="D40" s="6">
-        <v>39400</v>
+        <v>4810000</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U40" s="4"/>
       <c r="V40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W40" s="4" t="s">
-        <v>154</v>
+        <v>39</v>
       </c>
       <c r="X40" s="4" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="Y40" s="4" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>60567564</v>
+        <v>61357511</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>68</v>
+        <v>139</v>
       </c>
       <c r="D41" s="6">
-        <v>78800</v>
+        <v>3607500</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F41" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="O41" s="5" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T41" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U41" s="4"/>
       <c r="V41" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W41" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X41" s="4" t="s">
-        <v>102</v>
+        <v>160</v>
       </c>
       <c r="Y41" s="4" t="s">
-        <v>103</v>
+        <v>161</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>60567699</v>
+        <v>61357516</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="D42" s="6">
-        <v>107200</v>
+        <v>1400000</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N42" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="O42" s="5" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R42" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U42" s="4"/>
       <c r="V42" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W42" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X42" s="4" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="Y42" s="4" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>60567804</v>
+        <v>61357523</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>161</v>
+        <v>101</v>
       </c>
       <c r="D43" s="6">
-        <v>475800</v>
+        <v>79600</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N43" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="O43" s="5" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U43" s="4"/>
       <c r="V43" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W43" s="4" t="s">
-        <v>162</v>
+        <v>39</v>
       </c>
       <c r="X43" s="4" t="s">
-        <v>163</v>
+        <v>114</v>
       </c>
       <c r="Y43" s="4" t="s">
-        <v>164</v>
+        <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>60568178</v>
+        <v>61357534</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>165</v>
+        <v>101</v>
       </c>
       <c r="D44" s="6">
-        <v>3866900</v>
+        <v>2960300</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>166</v>
+        <v>143</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U44" s="4"/>
       <c r="V44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W44" s="4" t="s">
-        <v>167</v>
+        <v>39</v>
       </c>
       <c r="X44" s="4" t="s">
-        <v>168</v>
+        <v>114</v>
       </c>
       <c r="Y44" s="4" t="s">
-        <v>169</v>
+        <v>115</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>60574662</v>
+        <v>61357539</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>42</v>
+        <v>165</v>
       </c>
       <c r="D45" s="6">
-        <v>12500000</v>
+        <v>100584000</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F45" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N45" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="O45" s="5" t="s">
-        <v>170</v>
+        <v>143</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R45" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T45" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U45" s="4"/>
       <c r="V45" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W45" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X45" s="4" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="Y45" s="4" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>60576692</v>
+        <v>61400602</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="D46" s="6">
-        <v>3700000</v>
+        <v>2200000</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G46" s="4" t="s">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N46" s="5" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="O46" s="5" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="P46" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W46" s="4" t="s">
-        <v>174</v>
+        <v>39</v>
       </c>
       <c r="X46" s="4" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="Y46" s="4" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>60576851</v>
+        <v>61402481</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="D47" s="6">
         <v>5544300</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N47" s="5" t="s">
-        <v>150</v>
+        <v>170</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W47" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X47" s="4" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="Y47" s="4" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="7" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="9">
         <v>533871040</v>
       </c>
       <c r="E48" s="8"/>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
       <c r="I48" s="8"/>
       <c r="J48" s="8"/>
       <c r="K48" s="8"/>
       <c r="L48" s="8"/>
       <c r="M48" s="8"/>
       <c r="N48" s="8"/>
       <c r="O48" s="8"/>
       <c r="P48" s="8"/>
       <c r="Q48" s="8"/>
       <c r="R48" s="8"/>
       <c r="S48" s="8"/>
       <c r="T48" s="8"/>
       <c r="U48" s="8"/>
       <c r="V48" s="8"/>
       <c r="W48" s="8"/>