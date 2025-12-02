--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -1652,51 +1652,51 @@
       </c>
       <c r="W7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X7" s="4" t="s">
         <v>65</v>
       </c>
       <c r="Y7" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:25">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
         <v>54443434</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>67</v>
       </c>
       <c r="D8" s="6">
         <v>43500000</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>30</v>
       </c>
@@ -2027,51 +2027,51 @@
       </c>
       <c r="W12" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="Y12" s="4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
         <v>54443851</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="D13" s="6">
         <v>14430000</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>30</v>
       </c>