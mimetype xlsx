--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -377,57 +377,57 @@
   <si>
     <t>Buku Block Note;</t>
   </si>
   <si>
     <t>Isi 50 Lembar;</t>
   </si>
   <si>
     <t>Belanja Tagihan Listrik</t>
   </si>
   <si>
     <t>Dikecualikan</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>31/07/2025 14:24:13</t>
   </si>
   <si>
     <t>Tarif Listrik Pascabayar 1300 s.d 1300;</t>
   </si>
   <si>
     <t>Golongan Tarif I-1;</t>
   </si>
   <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>01/09/2025 16:24:14</t>
+  </si>
+  <si>
     <t>APBDP</t>
-  </si>
-[...4 lines deleted...]
-    <t>01/09/2025 16:24:14</t>
   </si>
   <si>
     <t>01/09/2025 16:59:40</t>
   </si>
   <si>
     <t>01/09/2025 19:29:21</t>
   </si>
   <si>
     <t>01/09/2025 19:39:43</t>
   </si>
   <si>
     <t>01/09/2025 20:50:22</t>
   </si>
   <si>
     <t>01/09/2025 21:25:32</t>
   </si>
   <si>
     <t>Ballpoint; Buku Block Note; Karbon; Map mika; Paper bag;</t>
   </si>
   <si>
     <t>Tulis; Isi 50 Lembar; F4; Kertas kraft;</t>
   </si>
   <si>
     <t>01/09/2025 21:35:15</t>
   </si>
@@ -3278,597 +3278,597 @@
       </c>
       <c r="W31" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X31" s="4" t="s">
         <v>119</v>
       </c>
       <c r="Y31" s="4" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
         <v>60457816</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D32" s="6">
         <v>2380000</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>121</v>
+        <v>26</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="O32" s="5" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="P32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X32" s="4" t="s">
         <v>51</v>
       </c>
       <c r="Y32" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
         <v>60458131</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D33" s="6">
         <v>29200000</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>63</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O33" s="5" t="s">
         <v>124</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X33" s="4" t="s">
         <v>79</v>
       </c>
       <c r="Y33" s="4" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
         <v>60458958</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D34" s="6">
         <v>44100000</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>63</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O34" s="5" t="s">
         <v>125</v>
       </c>
       <c r="P34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R34" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U34" s="4"/>
       <c r="V34" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X34" s="4" t="s">
         <v>79</v>
       </c>
       <c r="Y34" s="4" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
         <v>60459004</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D35" s="6">
         <v>3326100</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O35" s="5" t="s">
         <v>126</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="4"/>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X35" s="4" t="s">
         <v>76</v>
       </c>
       <c r="Y35" s="4" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
         <v>60459357</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>78</v>
       </c>
       <c r="D36" s="6">
         <v>55250000</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>63</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O36" s="5" t="s">
         <v>127</v>
       </c>
       <c r="P36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T36" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="4"/>
       <c r="V36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X36" s="4" t="s">
         <v>79</v>
       </c>
       <c r="Y36" s="4" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
         <v>60459520</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D37" s="6">
         <v>16550300</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>63</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O37" s="5" t="s">
         <v>128</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W37" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X37" s="4" t="s">
         <v>129</v>
       </c>
       <c r="Y37" s="4" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
         <v>60459588</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D38" s="6">
         <v>13007800</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>131</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X38" s="4" t="s">
         <v>51</v>
       </c>
       <c r="Y38" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
         <v>60474503</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>132</v>
       </c>
       <c r="D39" s="6">
         <v>476700</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L39" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="5" t="s">
         <v>133</v>
       </c>
       <c r="O39" s="5" t="s">
         <v>134</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>37</v>
       </c>
@@ -3878,72 +3878,72 @@
       </c>
       <c r="W39" s="4" t="s">
         <v>135</v>
       </c>
       <c r="X39" s="4" t="s">
         <v>136</v>
       </c>
       <c r="Y39" s="4" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
         <v>60474678</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>138</v>
       </c>
       <c r="D40" s="6">
         <v>335400</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L40" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="5" t="s">
         <v>133</v>
       </c>
       <c r="O40" s="5" t="s">
         <v>134</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>37</v>
       </c>
@@ -3953,72 +3953,72 @@
       </c>
       <c r="W40" s="4" t="s">
         <v>139</v>
       </c>
       <c r="X40" s="4" t="s">
         <v>140</v>
       </c>
       <c r="Y40" s="4" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
         <v>60475682</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>142</v>
       </c>
       <c r="D41" s="6">
         <v>388100</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L41" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N41" s="5" t="s">
         <v>133</v>
       </c>
       <c r="O41" s="5" t="s">
         <v>143</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T41" s="5" t="s">
         <v>37</v>
       </c>
@@ -4028,72 +4028,72 @@
       </c>
       <c r="W41" s="4" t="s">
         <v>144</v>
       </c>
       <c r="X41" s="4" t="s">
         <v>145</v>
       </c>
       <c r="Y41" s="4" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
         <v>60475794</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>96</v>
       </c>
       <c r="D42" s="6">
         <v>52700</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L42" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N42" s="5" t="s">
         <v>133</v>
       </c>
       <c r="O42" s="5" t="s">
         <v>143</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R42" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>37</v>
       </c>
@@ -4103,72 +4103,72 @@
       </c>
       <c r="W42" s="4" t="s">
         <v>147</v>
       </c>
       <c r="X42" s="4" t="s">
         <v>148</v>
       </c>
       <c r="Y42" s="4" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
         <v>60475984</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>150</v>
       </c>
       <c r="D43" s="6">
         <v>88800</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="L43" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N43" s="5" t="s">
         <v>133</v>
       </c>
       <c r="O43" s="5" t="s">
         <v>143</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>37</v>
       </c>
@@ -4178,72 +4178,72 @@
       </c>
       <c r="W43" s="4" t="s">
         <v>151</v>
       </c>
       <c r="X43" s="4" t="s">
         <v>152</v>
       </c>
       <c r="Y43" s="4" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
         <v>60476110</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>153</v>
       </c>
       <c r="D44" s="6">
         <v>878400</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="L44" s="5" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N44" s="5" t="s">
         <v>133</v>
       </c>
       <c r="O44" s="5" t="s">
         <v>143</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>37</v>
       </c>
@@ -4253,51 +4253,51 @@
       </c>
       <c r="W44" s="4" t="s">
         <v>154</v>
       </c>
       <c r="X44" s="4" t="s">
         <v>155</v>
       </c>
       <c r="Y44" s="4" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
         <v>60476670</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>157</v>
       </c>
       <c r="D45" s="6">
         <v>30931400</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>116</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>158</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>30</v>
       </c>