--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -419,477 +419,483 @@
   <si>
     <t>31/12/2024 14:35:44</t>
   </si>
   <si>
     <t>Banner; Jilid Buku; Photo Copy;</t>
   </si>
   <si>
     <t>Bahan Fronlite 340 Gr; Hard Cover; Folio/hvs;</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover Penyusunan Data dan Informasi Perpustakaan</t>
   </si>
   <si>
     <t>Kertas HVS;</t>
   </si>
   <si>
     <t>Folio/F4 70Gram;</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Rapat Penyusunan Data dan Informasi Perpustakaan</t>
   </si>
   <si>
     <t>31/12/2024 14:37:02</t>
   </si>
   <si>
+    <t>Belanja Penghargaan atas Suatu Prestasi Pemberian Penghargaan Gerakan Budaya Gemar Membaca</t>
+  </si>
+  <si>
+    <t>Trophy; Trophy; Trophy;</t>
+  </si>
+  <si>
+    <t>Besar; Kecil; Sedang;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor</t>
+  </si>
+  <si>
+    <t>Ordner; Buku Block Note; Ballpoint; Buku Block Note; Buku Block Note; Ballpoint; Ballpoint;</t>
+  </si>
+  <si>
+    <t>Besar; Isi 50 Lembar; Tulis; Isi 50 Lembar; Isi 50 Lembar; Tulis; Tulis;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Komputer Sosialisasi Budaya Baca dan Literasi pada Satuan Pendidikan Dasar dan Masyarakat</t>
+  </si>
+  <si>
+    <t>31/12/2024 14:36:15</t>
+  </si>
+  <si>
+    <t>Tinta Printer; Tinta Printer;</t>
+  </si>
+  <si>
+    <t>Tinta Cair 70 Ml; Tinta Cair 70 Ml;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Suvenir/Cendera Mata</t>
+  </si>
+  <si>
+    <t>Tas Ransel Laptop; Buku;</t>
+  </si>
+  <si>
+    <t>lapisan dalam satin, ada tempat laptop, logo sablon Bahan d300 biru dongker Panjang 30 x Tinggi 42 x Lebar 14 cm; Buku Cerita;</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sosialisasi Budaya Baca dan Literasi pada Satuan Pendidikan Dasar dan Masyarakat</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan);</t>
+  </si>
+  <si>
+    <t>-; -; -; -; -; -;</t>
+  </si>
+  <si>
+    <t>Belanja Penghargaan atas Suatu Prestasi Sosialisasi Budaya Baca dan Literasi pada Satuan Pendidikan Dasar dan Masyarakat</t>
+  </si>
+  <si>
+    <t>Kecil; Besar; Sedang;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Ballpoint; Buku Block Note; Map; Map; Ballpoint; Map; Ballpoint; Ballpoint; Buku Block Note; Buku Block Note; Map; Buku Block Note; Ballpoint;</t>
+  </si>
+  <si>
+    <t>Tulis; Isi 50 Lembar; Map Plastik Zipper; Map Plastik Zipper; Tulis; Map Plastik Zipper; Tulis; Tulis; Isi 50 Lembar; Isi 50 Lembar; Isi 50 Lembar; Map Plastik Zipper; Isi 50 Lembar;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Kertas Hvs; Kertas Hvs; Kertas Hvs; Kertas Hvs;</t>
+  </si>
+  <si>
+    <t>80 Gram Folio/f4; 80 Gram Folio/f4; 80 Gram Folio/f4; 80 Gram Folio/f4;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>31/12/2024 14:37:21</t>
+  </si>
+  <si>
+    <t>Materai;</t>
+  </si>
+  <si>
+    <t>10000;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Komputer Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Tinta Printer; Tinta Printer; Tinta Printer; Tinta Printer; Tinta Printer;</t>
+  </si>
+  <si>
+    <t>Tinta Cair 70 Ml; Tinta Cair 70 Ml; Tinta Cair 70 Ml; Tinta Cair 70 Ml; Tinta Cair 70 Ml;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perabot Kantor Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Pigora;</t>
+  </si>
+  <si>
+    <t>Bahan mika akrilik, ukuran A2;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Suvenir/Cendera Mata Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Set piala dan trophy; Set piala dan trophy; Botol Tumbler; Botol Tumbler;</t>
+  </si>
+  <si>
+    <t>Isi 3 buah; masing-masing untuk juara 1, 2, dan 3; Isi 3 buah; masing-masing untuk juara 1, 2, dan 3; Botol Tumbler Sport, Tahan air dingin maupun panas, Dengan Custom Logo di bagian satu sisi; Botol Tumbler Sport, Tahan air dingin maupun panas, Dengan Custom Logo di bagian satu sisi;</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan);</t>
+  </si>
+  <si>
+    <t>-; -; -; -; -; -; -; -; -; -;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Penyelenggaraan Acara Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Sewa Taman Dekorasi; Sewa Taman Dekorasi;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Peralatan Umum Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Sewa Taman, Backdrop;</t>
+  </si>
+  <si>
+    <t>Paket;</t>
+  </si>
+  <si>
+    <t>Belanja Kursus Singkat/Pelatihan Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Tas Pelatihan; Tas Pelatihan;</t>
+  </si>
+  <si>
+    <t>Model Ransel; Model Jinjing;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas Sosialisasi Budaya Baca dan Literasi pada Satuan Pendidikan Dasar dan Masyarakat</t>
+  </si>
+  <si>
+    <t>Dikecualikan</t>
+  </si>
+  <si>
+    <t>Non-UKM</t>
+  </si>
+  <si>
+    <t>Kompetensi tidak sesuai dengan usaha kecil</t>
+  </si>
+  <si>
+    <t>Bahan Bakar; Bahan Bakar;</t>
+  </si>
+  <si>
+    <t>Pertamax; Pertamax;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar Pembangunan dan Pemeliharaan Sarana Perpustakaan di Tempat-Tempat Umum yang Menjadi Kewenangan Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Bahan Bakar;</t>
+  </si>
+  <si>
+    <t>Pertamax;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar Penyediaan Jasa Pemeliharaan, Biaya Pemeliharaan, Pajak dan Perizinan Kendaraan Dinas Operasional atau Lapangan</t>
+  </si>
+  <si>
+    <t>Bahan Bakar; Solar;</t>
+  </si>
+  <si>
+    <t>Pertamax; Non Subsidi;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Bakar Pembinaan Perpustakaan pada Satuan Pendidikan Dasar di Seluruh Wilayah Kabupaten/Kota Sesuai dengan Standar Nasional Perpustakaan</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Penanganan Prasarana dan Sarana Umum Pembangunan dan Pemeliharaan Sarana Perpustakaan di Tempat-Tempat Umum yang Menjadi Kewenangan Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Pengadaan Langsung</t>
+  </si>
+  <si>
+    <t>23/01/2025</t>
+  </si>
+  <si>
+    <t>23/01/2025 10:11:26</t>
+  </si>
+  <si>
+    <t>Tukang;</t>
+  </si>
+  <si>
+    <t>Tukang biasa;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Penanganan Prasarana dan Sarana Umum</t>
+  </si>
+  <si>
+    <t>23/01/2025 10:13:53</t>
+  </si>
+  <si>
+    <t>Lokal, WNI, Per Hari 7 Jam Kerja (Tukang biasa/ batu/ batu halus/ batu kasar);</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Keamanan Kantor Mojosari Penyediaan Jasa Pelayanan Umum Kantor</t>
+  </si>
+  <si>
+    <t>24/02/2025</t>
+  </si>
+  <si>
+    <t>24/02/2025 14:33:40</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Keamanan;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Keamanan Kantor Jabon Penyediaan Jasa Pelayanan Umum Kantor</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Supir Wilayah Timur Penyediaan Jasa Pelayanan Umum Kantor</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Supir;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Supir Wilayah Barat Penyediaan Jasa Pelayanan Umum Kantor</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak Pemeliharaan dan Penyusutan Arsip Dinamis</t>
+  </si>
+  <si>
+    <t>18/04/2025</t>
+  </si>
+  <si>
+    <t>18/04/2025 19:54:56</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Pelumas Penyediaan Jasa Pemeliharaan, Biaya Pemeliharaan, Pajak dan Perizinan Kendaraan Dinas Operasional atau Lapangan</t>
+  </si>
+  <si>
+    <t>22/04/2025</t>
+  </si>
+  <si>
+    <t>22/04/2025 09:38:07</t>
+  </si>
+  <si>
+    <t>Minyak;</t>
+  </si>
+  <si>
+    <t>Pelumas;</t>
+  </si>
+  <si>
+    <t>Belanja Suku Cadang-Suku Cadang Alat Angkutan</t>
+  </si>
+  <si>
+    <t>23/04/2025</t>
+  </si>
+  <si>
+    <t>23/04/2025 10:06:12</t>
+  </si>
+  <si>
+    <t>Ban Luar Mobil; Ban Luar Mobil;</t>
+  </si>
+  <si>
+    <t>Ring 15; Ring 14;</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan Listrik Penyediaan Jasa Komunikasi, Sumber Daya Air dan Listrik</t>
+  </si>
+  <si>
+    <t>27/05/2025</t>
+  </si>
+  <si>
+    <t>27/05/2025 12:03:35</t>
+  </si>
+  <si>
+    <t>Tarif Listrik Pascabayar 14001 s.d 200000; Tarif Listrik Pascabayar 2000000 s.d 2000000; Tarif Listrik Pascabayar 1301 s.d 5500;</t>
+  </si>
+  <si>
+    <t>Golongan Tarif I-2; Golongan Tarif I-4; Golongan Tarif B-1;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Pelayanan Kearsipan Pemeliharaan dan Penyusutan Arsip Dinamis</t>
+  </si>
+  <si>
+    <t>02/06/2025</t>
+  </si>
+  <si>
+    <t>02/06/2025 10:06:03</t>
+  </si>
+  <si>
+    <t>Jasa Input Data; Jasa Identifikasi; Jasa Rekonstruksi; Jasa Finishing; Jasa Pemberkasan;</t>
+  </si>
+  <si>
+    <t>Input Data; Identifikasi; Rekonstruksi; Finishing; Pemberkasan;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak Pengembangan Kekhasan Koleksi Perpustakaan Daerah Tingkat Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>30/07/2025</t>
+  </si>
+  <si>
+    <t>30/07/2025 13:50:08</t>
+  </si>
+  <si>
+    <t>Sertifikat; Banner; Sertifikat; Banner; Sertifikat; Banner; Sertifikat; Sertifikat; Cetak Foto Digital; Cetak Buku; Banner; Banner;</t>
+  </si>
+  <si>
+    <t>Bahan Linen; Bahan Fronlite 280 Gr; Bahan Linen; Bahan Fronlite 280 Gr; Bahan Linen; Bahan Fronlite 280 Gr; Bahan Linen; Bahan Linen; Ukuran 16R Salon; kertas HVS A4, Hardcover colour, 100 halaman; Bahan Fronlite 280 Gr; Bahan Fronlite 280 Gr;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bangunan dan Konstruksi Pembangunan dan Pemeliharaan Sarana Perpustakaan di Tempat-Tempat Umum yang Menjadi Kewenangan Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>09/09/2025</t>
+  </si>
+  <si>
+    <t>09/09/2025 13:34:30</t>
+  </si>
+  <si>
+    <t>Semen standart SNI 40 kg; Cat Tembok; Kuas Cat; Pintu Panel Kayu; Kusen &amp; Pintu PVC Toilet;</t>
+  </si>
+  <si>
+    <t>; 5 Kg; Uk. 4 Inch; Lampis Timbal ukuran 1 m x 2 m; Kusen : 80x200x10cm Daun Pintu : 70x195x4cm;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Listrik Pembangunan dan Pemeliharaan Sarana Perpustakaan di Tempat-Tempat Umum yang Menjadi Kewenangan Daerah Kabupaten/Kota</t>
+  </si>
+  <si>
+    <t>Lampu Bolam LED; Lampu Tl; Baterai;</t>
+  </si>
+  <si>
+    <t>14 Watt; Kap. 1X20 Watt; Kecil;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Pemberian Penghargaan Gerakan Budaya Gemar Membaca</t>
+  </si>
+  <si>
+    <t>09/09/2025 13:53:14</t>
+  </si>
+  <si>
+    <t>Buku Kwitansi; Ballpoint; Buku Block Note;</t>
+  </si>
+  <si>
+    <t>Besar; Tulis; Isi 50 Lembar;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover Pemberian Penghargaan Gerakan Budaya Gemar Membaca</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak Pemberian Penghargaan Gerakan Budaya Gemar Membaca</t>
+  </si>
+  <si>
+    <t>Photo Copy; Banner; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Folio/hvs; Bahan Fronlite 340 Gr; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas Pemberian Penghargaan Gerakan Budaya Gemar Membaca</t>
+  </si>
+  <si>
+    <t>Botol Tumbler;</t>
+  </si>
+  <si>
+    <t>Botol Tumbler Sport, Tahan air dingin maupun panas, Dengan Custom Logo di bagian satu sisi;</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Pemberian Penghargaan Gerakan Budaya Gemar Membaca</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>-; -; -; -;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas Sosialisasi Budaya Baca dan Literasi pada Satuan Pendidikan Dasar dan Masyarakat</t>
+  </si>
+  <si>
+    <t>09/09/2025 14:09:20</t>
+  </si>
+  <si>
+    <t>Model Jinjing; Model Jinjing;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover Sosialisasi Budaya Baca dan Literasi pada Satuan Pendidikan Dasar dan Masyarakat</t>
+  </si>
+  <si>
+    <t>Kertas HVS; Kertas HVS; Kertas HVS;</t>
+  </si>
+  <si>
+    <t>Folio/F4 70Gram; Folio/F4 70Gram; Folio/F4 70Gram;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak Sosialisasi Budaya Baca dan Literasi pada Satuan Pendidikan Dasar dan Masyarakat</t>
+  </si>
+  <si>
+    <t>Banner; Photo Copy; Banner; Sertifikat; Sertifikat; Photo Copy; Banner; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 340 Gr; Folio/hvs; Bahan Fronlite 340 Gr; Bahan Art Paper; Bahan Art Paper; Folio/hvs; Bahan Fronlite 340 Gr; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Peralatan Umum Sosialisasi Budaya Baca dan Literasi pada Satuan Pendidikan Dasar dan Masyarakat</t>
+  </si>
+  <si>
+    <t>Sewa Taman, Backdrop; Sewa Taman, Backdrop;</t>
+  </si>
+  <si>
+    <t>Paket; Paket;</t>
+  </si>
+  <si>
     <t>Belanja Jasa Penyelenggaraan Acara Pemberian Penghargaan Gerakan Budaya Gemar Membaca</t>
   </si>
   <si>
+    <t>07/11/2025</t>
+  </si>
+  <si>
+    <t>07/11/2025 09:34:21</t>
+  </si>
+  <si>
     <t>Sewa Perlengkapan Festival; Jasa Penyelenggara Acara;</t>
   </si>
   <si>
     <t>Fasilitasi penunjang kegiatan termasuk bahan dan peralatan, sarana prasarana penunjang kegiatan, event organizer, dll; Fasilitasi acara pada kegiatan festival literasi meliputi sarana dan prasarana pertunjukan, event organizer, dll;</t>
-  </si>
-[...418 lines deleted...]
-    <t>Paket; Paket;</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3692,66 +3698,66 @@
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X32" s="4" t="s">
         <v>120</v>
       </c>
       <c r="Y32" s="4" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>54203013</v>
+        <v>54203014</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>135</v>
       </c>
       <c r="D33" s="6">
-        <v>110000000</v>
+        <v>810000</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G33" s="4" t="s">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O33" s="5" t="s">
         <v>127</v>
       </c>
@@ -3767,57 +3773,57 @@
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X33" s="4" t="s">
         <v>136</v>
       </c>
       <c r="Y33" s="4" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>54203014</v>
+        <v>54203129</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>138</v>
       </c>
       <c r="D34" s="6">
-        <v>810000</v>
+        <v>4013500</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>29</v>
       </c>
@@ -3842,807 +3848,807 @@
       <c r="S34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U34" s="4"/>
       <c r="V34" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X34" s="4" t="s">
         <v>139</v>
       </c>
       <c r="Y34" s="4" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>54203129</v>
+        <v>54203132</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>141</v>
       </c>
       <c r="D35" s="6">
-        <v>4013500</v>
+        <v>1844700</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O35" s="5" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="4"/>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>54203132</v>
+        <v>54203134</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D36" s="6">
-        <v>1844700</v>
+        <v>52440000</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="P36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T36" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="4"/>
       <c r="V36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X36" s="4" t="s">
         <v>146</v>
       </c>
       <c r="Y36" s="4" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>54203134</v>
+        <v>54203135</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>148</v>
       </c>
       <c r="D37" s="6">
-        <v>52440000</v>
+        <v>18550000</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O37" s="5" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W37" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X37" s="4" t="s">
         <v>149</v>
       </c>
       <c r="Y37" s="4" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>54203135</v>
+        <v>54203137</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>151</v>
       </c>
       <c r="D38" s="6">
-        <v>18550000</v>
+        <v>1645000</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O38" s="5" t="s">
-        <v>145</v>
+        <v>127</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X38" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="Y38" s="4" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>54203137</v>
+        <v>54209665</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D39" s="6">
-        <v>1645000</v>
+        <v>9309200</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O39" s="5" t="s">
-        <v>127</v>
+        <v>142</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U39" s="4"/>
       <c r="V39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W39" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X39" s="4" t="s">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="Y39" s="4" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>54209665</v>
+        <v>54209666</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>156</v>
       </c>
       <c r="D40" s="6">
-        <v>9309200</v>
+        <v>3402000</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U40" s="4"/>
       <c r="V40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W40" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X40" s="4" t="s">
         <v>157</v>
       </c>
       <c r="Y40" s="4" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>54209666</v>
+        <v>54209668</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>159</v>
       </c>
       <c r="D41" s="6">
-        <v>3402000</v>
+        <v>489600</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N41" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O41" s="5" t="s">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T41" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U41" s="4"/>
       <c r="V41" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W41" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X41" s="4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="Y41" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>54209668</v>
+        <v>54209669</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D42" s="6">
-        <v>489600</v>
+        <v>2515500</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N42" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O42" s="5" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R42" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U42" s="4"/>
       <c r="V42" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W42" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X42" s="4" t="s">
         <v>164</v>
       </c>
       <c r="Y42" s="4" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>54209669</v>
+        <v>54209670</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>166</v>
       </c>
       <c r="D43" s="6">
-        <v>2515500</v>
+        <v>2387000</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N43" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O43" s="5" t="s">
-        <v>134</v>
+        <v>160</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U43" s="4"/>
       <c r="V43" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W43" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X43" s="4" t="s">
         <v>167</v>
       </c>
       <c r="Y43" s="4" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>54209670</v>
+        <v>54209671</v>
       </c>
       <c r="C44" s="4" t="s">
         <v>169</v>
       </c>
       <c r="D44" s="6">
-        <v>2387000</v>
+        <v>7588100</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N44" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>163</v>
+        <v>134</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U44" s="4"/>
       <c r="V44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W44" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X44" s="4" t="s">
         <v>170</v>
       </c>
       <c r="Y44" s="4" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>54209671</v>
+        <v>54209672</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>172</v>
       </c>
       <c r="D45" s="6">
-        <v>7588100</v>
+        <v>30900000</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L45" s="5" t="s">
         <v>29</v>
       </c>
@@ -4667,66 +4673,66 @@
       <c r="S45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T45" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U45" s="4"/>
       <c r="V45" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W45" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X45" s="4" t="s">
         <v>173</v>
       </c>
       <c r="Y45" s="4" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>54209672</v>
+        <v>54209673</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>175</v>
       </c>
       <c r="D46" s="6">
-        <v>30900000</v>
+        <v>3153400</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G46" s="4" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N46" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O46" s="5" t="s">
         <v>134</v>
       </c>
@@ -4734,1054 +4740,1054 @@
         <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W46" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X46" s="4" t="s">
         <v>176</v>
       </c>
       <c r="Y46" s="4" t="s">
-        <v>177</v>
+        <v>118</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>54209673</v>
+        <v>54209674</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D47" s="6">
-        <v>3153400</v>
+        <v>3101600</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N47" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W47" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X47" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="Y47" s="4" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>54209674</v>
+        <v>54209675</v>
       </c>
       <c r="C48" s="4" t="s">
         <v>180</v>
       </c>
       <c r="D48" s="6">
-        <v>3101600</v>
+        <v>21864200</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G48" s="4" t="s">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L48" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N48" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O48" s="5" t="s">
-        <v>145</v>
+        <v>134</v>
       </c>
       <c r="P48" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R48" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T48" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U48" s="4"/>
       <c r="V48" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W48" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X48" s="4" t="s">
         <v>181</v>
       </c>
       <c r="Y48" s="4" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>54209675</v>
+        <v>54240816</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>183</v>
       </c>
       <c r="D49" s="6">
-        <v>21864200</v>
+        <v>8032500</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="4" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N49" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O49" s="5" t="s">
         <v>134</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T49" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="U49" s="4"/>
+        <v>185</v>
+      </c>
+      <c r="U49" s="4" t="s">
+        <v>186</v>
+      </c>
       <c r="V49" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W49" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X49" s="4" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="Y49" s="4" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>54240816</v>
+        <v>54241161</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D50" s="6">
-        <v>8032500</v>
+        <v>3817800</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F50" s="4" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L50" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N50" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O50" s="5" t="s">
         <v>134</v>
       </c>
       <c r="P50" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R50" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T50" s="5" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="U50" s="4" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="V50" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W50" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X50" s="4" t="s">
         <v>190</v>
       </c>
       <c r="Y50" s="4" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>54241161</v>
+        <v>54241740</v>
       </c>
       <c r="C51" s="4" t="s">
         <v>192</v>
       </c>
       <c r="D51" s="6">
-        <v>3817800</v>
+        <v>18213950</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F51" s="4" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N51" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O51" s="5" t="s">
-        <v>134</v>
+        <v>160</v>
       </c>
       <c r="P51" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S51" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T51" s="5" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="U51" s="4" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="V51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W51" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X51" s="4" t="s">
         <v>193</v>
       </c>
       <c r="Y51" s="4" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>54241740</v>
+        <v>54242561</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>195</v>
       </c>
       <c r="D52" s="6">
-        <v>18213950</v>
+        <v>9998100</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F52" s="4" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N52" s="5" t="s">
         <v>122</v>
       </c>
       <c r="O52" s="5" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="P52" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R52" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S52" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T52" s="5" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="U52" s="4" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="V52" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W52" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X52" s="4" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="Y52" s="4" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>54242561</v>
+        <v>56154459</v>
       </c>
       <c r="C53" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="D53" s="6">
+        <v>4488400</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F53" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="G53" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K53" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="L53" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N53" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="D53" s="6">
-[...31 lines deleted...]
-      </c>
       <c r="O53" s="5" t="s">
-        <v>163</v>
+        <v>199</v>
       </c>
       <c r="P53" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R53" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S53" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T53" s="5" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="U53" s="4"/>
       <c r="V53" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W53" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X53" s="4" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="Y53" s="4" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>56154459</v>
+        <v>56155517</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D54" s="6">
-        <v>4488400</v>
+        <v>801500</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="4" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="O54" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P54" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R54" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S54" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T54" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U54" s="4"/>
       <c r="V54" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W54" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X54" s="4" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="Y54" s="4" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>56155517</v>
+        <v>57589798</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>205</v>
       </c>
       <c r="D55" s="6">
-        <v>801500</v>
+        <v>4770400</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N55" s="5" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="O55" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S55" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T55" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U55" s="4"/>
       <c r="V55" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W55" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X55" s="4" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="Y55" s="4" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>57589798</v>
+        <v>57589900</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D56" s="6">
-        <v>4770400</v>
+        <v>10770400</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F56" s="4" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N56" s="5" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="P56" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T56" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U56" s="4"/>
       <c r="V56" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W56" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X56" s="4" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="Y56" s="4" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>57589900</v>
+        <v>57590032</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D57" s="6">
         <v>10770400</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F57" s="4" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N57" s="5" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="O57" s="5" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="P57" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q57" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S57" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T57" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U57" s="4"/>
       <c r="V57" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W57" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X57" s="4" t="s">
         <v>211</v>
       </c>
       <c r="Y57" s="4" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="58" spans="1:25">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>57590032</v>
+        <v>57590091</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D58" s="6">
         <v>10770400</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F58" s="4" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N58" s="5" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="O58" s="5" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="P58" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q58" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S58" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T58" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U58" s="4"/>
       <c r="V58" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W58" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X58" s="4" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="Y58" s="4" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
     </row>
     <row r="59" spans="1:25">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>57590091</v>
+        <v>59022632</v>
       </c>
       <c r="C59" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="D59" s="6">
+        <v>222000</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F59" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G59" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H59" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K59" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="L59" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N59" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="O59" s="5" t="s">
         <v>215</v>
-      </c>
-[...34 lines deleted...]
-        <v>210</v>
       </c>
       <c r="P59" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q59" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R59" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S59" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T59" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U59" s="4"/>
       <c r="V59" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W59" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X59" s="4" t="s">
-        <v>214</v>
+        <v>114</v>
       </c>
       <c r="Y59" s="4" t="s">
-        <v>214</v>
+        <v>115</v>
       </c>
     </row>
     <row r="60" spans="1:25">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>59022632</v>
+        <v>59055765</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>216</v>
       </c>
       <c r="D60" s="6">
-        <v>222000</v>
+        <v>6302000</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F60" s="4" t="s">
-        <v>27</v>
+        <v>197</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N60" s="5" t="s">
         <v>217</v>
       </c>
@@ -5789,1261 +5795,1261 @@
         <v>218</v>
       </c>
       <c r="P60" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q60" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R60" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S60" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T60" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U60" s="4"/>
       <c r="V60" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W60" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X60" s="4" t="s">
-        <v>114</v>
+        <v>219</v>
       </c>
       <c r="Y60" s="4" t="s">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>59055765</v>
+        <v>59074866</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D61" s="6">
-        <v>6302000</v>
+        <v>3893400</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F61" s="4" t="s">
-        <v>200</v>
+        <v>27</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N61" s="5" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="O61" s="5" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="P61" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q61" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R61" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S61" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T61" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U61" s="4"/>
       <c r="V61" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W61" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X61" s="4" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="Y61" s="4" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:25">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>59074866</v>
+        <v>59570127</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D62" s="6">
-        <v>3893400</v>
+        <v>99671900</v>
       </c>
       <c r="E62" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F62" s="4" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="G62" s="4" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N62" s="5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="O62" s="5" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="P62" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q62" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R62" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S62" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T62" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="U62" s="4"/>
+        <v>185</v>
+      </c>
+      <c r="U62" s="4" t="s">
+        <v>186</v>
+      </c>
       <c r="V62" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W62" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X62" s="4" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="Y62" s="4" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:25">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>59570127</v>
+        <v>59614297</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D63" s="6">
-        <v>99671900</v>
+        <v>16218000</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N63" s="5" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="O63" s="5" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="P63" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q63" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R63" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S63" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T63" s="5" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="U63" s="4"/>
       <c r="V63" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W63" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X63" s="4" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="Y63" s="4" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="64" spans="1:25">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>59614297</v>
+        <v>60170459</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D64" s="6">
-        <v>16218000</v>
+        <v>24645500</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F64" s="4" t="s">
-        <v>200</v>
+        <v>27</v>
       </c>
       <c r="G64" s="4" t="s">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N64" s="5" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="O64" s="5" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="P64" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R64" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S64" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T64" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U64" s="4"/>
       <c r="V64" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W64" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X64" s="4" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="Y64" s="4" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:25">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>60170459</v>
+        <v>60557549</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D65" s="6">
-        <v>24645500</v>
+        <v>6887950</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L65" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N65" s="5" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="O65" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="P65" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q65" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R65" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S65" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T65" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U65" s="4"/>
       <c r="V65" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W65" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X65" s="4" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="Y65" s="4" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:25">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>60557549</v>
+        <v>60557605</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D66" s="6">
-        <v>6887950</v>
+        <v>3616200</v>
       </c>
       <c r="E66" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L66" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N66" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O66" s="5" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="P66" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q66" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R66" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S66" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T66" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U66" s="4"/>
       <c r="V66" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W66" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X66" s="4" t="s">
         <v>247</v>
       </c>
       <c r="Y66" s="4" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="67" spans="1:25">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>60557605</v>
+        <v>60557831</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>249</v>
       </c>
       <c r="D67" s="6">
-        <v>3616200</v>
+        <v>1483400</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F67" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L67" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N67" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O67" s="5" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="P67" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q67" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R67" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S67" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T67" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U67" s="4"/>
       <c r="V67" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W67" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X67" s="4" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="Y67" s="4" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="68" spans="1:25">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>60557831</v>
+        <v>60557906</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D68" s="6">
-        <v>1483400</v>
+        <v>612900</v>
       </c>
       <c r="E68" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N68" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O68" s="5" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="P68" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q68" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R68" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S68" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T68" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U68" s="4"/>
       <c r="V68" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W68" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X68" s="4" t="s">
-        <v>254</v>
+        <v>131</v>
       </c>
       <c r="Y68" s="4" t="s">
-        <v>255</v>
+        <v>132</v>
       </c>
     </row>
     <row r="69" spans="1:25">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>60557906</v>
+        <v>60557951</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D69" s="6">
-        <v>612900</v>
+        <v>2550550</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H69" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L69" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N69" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O69" s="5" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="P69" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q69" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R69" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S69" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T69" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U69" s="4"/>
       <c r="V69" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W69" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X69" s="4" t="s">
-        <v>131</v>
+        <v>255</v>
       </c>
       <c r="Y69" s="4" t="s">
-        <v>132</v>
+        <v>256</v>
       </c>
     </row>
     <row r="70" spans="1:25">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>60557951</v>
+        <v>60558101</v>
       </c>
       <c r="C70" s="4" t="s">
         <v>257</v>
       </c>
       <c r="D70" s="6">
-        <v>2550550</v>
+        <v>20480000</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F70" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G70" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N70" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O70" s="5" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="P70" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q70" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R70" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S70" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T70" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U70" s="4"/>
       <c r="V70" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W70" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X70" s="4" t="s">
         <v>258</v>
       </c>
       <c r="Y70" s="4" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="71" spans="1:25">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="5">
-        <v>60558101</v>
+        <v>60558153</v>
       </c>
       <c r="C71" s="4" t="s">
         <v>260</v>
       </c>
       <c r="D71" s="6">
-        <v>20480000</v>
+        <v>39750000</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G71" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L71" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N71" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O71" s="5" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="P71" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q71" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R71" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S71" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T71" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U71" s="4"/>
       <c r="V71" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W71" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X71" s="4" t="s">
         <v>261</v>
       </c>
       <c r="Y71" s="4" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="72" spans="1:25">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>60558153</v>
+        <v>60558256</v>
       </c>
       <c r="C72" s="4" t="s">
         <v>263</v>
       </c>
       <c r="D72" s="6">
-        <v>39750000</v>
+        <v>7215000</v>
       </c>
       <c r="E72" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F72" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N72" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O72" s="5" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="P72" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q72" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R72" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S72" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T72" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U72" s="4"/>
       <c r="V72" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W72" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X72" s="4" t="s">
-        <v>264</v>
+        <v>181</v>
       </c>
       <c r="Y72" s="4" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>60558256</v>
+        <v>60558334</v>
       </c>
       <c r="C73" s="4" t="s">
         <v>266</v>
       </c>
       <c r="D73" s="6">
-        <v>7215000</v>
+        <v>2247300</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H73" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L73" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N73" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O73" s="5" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="P73" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q73" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R73" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S73" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T73" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U73" s="4"/>
       <c r="V73" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W73" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X73" s="4" t="s">
-        <v>184</v>
+        <v>267</v>
       </c>
       <c r="Y73" s="4" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>60558334</v>
+        <v>60558424</v>
       </c>
       <c r="C74" s="4" t="s">
         <v>269</v>
       </c>
       <c r="D74" s="6">
-        <v>2247300</v>
+        <v>5740600</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F74" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H74" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L74" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N74" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O74" s="5" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="P74" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q74" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R74" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S74" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T74" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U74" s="4"/>
       <c r="V74" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W74" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X74" s="4" t="s">
         <v>270</v>
       </c>
       <c r="Y74" s="4" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="75" spans="1:25">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>60558424</v>
+        <v>60558539</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>272</v>
       </c>
       <c r="D75" s="6">
-        <v>5740600</v>
+        <v>6203200</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G75" s="4" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L75" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N75" s="5" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O75" s="5" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="P75" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q75" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R75" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S75" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T75" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U75" s="4"/>
       <c r="V75" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W75" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X75" s="4" t="s">
         <v>273</v>
       </c>
       <c r="Y75" s="4" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="76" spans="1:25">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>60558539</v>
+        <v>61582060</v>
       </c>
       <c r="C76" s="4" t="s">
         <v>275</v>
       </c>
       <c r="D76" s="6">
-        <v>6203200</v>
+        <v>110000000</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F76" s="4" t="s">
-        <v>27</v>
+        <v>197</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>108</v>
       </c>
       <c r="H76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L76" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N76" s="5" t="s">
-        <v>245</v>
+        <v>276</v>
       </c>
       <c r="O76" s="5" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="P76" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q76" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R76" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S76" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T76" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U76" s="4"/>
       <c r="V76" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W76" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X76" s="4" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="Y76" s="4" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
     </row>
     <row r="77" spans="1:25">
       <c r="A77" s="7" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="B77" s="8"/>
       <c r="C77" s="8"/>
       <c r="D77" s="9">
         <v>798758300</v>
       </c>
       <c r="E77" s="8"/>
       <c r="F77" s="8"/>
       <c r="G77" s="8"/>
       <c r="H77" s="8"/>
       <c r="I77" s="8"/>
       <c r="J77" s="8"/>
       <c r="K77" s="8"/>
       <c r="L77" s="8"/>
       <c r="M77" s="8"/>
       <c r="N77" s="8"/>
       <c r="O77" s="8"/>
       <c r="P77" s="8"/>
       <c r="Q77" s="8"/>
       <c r="R77" s="8"/>
       <c r="S77" s="8"/>
       <c r="T77" s="8"/>
       <c r="U77" s="8"/>
       <c r="V77" s="8"/>
       <c r="W77" s="8"/>