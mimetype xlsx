--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="388">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="393">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -335,888 +335,903 @@
   <si>
     <t>PC ALL IN ONE;</t>
   </si>
   <si>
     <t>SESUAI DPA</t>
   </si>
   <si>
     <t>Belanja Modal Alat Pendingin</t>
   </si>
   <si>
     <t>Lemari Es;</t>
   </si>
   <si>
     <t>1 Pintu;</t>
   </si>
   <si>
     <t>Belanja Modal Alat Kantor Lainnya</t>
   </si>
   <si>
     <t>Layar Proyektor; LCD Proyektor InFocus;</t>
   </si>
   <si>
     <t>84 inch, (213 x 213 cm), manual tripod; 3.600 Ansi Lumensi, hdmi, vga, XGA (1024 X 768) PX;</t>
   </si>
   <si>
+    <t>Belanja Makanan dan Minuman Jamuan Tamu</t>
+  </si>
+  <si>
+    <t>06/01/2025 10:25:48</t>
+  </si>
+  <si>
+    <t>Air Mineral; Air Mineral; Air Mineral (Botol);</t>
+  </si>
+  <si>
+    <t>Gelas; Isi Ulang; Tanggung 600 Ml;</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan Listrik</t>
+  </si>
+  <si>
+    <t>06/01/2025 10:27:21</t>
+  </si>
+  <si>
+    <t>Tarif Listrik Pascabayar 2200 S.D 5500;</t>
+  </si>
+  <si>
+    <t>Golongan Tarif P-1;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas sub keg Pemeliharaan</t>
+  </si>
+  <si>
+    <t>06/01/2025 10:34:54</t>
+  </si>
+  <si>
+    <t>Bahan Bakar; Solar;</t>
+  </si>
+  <si>
+    <t>Pertamax; ;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Komputer-Komputer Unit-Personal Computer</t>
+  </si>
+  <si>
+    <t>06/01/2025 10:39:48</t>
+  </si>
+  <si>
+    <t>Personal Computer/Notebook;</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Rumah Tangga-Alat Pendingin</t>
+  </si>
+  <si>
+    <t>Ac Slpiit;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi</t>
+  </si>
+  <si>
+    <t>06/01/2025 11:05:41</t>
+  </si>
+  <si>
+    <t>Upah Tenaga Surveyor / Drafter / Administrasi /Studi (SMA/SMK - D3); Paket Internet,Telepon Rumah Dan Tv Interaktif; Upah / Gaji Tenaga Ahli/ Konsultan Kegiatan Penelitian/ Kajian Analisa/ Studi (S-1) Ahli Muda; Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Cetak Buku;</t>
+  </si>
+  <si>
+    <t>Pengalaman 1 thn sd 4 thn; 100 Mbps; Pengalaman 1 Thn Sd 4 Thn; -; -; Kertas HVS, 80 Gsm, isi 101-200 lembar dan Cover;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos sub keg Promosi</t>
+  </si>
+  <si>
+    <t>06/01/2025 11:31:13</t>
+  </si>
+  <si>
+    <t>Materai;</t>
+  </si>
+  <si>
+    <t>10000;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Khusus</t>
+  </si>
+  <si>
+    <t>06/01/2025 11:40:36</t>
+  </si>
+  <si>
+    <t>Upah / Gaji Tenaga Ahli/ Konsultan Kegiatan Penelitian/ Kajian Analisa/ Studi (S-1) Ahli Muda; tenaga pendukung-operator komputer; tenaga administrasi; Upah / Gaji Tenaga Ahli/ Konsultan Kegiatan Penelitian/ Kajian Analisa/ Studi (S-2 - S-3) Ahli Muda;</t>
+  </si>
+  <si>
+    <t>Pengalaman 1 Thn Sd 4 Thn; tenaga operator komputer; tenaga pendukung-administrasi; Pengalaman 1 Thn Sd 4 Thn;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan - Bahan Bakar dan Pelumas sub keg Layanan Konsultasi</t>
+  </si>
+  <si>
+    <t>06/01/2025 11:53:14</t>
+  </si>
+  <si>
+    <t>bbm</t>
+  </si>
+  <si>
+    <t>pertamax</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos sub keg Pengawasan</t>
+  </si>
+  <si>
+    <t>06/01/2025 12:11:38</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi 1</t>
+  </si>
+  <si>
+    <t>08/01/2025</t>
+  </si>
+  <si>
+    <t>08/01/2025 08:49:50</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi 2</t>
+  </si>
+  <si>
+    <t>08/01/2025 08:55:50</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Operator Komputer 1</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Operator Komputer;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Operator Komputer 2</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Caraka</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga caraka</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan mpp 1</t>
+  </si>
+  <si>
+    <t>08/01/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Kebersihan; Jasa Tenaga Kebersihan;</t>
+  </si>
+  <si>
+    <t>kantor DPMTSP; Upah tenaga kerja, seragam, sepatu dan atribut lainnya, APD (Alat Pelindung Diri) dan alat penunjang kerja, serta alat dan bahan;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan mpp 2</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Keamanan - mpp 1</t>
+  </si>
+  <si>
+    <t>Tenaga keamanan; Jasa Tenaga Keamanan;</t>
+  </si>
+  <si>
+    <t>Outsourcing; Kantor Dpmtsp;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Keamanan - mpp 2</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan Outsourcing 2</t>
+  </si>
+  <si>
+    <t>12/02/2025</t>
+  </si>
+  <si>
+    <t>12/02/2025 14:54:30</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan Outsourcing 1</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan untuk Kegiatan Kantor-Bahan Cetak sub Keg Cetakan</t>
+  </si>
+  <si>
+    <t>16/04/2025</t>
+  </si>
+  <si>
+    <t>16/04/2025 10:25:58</t>
+  </si>
+  <si>
+    <t>sesuai DPa</t>
+  </si>
+  <si>
+    <t>sesuai DPA-</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover sub keg bahan material</t>
+  </si>
+  <si>
+    <t>16/04/2025 10:36:23</t>
+  </si>
+  <si>
+    <t>Kertas Hvs; Kertas HVS; Thermal paper;</t>
+  </si>
+  <si>
+    <t>70 Gram A4; Folio/F4 70Gram; Uk. 80 mm x 20 m;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor sub keg bahan material</t>
+  </si>
+  <si>
+    <t>Lem Kertas; Spidol; Binder Clip; Cutter; Snelhekter Plastik; Paper Clips; Buku Folio; Map Mika; Buku Folio; Binder Clip; Ordner; Ballpoint; Dokumen Keeper; Buku Folio; Ballpoint; Binder Clip; Plak Band Hitam; Ballpoint; Tinta Stempel; Box File; Post It / Sticky Note; Amplop Putih; Karbon;</t>
+  </si>
+  <si>
+    <t>Cair Kecil; Besar; Kecil; Kecil; Inter X; Kecil; Isi 100 Lembar; F4; Isi 50 Lembar Alp; Besar; Besar; Tulis; 60 Lembar; Isi 300 Lembar; Tanda Tangan; Sedang; Sedang; Tizo gel; 50 Cc; ; Plastik; Uk 114x160mm; Pembulatan;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Komputer sub keg bahan material</t>
+  </si>
+  <si>
+    <t>Tinta Printer; mouse</t>
+  </si>
+  <si>
+    <t>Tinta Cair 70 Ml; wireless</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Keamanan</t>
+  </si>
+  <si>
+    <t>16/04/2025 11:16:37</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi 3</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>jasa administrasi</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Keamanan - Outsourcing</t>
+  </si>
+  <si>
+    <t>16/04/2025 11:36:09</t>
+  </si>
+  <si>
+    <t>Belanja Bahan - Bahan Bakar dan Pelumas sub Keg Peta Potensi</t>
+  </si>
+  <si>
+    <t>16/04/2025 11:38:12</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas</t>
+  </si>
+  <si>
+    <t>17/04/2025</t>
+  </si>
+  <si>
+    <t>17/04/2025 07:57:42</t>
+  </si>
+  <si>
+    <t>Kain Batik;</t>
+  </si>
+  <si>
+    <t>sesuai DPA;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak sub keg Pelayanan Perizinan</t>
+  </si>
+  <si>
+    <t>17/04/2025 08:02:03</t>
+  </si>
+  <si>
+    <t>Photo Copy;</t>
+  </si>
+  <si>
+    <t>Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas Sub Keg Bimtek</t>
+  </si>
+  <si>
+    <t>22/04/2025</t>
+  </si>
+  <si>
+    <t>22/04/2025 09:53:24</t>
+  </si>
+  <si>
+    <t>Tas Pelatihan</t>
+  </si>
+  <si>
+    <t>Model Jinjing</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Jamuan Tamu Sub Keg Bimtek</t>
+  </si>
+  <si>
+    <t>Makanan Minuman</t>
+  </si>
+  <si>
+    <t>Sesuai DPA</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Penyelenggaraan Acara Sub Keg Bimtek</t>
+  </si>
+  <si>
+    <t>Jasa EO</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Listrik Sub Keg Pemeliharaan Gedung</t>
+  </si>
+  <si>
+    <t>22/04/2025 11:06:38</t>
+  </si>
+  <si>
+    <t>Lampu</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos sub keg Layanan Konsultasi</t>
+  </si>
+  <si>
+    <t>16/05/2025</t>
+  </si>
+  <si>
+    <t>16/05/2025 08:59:36</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos sub keg Pemantauan Analisis</t>
+  </si>
+  <si>
+    <t>20/05/2025 10:12:57</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos sub keg Peny Pelayanan Perizinan</t>
+  </si>
+  <si>
+    <t>16/05/2025 08:59:56</t>
+  </si>
+  <si>
+    <t>Belanja Modal Personal Computer sub keg Peny. Peralatan dan Perlengkapan Kantor</t>
+  </si>
+  <si>
+    <t>APBDP</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 14:53:31</t>
+  </si>
+  <si>
+    <t>5 Unit</t>
+  </si>
+  <si>
+    <t>Desktop PC</t>
+  </si>
+  <si>
+    <t>Core i5-1235U / 8G / 512 GB</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan Personal Computer sub keg Peny. Peralatan dan Perlengkapan Kantor</t>
+  </si>
+  <si>
+    <t>17/09/2025 14:53:18</t>
+  </si>
+  <si>
+    <t>1 Unit</t>
+  </si>
+  <si>
+    <t>Printer cetak KIA</t>
+  </si>
+  <si>
+    <t>Input Hopper Up To 125 Cards, Output Hopper Up To 25 Cards, L 44.2Cm X W 22.6Cm X H 22.9Cm, 5.13Kg, Usb And Ethernet</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Rumah Tangga Lainnya (Home Use) sub keg Peny. Peralatan dan Perlengkapan Kantor</t>
+  </si>
+  <si>
+    <t>17/09/2025 14:53:06</t>
+  </si>
+  <si>
+    <t>Televisi</t>
+  </si>
+  <si>
+    <t>Smart TV UHD 43 inch, Resolution 3,840 x 2,160</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas sub keg Peny. Masalah</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 14:45:52</t>
+  </si>
+  <si>
+    <t>30 Buah</t>
+  </si>
+  <si>
+    <t>Model Ransel</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Penyelenggaraan Acara sub keg Promosi</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 12:12:07</t>
+  </si>
+  <si>
+    <t>2 Set</t>
+  </si>
+  <si>
+    <t>Dekorasi</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas sub keg Peny Permasalahan</t>
+  </si>
+  <si>
+    <t>16/09/2025 20:56:05</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat sub keg Peny Permasalahan</t>
+  </si>
+  <si>
+    <t>16/09/2025 15:29:47</t>
+  </si>
+  <si>
+    <t>Belanja Bahan - Bahan Bakar dan Pelumas sub keg Promosi</t>
+  </si>
+  <si>
+    <t>16/09/2025 12:13:24</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak sub keg Promosi</t>
+  </si>
+  <si>
+    <t>3927 Lembar</t>
+  </si>
+  <si>
+    <t>Photo Copy</t>
+  </si>
+  <si>
+    <t>Folio/HVS</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas sub keg Layanan Konsultasi Perizinan</t>
+  </si>
+  <si>
+    <t>16/09/2025 15:44:15</t>
+  </si>
+  <si>
+    <t>160 Liter</t>
+  </si>
+  <si>
+    <t>Bahan bakar</t>
+  </si>
+  <si>
+    <t>Pertamax</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Ahli sub keg Layanan Konsultasi Perizinan</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:05:03</t>
+  </si>
+  <si>
+    <t>Upah / Gaji Tenaga Ahli/ Konsultan Kegiatan Penelitian/ Kajian Analisa/ Studi (S-1) Ahli Muda; Upah Tenaga Surveyor / Drafter / Administrasi /Studi (SMA/SMK - D3); Upah / Gaji Tenaga Ahli/ Konsultan Kegiatan Penelitian/ Kajian Analisa/ Studi (S-1) Ahli Muda;</t>
+  </si>
+  <si>
+    <t>Pengalaman 1 Thn - 4 Thn; Pengalaman 1 thn sd 4 thn; Pengalaman 1 Thn Sd 4 Thn;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik sub keg Layanan Konsultasi Perizinan</t>
+  </si>
+  <si>
+    <t>16/09/2025 19:37:42</t>
+  </si>
+  <si>
+    <t>3 Buah, 3 Buku, 1 Unit, 1 Orang / Bulan, 1 Orang / Bulan, 2 Orang / Bulan</t>
+  </si>
+  <si>
+    <t>Catriage Printer, Cetak Buku, Hard Disk Eksternal, Upah/Gaji Tenaga Ahli/Konsultan Kegiatan Penelitian/Kajian Analisa/Studi (S-1) Ahli Muda, Upah/Gaji Tenaga Ahli/Konsultan Kegiatan Penelitian/Kajian Analisa/Studi (S-1) Ahli Muda, Upah Tenaga Surveyor/Drafter/Administrasi/Studi (SMA/SMK - D3)</t>
+  </si>
+  <si>
+    <t>Tinta Cair, Kertas HVS 80 Gsm isi 201-500 Lembar dan Cover, 500Gb, Pengalaman 1Thn sd 4Thn, Pengalaman 1Thn sd 4Thn, Pengalaman 1Thn sd 4Thn</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Cetak sub keg Peny. Permasalahan</t>
+  </si>
+  <si>
+    <t>16/09/2025 21:08:16</t>
+  </si>
+  <si>
+    <t>20 M2, 2994 Lembar</t>
+  </si>
+  <si>
+    <t>Banner, Photo Copy</t>
+  </si>
+  <si>
+    <t>Bahan Vinyl 240 Gr, Folio/HVS</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Cetak sub keg Peny. Dok Perencanaan PD</t>
+  </si>
+  <si>
+    <t>17/09/2025 08:30:42</t>
+  </si>
+  <si>
+    <t>9038 Lembar</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor sub keg Peny. Dok Perencanaan PD</t>
+  </si>
+  <si>
+    <t>17/09/2025 08:33:10</t>
+  </si>
+  <si>
+    <t>50 Lembar</t>
+  </si>
+  <si>
+    <t>Karbon</t>
+  </si>
+  <si>
+    <t>Pembulatan</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas sub keg Peny. Dok Perencanaan PD</t>
+  </si>
+  <si>
+    <t>17/09/2025 08:43:14</t>
+  </si>
+  <si>
+    <t>81 Liter</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>Belanja Bahan - Isi Tabung Pemadam Kebakaran sub keg Bahan Material</t>
+  </si>
+  <si>
+    <t>17/09/2025 09:14:06</t>
+  </si>
+  <si>
+    <t>apar</t>
+  </si>
+  <si>
+    <t>sesuai dpa</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi sub keg Pemeliharaan gedung 2</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:41:07</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi sub keg Pemeliharaan gedung 3</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:41:22</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi sub keg Pemeliharaan gedung 4</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:41:35</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi sub keg Pemeliharaan gedung 1</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:41:47</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi sub keg Rehab Gedung 1</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:54:12</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Pembantu Administrasi;</t>
+  </si>
+  <si>
+    <t>DPMPTSP</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi sub keg Rehab Gedung 2</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:53:47</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Pembantu Administrasi</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi sub keg Rehab Gedung 3</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:54:00</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor sub keg Rehab Gedung (Biaya Pengawasan Teknis)</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025 15:26:43</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis</t>
+  </si>
+  <si>
+    <t>150.000.001 s/d 200.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor sub keg Rehab Gedung (Biaya Pemeliharaan Gedung Atau Bangunan Dalam Negeri)</t>
+  </si>
+  <si>
+    <t>18/09/2025 15:28:24</t>
+  </si>
+  <si>
+    <t>1020 M2/Tahun</t>
+  </si>
+  <si>
+    <t>Biaya Pemeliharaan Gedung Atau Bangunan Dalam Negeri</t>
+  </si>
+  <si>
+    <t>Gedung Bertingkat</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Bangunan Gedung Tempat Pertemuan</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>19/09/2025 10:14:06</t>
+  </si>
+  <si>
+    <t>Sewa Tempat;</t>
+  </si>
+  <si>
+    <t>Kepesertaan Pameran;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak sub keg Pemantauan Analisis</t>
+  </si>
+  <si>
+    <t>25/09/2025</t>
+  </si>
+  <si>
+    <t>25/09/2025 08:15:40</t>
+  </si>
+  <si>
+    <t>Cetak brosur;</t>
+  </si>
+  <si>
+    <t>lipat 3 kertas glossy ukuran F4 bolak balik;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Listrik sub keg Rehab Gedung</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>30/09/2025 08:14:55</t>
+  </si>
+  <si>
+    <t>20 Pak, 11 Pak</t>
+  </si>
+  <si>
+    <t>Baterai</t>
+  </si>
+  <si>
+    <t>Besar, Tanggung</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Dalam Kota sub keg Peny. Masalah</t>
+  </si>
+  <si>
+    <t>02/10/2025</t>
+  </si>
+  <si>
+    <t>02/10/2025 14:30:05</t>
+  </si>
+  <si>
+    <t>40 Orang / Kali</t>
+  </si>
+  <si>
+    <t>Biaya Rapat Atau Pertemuan Diluar Kantor-Half Day</t>
+  </si>
+  <si>
+    <t>Setingkat Eselon III/IV</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor sub keg Rehab Gedung (Biaya Perencanaan Teknis)</t>
+  </si>
+  <si>
+    <t>07/10/2025</t>
+  </si>
+  <si>
+    <t>07/10/2025 11:09:50</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas sub keg Evaluasi Kinerja PD</t>
+  </si>
+  <si>
+    <t>07/10/2025 12:49:09</t>
+  </si>
+  <si>
+    <t>65 Liter</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Cetak sub keg Evaluasi Kinerja PD</t>
+  </si>
+  <si>
+    <t>07/10/2025 12:48:58</t>
+  </si>
+  <si>
+    <t>Karbon; Photo Copy</t>
+  </si>
+  <si>
+    <t>250 Lembar; 10765 Lembar</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Cetak sub keg Bimtek</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>31/10/2025 09:38:47</t>
+  </si>
+  <si>
+    <t>30 M2, 400 Lembar, 5000 Lembar, 3 Buah</t>
+  </si>
+  <si>
+    <t>Banner, Leaflet, Photo Copy, Roll banner</t>
+  </si>
+  <si>
+    <t>bahan Vinyl 240 Gr, Bahan Kertas Art Paper 190 gram uk folio 21.5 x 33 cm Cetak Full Colour 2 muka (bolak balik) Finishing lapisan yufi, Folio/hvs, ukuran 60 x 60 cm fronlite 280 gr, rangka almini</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas sub keg Bimtek</t>
+  </si>
+  <si>
+    <t>31/10/2025 09:43:24</t>
+  </si>
+  <si>
+    <t>234 Liter</t>
+  </si>
+  <si>
+    <t>Bahan Bakar</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat sub keg Bimtek</t>
+  </si>
+  <si>
+    <t>31/10/2025 10:36:30</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack), Biaya Konsumsi (Makan), Biaya Konsumsi (Prasmanan)</t>
+  </si>
+  <si>
+    <t>Rapat Biasa, Rapat Biasa, Untuk Hotel</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Teknisi Mekanik dan Listrik sub keg Rehab Gedung</t>
+  </si>
+  <si>
+    <t>Pekerjaan Konstruksi</t>
+  </si>
+  <si>
+    <t>25/11/2025</t>
+  </si>
+  <si>
+    <t>25/11/2025 14:41:56</t>
+  </si>
+  <si>
+    <t>326 Titik</t>
+  </si>
+  <si>
+    <t>Jasa Pemasangan Jaringan</t>
+  </si>
+  <si>
+    <t>Per Titik</t>
+  </si>
+  <si>
     <t>Belanja Makanan dan Minuman Rapat sub keg Fasilitasi Kunjungan Tamu</t>
   </si>
   <si>
-    <t>06/01/2025 10:25:48</t>
-[...467 lines deleted...]
-    <t>-</t>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>27/11/2025 08:18:42</t>
+  </si>
+  <si>
+    <t>40 Kotak, 40 kotak</t>
+  </si>
+  <si>
+    <t>126 Kotak, 45 Kotak</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Cetak sub keg Peny. Layanan Konsultasi Perizinan</t>
   </si>
   <si>
-    <t>16/09/2025 15:44:30</t>
-[...2 lines deleted...]
-    <t>4466 Lembar, 200 M2</t>
+    <t>27/11/2025 10:40:07</t>
+  </si>
+  <si>
+    <t>4466 Lembar, 160 M2</t>
   </si>
   <si>
     <t>Photo Copy, Banner</t>
   </si>
   <si>
     <t>Folio/HVS, Bahan Fronlite 440 Gr</t>
   </si>
   <si>
-    <t>Belanja Bahan-Bahan Bakar dan Pelumas sub keg Peny Permasalahan</t>
-[...52 lines deleted...]
-  <si>
     <t>Belanja Makanan dan Minuman Rapat sub keg Layanan Konsultasi Perizinan</t>
   </si>
   <si>
-    <t>16/09/2025 15:56:08</t>
-[...2 lines deleted...]
-    <t>40 Kotak, 500 Kotak, 40 Kotak, 500 Kotak</t>
+    <t>27/11/2025 10:40:57</t>
+  </si>
+  <si>
+    <t>40 Kotak, 760 Kotak, 40 Kotak, 760 Kotak</t>
   </si>
   <si>
     <t>Biaya Konsumsi (Kudapan/Snack), Biaya Konsumsi (Makan)</t>
-  </si>
-[...283 lines deleted...]
-    <t>250 Lembar; 10765 Lembar</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -3119,57 +3134,57 @@
       <c r="S20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U20" s="4"/>
       <c r="V20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W20" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X20" s="4" t="s">
         <v>105</v>
       </c>
       <c r="Y20" s="4" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>54494319</v>
+        <v>54494592</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="D21" s="6">
-        <v>5870000</v>
+        <v>4126800</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L21" s="5" t="s">
         <v>29</v>
       </c>
@@ -3183,5989 +3198,5989 @@
         <v>108</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R21" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U21" s="4"/>
       <c r="V21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W21" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X21" s="4" t="s">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="Y21" s="4" t="s">
-        <v>44</v>
+        <v>110</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>54494592</v>
+        <v>54494940</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D22" s="6">
-        <v>4126800</v>
+        <v>80718000</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F22" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G22" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="5" t="s">
         <v>70</v>
       </c>
       <c r="O22" s="5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R22" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U22" s="4"/>
       <c r="V22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W22" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X22" s="4" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="Y22" s="4" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>54494940</v>
+        <v>54496305</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D23" s="6">
-        <v>80718000</v>
+        <v>20383600</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F23" s="4" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="5" t="s">
         <v>70</v>
       </c>
       <c r="O23" s="5" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S23" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T23" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U23" s="4"/>
       <c r="V23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W23" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X23" s="4" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="Y23" s="4" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>54496305</v>
+        <v>54496932</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D24" s="6">
-        <v>20383600</v>
+        <v>1460000</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="4" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="G24" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>70</v>
       </c>
       <c r="O24" s="5" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T24" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U24" s="4"/>
       <c r="V24" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W24" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X24" s="4" t="s">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="Y24" s="4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>54496932</v>
+        <v>54497318</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D25" s="6">
-        <v>1460000</v>
+        <v>9760000</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="5" t="s">
         <v>70</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R25" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S25" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T25" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U25" s="4"/>
       <c r="V25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X25" s="4" t="s">
         <v>67</v>
       </c>
       <c r="Y25" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>54497318</v>
+        <v>54502281</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D26" s="6">
-        <v>9760000</v>
+        <v>33359700</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G26" s="4" t="s">
-        <v>47</v>
+        <v>125</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N26" s="5" t="s">
         <v>70</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R26" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T26" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U26" s="4"/>
       <c r="V26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W26" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X26" s="4" t="s">
-        <v>67</v>
+        <v>127</v>
       </c>
       <c r="Y26" s="4" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>54502281</v>
+        <v>54506853</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D27" s="6">
-        <v>33359700</v>
+        <v>216000</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G27" s="4" t="s">
-        <v>126</v>
+        <v>28</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="5" t="s">
         <v>70</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S27" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T27" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U27" s="4"/>
       <c r="V27" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W27" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X27" s="4" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="Y27" s="4" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>54506853</v>
+        <v>54508020</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D28" s="6">
-        <v>216000</v>
+        <v>34000000</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F28" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G28" s="4" t="s">
-        <v>28</v>
+        <v>125</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="5" t="s">
         <v>70</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="P28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R28" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S28" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T28" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U28" s="4"/>
       <c r="V28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W28" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X28" s="4" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="Y28" s="4" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>54508020</v>
+        <v>54509688</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D29" s="6">
-        <v>34000000</v>
+        <v>283500</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>126</v>
+        <v>28</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="5" t="s">
         <v>70</v>
       </c>
       <c r="O29" s="5" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R29" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S29" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T29" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U29" s="4"/>
       <c r="V29" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W29" s="4" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="X29" s="4" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="Y29" s="4" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>54509688</v>
+        <v>54513027</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D30" s="6">
-        <v>283500</v>
+        <v>72000</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="4" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="5" t="s">
         <v>70</v>
       </c>
       <c r="O30" s="5" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R30" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T30" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U30" s="4"/>
       <c r="V30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W30" s="4" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="X30" s="4" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
       <c r="Y30" s="4" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>54512075</v>
+        <v>54684929</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D31" s="6">
-        <v>144000</v>
+        <v>14400000</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G31" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N31" s="5" t="s">
-        <v>70</v>
+        <v>144</v>
       </c>
       <c r="O31" s="5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R31" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S31" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T31" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U31" s="4"/>
       <c r="V31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X31" s="4" t="s">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="Y31" s="4" t="s">
-        <v>133</v>
+        <v>97</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>54513027</v>
+        <v>54685646</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D32" s="6">
-        <v>72000</v>
+        <v>14400000</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F32" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G32" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>70</v>
+        <v>144</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="P32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X32" s="4" t="s">
-        <v>132</v>
+        <v>146</v>
       </c>
       <c r="Y32" s="4" t="s">
-        <v>133</v>
+        <v>97</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>54684929</v>
+        <v>54685833</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D33" s="6">
         <v>14400000</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O33" s="5" t="s">
         <v>148</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X33" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="Y33" s="4" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>54685646</v>
+        <v>54685917</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D34" s="6">
         <v>14400000</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O34" s="5" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="P34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R34" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U34" s="4"/>
       <c r="V34" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W34" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X34" s="4" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="Y34" s="4" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>54685833</v>
+        <v>54686153</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>152</v>
       </c>
       <c r="D35" s="6">
         <v>14400000</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O35" s="5" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="4"/>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X35" s="4" t="s">
         <v>153</v>
       </c>
       <c r="Y35" s="4" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>54685917</v>
+        <v>54686289</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>154</v>
       </c>
       <c r="D36" s="6">
         <v>14400000</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="P36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T36" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="4"/>
       <c r="V36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X36" s="4" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="Y36" s="4" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>54686153</v>
+        <v>54690475</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D37" s="6">
         <v>14400000</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O37" s="5" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W37" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X37" s="4" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="Y37" s="4" t="s">
-        <v>97</v>
+        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>54686289</v>
+        <v>54690669</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D38" s="6">
         <v>14400000</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O38" s="5" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X38" s="4" t="s">
         <v>158</v>
       </c>
       <c r="Y38" s="4" t="s">
-        <v>97</v>
+        <v>159</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>54690475</v>
+        <v>54692132</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D39" s="6">
         <v>14400000</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O39" s="5" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U39" s="4"/>
       <c r="V39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W39" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X39" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="Y39" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>54690669</v>
+        <v>54692206</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D40" s="6">
         <v>14400000</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U40" s="4"/>
       <c r="V40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W40" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X40" s="4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="Y40" s="4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>54692132</v>
+        <v>57171005</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D41" s="6">
-        <v>14400000</v>
+        <v>75000000</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>147</v>
+        <v>166</v>
       </c>
       <c r="O41" s="5" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T41" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U41" s="4"/>
       <c r="V41" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W41" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X41" s="4" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="Y41" s="4" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>54692206</v>
+        <v>57171085</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D42" s="6">
-        <v>14400000</v>
+        <v>15000000</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N42" s="5" t="s">
-        <v>147</v>
+        <v>166</v>
       </c>
       <c r="O42" s="5" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R42" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U42" s="4"/>
       <c r="V42" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W42" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X42" s="4" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="Y42" s="4" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>57171005</v>
+        <v>58988663</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D43" s="6">
-        <v>75000000</v>
+        <v>13028750</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N43" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O43" s="5" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U43" s="4"/>
       <c r="V43" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W43" s="4" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="X43" s="4" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="Y43" s="4" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>57171085</v>
+        <v>58989032</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D44" s="6">
-        <v>15000000</v>
+        <v>4996350</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G44" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U44" s="4"/>
       <c r="V44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W44" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X44" s="4" t="s">
-        <v>161</v>
+        <v>176</v>
       </c>
       <c r="Y44" s="4" t="s">
-        <v>162</v>
+        <v>177</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>58988663</v>
+        <v>58989057</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="D45" s="6">
-        <v>13028750</v>
+        <v>10656350</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N45" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="O45" s="5" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R45" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T45" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U45" s="4"/>
       <c r="V45" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W45" s="4" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="X45" s="4" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="Y45" s="4" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>58989032</v>
+        <v>58989117</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D46" s="6">
-        <v>4996350</v>
+        <v>4528000</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N46" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="O46" s="5" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="P46" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W46" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X46" s="4" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="Y46" s="4" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>58989057</v>
+        <v>58990105</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D47" s="6">
-        <v>10656350</v>
+        <v>2400000</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F47" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G47" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N47" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W47" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X47" s="4" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="Y47" s="4" t="s">
-        <v>183</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>58989117</v>
+        <v>58990770</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D48" s="6">
-        <v>4528000</v>
+        <v>12000000</v>
       </c>
       <c r="E48" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F48" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G48" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>29</v>
+        <v>187</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>29</v>
+        <v>187</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>29</v>
+        <v>187</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>29</v>
+        <v>187</v>
       </c>
       <c r="L48" s="5" t="s">
-        <v>29</v>
+        <v>188</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N48" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="O48" s="5" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="P48" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R48" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T48" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U48" s="4"/>
       <c r="V48" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W48" s="4" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="X48" s="4" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="Y48" s="4" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>58990105</v>
+        <v>58991372</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D49" s="6">
-        <v>2400000</v>
+        <v>120512700</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L49" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N49" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="O49" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T49" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U49" s="4"/>
       <c r="V49" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W49" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X49" s="4" t="s">
-        <v>187</v>
+        <v>162</v>
       </c>
       <c r="Y49" s="4" t="s">
-        <v>97</v>
+        <v>163</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>58990770</v>
+        <v>58991413</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D50" s="6">
-        <v>12000000</v>
+        <v>567000</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F50" s="4" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="G50" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>190</v>
+        <v>29</v>
       </c>
       <c r="L50" s="5" t="s">
-        <v>191</v>
+        <v>29</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N50" s="5" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="O50" s="5" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="P50" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R50" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T50" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U50" s="4"/>
       <c r="V50" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W50" s="4" t="s">
         <v>95</v>
       </c>
       <c r="X50" s="4" t="s">
-        <v>192</v>
+        <v>139</v>
       </c>
       <c r="Y50" s="4" t="s">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>58991372</v>
+        <v>59001606</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D51" s="6">
-        <v>120512700</v>
+        <v>2471000</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F51" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G51" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L51" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N51" s="5" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="O51" s="5" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="P51" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S51" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T51" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U51" s="4"/>
       <c r="V51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W51" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X51" s="4" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="Y51" s="4" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>58991413</v>
+        <v>59001739</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D52" s="6">
-        <v>567000</v>
+        <v>384400</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F52" s="4" t="s">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N52" s="5" t="s">
-        <v>173</v>
+        <v>195</v>
       </c>
       <c r="O52" s="5" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="P52" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R52" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S52" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T52" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U52" s="4"/>
       <c r="V52" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W52" s="4" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="X52" s="4" t="s">
-        <v>140</v>
+        <v>201</v>
       </c>
       <c r="Y52" s="4" t="s">
-        <v>141</v>
+        <v>202</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>59001606</v>
+        <v>59055921</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="D53" s="6">
-        <v>2471000</v>
+        <v>18759000</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N53" s="5" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="O53" s="5" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="P53" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R53" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S53" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T53" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U53" s="4"/>
       <c r="V53" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W53" s="4" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="X53" s="4" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="Y53" s="4" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>59001739</v>
+        <v>59056102</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="D54" s="6">
-        <v>384400</v>
+        <v>6800000</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="O54" s="5" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="P54" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R54" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S54" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T54" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U54" s="4"/>
       <c r="V54" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W54" s="4" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="X54" s="4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="Y54" s="4" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>59055921</v>
+        <v>59056206</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="D55" s="6">
-        <v>18759000</v>
+        <v>75000000</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G55" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N55" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="O55" s="5" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S55" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T55" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U55" s="4"/>
       <c r="V55" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W55" s="4" t="s">
         <v>95</v>
       </c>
       <c r="X55" s="4" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="Y55" s="4" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>59056102</v>
+        <v>59059182</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D56" s="6">
-        <v>6800000</v>
+        <v>2482400</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F56" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N56" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="P56" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T56" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U56" s="4"/>
       <c r="V56" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W56" s="4" t="s">
         <v>95</v>
       </c>
       <c r="X56" s="4" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="Y56" s="4" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>59056206</v>
+        <v>59395012</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D57" s="6">
-        <v>75000000</v>
+        <v>172800</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F57" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G57" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N57" s="5" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="O57" s="5" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="P57" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q57" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S57" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T57" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U57" s="4"/>
       <c r="V57" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W57" s="4" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="X57" s="4" t="s">
-        <v>215</v>
+        <v>131</v>
       </c>
       <c r="Y57" s="4" t="s">
-        <v>213</v>
+        <v>132</v>
       </c>
     </row>
     <row r="58" spans="1:25">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>59059182</v>
+        <v>59395030</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D58" s="6">
-        <v>2482400</v>
+        <v>144000</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F58" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N58" s="5" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="O58" s="5" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="P58" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q58" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S58" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T58" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U58" s="4"/>
       <c r="V58" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W58" s="4" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="X58" s="4" t="s">
-        <v>218</v>
+        <v>131</v>
       </c>
       <c r="Y58" s="4" t="s">
-        <v>213</v>
+        <v>132</v>
       </c>
     </row>
     <row r="59" spans="1:25">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>59395012</v>
+        <v>59395067</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D59" s="6">
-        <v>172800</v>
+        <v>460800</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F59" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N59" s="5" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="O59" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P59" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q59" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R59" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S59" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T59" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U59" s="4"/>
       <c r="V59" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W59" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X59" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="Y59" s="4" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="60" spans="1:25">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>59395030</v>
+        <v>60166735</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D60" s="6">
-        <v>144000</v>
+        <v>82380000</v>
       </c>
       <c r="E60" s="4" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F60" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="L60" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N60" s="5" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="O60" s="5" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="P60" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q60" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R60" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S60" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T60" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U60" s="4"/>
       <c r="V60" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W60" s="4" t="s">
-        <v>39</v>
+        <v>228</v>
       </c>
       <c r="X60" s="4" t="s">
-        <v>132</v>
+        <v>229</v>
       </c>
       <c r="Y60" s="4" t="s">
-        <v>133</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>59395067</v>
+        <v>60167095</v>
       </c>
       <c r="C61" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="D61" s="6">
+        <v>27448500</v>
+      </c>
+      <c r="E61" s="4" t="s">
         <v>224</v>
       </c>
-      <c r="D61" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="L61" s="5" t="s">
-        <v>29</v>
+        <v>225</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N61" s="5" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="O61" s="5" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="P61" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q61" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R61" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S61" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T61" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U61" s="4"/>
       <c r="V61" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W61" s="4" t="s">
-        <v>39</v>
+        <v>233</v>
       </c>
       <c r="X61" s="4" t="s">
-        <v>132</v>
+        <v>234</v>
       </c>
       <c r="Y61" s="4" t="s">
-        <v>133</v>
+        <v>235</v>
       </c>
     </row>
     <row r="62" spans="1:25">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>60166735</v>
+        <v>60167291</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="D62" s="6">
-        <v>82380000</v>
+        <v>9500000</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G62" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="L62" s="5" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N62" s="5" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="O62" s="5" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="P62" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q62" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R62" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S62" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T62" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U62" s="4"/>
       <c r="V62" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W62" s="4" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="X62" s="4" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="Y62" s="4" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="63" spans="1:25">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>60167095</v>
+        <v>60612003</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="D63" s="6">
-        <v>27448500</v>
+        <v>8292000</v>
       </c>
       <c r="E63" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="L63" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N63" s="5" t="s">
-        <v>229</v>
+        <v>242</v>
       </c>
       <c r="O63" s="5" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="P63" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q63" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R63" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S63" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T63" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U63" s="4"/>
       <c r="V63" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W63" s="4" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="X63" s="4" t="s">
-        <v>237</v>
+        <v>206</v>
       </c>
       <c r="Y63" s="4" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
     </row>
     <row r="64" spans="1:25">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>60167291</v>
+        <v>60612223</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="D64" s="6">
-        <v>9500000</v>
+        <v>20100000</v>
       </c>
       <c r="E64" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="L64" s="5" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N64" s="5" t="s">
-        <v>229</v>
+        <v>247</v>
       </c>
       <c r="O64" s="5" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="P64" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R64" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S64" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T64" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U64" s="4"/>
       <c r="V64" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W64" s="4" t="s">
-        <v>236</v>
+        <v>249</v>
       </c>
       <c r="X64" s="4" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="Y64" s="4" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
     </row>
     <row r="65" spans="1:25">
       <c r="A65" s="5">
         <v>64</v>
       </c>
       <c r="B65" s="5">
-        <v>60552973</v>
+        <v>60654216</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="D65" s="6">
-        <v>2475900</v>
+        <v>1512000</v>
       </c>
       <c r="E65" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>82</v>
       </c>
       <c r="G65" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L65" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N65" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="O65" s="5" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="P65" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q65" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R65" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S65" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T65" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U65" s="4"/>
       <c r="V65" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W65" s="4" t="s">
-        <v>247</v>
+        <v>39</v>
       </c>
       <c r="X65" s="4" t="s">
-        <v>248</v>
+        <v>84</v>
       </c>
       <c r="Y65" s="4" t="s">
-        <v>249</v>
+        <v>85</v>
       </c>
     </row>
     <row r="66" spans="1:25">
       <c r="A66" s="5">
         <v>65</v>
       </c>
       <c r="B66" s="5">
-        <v>60553874</v>
+        <v>60654497</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D66" s="6">
-        <v>14840000</v>
+        <v>8040000</v>
       </c>
       <c r="E66" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F66" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G66" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L66" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N66" s="5" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="O66" s="5" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="P66" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q66" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R66" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S66" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T66" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U66" s="4"/>
       <c r="V66" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W66" s="4" t="s">
-        <v>253</v>
+        <v>39</v>
       </c>
       <c r="X66" s="4" t="s">
-        <v>254</v>
+        <v>79</v>
       </c>
       <c r="Y66" s="4" t="s">
-        <v>255</v>
+        <v>44</v>
       </c>
     </row>
     <row r="67" spans="1:25">
       <c r="A67" s="5">
         <v>66</v>
       </c>
       <c r="B67" s="5">
-        <v>60612003</v>
+        <v>60658939</v>
       </c>
       <c r="C67" s="4" t="s">
         <v>256</v>
       </c>
       <c r="D67" s="6">
-        <v>8292000</v>
+        <v>2097900</v>
       </c>
       <c r="E67" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F67" s="4" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L67" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N67" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="O67" s="5" t="s">
         <v>257</v>
       </c>
       <c r="P67" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q67" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R67" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S67" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T67" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U67" s="4"/>
       <c r="V67" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W67" s="4" t="s">
-        <v>258</v>
+        <v>95</v>
       </c>
       <c r="X67" s="4" t="s">
-        <v>209</v>
+        <v>139</v>
       </c>
       <c r="Y67" s="4" t="s">
-        <v>259</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:25">
       <c r="A68" s="5">
         <v>67</v>
       </c>
       <c r="B68" s="5">
-        <v>60612223</v>
+        <v>60659519</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D68" s="6">
-        <v>20100000</v>
+        <v>1570800</v>
       </c>
       <c r="E68" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F68" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G68" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L68" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N68" s="5" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="O68" s="5" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="P68" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q68" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R68" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S68" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T68" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U68" s="4"/>
       <c r="V68" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W68" s="4" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="X68" s="4" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="Y68" s="4" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
     </row>
     <row r="69" spans="1:25">
       <c r="A69" s="5">
         <v>68</v>
       </c>
       <c r="B69" s="5">
-        <v>60623675</v>
+        <v>60666039</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="D69" s="6">
-        <v>14626400</v>
+        <v>3024000</v>
       </c>
       <c r="E69" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F69" s="4" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L69" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N69" s="5" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="O69" s="5" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="P69" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q69" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R69" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S69" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T69" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U69" s="4"/>
       <c r="V69" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W69" s="4" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="X69" s="4" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="Y69" s="4" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
     </row>
     <row r="70" spans="1:25">
       <c r="A70" s="5">
         <v>69</v>
       </c>
       <c r="B70" s="5">
-        <v>60654216</v>
+        <v>60666084</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D70" s="6">
-        <v>1512000</v>
+        <v>20800000</v>
       </c>
       <c r="E70" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F70" s="4" t="s">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="G70" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L70" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N70" s="5" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="O70" s="5" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="P70" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q70" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R70" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S70" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T70" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U70" s="4"/>
       <c r="V70" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W70" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X70" s="4" t="s">
-        <v>84</v>
+        <v>269</v>
       </c>
       <c r="Y70" s="4" t="s">
-        <v>85</v>
+        <v>270</v>
       </c>
     </row>
     <row r="71" spans="1:25">
       <c r="A71" s="5">
         <v>70</v>
       </c>
       <c r="B71" s="5">
-        <v>60654497</v>
+        <v>60668155</v>
       </c>
       <c r="C71" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="D71" s="6">
+        <v>24639100</v>
+      </c>
+      <c r="E71" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="F71" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G71" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="L71" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N71" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="O71" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="D71" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="P71" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q71" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R71" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S71" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T71" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U71" s="4"/>
       <c r="V71" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W71" s="4" t="s">
-        <v>39</v>
+        <v>273</v>
       </c>
       <c r="X71" s="4" t="s">
-        <v>79</v>
+        <v>274</v>
       </c>
       <c r="Y71" s="4" t="s">
-        <v>44</v>
+        <v>275</v>
       </c>
     </row>
     <row r="72" spans="1:25">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>60658939</v>
+        <v>60668857</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D72" s="6">
-        <v>2097900</v>
+        <v>2874600</v>
       </c>
       <c r="E72" s="4" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F72" s="4" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="G72" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="L72" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N72" s="5" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="O72" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="P72" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q72" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R72" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S72" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T72" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U72" s="4"/>
       <c r="V72" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W72" s="4" t="s">
-        <v>95</v>
+        <v>278</v>
       </c>
       <c r="X72" s="4" t="s">
-        <v>140</v>
+        <v>279</v>
       </c>
       <c r="Y72" s="4" t="s">
-        <v>141</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>60659519</v>
+        <v>60673754</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="D73" s="6">
-        <v>1570800</v>
+        <v>3615200</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L73" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N73" s="5" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="O73" s="5" t="s">
-        <v>261</v>
+        <v>282</v>
       </c>
       <c r="P73" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q73" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R73" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S73" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T73" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U73" s="4"/>
       <c r="V73" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W73" s="4" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="X73" s="4" t="s">
-        <v>278</v>
+        <v>260</v>
       </c>
       <c r="Y73" s="4" t="s">
-        <v>279</v>
+        <v>261</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>60666039</v>
+        <v>60673826</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D74" s="6">
-        <v>3024000</v>
+        <v>50</v>
       </c>
       <c r="E74" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F74" s="4" t="s">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L74" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N74" s="5" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="O74" s="5" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="P74" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q74" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R74" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S74" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T74" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U74" s="4"/>
       <c r="V74" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W74" s="4" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="X74" s="4" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="Y74" s="4" t="s">
-        <v>249</v>
+        <v>288</v>
       </c>
     </row>
     <row r="75" spans="1:25">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>60666084</v>
+        <v>60674104</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="D75" s="6">
-        <v>20800000</v>
+        <v>1599750</v>
       </c>
       <c r="E75" s="4" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F75" s="4" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="G75" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="L75" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N75" s="5" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="O75" s="5" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="P75" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q75" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R75" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S75" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T75" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U75" s="4"/>
       <c r="V75" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W75" s="4" t="s">
-        <v>39</v>
+        <v>291</v>
       </c>
       <c r="X75" s="4" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="Y75" s="4" t="s">
-        <v>287</v>
+        <v>251</v>
       </c>
     </row>
     <row r="76" spans="1:25">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>60666340</v>
+        <v>60675076</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D76" s="6">
-        <v>27000000</v>
+        <v>3652800</v>
       </c>
       <c r="E76" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F76" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L76" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N76" s="5" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="O76" s="5" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="P76" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q76" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R76" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S76" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T76" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U76" s="4"/>
       <c r="V76" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W76" s="4" t="s">
-        <v>290</v>
+        <v>95</v>
       </c>
       <c r="X76" s="4" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="Y76" s="4" t="s">
-        <v>264</v>
+        <v>296</v>
       </c>
     </row>
     <row r="77" spans="1:25">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>60668155</v>
+        <v>60680514</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="D77" s="6">
-        <v>24639100</v>
+        <v>2400000</v>
       </c>
       <c r="E77" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F77" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G77" s="4" t="s">
-        <v>126</v>
+        <v>47</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L77" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N77" s="5" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="O77" s="5" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="P77" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q77" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R77" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S77" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T77" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U77" s="4"/>
       <c r="V77" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W77" s="4" t="s">
-        <v>294</v>
+        <v>39</v>
       </c>
       <c r="X77" s="4" t="s">
-        <v>295</v>
+        <v>91</v>
       </c>
       <c r="Y77" s="4" t="s">
-        <v>296</v>
+        <v>92</v>
       </c>
     </row>
     <row r="78" spans="1:25">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>60668427</v>
+        <v>60680681</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D78" s="6">
-        <v>46126650</v>
+        <v>2400000</v>
       </c>
       <c r="E78" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F78" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G78" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H78" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L78" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N78" s="5" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="O78" s="5" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="P78" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q78" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R78" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S78" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T78" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U78" s="4"/>
       <c r="V78" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W78" s="4" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="X78" s="4" t="s">
-        <v>299</v>
+        <v>91</v>
       </c>
       <c r="Y78" s="4" t="s">
-        <v>300</v>
+        <v>92</v>
       </c>
     </row>
     <row r="79" spans="1:25">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>60668857</v>
+        <v>60680730</v>
       </c>
       <c r="C79" s="4" t="s">
         <v>301</v>
       </c>
       <c r="D79" s="6">
-        <v>2874600</v>
+        <v>2400000</v>
       </c>
       <c r="E79" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F79" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G79" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L79" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N79" s="5" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="O79" s="5" t="s">
         <v>302</v>
       </c>
       <c r="P79" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q79" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R79" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S79" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T79" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U79" s="4"/>
       <c r="V79" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W79" s="4" t="s">
-        <v>303</v>
+        <v>39</v>
       </c>
       <c r="X79" s="4" t="s">
-        <v>254</v>
+        <v>91</v>
       </c>
       <c r="Y79" s="4" t="s">
-        <v>304</v>
+        <v>92</v>
       </c>
     </row>
     <row r="80" spans="1:25">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>60673754</v>
+        <v>60680761</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="D80" s="6">
-        <v>3615200</v>
+        <v>2400000</v>
       </c>
       <c r="E80" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F80" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G80" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L80" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N80" s="5" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="O80" s="5" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="P80" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q80" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R80" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S80" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T80" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U80" s="4"/>
       <c r="V80" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W80" s="4" t="s">
-        <v>307</v>
+        <v>39</v>
       </c>
       <c r="X80" s="4" t="s">
-        <v>278</v>
+        <v>91</v>
       </c>
       <c r="Y80" s="4" t="s">
-        <v>279</v>
+        <v>92</v>
       </c>
     </row>
     <row r="81" spans="1:25">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>60673826</v>
+        <v>60681030</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D81" s="6">
-        <v>50</v>
+        <v>12000000</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G81" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L81" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N81" s="5" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="O81" s="5" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="P81" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q81" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R81" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S81" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T81" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U81" s="4"/>
       <c r="V81" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W81" s="4" t="s">
-        <v>310</v>
+        <v>39</v>
       </c>
       <c r="X81" s="4" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="Y81" s="4" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
     </row>
     <row r="82" spans="1:25">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>60674104</v>
+        <v>60681107</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D82" s="6">
-        <v>1599750</v>
+        <v>12000000</v>
       </c>
       <c r="E82" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F82" s="4" t="s">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="G82" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L82" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N82" s="5" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="O82" s="5" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="P82" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q82" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R82" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S82" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T82" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U82" s="4"/>
       <c r="V82" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W82" s="4" t="s">
-        <v>315</v>
+        <v>39</v>
       </c>
       <c r="X82" s="4" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="Y82" s="4" t="s">
-        <v>264</v>
+        <v>308</v>
       </c>
     </row>
     <row r="83" spans="1:25">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>60675076</v>
+        <v>60681161</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="D83" s="6">
-        <v>3652800</v>
+        <v>12000000</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F83" s="4" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="G83" s="4" t="s">
-        <v>28</v>
+        <v>47</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L83" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N83" s="5" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="O83" s="5" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="P83" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q83" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R83" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S83" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T83" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U83" s="4"/>
       <c r="V83" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W83" s="4" t="s">
-        <v>95</v>
+        <v>39</v>
       </c>
       <c r="X83" s="4" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="Y83" s="4" t="s">
-        <v>320</v>
+        <v>308</v>
       </c>
     </row>
     <row r="84" spans="1:25">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>60678556</v>
+        <v>60709257</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>321</v>
+        <v>314</v>
       </c>
       <c r="D84" s="6">
-        <v>87107200</v>
+        <v>10000000</v>
       </c>
       <c r="E84" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G84" s="4" t="s">
-        <v>322</v>
+        <v>47</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L84" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N84" s="5" t="s">
-        <v>229</v>
+        <v>315</v>
       </c>
       <c r="O84" s="5" t="s">
-        <v>323</v>
+        <v>316</v>
       </c>
       <c r="P84" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q84" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R84" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S84" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T84" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U84" s="4"/>
       <c r="V84" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W84" s="4" t="s">
-        <v>324</v>
+        <v>39</v>
       </c>
       <c r="X84" s="4" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="Y84" s="4" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
     </row>
     <row r="85" spans="1:25">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>60680514</v>
+        <v>60709295</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="D85" s="6">
-        <v>2400000</v>
+        <v>199920000</v>
       </c>
       <c r="E85" s="4" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G85" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="L85" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N85" s="5" t="s">
-        <v>229</v>
+        <v>315</v>
       </c>
       <c r="O85" s="5" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="P85" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q85" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R85" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S85" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T85" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U85" s="4"/>
       <c r="V85" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W85" s="4" t="s">
-        <v>39</v>
+        <v>321</v>
       </c>
       <c r="X85" s="4" t="s">
-        <v>91</v>
+        <v>322</v>
       </c>
       <c r="Y85" s="4" t="s">
-        <v>92</v>
+        <v>323</v>
       </c>
     </row>
     <row r="86" spans="1:25">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>60680681</v>
+        <v>60718006</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D86" s="6">
-        <v>2400000</v>
+        <v>73523600</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F86" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G86" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H86" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L86" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N86" s="5" t="s">
-        <v>229</v>
+        <v>325</v>
       </c>
       <c r="O86" s="5" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="P86" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q86" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R86" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S86" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T86" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U86" s="4"/>
       <c r="V86" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W86" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X86" s="4" t="s">
-        <v>91</v>
+        <v>327</v>
       </c>
       <c r="Y86" s="4" t="s">
-        <v>92</v>
+        <v>328</v>
       </c>
     </row>
     <row r="87" spans="1:25">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>60680730</v>
+        <v>60805991</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="D87" s="6">
-        <v>2400000</v>
+        <v>1964700</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F87" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G87" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H87" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L87" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N87" s="5" t="s">
-        <v>229</v>
+        <v>330</v>
       </c>
       <c r="O87" s="5" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="P87" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q87" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R87" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S87" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T87" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U87" s="4"/>
       <c r="V87" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W87" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X87" s="4" t="s">
-        <v>91</v>
+        <v>332</v>
       </c>
       <c r="Y87" s="4" t="s">
-        <v>92</v>
+        <v>333</v>
       </c>
     </row>
     <row r="88" spans="1:25">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>60680761</v>
+        <v>60874938</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D88" s="6">
-        <v>2400000</v>
+        <v>987700</v>
       </c>
       <c r="E88" s="4" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F88" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G88" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="L88" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N88" s="5" t="s">
-        <v>229</v>
+        <v>335</v>
       </c>
       <c r="O88" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="P88" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q88" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R88" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S88" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T88" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U88" s="4"/>
       <c r="V88" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W88" s="4" t="s">
-        <v>39</v>
+        <v>337</v>
       </c>
       <c r="X88" s="4" t="s">
-        <v>91</v>
+        <v>338</v>
       </c>
       <c r="Y88" s="4" t="s">
-        <v>92</v>
+        <v>339</v>
       </c>
     </row>
     <row r="89" spans="1:25">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>60681030</v>
+        <v>60931619</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="D89" s="6">
-        <v>12000000</v>
+        <v>12760000</v>
       </c>
       <c r="E89" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F89" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G89" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="L89" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N89" s="5" t="s">
-        <v>229</v>
+        <v>341</v>
       </c>
       <c r="O89" s="5" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="P89" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q89" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R89" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S89" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T89" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U89" s="4"/>
       <c r="V89" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W89" s="4" t="s">
-        <v>39</v>
+        <v>343</v>
       </c>
       <c r="X89" s="4" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
       <c r="Y89" s="4" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:25">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>60681107</v>
+        <v>60997883</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="D90" s="6">
         <v>12000000</v>
       </c>
       <c r="E90" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>47</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="L90" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N90" s="5" t="s">
-        <v>229</v>
+        <v>347</v>
       </c>
       <c r="O90" s="5" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="P90" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R90" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S90" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T90" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U90" s="4"/>
       <c r="V90" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W90" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X90" s="4" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="Y90" s="4" t="s">
-        <v>338</v>
+        <v>318</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>60681161</v>
+        <v>61001343</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="D91" s="6">
-        <v>12000000</v>
+        <v>1283750</v>
       </c>
       <c r="E91" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F91" s="4" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="G91" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="L91" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N91" s="5" t="s">
-        <v>229</v>
+        <v>347</v>
       </c>
       <c r="O91" s="5" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="P91" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R91" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S91" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T91" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U91" s="4"/>
       <c r="V91" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W91" s="4" t="s">
-        <v>39</v>
+        <v>352</v>
       </c>
       <c r="X91" s="4" t="s">
-        <v>341</v>
+        <v>292</v>
       </c>
       <c r="Y91" s="4" t="s">
-        <v>338</v>
+        <v>251</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>60709257</v>
+        <v>61001431</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="D92" s="6">
-        <v>10000000</v>
+        <v>4306250</v>
       </c>
       <c r="E92" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F92" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G92" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L92" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N92" s="5" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="O92" s="5" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="P92" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R92" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S92" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T92" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U92" s="4"/>
       <c r="V92" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W92" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X92" s="4" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="Y92" s="4" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
     </row>
     <row r="93" spans="1:25">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>60709295</v>
+        <v>61449934</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="D93" s="6">
-        <v>199920000</v>
+        <v>7811400</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F93" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G93" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L93" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N93" s="5" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="O93" s="5" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="P93" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S93" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T93" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U93" s="4"/>
       <c r="V93" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W93" s="4" t="s">
-        <v>351</v>
+        <v>360</v>
       </c>
       <c r="X93" s="4" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
       <c r="Y93" s="4" t="s">
-        <v>353</v>
+        <v>362</v>
       </c>
     </row>
     <row r="94" spans="1:25">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>60718006</v>
+        <v>61450100</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="D94" s="6">
-        <v>73523600</v>
+        <v>4422600</v>
       </c>
       <c r="E94" s="4" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F94" s="4" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="G94" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="L94" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N94" s="5" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="O94" s="5" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="P94" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q94" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R94" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S94" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T94" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U94" s="4"/>
       <c r="V94" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W94" s="4" t="s">
-        <v>39</v>
+        <v>365</v>
       </c>
       <c r="X94" s="4" t="s">
-        <v>357</v>
+        <v>366</v>
       </c>
       <c r="Y94" s="4" t="s">
-        <v>358</v>
+        <v>266</v>
       </c>
     </row>
     <row r="95" spans="1:25">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>60805991</v>
+        <v>61452441</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="D95" s="6">
-        <v>1964700</v>
+        <v>55421000</v>
       </c>
       <c r="E95" s="4" t="s">
-        <v>26</v>
+        <v>224</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G95" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="L95" s="5" t="s">
-        <v>29</v>
+        <v>241</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N95" s="5" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="O95" s="5" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="P95" s="4" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="Q95" s="4" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R95" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S95" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T95" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U95" s="4"/>
       <c r="V95" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W95" s="4" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="X95" s="4" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="Y95" s="4" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
     </row>
     <row r="96" spans="1:25">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>60874938</v>
+        <v>61840139</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="D96" s="6">
-        <v>987700</v>
+        <v>87107200</v>
       </c>
       <c r="E96" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F96" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G96" s="4" t="s">
-        <v>28</v>
+        <v>372</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L96" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N96" s="5" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="O96" s="5" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="P96" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q96" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R96" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S96" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T96" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U96" s="4"/>
       <c r="V96" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W96" s="4" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="X96" s="4" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="Y96" s="4" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
     </row>
     <row r="97" spans="1:25">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>60931619</v>
+        <v>61860797</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="D97" s="6">
-        <v>12760000</v>
+        <v>2000000</v>
       </c>
       <c r="E97" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F97" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L97" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N97" s="5" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="O97" s="5" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="P97" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q97" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R97" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S97" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T97" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U97" s="4"/>
       <c r="V97" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W97" s="4" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="X97" s="4" t="s">
-        <v>374</v>
+        <v>43</v>
       </c>
       <c r="Y97" s="4" t="s">
-        <v>375</v>
+        <v>44</v>
       </c>
     </row>
     <row r="98" spans="1:25">
       <c r="A98" s="5">
         <v>97</v>
       </c>
       <c r="B98" s="5">
-        <v>60997883</v>
+        <v>61860802</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D98" s="6">
-        <v>12000000</v>
+        <v>3870000</v>
       </c>
       <c r="E98" s="4" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="F98" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G98" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="L98" s="5" t="s">
-        <v>244</v>
+        <v>29</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N98" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="O98" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="P98" s="4" t="s">
-        <v>89</v>
+        <v>33</v>
       </c>
       <c r="Q98" s="4" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R98" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S98" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T98" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U98" s="4"/>
       <c r="V98" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W98" s="4" t="s">
-        <v>39</v>
+        <v>382</v>
       </c>
       <c r="X98" s="4" t="s">
-        <v>379</v>
+        <v>43</v>
       </c>
       <c r="Y98" s="4" t="s">
-        <v>348</v>
+        <v>44</v>
       </c>
     </row>
     <row r="99" spans="1:25">
       <c r="A99" s="5">
         <v>98</v>
       </c>
       <c r="B99" s="5">
-        <v>61001343</v>
+        <v>61863998</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="D99" s="6">
-        <v>1283750</v>
+        <v>12058400</v>
       </c>
       <c r="E99" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F99" s="4" t="s">
-        <v>82</v>
+        <v>27</v>
       </c>
       <c r="G99" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L99" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N99" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="O99" s="5" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="P99" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R99" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S99" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T99" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U99" s="4"/>
       <c r="V99" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W99" s="4" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="X99" s="4" t="s">
-        <v>316</v>
+        <v>386</v>
       </c>
       <c r="Y99" s="4" t="s">
-        <v>264</v>
+        <v>387</v>
       </c>
     </row>
     <row r="100" spans="1:25">
       <c r="A100" s="5">
         <v>99</v>
       </c>
       <c r="B100" s="5">
-        <v>61001431</v>
+        <v>61864018</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="D100" s="6">
-        <v>4306250</v>
+        <v>40000000</v>
       </c>
       <c r="E100" s="4" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="F100" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="L100" s="5" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N100" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="O100" s="5" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="P100" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R100" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S100" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T100" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U100" s="4"/>
       <c r="V100" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W100" s="4" t="s">
-        <v>39</v>
+        <v>390</v>
       </c>
       <c r="X100" s="4" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="Y100" s="4" t="s">
-        <v>386</v>
+        <v>251</v>
       </c>
     </row>
     <row r="101" spans="1:25">
       <c r="A101" s="7" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="B101" s="8"/>
       <c r="C101" s="8"/>
       <c r="D101" s="9">
-        <v>1679169800</v>
+        <v>1693670250</v>
       </c>
       <c r="E101" s="8"/>
       <c r="F101" s="8"/>
       <c r="G101" s="8"/>
       <c r="H101" s="8"/>
       <c r="I101" s="8"/>
       <c r="J101" s="8"/>
       <c r="K101" s="8"/>
       <c r="L101" s="8"/>
       <c r="M101" s="8"/>
       <c r="N101" s="8"/>
       <c r="O101" s="8"/>
       <c r="P101" s="8"/>
       <c r="Q101" s="8"/>
       <c r="R101" s="8"/>
       <c r="S101" s="8"/>
       <c r="T101" s="8"/>
       <c r="U101" s="8"/>
       <c r="V101" s="8"/>
       <c r="W101" s="8"/>
       <c r="X101" s="8"/>
       <c r="Y101" s="8"/>
     </row>
   </sheetData>
   <mergeCells>