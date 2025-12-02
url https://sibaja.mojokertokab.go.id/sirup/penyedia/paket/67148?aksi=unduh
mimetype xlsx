--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="521">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="518">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -707,915 +707,906 @@
   <si>
     <t>17/04/2025 09:34:17</t>
   </si>
   <si>
     <t>17/04/2025 09:36:20</t>
   </si>
   <si>
     <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Air Mineral</t>
   </si>
   <si>
     <t>-; -; Gelas ;</t>
   </si>
   <si>
     <t>17/04/2025 09:59:39</t>
   </si>
   <si>
     <t>Banner - Pendampingan dan Pengesahan serta Launching Badan Hukum Koperasi Desa Merah Putih serta Sertifikat Badan Hukum Koperasi ; Karbon (Pembulatan) - Pendampingan dan Pengesahan serta Launching Badan Hukum Koperasi Desa Merah Putih serta Sertifikat Badan Hukum Koperasi ; Photocopy - Pendampingan dan Pengesahan serta Launching Badan Hukum Koperasi Desa Merah Putih serta Sertifikat Badan Hukum Koperasi ; Sampul Akta KK - Pendampingan dan Pengesahan serta Launching Badan Hukum Koperasi Desa Merah Putih serta Sertifikat Badan Hukum Koperasi ; Photo Copy ;</t>
   </si>
   <si>
     <t>17/04/2025 10:00:26</t>
   </si>
   <si>
     <t>300 liter</t>
   </si>
   <si>
+    <t>17/04/2025 14:58:46</t>
+  </si>
+  <si>
+    <t>Belanja Peralatan dan Mesin-Alat Peraga-Alat Peraga Pelatihan dan Percontohan-Alat Peraga Pelatihan</t>
+  </si>
+  <si>
+    <t>17/04/2025 15:08:08</t>
+  </si>
+  <si>
+    <t>Alat Pembelah Bambu manual belah 5</t>
+  </si>
+  <si>
+    <t>Bahan pisau yg digunakan pakai besi plat dengan lebar 3cm dengan tebal kurang lebih 2,5mm. untuk lingkaran menggunakan plat besi 3cm dan 5mm (untuk yang super tebal) Diameter alat = +- 16cm dan +- 20cm panjang gagang +- 13cm</t>
+  </si>
+  <si>
+    <t>02/05/2025</t>
+  </si>
+  <si>
+    <t>02/05/2025 09:56:01</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman (Prasmanan Hotel)</t>
+  </si>
+  <si>
+    <t>08/05/2025</t>
+  </si>
+  <si>
+    <t>08/05/2025 15:01:38</t>
+  </si>
+  <si>
+    <t>390 per orang</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Prasmanan)</t>
+  </si>
+  <si>
+    <t>Untuk Hotel</t>
+  </si>
+  <si>
+    <t>22/05/2025</t>
+  </si>
+  <si>
+    <t>22/05/2025 14:50:54</t>
+  </si>
+  <si>
+    <t>Air Mineral; Snack Kering;</t>
+  </si>
+  <si>
+    <t>Gelas; Kue Kering, Snack;</t>
+  </si>
+  <si>
+    <t>01/05/2020</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>22/05/2025 14:55:13</t>
+  </si>
+  <si>
+    <t>22/05/2025 14:57:00</t>
+  </si>
+  <si>
+    <t>Galon;</t>
+  </si>
+  <si>
+    <t>Ukuran 19 Liter; Air Mineral;</t>
+  </si>
+  <si>
+    <t>22/05/2025 15:03:30</t>
+  </si>
+  <si>
+    <t>Galon</t>
+  </si>
+  <si>
+    <t>11/06/2025</t>
+  </si>
+  <si>
+    <t>11/06/2025 11:16:19</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack) - Pendampingan dan Pengesahan serta Launching Badan Hukum Koperasi Desa Merah Putih serta Sertifikat Badan Hukum Koperasi; Biaya Konsumsi (Makan) - Pendampingan dan Pengesahan serta Launching Badan Hukum Koperasi Desa Merah Putih serta Sertifikat Badan Hukum Koperasi ; Biaya Konsumsi (Kudapan/Snack) -</t>
+  </si>
+  <si>
+    <t>- ; - ; -</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat (PL)</t>
+  </si>
+  <si>
+    <t>APBDP</t>
+  </si>
+  <si>
+    <t>01/06/2020</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>11/06/2025 11:20:37</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Isi Tabung Pemadam Kebakaran</t>
+  </si>
+  <si>
+    <t>23/06/2025</t>
+  </si>
+  <si>
+    <t>23/06/2025 11:23:05</t>
+  </si>
+  <si>
+    <t>3 Unit</t>
+  </si>
+  <si>
+    <t>APAR;</t>
+  </si>
+  <si>
+    <t>FPS PWODER Tabung 5KG;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor (Biaya Pengawasan Teknis)</t>
+  </si>
+  <si>
+    <t>04/07/2025</t>
+  </si>
+  <si>
+    <t>04/07/2025 13:14:06</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis</t>
+  </si>
+  <si>
+    <t>Spesifikasi: 100.000.001 S/D 150.000.000</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor (Rehab Kamar Mandi ; Pembangunan Gudang Arsip ; Kanopi)</t>
+  </si>
+  <si>
+    <t>Pekerjaan Konstruksi</t>
+  </si>
+  <si>
+    <t>09/07/2025</t>
+  </si>
+  <si>
+    <t>09/07/2025 13:42:44</t>
+  </si>
+  <si>
+    <t>1 M2 Rehabilitasi Sedang Gedung Negara Sederhana (Rehab Kamar Mandi) ; 1 m2 Pembangunan Gedung Negara Sederhana (Pembangunan Gudang Arsip) ; kanopi</t>
+  </si>
+  <si>
+    <t>- ; - ; kanopi besi hollow minimalis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor (Biaya Perencanaan Teknis)</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi</t>
+  </si>
+  <si>
+    <t>09/07/2025 13:43:24</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya (Bahan Alat Pelatihan Menjahit - 1 paket)</t>
+  </si>
+  <si>
+    <t>11/07/2025</t>
+  </si>
+  <si>
+    <t>11/07/2025 13:31:12</t>
+  </si>
+  <si>
+    <t>Bahan Alat Pelatihan Menjahit ;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya (Bahan Alat Pelatihan Menjahit - 2 paket)</t>
+  </si>
+  <si>
+    <t>11/07/2025 13:34:12</t>
+  </si>
+  <si>
+    <t>2 paket</t>
+  </si>
+  <si>
+    <t>- ;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya (Bahan Pelatihan Sepatu Safety - 1 Paket Pertama)</t>
+  </si>
+  <si>
+    <t>14/07/2025</t>
+  </si>
+  <si>
+    <t>14/07/2025 11:15:07</t>
+  </si>
+  <si>
+    <t>Bahan Pelatihan Sepatu Safety</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya (Bahan Pelatihan Sepatu Safety - 1 Paket Kedua)</t>
+  </si>
+  <si>
+    <t>14/07/2025 11:19:52</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya ( Bahan Pelatihan Memasak - 2 paket PERTAMA )</t>
+  </si>
+  <si>
+    <t>15/07/2025</t>
+  </si>
+  <si>
+    <t>15/07/2025 15:30:27</t>
+  </si>
+  <si>
+    <t>Bahan Alat Pelatihan Memasak ;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya ( Bahan Pelatihan Memasak - 2 paket KEDUA )</t>
+  </si>
+  <si>
+    <t>15/07/2025 15:34:11</t>
+  </si>
+  <si>
+    <t>Bahan Pelatihan Memasak</t>
+  </si>
+  <si>
+    <t>22/07/2025</t>
+  </si>
+  <si>
+    <t>22/07/2025 20:19:13</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Air Mineral; Air Mineral (Botol);</t>
+  </si>
+  <si>
+    <t>-; -; Isi Ulang; Tanggung 600 mL</t>
+  </si>
+  <si>
+    <t>24/07/2025</t>
+  </si>
+  <si>
+    <t>24/07/2025 07:51:24</t>
+  </si>
+  <si>
+    <t>(1) Keju; (2) Tepung terigu; (3) Agar agar nutrijel; (4) Agar Agar Powder 1000; (5) Minyak Goreng; (6) Soda Kue 45Gr; (7) Susu; (8) Gula Pasir; (9) Telur; (10) Coklat Blok; (11) Vanila Pasta; (12) Susu; (13) Baking Powder; (14) susu cair; (15) Singkong; (16) Tepung; ; (17) Jahe; (18) Kencur; (19) Kunir; (20) Mentega;</t>
+  </si>
+  <si>
+    <t>500 gram; 1000 gram; 15 gram; Bahan Kue; Kebutuhan Dapur; Bahan Kue; Cair / Uht; Kebutuhan Dapur; Ayam; Alat Pelatihan; Bahan Pelatihan; Kental Manis, Besar; Bahan Pelatihan; 1000 mL; Bahan Pelatihan; Maizena; Kebutuhan Dapur; Kebutuhan Dapur; Kebutuhan Dapur; 200 gram</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Isi Tabung Gas</t>
+  </si>
+  <si>
+    <t>24/07/2025 07:53:31</t>
+  </si>
+  <si>
+    <t>Lpg;</t>
+  </si>
+  <si>
+    <t>3 Kg;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Alat Peraga Pelatihan</t>
+  </si>
+  <si>
+    <t>Sewa Baskom Stainless 35 cm; Sewa Cetakan Kotak Kecil; Sewa Cetakan Puding Art Bundar 16 cm Sewa Dandang Kecil; Sewa Kompor; Sewa Loyang; Sewa Oven Besar; Sewa Panci; Sewa Saringan Perasan Santen; Sewa Wajan Teflon; Sewa Foodscale (Timbangan); Sewa Mixer;</t>
+  </si>
+  <si>
+    <t>Plastik; Plastik; Plastik; Stainless; Besi; Aluminium; Aluminium; Aluminium; Kayu; Aluminium; Plastik; Besi;</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan Listrik (manual)</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>30/07/2025</t>
+  </si>
+  <si>
+    <t>11/09/2025 08:40:05</t>
+  </si>
+  <si>
+    <t>Tarif Listrik Pascabayar 2201 s.d 5500 ; Tarif Listrik Pascabayar 5501 s.d 200000 ;</t>
+  </si>
+  <si>
+    <t>Golongan Tarif R-2 ; - ;</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>04/08/2025 14:10:31</t>
+  </si>
+  <si>
+    <t>04/08/2025 14:12:31</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 340 Gr;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Bangunan Gedung Tempat Pertemuan (manual)</t>
+  </si>
+  <si>
+    <t>04/08/2025 14:30:01</t>
+  </si>
+  <si>
+    <t>Sewa Stand Pameran</t>
+  </si>
+  <si>
+    <t>Ukuran 3x3 M, Listrik 2 Ampere , Stand Standart Partisi + Dekorasi , Meja 1 buah &amp; kursi 2 buah , Fascia Name , Lampu</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya (pot bunga)</t>
+  </si>
+  <si>
+    <t>04/08/2025 14:51:51</t>
+  </si>
+  <si>
+    <t>2 buah</t>
+  </si>
+  <si>
+    <t>Pot Bunga</t>
+  </si>
+  <si>
+    <t>Bahan Semen, Diameter 40 Cm</t>
+  </si>
+  <si>
+    <t>Belanja Modal Personal Computer</t>
+  </si>
+  <si>
+    <t>04/08/2025 14:55:57</t>
+  </si>
+  <si>
+    <t>2 unit</t>
+  </si>
+  <si>
+    <t>AIO Desktop PC;</t>
+  </si>
+  <si>
+    <t>Operator;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Administrasi</t>
+  </si>
+  <si>
+    <t>04/08/2025 15:29:14</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Administrasi (3 Orang x 2 Bulan) ; Jasa Tenaga Pembantu Administrasi (2 Orang x 7 Bulan); Jasa Tenaga Pembantu Administrasi (3 Orang x 3 Bulan)</t>
+  </si>
+  <si>
+    <t>DinkopUMKM ; DinkopUM</t>
+  </si>
+  <si>
+    <t>Belanja Tenaga Keamanan</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Keamanan (1 Orang x 12 Bulan) ; Jasa Tenaga Keamanan (1 Orang x 7 Bulan) ;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak (Map Dinas, banner, photocopy)</t>
+  </si>
+  <si>
+    <t>04/08/2025 15:48:47</t>
+  </si>
+  <si>
+    <t>Map Dinas; Banner / Spanduk / Baliho; Photocopy</t>
+  </si>
+  <si>
+    <t>Kertas Bufalo; FRONTLINE 280 gsm; Folio/HVS</t>
+  </si>
+  <si>
+    <t>05/08/2025</t>
+  </si>
+  <si>
+    <t>05/08/2025 14:53:43</t>
+  </si>
+  <si>
+    <t>12/08/2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 20:27:29</t>
+  </si>
+  <si>
+    <t>LPG</t>
+  </si>
+  <si>
+    <t>3 kg</t>
+  </si>
+  <si>
+    <t>Sewa Baki Plastik; Sewa Dandang Kecil; Sewa Mangkuk Kecil; Sewa Wajan Aluminium 30 cm;</t>
+  </si>
+  <si>
+    <t>Plastik; Stainless; Plastik; Aluminium</t>
+  </si>
+  <si>
+    <t>03/09/2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 13:53:22</t>
+  </si>
+  <si>
+    <t>Ballpoint ; Buku Block Note ; Karbon ; Tas Plakat ; Odner ; Snelhecter Zipper ; Tinta</t>
+  </si>
+  <si>
+    <t>Tulis ; Isi 50 Lembar ; Pembulatan; - ; Besar ; Uk. folio bahan plastik transparan ; Botol</t>
+  </si>
+  <si>
+    <t>03/09/2025 13:55:58</t>
+  </si>
+  <si>
+    <t>Photo Copy; Photo Copy; Photo Copy; Photo Copy (Kopdes Merah Putih); Banner (Kopdes Merah Putih)</t>
+  </si>
+  <si>
+    <t>Folio/hvs; Folio/hvs; Folio/hvs; Folio/hvs; Bahan Fronlite 280 Gr</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 20:39:38</t>
+  </si>
+  <si>
+    <t>03/09/2025 20:41:10</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bakar dan Pelumas (manual)</t>
+  </si>
+  <si>
+    <t>03/09/2025 20:52:22</t>
+  </si>
+  <si>
+    <t>1000 liter</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor (manual)</t>
+  </si>
+  <si>
+    <t>03/09/2025 20:56:03</t>
+  </si>
+  <si>
+    <t>Karbon ; Paper Bag / Tas Kertas ; karbon ; ballpoint ; buku block note ; map</t>
+  </si>
+  <si>
+    <t>Pembulatan ; Hardcover, Finishing Laminasi ; pembulatan ; tulis ; isi 50 lembar ; map plastik zipper</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak (manual)</t>
+  </si>
+  <si>
+    <t>03/09/2025 20:59:00</t>
+  </si>
+  <si>
+    <t>Cetak Piagam ; Photo Copy ; Photo Copy ; Banner ; Photo Copy</t>
+  </si>
+  <si>
+    <t>Uk 30X20; Folio/hvs; Folio/hvs; Bahan Fronlite 280 Gr; Folio/hvs</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat (manual)</t>
+  </si>
+  <si>
+    <t>03/09/2025 21:04:06</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack) ; Biaya Konsumsi (Makan) ; Biaya Konsumsi (Prasmanan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan)</t>
+  </si>
+  <si>
+    <t>- ; - ; VIP ; - ; - ; - ; - ;</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 22:31:20</t>
+  </si>
+  <si>
+    <t>Flash Disk Spesifikasi: 32GB ; Tinta Printer Spesifikasi: Tinta Cair 70 Ml</t>
+  </si>
+  <si>
+    <t>32 GB ; Tinta Cair 70Ml</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Hotel</t>
+  </si>
+  <si>
+    <t>03/09/2025 22:36:08</t>
+  </si>
+  <si>
+    <t>Sewa kamar hotel</t>
+  </si>
+  <si>
+    <t>Spesifikasi: setara Superior Room</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat (DAK Non Fisik-PK2UKM)</t>
+  </si>
+  <si>
+    <t>03/09/2025 22:39:59</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/ Snack); Biaya Konsumsi (Makan) Biaya Konsumsi (Prasmanan) Biaya Konsumsi (Prasmanan)</t>
+  </si>
+  <si>
+    <t>- Rapat biasa Untuk Hotel VIP</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
+    <t>04/09/2025 11:10:14</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Prasmanan); Biaya Konsumsi (Kudapan/Snack) ;Biaya Konsumsi (Makan)</t>
+  </si>
+  <si>
+    <t>Biasa;</t>
+  </si>
+  <si>
+    <t>04/09/2025 15:44:30</t>
+  </si>
+  <si>
+    <t>Belanja Registrasi/Keanggotaan</t>
+  </si>
+  <si>
+    <t>04/09/2025 16:19:03</t>
+  </si>
+  <si>
+    <t>Biaya Fasilitasi Pendaftaran Merek bagi Pelaku Usaha Mikro ; Sertifikat Halal ; Uji Laboratorium Sampel Makanan;</t>
+  </si>
+  <si>
+    <t>Biaya Adminitrasi Pengajuan Merek Usaha Mikro ; - -</t>
+  </si>
+  <si>
+    <t>04/09/2025 18:39:07</t>
+  </si>
+  <si>
+    <t>Buku BlockNote ; Map ; Ballpoint ; Binder Clip ; Penggaris Baja ; pensil ; karbon ; cutter ; isi cutter ; karbon ;</t>
+  </si>
+  <si>
+    <t>Isi 50 Lembar ; Kantong ; Tulis ; Sedamg ; 60cm ; tulis ; pembulatan ; besar ; besar ; pembulatan</t>
+  </si>
+  <si>
+    <t>04/09/2025 18:41:43</t>
+  </si>
+  <si>
+    <t>Banner; Cetak Piagam; Banner ;</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 340 Gr; Warna, kertas dofe, F4;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat/Bahan untuk Kegiatan Kantor Lainnya (manual)</t>
+  </si>
+  <si>
+    <t>05/09/2025</t>
+  </si>
+  <si>
+    <t>05/09/2025 06:47:42</t>
+  </si>
+  <si>
+    <t>Sabit Besi</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Sabit Bahan : Mata Pisau terbuat dari besi baja, gagang sabit terbuat dari kayu Kondisi : Baru dan tajam</t>
+  </si>
+  <si>
+    <t>Belanja Barang Untuk Dijual/Diserahkan Kepada Masyarakat</t>
+  </si>
+  <si>
+    <t>12/09/2025 11:06:05</t>
+  </si>
+  <si>
+    <t>Mesin Spinner Peniris Minyak</t>
+  </si>
+  <si>
+    <t>Kapasitas 6 Kilogram Spesifikasi: Peniris minyak, gorengan, keripik, kerupuk, bawang goreng, dll, Dimensi Rangka 60 Cm x 25 Cm x 65 Cm, Material Rangka Siku 4 x 4 Cm plat Stainless Steel, Transmisi Pulley dan Van Belt Penggerak Dinamo Listrik 60 Watt Tabung Luar Diameter 32 Cm, Tingi 32 Cm, Saringan Diameter 25 Cm, Tinggi 28 CmKapasitas 5 6 Kg (13 liter)</t>
+  </si>
+  <si>
+    <t>05/09/2025 07:01:23</t>
+  </si>
+  <si>
+    <t>Baking Powder ; Bawang Merah ; Bawang Putih ; Bumbu ; Cabe Kecil ; Coklat Blok ; Coklat Bubuk ; Daging Ayam ; Garam Halus ; Gula Merah ; Gula Pasir ; Kemiri ; Ketumbar ; Minyak Goreng ; Penyedap Rasa ; Santan ; Soda Kue 45Gr ; Tahu ; Telur ; Tepung beras ; Tepung Tapioka</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Kebutuhan Dapur Spesifikasi: Kebutuhan Dapur Spesifikasi: Kebutuhan Dapur Spesifikasi: Kebutuhan Dapur Spesifikasi: Cair Kemasan Spesifikasi: Bahan Kue Spesifikasi: Kebutuhan Dapur Spesifikasi: Ayam Spesifikasi: 1000 gram Spesifikasi: Bahan Pelatihan</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Peralatan Umum</t>
+  </si>
+  <si>
+    <t>05/09/2025 07:04:12</t>
+  </si>
+  <si>
+    <t>Sewa dekorasi taman panggung, mini garden</t>
+  </si>
+  <si>
+    <t>Tanaman hidup</t>
+  </si>
+  <si>
+    <t>05/09/2025 07:12:30</t>
+  </si>
+  <si>
+    <t>Sewa Sutil kayu Sewa Baskom Plastik Sewa Baskom Stainless, 35 cm Sewa Cetakan kotak kecil Sewa Kompor Sewa Panci Sewa Pisau Sewa Serok Sewa Sutil stainless Sewa Wajan Aluminium 30 cm Sewa Wajan teflon Timbangan</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Kayu Spesifikasi: plastik Spesifikasi: plastik Spesifikasi: plastik Spesifikasi: Besi Spesifikasi: Aluminium Spesifikasi: Kayu dan stainless Spesifikasi: Kayu dan stainless Spesifikasi: Stainless Spesifikasi: Aluminium Spesifikasi: Aluminium Spesifikasi: Alat Peraga Pelatihan</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan/Bibit Tanaman</t>
+  </si>
+  <si>
+    <t>05/09/2025 07:15:08</t>
+  </si>
+  <si>
+    <t>Ajir Bambu</t>
+  </si>
+  <si>
+    <t>tinggi 1m</t>
+  </si>
+  <si>
+    <t>05/09/2025 07:17:10</t>
+  </si>
+  <si>
+    <t>Lpg</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>10/09/2025 08:42:35</t>
+  </si>
+  <si>
+    <t>Banner ; Photo Copy</t>
+  </si>
+  <si>
+    <t>Spesifikasi: Bahan Fronlite 280 Gr ; Spesifikasi: Folio/hvs</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>12/09/2025 08:59:54</t>
+  </si>
+  <si>
+    <t>Banner; Karbon;</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 280 Gr; Pembulatan;</t>
+  </si>
+  <si>
+    <t>12/09/2025 09:39:41</t>
+  </si>
+  <si>
+    <t>17/09/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 10:09:28</t>
+  </si>
+  <si>
+    <t>Mesin Jahit Post Bed / Pos Bed / Tungku Jarum Satu ; Mesin jahit ; Microwave Oven ;</t>
+  </si>
+  <si>
+    <t>Mesin Jahit Post Bed : digunakan untuk menjahit topi, tas, sepatu, sandal, dompet kulit, dan bahan jahit bentuk melengkung/bengkok lainnya ; Mesin Jahit : Jarum satu highspeed ; Microwave Oven : 8 menu otomatis dan program menghilangkan bekuan es,Compact Grill Microwave Oven,Fitur menu memanggang dan memasak secara automatis di Microwave</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat (Manual-Air Mineral Isi Ulang-Konsumsi Makan)</t>
+  </si>
+  <si>
+    <t>17/09/2025 10:33:24</t>
+  </si>
+  <si>
+    <t>Air Mineral ; Biaya Konsumsi (Makan)</t>
+  </si>
+  <si>
+    <t>Isi Ulang ; -</t>
+  </si>
+  <si>
+    <t>17/09/2025 10:32:02</t>
+  </si>
+  <si>
+    <t>Air Mineral ; Biaya Konsumsi (Kudapan/Snack) ; Biaya Konsumsi (Kudapan/Snack) ; Biaya Konsumsi (Prasmanan) ; Biaya Konsumsi (Prasmanan)</t>
+  </si>
+  <si>
+    <t>Gelas ; - ; Tingkat Kepala Daerah/Eselon I/Setara ; Biasa ; VIP</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Mesin Proses</t>
+  </si>
+  <si>
+    <t>17/09/2025 10:37:37</t>
+  </si>
+  <si>
+    <t>1 unit</t>
+  </si>
+  <si>
+    <t>Mesin Jahit (desktop-Pro) - kulit/kain tipis-teb ; Mesin jahit geotekstil</t>
+  </si>
+  <si>
+    <t>17/09/2025 11:04:06</t>
+  </si>
+  <si>
+    <t>Air Mineral ; Masakan Nusantara; Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Prasmanan); Masakan Nusantara ; Biaya Konsumsi (Kudapan/Snack) ; Air Mineral ; Masakan Nusantara; Paket Buah Loyang ; Snack Loyang</t>
+  </si>
+  <si>
+    <t>Gelas; Nasi Soto, Nasi Rawon, Nasi Pecel, Nasi Kare, Nasi Ayam Lodho, Nasi Sate Gule, Dll; -; -; VIP; Nasi Soto, Nasi Rawon, Nasi Pecel, Nasi Kare, Nasi Ayam Lodho, Nasi Sate Gule, Dll; -; Gelas; Nasi Soto, Nasi Rawon, Nasi Pecel, Nasi Kare, Nasi Ayam Lodho, Nasi Sate Gule, Dll; Buah Import/Lokal; Kue Basah;</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025 09:02:47</t>
+  </si>
+  <si>
+    <t>[DAK Non Fisik] Ballpoint ; Buku Block Note ; Map ; [Penunjang DAK NF] Ballpoint ; Ballpoint ; Binder Clip ; Cutter ; Isi Staples ; Isolasi Putih ; Karbon (Pembulatan) ; Map Mika ; Ordner ; Paper Clip ; Spidol ; Snelhekter Jepit</t>
+  </si>
+  <si>
+    <t>[DAK Non Fisik] Tulis ; Isi 50 Lembar ; Kantong [Penunjang DAK] Tandatangan ; Tulis ; Sedang ; Besar ; Sedang ; Besar ; Pembulatan ; F4 ; Kantong ; Besar ; Sedang ; Besar ; Folder One Map Jepit (Clip File)</t>
+  </si>
+  <si>
+    <t>25/09/2025</t>
+  </si>
+  <si>
+    <t>25/09/2025 09:26:13</t>
+  </si>
+  <si>
+    <t>Sewa Baki Plastik ; Sewa Baskom Stainless, 35 cm ; Sewa Dandang kecil ; Sewa Foodscale (timbangan) ; Sewa Kompor ; Sewa Loyang kotak besar ; Sewa Mangkuk kecil ; Sewa Oven Besar ; Sewa Panci kukusan tutup kaca ; Sewa Panci ; Sewa Penjepit makanan ; Sewa Pisau ; Sewa Sendok kecil / sendok teh ; Sewa Serbet ; Sewa Serok ; Sewa Sutil kayu ; Sewa Sutil stainless ; Sewa Wajan Aluminium 30 cm</t>
+  </si>
+  <si>
+    <t>Plastik ; Plastik ;Stainless ; Platsik ; Besi ; Almunium ; Plastik ; Almunium ; Almunium ; Almunium ; Almunium ; Kayu dan stainless ; Besi ; Plastik ; Kayu dan stainless ; Kayu ; Stainless ; Aluminium</t>
+  </si>
+  <si>
+    <t>25/09/2025 12:02:09</t>
+  </si>
+  <si>
+    <t>Sewa Gedung Pertemuan - "DAK NonFisik-PK2UKM"</t>
+  </si>
+  <si>
+    <t>Hall / Bangunan</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik (Pendataan Usaha Mikro Kecamatan Trawas)</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>30/09/2025 13:29:19</t>
+  </si>
+  <si>
+    <t>Pendataan Usaha Mikro</t>
+  </si>
+  <si>
+    <t>Penyusunan Data Profil Usaha Mikro (aset, omset, investasi, pemasaran, legalitas dan lokasi usaha)</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultansi Berorientasi Layanan-Jasa Studi Penelitian dan Bantuan Teknik (Pendataan Usaha Mikro Kecamatan Pacet)</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>06/10/2025 15:51:45</t>
+  </si>
+  <si>
+    <t>Sewa Kamar Hotel;</t>
+  </si>
+  <si>
+    <t>setara Superior Room</t>
+  </si>
+  <si>
+    <t>21/10/2025</t>
+  </si>
+  <si>
+    <t>21/10/2025 14:36:18</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Administrasi; Jasa Tenaga Pembantu Administrasi</t>
+  </si>
+  <si>
+    <t>DinkopUMKM; Tenaga Penyusun Basis Data Usaha Mikro DinkopUM</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Pembantu Administrasi ; Jasa Tenaga Administrasi</t>
+  </si>
+  <si>
+    <t>DinkopUMKM ; DInkopUMKM</t>
+  </si>
+  <si>
+    <t>10 orang / bulan</t>
+  </si>
+  <si>
+    <t>Jasa Tenaga Pembantu Pelayanan Umum</t>
+  </si>
+  <si>
     <t>Belanja Jasa Tenaga Pelayanan Umum</t>
   </si>
   <si>
-    <t>17/04/2025 10:57:01</t>
+    <t>21/10/2025 14:37:54</t>
   </si>
   <si>
     <t>2 orang per bulan</t>
   </si>
   <si>
     <t>Jasa Tenaga Pelayanan Umum;</t>
   </si>
   <si>
     <t>Tenaga Penjaga Galery DinkopUMKM;</t>
   </si>
   <si>
-    <t>Belanja Jasa Tenaga Administrasi</t>
-[...554 lines deleted...]
-    <t>Biaya Adminitrasi Pengajuan Merek Usaha Mikro ; - -</t>
+    <t>Belanja Bahan-Bahan Bangunan dan Konstruksi (Manual-Vernis)</t>
+  </si>
+  <si>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:29:58</t>
+  </si>
+  <si>
+    <t>5 Liter</t>
+  </si>
+  <si>
+    <t>Vernis</t>
+  </si>
+  <si>
+    <t>Pelapis Cat Kayu dan Besi</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Bangunan dan Konstruksi</t>
+  </si>
+  <si>
+    <t>vernis, lem kayu ; paku ; amplas ; bilah bambu ; cat kayu ; Gunting Kopi Bambu Kapusi / Guntung Dahan Serbaguna 8inch Kapus ; kuas cat ; minyak cat ; palu ; pisau irat bambu</t>
+  </si>
+  <si>
+    <t>Pelapis cat kayu dan besi ; 1kg ; 1 - 2.5 cm ; - ; uk.2meter ; aplikasi pada kayu ; 8 inch ; uk.3 inch ; - ; Xander Palu Kambing 16 Oz Gagang Plastik - PLUK070 ; pisau raut besar</t>
   </si>
   <si>
     <t>Belanja Bahan-Bahan Lainnya</t>
   </si>
   <si>
-    <t>04/09/2025 18:33:25</t>
-[...1 lines deleted...]
-  <si>
     <t>Pita Satin; Acir Bambu Apus; Lem Kuning SUPER</t>
   </si>
   <si>
     <t>Bahan Pelatihan (ukuran 1/2 inch); Iratan Bambu tipis/bahan kerajinan/bisa untuk tali, Lebar 2cm Panjang 50cm ; Bahan Sepatu</t>
   </si>
   <si>
-    <t>04/09/2025 18:39:07</t>
-[...19 lines deleted...]
-  <si>
     <t>Gunting;</t>
   </si>
   <si>
     <t>6 ";</t>
-  </si>
-[...253 lines deleted...]
-    <t>setara Superior Room</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -7345,6198 +7336,6198 @@
       <c r="S71" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T71" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U71" s="4"/>
       <c r="V71" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W71" s="4" t="s">
         <v>230</v>
       </c>
       <c r="X71" s="4" t="s">
         <v>187</v>
       </c>
       <c r="Y71" s="4" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="72" spans="1:25">
       <c r="A72" s="5">
         <v>71</v>
       </c>
       <c r="B72" s="5">
-        <v>59008055</v>
+        <v>59015385</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>231</v>
+        <v>113</v>
       </c>
       <c r="D72" s="6">
-        <v>2100000</v>
+        <v>216000</v>
       </c>
       <c r="E72" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F72" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G72" s="4" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L72" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N72" s="5" t="s">
         <v>219</v>
       </c>
       <c r="O72" s="5" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="P72" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q72" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R72" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S72" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T72" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U72" s="4"/>
       <c r="V72" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W72" s="4" t="s">
-        <v>233</v>
+        <v>39</v>
       </c>
       <c r="X72" s="4" t="s">
-        <v>234</v>
+        <v>115</v>
       </c>
       <c r="Y72" s="4" t="s">
-        <v>235</v>
+        <v>116</v>
       </c>
     </row>
     <row r="73" spans="1:25">
       <c r="A73" s="5">
         <v>72</v>
       </c>
       <c r="B73" s="5">
-        <v>59008239</v>
+        <v>59015615</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D73" s="6">
-        <v>10500000</v>
+        <v>4480000</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G73" s="4" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="H73" s="5" t="s">
         <v>183</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>183</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>183</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L73" s="5" t="s">
         <v>183</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N73" s="5" t="s">
         <v>219</v>
       </c>
       <c r="O73" s="5" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="P73" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q73" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R73" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S73" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T73" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U73" s="4"/>
       <c r="V73" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W73" s="4" t="s">
-        <v>238</v>
+        <v>159</v>
       </c>
       <c r="X73" s="4" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="Y73" s="4" t="s">
-        <v>69</v>
+        <v>235</v>
       </c>
     </row>
     <row r="74" spans="1:25">
       <c r="A74" s="5">
         <v>73</v>
       </c>
       <c r="B74" s="5">
-        <v>59015385</v>
+        <v>59205415</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>113</v>
+        <v>197</v>
       </c>
       <c r="D74" s="6">
-        <v>216000</v>
+        <v>73000000</v>
       </c>
       <c r="E74" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F74" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G74" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="K74" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L74" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="M74" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N74" s="5" t="s">
-        <v>219</v>
+        <v>236</v>
       </c>
       <c r="O74" s="5" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="P74" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q74" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R74" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S74" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T74" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U74" s="4"/>
       <c r="V74" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W74" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X74" s="4" t="s">
-        <v>115</v>
+        <v>200</v>
       </c>
       <c r="Y74" s="4" t="s">
-        <v>116</v>
+        <v>201</v>
       </c>
     </row>
     <row r="75" spans="1:25">
       <c r="A75" s="5">
         <v>74</v>
       </c>
       <c r="B75" s="5">
-        <v>59015615</v>
+        <v>59304500</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="D75" s="6">
-        <v>4480000</v>
+        <v>81900000</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F75" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G75" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>183</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>183</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>183</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L75" s="5" t="s">
         <v>183</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N75" s="5" t="s">
-        <v>219</v>
+        <v>239</v>
       </c>
       <c r="O75" s="5" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="P75" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q75" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R75" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S75" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T75" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U75" s="4"/>
       <c r="V75" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W75" s="4" t="s">
-        <v>159</v>
+        <v>241</v>
       </c>
       <c r="X75" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="Y75" s="4" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="76" spans="1:25">
       <c r="A76" s="5">
         <v>75</v>
       </c>
       <c r="B76" s="5">
-        <v>59205415</v>
+        <v>59509075</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>197</v>
+        <v>101</v>
       </c>
       <c r="D76" s="6">
-        <v>73000000</v>
+        <v>1669800</v>
       </c>
       <c r="E76" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F76" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G76" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L76" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N76" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="O76" s="5" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="P76" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q76" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R76" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S76" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T76" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U76" s="4"/>
       <c r="V76" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W76" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X76" s="4" t="s">
-        <v>200</v>
+        <v>246</v>
       </c>
       <c r="Y76" s="4" t="s">
-        <v>201</v>
+        <v>247</v>
       </c>
     </row>
     <row r="77" spans="1:25">
       <c r="A77" s="5">
         <v>76</v>
       </c>
       <c r="B77" s="5">
-        <v>59304500</v>
+        <v>59509239</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>247</v>
+        <v>101</v>
       </c>
       <c r="D77" s="6">
-        <v>81900000</v>
+        <v>5006100</v>
       </c>
       <c r="E77" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F77" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G77" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>183</v>
+        <v>248</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>183</v>
+        <v>249</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>183</v>
+        <v>249</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L77" s="5" t="s">
-        <v>183</v>
+        <v>249</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N77" s="5" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="O77" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="P77" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R77" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S77" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T77" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U77" s="4"/>
       <c r="V77" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W77" s="4" t="s">
-        <v>250</v>
+        <v>159</v>
       </c>
       <c r="X77" s="4" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="Y77" s="4" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
     </row>
     <row r="78" spans="1:25">
       <c r="A78" s="5">
         <v>77</v>
       </c>
       <c r="B78" s="5">
-        <v>59509075</v>
+        <v>59509315</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>101</v>
+        <v>145</v>
       </c>
       <c r="D78" s="6">
-        <v>1669800</v>
+        <v>217600</v>
       </c>
       <c r="E78" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F78" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G78" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L78" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N78" s="5" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="O78" s="5" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="P78" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q78" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R78" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S78" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T78" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U78" s="4"/>
       <c r="V78" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W78" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X78" s="4" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="Y78" s="4" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
     </row>
     <row r="79" spans="1:25">
       <c r="A79" s="5">
         <v>78</v>
       </c>
       <c r="B79" s="5">
-        <v>59509239</v>
+        <v>59509520</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>101</v>
+        <v>145</v>
       </c>
       <c r="D79" s="6">
-        <v>5006100</v>
+        <v>761600</v>
       </c>
       <c r="E79" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F79" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G79" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>257</v>
+        <v>248</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L79" s="5" t="s">
-        <v>258</v>
+        <v>249</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N79" s="5" t="s">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="O79" s="5" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="P79" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q79" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R79" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S79" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T79" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U79" s="4"/>
       <c r="V79" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W79" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X79" s="4" t="s">
         <v>255</v>
       </c>
       <c r="Y79" s="4" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
     </row>
     <row r="80" spans="1:25">
       <c r="A80" s="5">
         <v>79</v>
       </c>
       <c r="B80" s="5">
-        <v>59509315</v>
+        <v>59702139</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>145</v>
+        <v>101</v>
       </c>
       <c r="D80" s="6">
-        <v>217600</v>
+        <v>31400000</v>
       </c>
       <c r="E80" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F80" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G80" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L80" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N80" s="5" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="O80" s="5" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="P80" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q80" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R80" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S80" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T80" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U80" s="4"/>
       <c r="V80" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W80" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X80" s="4" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="Y80" s="4" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
     </row>
     <row r="81" spans="1:25">
       <c r="A81" s="5">
         <v>80</v>
       </c>
       <c r="B81" s="5">
-        <v>59509520</v>
+        <v>59702236</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>145</v>
+        <v>260</v>
       </c>
       <c r="D81" s="6">
-        <v>761600</v>
+        <v>15000000</v>
       </c>
       <c r="E81" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F81" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G81" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L81" s="5" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N81" s="5" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="O81" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P81" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q81" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R81" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S81" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T81" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U81" s="4"/>
       <c r="V81" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W81" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X81" s="4" t="s">
-        <v>264</v>
+        <v>200</v>
       </c>
       <c r="Y81" s="4" t="s">
-        <v>262</v>
+        <v>201</v>
       </c>
     </row>
     <row r="82" spans="1:25">
       <c r="A82" s="5">
         <v>81</v>
       </c>
       <c r="B82" s="5">
-        <v>59702139</v>
+        <v>59835729</v>
       </c>
       <c r="C82" s="4" t="s">
-        <v>101</v>
+        <v>265</v>
       </c>
       <c r="D82" s="6">
-        <v>31400000</v>
+        <v>1826400</v>
       </c>
       <c r="E82" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F82" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G82" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L82" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N82" s="5" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="O82" s="5" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P82" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q82" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R82" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S82" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T82" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U82" s="4"/>
       <c r="V82" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W82" s="4" t="s">
-        <v>159</v>
+        <v>268</v>
       </c>
       <c r="X82" s="4" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="Y82" s="4" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:25">
       <c r="A83" s="5">
         <v>82</v>
       </c>
       <c r="B83" s="5">
-        <v>59702236</v>
+        <v>59948060</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D83" s="6">
-        <v>15000000</v>
+        <v>7500000</v>
       </c>
       <c r="E83" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F83" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G83" s="4" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>271</v>
+        <v>29</v>
       </c>
       <c r="I83" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L83" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N83" s="5" t="s">
         <v>272</v>
-      </c>
-[...13 lines deleted...]
-        <v>265</v>
       </c>
       <c r="O83" s="5" t="s">
         <v>273</v>
       </c>
       <c r="P83" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q83" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R83" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S83" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T83" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U83" s="4"/>
       <c r="V83" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W83" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X83" s="4" t="s">
-        <v>200</v>
+        <v>274</v>
       </c>
       <c r="Y83" s="4" t="s">
-        <v>201</v>
+        <v>275</v>
       </c>
     </row>
     <row r="84" spans="1:25">
       <c r="A84" s="5">
         <v>83</v>
       </c>
       <c r="B84" s="5">
-        <v>59835729</v>
+        <v>59983817</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D84" s="6">
-        <v>1826400</v>
+        <v>107476653</v>
       </c>
       <c r="E84" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F84" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G84" s="4" t="s">
-        <v>45</v>
+        <v>277</v>
       </c>
       <c r="H84" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L84" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N84" s="5" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="O84" s="5" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="P84" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q84" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R84" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S84" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T84" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U84" s="4"/>
       <c r="V84" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W84" s="4" t="s">
-        <v>277</v>
+        <v>39</v>
       </c>
       <c r="X84" s="4" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="Y84" s="4" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="85" spans="1:25">
       <c r="A85" s="5">
         <v>84</v>
       </c>
       <c r="B85" s="5">
-        <v>59948060</v>
+        <v>59983823</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D85" s="6">
-        <v>7500000</v>
+        <v>9000000</v>
       </c>
       <c r="E85" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F85" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G85" s="4" t="s">
-        <v>28</v>
+        <v>283</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>29</v>
+        <v>262</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>29</v>
+        <v>263</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>29</v>
+        <v>263</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L85" s="5" t="s">
-        <v>29</v>
+        <v>263</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N85" s="5" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="O85" s="5" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="P85" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q85" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R85" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S85" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T85" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U85" s="4"/>
       <c r="V85" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W85" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X85" s="4" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="Y85" s="4" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:25">
       <c r="A86" s="5">
         <v>85</v>
       </c>
       <c r="B86" s="5">
-        <v>59983817</v>
+        <v>60004397</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D86" s="6">
-        <v>107476653</v>
+        <v>39357000</v>
       </c>
       <c r="E86" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F86" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G86" s="4" t="s">
-        <v>286</v>
+        <v>45</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L86" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N86" s="5" t="s">
         <v>287</v>
       </c>
       <c r="O86" s="5" t="s">
         <v>288</v>
       </c>
       <c r="P86" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q86" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R86" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S86" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T86" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U86" s="4"/>
       <c r="V86" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W86" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X86" s="4" t="s">
         <v>289</v>
       </c>
       <c r="Y86" s="4" t="s">
-        <v>290</v>
+        <v>259</v>
       </c>
     </row>
     <row r="87" spans="1:25">
       <c r="A87" s="5">
         <v>86</v>
       </c>
       <c r="B87" s="5">
-        <v>59983823</v>
+        <v>60004475</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="D87" s="6">
-        <v>9000000</v>
+        <v>78714000</v>
       </c>
       <c r="E87" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F87" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G87" s="4" t="s">
-        <v>292</v>
+        <v>45</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>271</v>
+        <v>183</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>272</v>
+        <v>183</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>272</v>
+        <v>183</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L87" s="5" t="s">
-        <v>272</v>
+        <v>183</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N87" s="5" t="s">
         <v>287</v>
       </c>
       <c r="O87" s="5" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="P87" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q87" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R87" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S87" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T87" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U87" s="4"/>
       <c r="V87" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W87" s="4" t="s">
-        <v>159</v>
+        <v>292</v>
       </c>
       <c r="X87" s="4" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="Y87" s="4" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
     </row>
     <row r="88" spans="1:25">
       <c r="A88" s="5">
         <v>87</v>
       </c>
       <c r="B88" s="5">
-        <v>60004397</v>
+        <v>60017921</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="D88" s="6">
-        <v>39357000</v>
+        <v>47241200</v>
       </c>
       <c r="E88" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F88" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G88" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H88" s="5" t="s">
         <v>183</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>183</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>183</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L88" s="5" t="s">
         <v>183</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N88" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="O88" s="5" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="P88" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q88" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R88" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S88" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T88" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U88" s="4"/>
       <c r="V88" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W88" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X88" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="Y88" s="4" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="89" spans="1:25">
       <c r="A89" s="5">
         <v>88</v>
       </c>
       <c r="B89" s="5">
-        <v>60004475</v>
+        <v>60018011</v>
       </c>
       <c r="C89" s="4" t="s">
         <v>299</v>
       </c>
       <c r="D89" s="6">
-        <v>78714000</v>
+        <v>47241200</v>
       </c>
       <c r="E89" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F89" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G89" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>183</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>183</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>183</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L89" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N89" s="5" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="O89" s="5" t="s">
         <v>300</v>
       </c>
       <c r="P89" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q89" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R89" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S89" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T89" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U89" s="4"/>
       <c r="V89" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W89" s="4" t="s">
-        <v>301</v>
+        <v>159</v>
       </c>
       <c r="X89" s="4" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="Y89" s="4" t="s">
-        <v>302</v>
+        <v>106</v>
       </c>
     </row>
     <row r="90" spans="1:25">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>60017921</v>
+        <v>60037322</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D90" s="6">
-        <v>47241200</v>
+        <v>23211700</v>
       </c>
       <c r="E90" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F90" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G90" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>183</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>183</v>
       </c>
       <c r="J90" s="5" t="s">
         <v>183</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L90" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N90" s="5" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="O90" s="5" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="P90" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R90" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S90" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T90" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U90" s="4"/>
       <c r="V90" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W90" s="4" t="s">
-        <v>159</v>
+        <v>292</v>
       </c>
       <c r="X90" s="4" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="Y90" s="4" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>60018011</v>
+        <v>60037365</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D91" s="6">
-        <v>47241200</v>
+        <v>23211700</v>
       </c>
       <c r="E91" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>183</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>183</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>183</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L91" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N91" s="5" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="O91" s="5" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="P91" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R91" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S91" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T91" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U91" s="4"/>
       <c r="V91" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W91" s="4" t="s">
-        <v>159</v>
+        <v>292</v>
       </c>
       <c r="X91" s="4" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="Y91" s="4" t="s">
-        <v>106</v>
+        <v>298</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>60037322</v>
+        <v>60106578</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>310</v>
+        <v>101</v>
       </c>
       <c r="D92" s="6">
-        <v>23211700</v>
+        <v>37088000</v>
       </c>
       <c r="E92" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F92" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G92" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L92" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N92" s="5" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="O92" s="5" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="P92" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R92" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S92" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T92" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U92" s="4"/>
       <c r="V92" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W92" s="4" t="s">
-        <v>301</v>
+        <v>39</v>
       </c>
       <c r="X92" s="4" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="Y92" s="4" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
     </row>
     <row r="93" spans="1:25">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>60037365</v>
+        <v>60119708</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>314</v>
+        <v>162</v>
       </c>
       <c r="D93" s="6">
-        <v>23211700</v>
+        <v>62456950</v>
       </c>
       <c r="E93" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F93" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G93" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L93" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N93" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="O93" s="5" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="P93" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S93" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T93" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U93" s="4"/>
       <c r="V93" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W93" s="4" t="s">
-        <v>301</v>
+        <v>39</v>
       </c>
       <c r="X93" s="4" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="Y93" s="4" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
     </row>
     <row r="94" spans="1:25">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>60106578</v>
+        <v>60119712</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>101</v>
+        <v>316</v>
       </c>
       <c r="D94" s="6">
-        <v>37088000</v>
+        <v>2340000</v>
       </c>
       <c r="E94" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F94" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G94" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L94" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N94" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="O94" s="5" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="P94" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q94" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R94" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S94" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T94" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U94" s="4"/>
       <c r="V94" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W94" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X94" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="Y94" s="4" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:25">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>60119708</v>
+        <v>60119720</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>162</v>
+        <v>320</v>
       </c>
       <c r="D95" s="6">
-        <v>62456950</v>
+        <v>19181750</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F95" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G95" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H95" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L95" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N95" s="5" t="s">
-        <v>321</v>
+        <v>312</v>
       </c>
       <c r="O95" s="5" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="P95" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q95" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R95" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S95" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T95" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U95" s="4"/>
       <c r="V95" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W95" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X95" s="4" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="Y95" s="4" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
     </row>
     <row r="96" spans="1:25">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>60119712</v>
+        <v>60168012</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D96" s="6">
-        <v>2340000</v>
+        <v>64452645</v>
       </c>
       <c r="E96" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F96" s="4" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="G96" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L96" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N96" s="5" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="O96" s="5" t="s">
         <v>326</v>
       </c>
       <c r="P96" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q96" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R96" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S96" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T96" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U96" s="4"/>
       <c r="V96" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W96" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X96" s="4" t="s">
         <v>327</v>
       </c>
       <c r="Y96" s="4" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="97" spans="1:25">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>60119720</v>
+        <v>60198134</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>329</v>
+        <v>113</v>
       </c>
       <c r="D97" s="6">
-        <v>19181750</v>
+        <v>172800</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F97" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H97" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L97" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N97" s="5" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="O97" s="5" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="P97" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R97" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S97" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T97" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U97" s="4"/>
       <c r="V97" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W97" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X97" s="4" t="s">
-        <v>330</v>
+        <v>115</v>
       </c>
       <c r="Y97" s="4" t="s">
-        <v>331</v>
+        <v>116</v>
       </c>
     </row>
     <row r="98" spans="1:25">
       <c r="A98" s="5">
         <v>97</v>
       </c>
       <c r="B98" s="5">
-        <v>60168012</v>
+        <v>60198155</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>332</v>
+        <v>101</v>
       </c>
       <c r="D98" s="6">
-        <v>64452645</v>
+        <v>6000000</v>
       </c>
       <c r="E98" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F98" s="4" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L98" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N98" s="5" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="O98" s="5" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="P98" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R98" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S98" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T98" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U98" s="4"/>
       <c r="V98" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W98" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X98" s="4" t="s">
-        <v>336</v>
+        <v>102</v>
       </c>
       <c r="Y98" s="4" t="s">
-        <v>337</v>
+        <v>103</v>
       </c>
     </row>
     <row r="99" spans="1:25">
       <c r="A99" s="5">
         <v>98</v>
       </c>
       <c r="B99" s="5">
-        <v>60198134</v>
+        <v>60198177</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="D99" s="6">
-        <v>172800</v>
+        <v>1151700</v>
       </c>
       <c r="E99" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F99" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G99" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H99" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L99" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N99" s="5" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="O99" s="5" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="P99" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R99" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S99" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T99" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U99" s="4"/>
       <c r="V99" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W99" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X99" s="4" t="s">
-        <v>115</v>
+        <v>141</v>
       </c>
       <c r="Y99" s="4" t="s">
-        <v>116</v>
+        <v>332</v>
       </c>
     </row>
     <row r="100" spans="1:25">
       <c r="A100" s="5">
         <v>99</v>
       </c>
       <c r="B100" s="5">
-        <v>60198155</v>
+        <v>60198504</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>101</v>
+        <v>333</v>
       </c>
       <c r="D100" s="6">
-        <v>6000000</v>
+        <v>27951000</v>
       </c>
       <c r="E100" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F100" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L100" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N100" s="5" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="O100" s="5" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="P100" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R100" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S100" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T100" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U100" s="4"/>
       <c r="V100" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W100" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X100" s="4" t="s">
-        <v>102</v>
+        <v>335</v>
       </c>
       <c r="Y100" s="4" t="s">
-        <v>103</v>
+        <v>336</v>
       </c>
     </row>
     <row r="101" spans="1:25">
       <c r="A101" s="5">
         <v>100</v>
       </c>
       <c r="B101" s="5">
-        <v>60198177</v>
+        <v>60198991</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>96</v>
+        <v>337</v>
       </c>
       <c r="D101" s="6">
-        <v>1151700</v>
+        <v>387200</v>
       </c>
       <c r="E101" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F101" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G101" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H101" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L101" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N101" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="O101" s="5" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="P101" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q101" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R101" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S101" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T101" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U101" s="4"/>
       <c r="V101" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W101" s="4" t="s">
-        <v>39</v>
+        <v>339</v>
       </c>
       <c r="X101" s="4" t="s">
-        <v>141</v>
+        <v>340</v>
       </c>
       <c r="Y101" s="4" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="102" spans="1:25">
       <c r="A102" s="5">
         <v>101</v>
       </c>
       <c r="B102" s="5">
-        <v>60198504</v>
+        <v>60199105</v>
       </c>
       <c r="C102" s="4" t="s">
         <v>342</v>
       </c>
       <c r="D102" s="6">
-        <v>27951000</v>
+        <v>24316600</v>
       </c>
       <c r="E102" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F102" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L102" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N102" s="5" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="O102" s="5" t="s">
         <v>343</v>
       </c>
       <c r="P102" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R102" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S102" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T102" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U102" s="4"/>
       <c r="V102" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W102" s="4" t="s">
-        <v>159</v>
+        <v>344</v>
       </c>
       <c r="X102" s="4" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="Y102" s="4" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="103" spans="1:25">
       <c r="A103" s="5">
         <v>102</v>
       </c>
       <c r="B103" s="5">
-        <v>60198991</v>
+        <v>60199646</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D103" s="6">
-        <v>387200</v>
+        <v>32684160</v>
       </c>
       <c r="E103" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F103" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G103" s="4" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="H103" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J103" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L103" s="5" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N103" s="5" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="O103" s="5" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="P103" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q103" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R103" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S103" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T103" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U103" s="4"/>
       <c r="V103" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W103" s="4" t="s">
-        <v>348</v>
+        <v>39</v>
       </c>
       <c r="X103" s="4" t="s">
         <v>349</v>
       </c>
       <c r="Y103" s="4" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:25">
       <c r="A104" s="5">
         <v>103</v>
       </c>
       <c r="B104" s="5">
-        <v>60199105</v>
+        <v>60199669</v>
       </c>
       <c r="C104" s="4" t="s">
         <v>351</v>
       </c>
       <c r="D104" s="6">
-        <v>24316600</v>
+        <v>21413760</v>
       </c>
       <c r="E104" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F104" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G104" s="4" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="H104" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L104" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N104" s="5" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="O104" s="5" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="P104" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q104" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R104" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S104" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T104" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U104" s="4"/>
       <c r="V104" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W104" s="4" t="s">
-        <v>353</v>
+        <v>159</v>
       </c>
       <c r="X104" s="4" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="Y104" s="4" t="s">
-        <v>355</v>
+        <v>69</v>
       </c>
     </row>
     <row r="105" spans="1:25">
       <c r="A105" s="5">
         <v>104</v>
       </c>
       <c r="B105" s="5">
-        <v>60199646</v>
+        <v>60199926</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>236</v>
+        <v>353</v>
       </c>
       <c r="D105" s="6">
-        <v>32684160</v>
+        <v>8412200</v>
       </c>
       <c r="E105" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F105" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G105" s="4" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="H105" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J105" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L105" s="5" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N105" s="5" t="s">
-        <v>338</v>
+        <v>329</v>
       </c>
       <c r="O105" s="5" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="P105" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q105" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R105" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S105" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T105" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U105" s="4"/>
       <c r="V105" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W105" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X105" s="4" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="Y105" s="4" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
     </row>
     <row r="106" spans="1:25">
       <c r="A106" s="5">
         <v>105</v>
       </c>
       <c r="B106" s="5">
-        <v>60199669</v>
+        <v>60208764</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>359</v>
+        <v>175</v>
       </c>
       <c r="D106" s="6">
-        <v>21413760</v>
+        <v>4024800</v>
       </c>
       <c r="E106" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F106" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G106" s="4" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="H106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N106" s="5" t="s">
-        <v>338</v>
+        <v>357</v>
       </c>
       <c r="O106" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="P106" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q106" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R106" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S106" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T106" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U106" s="4"/>
       <c r="V106" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W106" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X106" s="4" t="s">
-        <v>360</v>
+        <v>177</v>
       </c>
       <c r="Y106" s="4" t="s">
-        <v>69</v>
+        <v>178</v>
       </c>
     </row>
     <row r="107" spans="1:25">
       <c r="A107" s="5">
         <v>106</v>
       </c>
       <c r="B107" s="5">
-        <v>60199926</v>
+        <v>60259073</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>361</v>
+        <v>316</v>
       </c>
       <c r="D107" s="6">
-        <v>8412200</v>
+        <v>936000</v>
       </c>
       <c r="E107" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F107" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G107" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L107" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N107" s="5" t="s">
-        <v>338</v>
+        <v>359</v>
       </c>
       <c r="O107" s="5" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="P107" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q107" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R107" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S107" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T107" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U107" s="4"/>
       <c r="V107" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W107" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X107" s="4" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="Y107" s="4" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
     </row>
     <row r="108" spans="1:25">
       <c r="A108" s="5">
         <v>107</v>
       </c>
       <c r="B108" s="5">
-        <v>60208764</v>
+        <v>60259668</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>175</v>
+        <v>320</v>
       </c>
       <c r="D108" s="6">
-        <v>4024800</v>
+        <v>4333500</v>
       </c>
       <c r="E108" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F108" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G108" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L108" s="5" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N108" s="5" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="O108" s="5" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="P108" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q108" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R108" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S108" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T108" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U108" s="4"/>
       <c r="V108" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W108" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X108" s="4" t="s">
-        <v>177</v>
+        <v>363</v>
       </c>
       <c r="Y108" s="4" t="s">
-        <v>178</v>
+        <v>364</v>
       </c>
     </row>
     <row r="109" spans="1:25">
       <c r="A109" s="5">
         <v>108</v>
       </c>
       <c r="B109" s="5">
-        <v>60259073</v>
+        <v>60489359</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>325</v>
+        <v>138</v>
       </c>
       <c r="D109" s="6">
-        <v>936000</v>
+        <v>32012650</v>
       </c>
       <c r="E109" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F109" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G109" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L109" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N109" s="5" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="O109" s="5" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="P109" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q109" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R109" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S109" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T109" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U109" s="4"/>
       <c r="V109" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W109" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X109" s="4" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="Y109" s="4" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
     </row>
     <row r="110" spans="1:25">
       <c r="A110" s="5">
         <v>109</v>
       </c>
       <c r="B110" s="5">
-        <v>60259668</v>
+        <v>60489437</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>329</v>
+        <v>96</v>
       </c>
       <c r="D110" s="6">
-        <v>4333500</v>
+        <v>9350600</v>
       </c>
       <c r="E110" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F110" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G110" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L110" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N110" s="5" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="O110" s="5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="P110" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q110" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R110" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S110" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T110" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U110" s="4"/>
       <c r="V110" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W110" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X110" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="Y110" s="4" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="111" spans="1:25">
       <c r="A111" s="5">
         <v>110</v>
       </c>
       <c r="B111" s="5">
-        <v>60489359</v>
+        <v>60494833</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="D111" s="6">
-        <v>32012650</v>
+        <v>144000</v>
       </c>
       <c r="E111" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F111" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G111" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="K111" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L111" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="M111" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N111" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="O111" s="5" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="P111" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q111" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R111" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S111" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T111" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U111" s="4"/>
       <c r="V111" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W111" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X111" s="4" t="s">
-        <v>375</v>
+        <v>115</v>
       </c>
       <c r="Y111" s="4" t="s">
-        <v>376</v>
+        <v>116</v>
       </c>
     </row>
     <row r="112" spans="1:25">
       <c r="A112" s="5">
         <v>111</v>
       </c>
       <c r="B112" s="5">
-        <v>60489437</v>
+        <v>60494840</v>
       </c>
       <c r="C112" s="4" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D112" s="6">
-        <v>9350600</v>
+        <v>1300000</v>
       </c>
       <c r="E112" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F112" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G112" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="K112" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L112" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="M112" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N112" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="O112" s="5" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="P112" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q112" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R112" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S112" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T112" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U112" s="4"/>
       <c r="V112" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W112" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X112" s="4" t="s">
-        <v>378</v>
+        <v>102</v>
       </c>
       <c r="Y112" s="4" t="s">
-        <v>379</v>
+        <v>103</v>
       </c>
     </row>
     <row r="113" spans="1:25">
       <c r="A113" s="5">
         <v>112</v>
       </c>
       <c r="B113" s="5">
-        <v>60494833</v>
+        <v>60494882</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>113</v>
+        <v>375</v>
       </c>
       <c r="D113" s="6">
-        <v>144000</v>
+        <v>16050000</v>
       </c>
       <c r="E113" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F113" s="4" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="G113" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="K113" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L113" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="M113" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N113" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="O113" s="5" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="P113" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q113" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R113" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S113" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T113" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U113" s="4"/>
       <c r="V113" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W113" s="4" t="s">
-        <v>39</v>
+        <v>377</v>
       </c>
       <c r="X113" s="4" t="s">
-        <v>115</v>
+        <v>187</v>
       </c>
       <c r="Y113" s="4" t="s">
-        <v>116</v>
+        <v>188</v>
       </c>
     </row>
     <row r="114" spans="1:25">
       <c r="A114" s="5">
         <v>113</v>
       </c>
       <c r="B114" s="5">
-        <v>60494840</v>
+        <v>60494909</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>101</v>
+        <v>378</v>
       </c>
       <c r="D114" s="6">
-        <v>1300000</v>
+        <v>16064350</v>
       </c>
       <c r="E114" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F114" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G114" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L114" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N114" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="O114" s="5" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="P114" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q114" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R114" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S114" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T114" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U114" s="4"/>
       <c r="V114" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W114" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X114" s="4" t="s">
-        <v>102</v>
+        <v>380</v>
       </c>
       <c r="Y114" s="4" t="s">
-        <v>103</v>
+        <v>381</v>
       </c>
     </row>
     <row r="115" spans="1:25">
       <c r="A115" s="5">
         <v>114</v>
       </c>
       <c r="B115" s="5">
-        <v>60494882</v>
+        <v>60494919</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="D115" s="6">
-        <v>16050000</v>
+        <v>764150</v>
       </c>
       <c r="E115" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F115" s="4" t="s">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="G115" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>380</v>
+        <v>324</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>380</v>
+        <v>324</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>380</v>
+        <v>324</v>
       </c>
       <c r="K115" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L115" s="5" t="s">
-        <v>380</v>
+        <v>324</v>
       </c>
       <c r="M115" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N115" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="O115" s="5" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="P115" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q115" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R115" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S115" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T115" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U115" s="4"/>
       <c r="V115" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W115" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="X115" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="Y115" s="4" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="116" spans="1:25">
       <c r="A116" s="5">
         <v>115</v>
       </c>
       <c r="B116" s="5">
-        <v>60494909</v>
+        <v>60494955</v>
       </c>
       <c r="C116" s="4" t="s">
         <v>386</v>
       </c>
       <c r="D116" s="6">
-        <v>16064350</v>
+        <v>220200000</v>
       </c>
       <c r="E116" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F116" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G116" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>380</v>
+        <v>324</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>380</v>
+        <v>324</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>380</v>
+        <v>324</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L116" s="5" t="s">
-        <v>380</v>
+        <v>324</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N116" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="O116" s="5" t="s">
         <v>387</v>
       </c>
       <c r="P116" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q116" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R116" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S116" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T116" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U116" s="4"/>
       <c r="V116" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W116" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X116" s="4" t="s">
         <v>388</v>
       </c>
       <c r="Y116" s="4" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="117" spans="1:25">
       <c r="A117" s="5">
         <v>116</v>
       </c>
       <c r="B117" s="5">
-        <v>60494919</v>
+        <v>60495720</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>390</v>
+        <v>175</v>
       </c>
       <c r="D117" s="6">
-        <v>764150</v>
+        <v>12676800</v>
       </c>
       <c r="E117" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F117" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G117" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>333</v>
+        <v>390</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>333</v>
+        <v>390</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>333</v>
+        <v>390</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L117" s="5" t="s">
-        <v>333</v>
+        <v>390</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N117" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="O117" s="5" t="s">
         <v>391</v>
       </c>
       <c r="P117" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q117" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R117" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S117" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T117" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U117" s="4"/>
       <c r="V117" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W117" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X117" s="4" t="s">
         <v>392</v>
       </c>
       <c r="Y117" s="4" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="118" spans="1:25">
       <c r="A118" s="5">
         <v>117</v>
       </c>
       <c r="B118" s="5">
-        <v>60494955</v>
+        <v>60495726</v>
       </c>
       <c r="C118" s="4" t="s">
         <v>394</v>
       </c>
       <c r="D118" s="6">
-        <v>220200000</v>
+        <v>4376400</v>
       </c>
       <c r="E118" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F118" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G118" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>333</v>
+        <v>390</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>333</v>
+        <v>390</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>333</v>
+        <v>390</v>
       </c>
       <c r="K118" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L118" s="5" t="s">
-        <v>333</v>
+        <v>390</v>
       </c>
       <c r="M118" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N118" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="O118" s="5" t="s">
         <v>395</v>
       </c>
       <c r="P118" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q118" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R118" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S118" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T118" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U118" s="4"/>
       <c r="V118" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W118" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X118" s="4" t="s">
         <v>396</v>
       </c>
       <c r="Y118" s="4" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="119" spans="1:25">
       <c r="A119" s="5">
         <v>118</v>
       </c>
       <c r="B119" s="5">
-        <v>60495720</v>
+        <v>60495735</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>175</v>
+        <v>398</v>
       </c>
       <c r="D119" s="6">
-        <v>12676800</v>
+        <v>126735000</v>
       </c>
       <c r="E119" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F119" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G119" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H119" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L119" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="M119" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N119" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="O119" s="5" t="s">
         <v>399</v>
       </c>
       <c r="P119" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q119" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R119" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S119" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T119" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U119" s="4"/>
       <c r="V119" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W119" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X119" s="4" t="s">
         <v>400</v>
       </c>
       <c r="Y119" s="4" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="120" spans="1:25">
       <c r="A120" s="5">
         <v>119</v>
       </c>
       <c r="B120" s="5">
-        <v>60495726</v>
+        <v>60503626</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>402</v>
+        <v>101</v>
       </c>
       <c r="D120" s="6">
-        <v>4376400</v>
+        <v>7900000</v>
       </c>
       <c r="E120" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F120" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G120" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L120" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="M120" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N120" s="5" t="s">
-        <v>373</v>
+        <v>402</v>
       </c>
       <c r="O120" s="5" t="s">
         <v>403</v>
       </c>
       <c r="P120" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q120" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R120" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S120" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T120" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U120" s="4"/>
       <c r="V120" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W120" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X120" s="4" t="s">
         <v>404</v>
       </c>
       <c r="Y120" s="4" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="121" spans="1:25">
       <c r="A121" s="5">
         <v>120</v>
       </c>
       <c r="B121" s="5">
-        <v>60495735</v>
+        <v>60510746</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>406</v>
+        <v>386</v>
       </c>
       <c r="D121" s="6">
-        <v>126735000</v>
+        <v>3000000</v>
       </c>
       <c r="E121" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F121" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G121" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="J121" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="K121" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L121" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="M121" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N121" s="5" t="s">
-        <v>373</v>
+        <v>402</v>
       </c>
       <c r="O121" s="5" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="P121" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q121" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R121" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S121" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T121" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U121" s="4"/>
       <c r="V121" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W121" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X121" s="4" t="s">
-        <v>408</v>
+        <v>200</v>
       </c>
       <c r="Y121" s="4" t="s">
-        <v>409</v>
+        <v>298</v>
       </c>
     </row>
     <row r="122" spans="1:25">
       <c r="A122" s="5">
         <v>121</v>
       </c>
       <c r="B122" s="5">
-        <v>60495779</v>
+        <v>60511205</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>236</v>
+        <v>407</v>
       </c>
       <c r="D122" s="6">
-        <v>13200000</v>
+        <v>16150000</v>
       </c>
       <c r="E122" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F122" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G122" s="4" t="s">
-        <v>28</v>
+        <v>45</v>
       </c>
       <c r="H122" s="5" t="s">
         <v>183</v>
       </c>
       <c r="I122" s="5" t="s">
         <v>183</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>183</v>
       </c>
       <c r="K122" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L122" s="5" t="s">
         <v>183</v>
       </c>
       <c r="M122" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N122" s="5" t="s">
-        <v>373</v>
+        <v>402</v>
       </c>
       <c r="O122" s="5" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="P122" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q122" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R122" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S122" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T122" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U122" s="4"/>
       <c r="V122" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W122" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X122" s="4" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="Y122" s="4" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
     </row>
     <row r="123" spans="1:25">
       <c r="A123" s="5">
         <v>122</v>
       </c>
       <c r="B123" s="5">
-        <v>60503626</v>
+        <v>60511956</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>101</v>
+        <v>138</v>
       </c>
       <c r="D123" s="6">
-        <v>7900000</v>
+        <v>3315680</v>
       </c>
       <c r="E123" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F123" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G123" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H123" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L123" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M123" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N123" s="5" t="s">
-        <v>413</v>
+        <v>402</v>
       </c>
       <c r="O123" s="5" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="P123" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q123" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R123" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S123" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T123" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U123" s="4"/>
       <c r="V123" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W123" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X123" s="4" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="Y123" s="4" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
     </row>
     <row r="124" spans="1:25">
       <c r="A124" s="5">
         <v>123</v>
       </c>
       <c r="B124" s="5">
-        <v>60510746</v>
+        <v>60511968</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>394</v>
+        <v>96</v>
       </c>
       <c r="D124" s="6">
-        <v>3000000</v>
+        <v>2012400</v>
       </c>
       <c r="E124" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F124" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G124" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="K124" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L124" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="M124" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N124" s="5" t="s">
-        <v>413</v>
+        <v>402</v>
       </c>
       <c r="O124" s="5" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="P124" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q124" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R124" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S124" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T124" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U124" s="4"/>
       <c r="V124" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W124" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X124" s="4" t="s">
-        <v>200</v>
+        <v>415</v>
       </c>
       <c r="Y124" s="4" t="s">
-        <v>307</v>
+        <v>416</v>
       </c>
     </row>
     <row r="125" spans="1:25">
       <c r="A125" s="5">
         <v>124</v>
       </c>
       <c r="B125" s="5">
-        <v>60511205</v>
+        <v>60514734</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="D125" s="6">
-        <v>16150000</v>
+        <v>9000000</v>
       </c>
       <c r="E125" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F125" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G125" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>183</v>
+        <v>390</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>183</v>
+        <v>390</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>183</v>
+        <v>390</v>
       </c>
       <c r="K125" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L125" s="5" t="s">
-        <v>183</v>
+        <v>390</v>
       </c>
       <c r="M125" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N125" s="5" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="O125" s="5" t="s">
         <v>419</v>
       </c>
       <c r="P125" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q125" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R125" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S125" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T125" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U125" s="4"/>
       <c r="V125" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W125" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X125" s="4" t="s">
         <v>420</v>
       </c>
       <c r="Y125" s="4" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="126" spans="1:25">
       <c r="A126" s="5">
         <v>125</v>
       </c>
       <c r="B126" s="5">
-        <v>60511922</v>
+        <v>60514739</v>
       </c>
       <c r="C126" s="4" t="s">
         <v>422</v>
       </c>
       <c r="D126" s="6">
-        <v>3740000</v>
+        <v>79500000</v>
       </c>
       <c r="E126" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F126" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G126" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="K126" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L126" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="M126" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N126" s="5" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="O126" s="5" t="s">
         <v>423</v>
       </c>
       <c r="P126" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q126" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R126" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S126" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T126" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U126" s="4"/>
       <c r="V126" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W126" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X126" s="4" t="s">
         <v>424</v>
       </c>
       <c r="Y126" s="4" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="127" spans="1:25">
       <c r="A127" s="5">
         <v>126</v>
       </c>
       <c r="B127" s="5">
-        <v>60511956</v>
+        <v>60514761</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="D127" s="6">
-        <v>3315680</v>
+        <v>3379570</v>
       </c>
       <c r="E127" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F127" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G127" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H127" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="K127" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L127" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="M127" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N127" s="5" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="O127" s="5" t="s">
         <v>426</v>
       </c>
       <c r="P127" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q127" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R127" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S127" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T127" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U127" s="4"/>
       <c r="V127" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W127" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X127" s="4" t="s">
         <v>427</v>
       </c>
       <c r="Y127" s="4" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="128" spans="1:25">
       <c r="A128" s="5">
         <v>127</v>
       </c>
       <c r="B128" s="5">
-        <v>60511968</v>
+        <v>60514769</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>96</v>
+        <v>429</v>
       </c>
       <c r="D128" s="6">
-        <v>2012400</v>
+        <v>1944800</v>
       </c>
       <c r="E128" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F128" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G128" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="K128" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L128" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="M128" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N128" s="5" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="O128" s="5" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P128" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q128" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R128" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S128" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T128" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U128" s="4"/>
       <c r="V128" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W128" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X128" s="4" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="Y128" s="4" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="129" spans="1:25">
       <c r="A129" s="5">
         <v>128</v>
       </c>
       <c r="B129" s="5">
-        <v>60511977</v>
+        <v>60514781</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>145</v>
+        <v>320</v>
       </c>
       <c r="D129" s="6">
-        <v>1120000</v>
+        <v>1390700</v>
       </c>
       <c r="E129" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F129" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G129" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H129" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L129" s="5" t="s">
-        <v>29</v>
+        <v>390</v>
       </c>
       <c r="M129" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N129" s="5" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="O129" s="5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="P129" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q129" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R129" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S129" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T129" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U129" s="4"/>
       <c r="V129" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W129" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X129" s="4" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="Y129" s="4" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="130" spans="1:25">
       <c r="A130" s="5">
         <v>129</v>
       </c>
       <c r="B130" s="5">
-        <v>60514734</v>
+        <v>60514787</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D130" s="6">
-        <v>9000000</v>
+        <v>860000</v>
       </c>
       <c r="E130" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F130" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G130" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H130" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="K130" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L130" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="M130" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N130" s="5" t="s">
-        <v>436</v>
+        <v>418</v>
       </c>
       <c r="O130" s="5" t="s">
         <v>437</v>
       </c>
       <c r="P130" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q130" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R130" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S130" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T130" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U130" s="4"/>
       <c r="V130" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W130" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X130" s="4" t="s">
         <v>438</v>
       </c>
       <c r="Y130" s="4" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="131" spans="1:25">
       <c r="A131" s="5">
         <v>130</v>
       </c>
       <c r="B131" s="5">
-        <v>60514739</v>
+        <v>60514793</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>440</v>
+        <v>316</v>
       </c>
       <c r="D131" s="6">
-        <v>79500000</v>
+        <v>234000</v>
       </c>
       <c r="E131" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F131" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G131" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L131" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N131" s="5" t="s">
-        <v>436</v>
+        <v>418</v>
       </c>
       <c r="O131" s="5" t="s">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="P131" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q131" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R131" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S131" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T131" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U131" s="4"/>
       <c r="V131" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W131" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X131" s="4" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="Y131" s="4" t="s">
-        <v>443</v>
+        <v>362</v>
       </c>
     </row>
     <row r="132" spans="1:25">
       <c r="A132" s="5">
         <v>131</v>
       </c>
       <c r="B132" s="5">
-        <v>60514761</v>
+        <v>60566673</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>162</v>
+        <v>382</v>
       </c>
       <c r="D132" s="6">
-        <v>3379570</v>
+        <v>300200</v>
       </c>
       <c r="E132" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F132" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G132" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H132" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L132" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="M132" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N132" s="5" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="O132" s="5" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="P132" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q132" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R132" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S132" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T132" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U132" s="4"/>
       <c r="V132" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W132" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X132" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="Y132" s="4" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="133" spans="1:25">
       <c r="A133" s="5">
         <v>132</v>
       </c>
       <c r="B133" s="5">
-        <v>60514769</v>
+        <v>60601446</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>447</v>
+        <v>96</v>
       </c>
       <c r="D133" s="6">
-        <v>1944800</v>
+        <v>477000</v>
       </c>
       <c r="E133" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F133" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G133" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="K133" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L133" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="M133" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N133" s="5" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="O133" s="5" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="P133" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q133" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R133" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S133" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T133" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U133" s="4"/>
       <c r="V133" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W133" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X133" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="Y133" s="4" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="134" spans="1:25">
       <c r="A134" s="5">
         <v>133</v>
       </c>
       <c r="B134" s="5">
-        <v>60514781</v>
+        <v>60602559</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>329</v>
+        <v>386</v>
       </c>
       <c r="D134" s="6">
-        <v>1390700</v>
+        <v>13600000</v>
       </c>
       <c r="E134" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F134" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G134" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H134" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="K134" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L134" s="5" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="M134" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N134" s="5" t="s">
-        <v>436</v>
+        <v>446</v>
       </c>
       <c r="O134" s="5" t="s">
-        <v>451</v>
+        <v>450</v>
       </c>
       <c r="P134" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q134" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R134" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S134" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T134" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U134" s="4"/>
       <c r="V134" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W134" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X134" s="4" t="s">
-        <v>452</v>
+        <v>200</v>
       </c>
       <c r="Y134" s="4" t="s">
-        <v>453</v>
+        <v>298</v>
       </c>
     </row>
     <row r="135" spans="1:25">
       <c r="A135" s="5">
         <v>134</v>
       </c>
       <c r="B135" s="5">
-        <v>60514787</v>
+        <v>60677309</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>454</v>
+        <v>422</v>
       </c>
       <c r="D135" s="6">
-        <v>860000</v>
+        <v>301200000</v>
       </c>
       <c r="E135" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F135" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G135" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>398</v>
+        <v>324</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>398</v>
+        <v>324</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>398</v>
+        <v>324</v>
       </c>
       <c r="K135" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L135" s="5" t="s">
-        <v>398</v>
+        <v>324</v>
       </c>
       <c r="M135" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N135" s="5" t="s">
-        <v>436</v>
+        <v>451</v>
       </c>
       <c r="O135" s="5" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="P135" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q135" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R135" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S135" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T135" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U135" s="4"/>
       <c r="V135" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W135" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X135" s="4" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="Y135" s="4" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
     </row>
     <row r="136" spans="1:25">
       <c r="A136" s="5">
         <v>135</v>
       </c>
       <c r="B136" s="5">
-        <v>60514793</v>
+        <v>60678334</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>325</v>
+        <v>455</v>
       </c>
       <c r="D136" s="6">
-        <v>234000</v>
+        <v>30663900</v>
       </c>
       <c r="E136" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F136" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G136" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>398</v>
+        <v>324</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>398</v>
+        <v>324</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>398</v>
+        <v>324</v>
       </c>
       <c r="K136" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L136" s="5" t="s">
-        <v>398</v>
+        <v>324</v>
       </c>
       <c r="M136" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N136" s="5" t="s">
-        <v>436</v>
+        <v>451</v>
       </c>
       <c r="O136" s="5" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="P136" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q136" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R136" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S136" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T136" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U136" s="4"/>
       <c r="V136" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W136" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X136" s="4" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="Y136" s="4" t="s">
-        <v>370</v>
+        <v>458</v>
       </c>
     </row>
     <row r="137" spans="1:25">
       <c r="A137" s="5">
         <v>136</v>
       </c>
       <c r="B137" s="5">
-        <v>60566673</v>
+        <v>60678361</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>390</v>
+        <v>101</v>
       </c>
       <c r="D137" s="6">
-        <v>300200</v>
+        <v>69027200</v>
       </c>
       <c r="E137" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F137" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G137" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="K137" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L137" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N137" s="5" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="O137" s="5" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="P137" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q137" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R137" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S137" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T137" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U137" s="4"/>
       <c r="V137" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W137" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X137" s="4" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="Y137" s="4" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
     </row>
     <row r="138" spans="1:25">
       <c r="A138" s="5">
         <v>137</v>
       </c>
       <c r="B138" s="5">
-        <v>60601446</v>
+        <v>60678578</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>96</v>
+        <v>462</v>
       </c>
       <c r="D138" s="6">
-        <v>477000</v>
+        <v>107700000</v>
       </c>
       <c r="E138" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F138" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G138" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="K138" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L138" s="5" t="s">
-        <v>29</v>
+        <v>183</v>
       </c>
       <c r="M138" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N138" s="5" t="s">
-        <v>464</v>
+        <v>451</v>
       </c>
       <c r="O138" s="5" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="P138" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q138" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R138" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S138" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T138" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U138" s="4"/>
       <c r="V138" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W138" s="4" t="s">
-        <v>39</v>
+        <v>464</v>
       </c>
       <c r="X138" s="4" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="Y138" s="4" t="s">
-        <v>467</v>
+        <v>201</v>
       </c>
     </row>
     <row r="139" spans="1:25">
       <c r="A139" s="5">
         <v>138</v>
       </c>
       <c r="B139" s="5">
-        <v>60602559</v>
+        <v>60679663</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>394</v>
+        <v>101</v>
       </c>
       <c r="D139" s="6">
-        <v>13600000</v>
+        <v>47024650</v>
       </c>
       <c r="E139" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F139" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G139" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H139" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="K139" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L139" s="5" t="s">
-        <v>398</v>
+        <v>29</v>
       </c>
       <c r="M139" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N139" s="5" t="s">
-        <v>464</v>
+        <v>451</v>
       </c>
       <c r="O139" s="5" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="P139" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q139" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R139" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S139" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T139" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U139" s="4"/>
       <c r="V139" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W139" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X139" s="4" t="s">
-        <v>200</v>
+        <v>467</v>
       </c>
       <c r="Y139" s="4" t="s">
-        <v>307</v>
+        <v>468</v>
       </c>
     </row>
     <row r="140" spans="1:25">
       <c r="A140" s="5">
         <v>139</v>
       </c>
       <c r="B140" s="5">
-        <v>60677309</v>
+        <v>60695182</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>440</v>
+        <v>138</v>
       </c>
       <c r="D140" s="6">
-        <v>301200000</v>
+        <v>10574825</v>
       </c>
       <c r="E140" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F140" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G140" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="J140" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="K140" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L140" s="5" t="s">
-        <v>333</v>
+        <v>29</v>
       </c>
       <c r="M140" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N140" s="5" t="s">
         <v>469</v>
       </c>
       <c r="O140" s="5" t="s">
         <v>470</v>
       </c>
       <c r="P140" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q140" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R140" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S140" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T140" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U140" s="4"/>
       <c r="V140" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W140" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X140" s="4" t="s">
         <v>471</v>
       </c>
       <c r="Y140" s="4" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="141" spans="1:25">
       <c r="A141" s="5">
         <v>140</v>
       </c>
       <c r="B141" s="5">
-        <v>60678334</v>
+        <v>60808965</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>473</v>
+        <v>320</v>
       </c>
       <c r="D141" s="6">
-        <v>30663900</v>
+        <v>16042900</v>
       </c>
       <c r="E141" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F141" s="4" t="s">
         <v>48</v>
       </c>
       <c r="G141" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>333</v>
+        <v>183</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>333</v>
+        <v>183</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>333</v>
+        <v>183</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L141" s="5" t="s">
-        <v>333</v>
+        <v>183</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N141" s="5" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="O141" s="5" t="s">
         <v>474</v>
       </c>
       <c r="P141" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q141" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R141" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S141" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T141" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U141" s="4"/>
       <c r="V141" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W141" s="4" t="s">
         <v>159</v>
       </c>
       <c r="X141" s="4" t="s">
         <v>475</v>
       </c>
       <c r="Y141" s="4" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="142" spans="1:25">
       <c r="A142" s="5">
         <v>141</v>
       </c>
       <c r="B142" s="5">
-        <v>60678361</v>
+        <v>60815437</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>101</v>
+        <v>202</v>
       </c>
       <c r="D142" s="6">
-        <v>69027200</v>
+        <v>47395800</v>
       </c>
       <c r="E142" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F142" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G142" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H142" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I142" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J142" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K142" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L142" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M142" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N142" s="5" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="O142" s="5" t="s">
         <v>477</v>
       </c>
       <c r="P142" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q142" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R142" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S142" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T142" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U142" s="4"/>
       <c r="V142" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W142" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X142" s="4" t="s">
         <v>478</v>
       </c>
       <c r="Y142" s="4" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="143" spans="1:25">
       <c r="A143" s="5">
         <v>142</v>
       </c>
       <c r="B143" s="5">
-        <v>60678578</v>
+        <v>60887264</v>
       </c>
       <c r="C143" s="4" t="s">
         <v>480</v>
       </c>
       <c r="D143" s="6">
-        <v>107700000</v>
+        <v>50000000</v>
       </c>
       <c r="E143" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F143" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G143" s="4" t="s">
-        <v>45</v>
+        <v>283</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>183</v>
+        <v>372</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>183</v>
+        <v>372</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>183</v>
+        <v>372</v>
       </c>
       <c r="K143" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L143" s="5" t="s">
-        <v>183</v>
+        <v>372</v>
       </c>
       <c r="M143" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N143" s="5" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="O143" s="5" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="P143" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q143" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R143" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S143" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T143" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U143" s="4"/>
       <c r="V143" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W143" s="4" t="s">
-        <v>482</v>
+        <v>159</v>
       </c>
       <c r="X143" s="4" t="s">
         <v>483</v>
       </c>
       <c r="Y143" s="4" t="s">
-        <v>201</v>
+        <v>484</v>
       </c>
     </row>
     <row r="144" spans="1:25">
       <c r="A144" s="5">
         <v>143</v>
       </c>
       <c r="B144" s="5">
-        <v>60679663</v>
+        <v>60887281</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>101</v>
+        <v>485</v>
       </c>
       <c r="D144" s="6">
-        <v>47024650</v>
+        <v>50000000</v>
       </c>
       <c r="E144" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F144" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G144" s="4" t="s">
-        <v>45</v>
+        <v>283</v>
       </c>
       <c r="H144" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="K144" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L144" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="M144" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N144" s="5" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="O144" s="5" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="P144" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q144" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R144" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S144" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T144" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U144" s="4"/>
       <c r="V144" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W144" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X144" s="4" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="Y144" s="4" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
     </row>
     <row r="145" spans="1:25">
       <c r="A145" s="5">
         <v>144</v>
       </c>
       <c r="B145" s="5">
-        <v>60695182</v>
+        <v>60982845</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>138</v>
+        <v>394</v>
       </c>
       <c r="D145" s="6">
-        <v>10574825</v>
+        <v>2917600</v>
       </c>
       <c r="E145" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F145" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G145" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H145" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I145" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L145" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N145" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="O145" s="5" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="P145" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q145" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R145" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S145" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T145" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U145" s="4"/>
       <c r="V145" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W145" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X145" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="Y145" s="4" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="146" spans="1:25">
       <c r="A146" s="5">
         <v>145</v>
       </c>
       <c r="B146" s="5">
-        <v>60695509</v>
+        <v>61255396</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>236</v>
+        <v>347</v>
       </c>
       <c r="D146" s="6">
         <v>13524480</v>
       </c>
       <c r="E146" s="4" t="s">
-        <v>270</v>
+        <v>261</v>
       </c>
       <c r="F146" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G146" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H146" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I146" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L146" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M146" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N146" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="O146" s="5" t="s">
         <v>491</v>
       </c>
       <c r="P146" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q146" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R146" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S146" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T146" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U146" s="4"/>
       <c r="V146" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W146" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X146" s="4" t="s">
         <v>492</v>
       </c>
       <c r="Y146" s="4" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="147" spans="1:25">
       <c r="A147" s="5">
         <v>146</v>
       </c>
       <c r="B147" s="5">
-        <v>60699055</v>
+        <v>61255441</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>494</v>
+        <v>347</v>
       </c>
       <c r="D147" s="6">
-        <v>15020550</v>
+        <v>13200000</v>
       </c>
       <c r="E147" s="4" t="s">
-        <v>26</v>
+        <v>261</v>
       </c>
       <c r="F147" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G147" s="4" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>380</v>
+        <v>183</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>380</v>
+        <v>183</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>380</v>
+        <v>183</v>
       </c>
       <c r="K147" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L147" s="5" t="s">
-        <v>380</v>
+        <v>183</v>
       </c>
       <c r="M147" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N147" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="O147" s="5" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="P147" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q147" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R147" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S147" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T147" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U147" s="4"/>
       <c r="V147" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W147" s="4" t="s">
-        <v>39</v>
+        <v>159</v>
       </c>
       <c r="X147" s="4" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="Y147" s="4" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
     </row>
     <row r="148" spans="1:25">
       <c r="A148" s="5">
         <v>147</v>
       </c>
       <c r="B148" s="5">
-        <v>60699243</v>
+        <v>61255456</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>498</v>
+        <v>347</v>
       </c>
       <c r="D148" s="6">
-        <v>365250</v>
+        <v>10500000</v>
       </c>
       <c r="E148" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F148" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G148" s="4" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>380</v>
+        <v>183</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>380</v>
+        <v>183</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>380</v>
+        <v>183</v>
       </c>
       <c r="K148" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L148" s="5" t="s">
-        <v>380</v>
+        <v>183</v>
       </c>
       <c r="M148" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N148" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="O148" s="5" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="P148" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q148" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R148" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S148" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T148" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U148" s="4"/>
       <c r="V148" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W148" s="4" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="X148" s="4" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="Y148" s="4" t="s">
-        <v>502</v>
+        <v>69</v>
       </c>
     </row>
     <row r="149" spans="1:25">
       <c r="A149" s="5">
         <v>148</v>
       </c>
       <c r="B149" s="5">
-        <v>60808965</v>
+        <v>61255543</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>329</v>
+        <v>498</v>
       </c>
       <c r="D149" s="6">
-        <v>16042900</v>
+        <v>2100000</v>
       </c>
       <c r="E149" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F149" s="4" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="G149" s="4" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="K149" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L149" s="5" t="s">
-        <v>183</v>
+        <v>29</v>
       </c>
       <c r="M149" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N149" s="5" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="O149" s="5" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="P149" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q149" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R149" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S149" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T149" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U149" s="4"/>
       <c r="V149" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W149" s="4" t="s">
-        <v>159</v>
+        <v>500</v>
       </c>
       <c r="X149" s="4" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="Y149" s="4" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
     </row>
     <row r="150" spans="1:25">
       <c r="A150" s="5">
         <v>149</v>
       </c>
       <c r="B150" s="5">
-        <v>60815437</v>
+        <v>61309231</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>202</v>
+        <v>503</v>
       </c>
       <c r="D150" s="6">
-        <v>47395800</v>
+        <v>365250</v>
       </c>
       <c r="E150" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F150" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G150" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="K150" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L150" s="5" t="s">
-        <v>29</v>
+        <v>372</v>
       </c>
       <c r="M150" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N150" s="5" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="O150" s="5" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="P150" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q150" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R150" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S150" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T150" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U150" s="4"/>
       <c r="V150" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W150" s="4" t="s">
-        <v>159</v>
+        <v>506</v>
       </c>
       <c r="X150" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="Y150" s="4" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="151" spans="1:25">
       <c r="A151" s="5">
         <v>150</v>
       </c>
       <c r="B151" s="5">
-        <v>60887264</v>
+        <v>61309245</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="D151" s="6">
-        <v>50000000</v>
+        <v>15020550</v>
       </c>
       <c r="E151" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F151" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G151" s="4" t="s">
-        <v>292</v>
+        <v>45</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="K151" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L151" s="5" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="M151" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N151" s="5" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="O151" s="5" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="P151" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q151" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R151" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S151" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T151" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U151" s="4"/>
       <c r="V151" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W151" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X151" s="4" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="Y151" s="4" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
     </row>
     <row r="152" spans="1:25">
       <c r="A152" s="5">
         <v>151</v>
       </c>
       <c r="B152" s="5">
-        <v>60887281</v>
+        <v>61309256</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="D152" s="6">
-        <v>50000000</v>
+        <v>3740000</v>
       </c>
       <c r="E152" s="4" t="s">
-        <v>270</v>
+        <v>26</v>
       </c>
       <c r="F152" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G152" s="4" t="s">
-        <v>292</v>
+        <v>45</v>
       </c>
       <c r="H152" s="5" t="s">
-        <v>380</v>
+        <v>29</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>380</v>
+        <v>29</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>380</v>
+        <v>29</v>
       </c>
       <c r="K152" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L152" s="5" t="s">
-        <v>380</v>
+        <v>29</v>
       </c>
       <c r="M152" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N152" s="5" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="O152" s="5" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="P152" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q152" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R152" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S152" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T152" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U152" s="4"/>
       <c r="V152" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W152" s="4" t="s">
-        <v>159</v>
+        <v>39</v>
       </c>
       <c r="X152" s="4" t="s">
         <v>513</v>
       </c>
       <c r="Y152" s="4" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="153" spans="1:25">
       <c r="A153" s="5">
         <v>152</v>
       </c>
       <c r="B153" s="5">
-        <v>60982845</v>
+        <v>61309265</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>402</v>
+        <v>145</v>
       </c>
       <c r="D153" s="6">
-        <v>2917600</v>
+        <v>1120000</v>
       </c>
       <c r="E153" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F153" s="4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G153" s="4" t="s">
         <v>45</v>
       </c>
       <c r="H153" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I153" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J153" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K153" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L153" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M153" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N153" s="5" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="O153" s="5" t="s">
-        <v>517</v>
+        <v>505</v>
       </c>
       <c r="P153" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q153" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R153" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S153" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T153" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U153" s="4"/>
       <c r="V153" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W153" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X153" s="4" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="Y153" s="4" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
     </row>
     <row r="154" spans="1:25">
       <c r="A154" s="7" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="B154" s="8"/>
       <c r="C154" s="8"/>
       <c r="D154" s="9">
         <v>2607541403</v>
       </c>
       <c r="E154" s="8"/>
       <c r="F154" s="8"/>
       <c r="G154" s="8"/>
       <c r="H154" s="8"/>
       <c r="I154" s="8"/>
       <c r="J154" s="8"/>
       <c r="K154" s="8"/>
       <c r="L154" s="8"/>
       <c r="M154" s="8"/>
       <c r="N154" s="8"/>
       <c r="O154" s="8"/>
       <c r="P154" s="8"/>
       <c r="Q154" s="8"/>
       <c r="R154" s="8"/>
       <c r="S154" s="8"/>
       <c r="T154" s="8"/>
       <c r="U154" s="8"/>
       <c r="V154" s="8"/>
       <c r="W154" s="8"/>