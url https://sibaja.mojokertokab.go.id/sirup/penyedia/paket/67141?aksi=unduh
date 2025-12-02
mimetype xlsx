--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="352">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -857,237 +857,258 @@
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>01/08/2025 11:06:33</t>
   </si>
   <si>
     <t>01/08/2025 11:12:34</t>
   </si>
   <si>
     <t>Kertas HVS; Kertas HVS; Kertas HVS;</t>
   </si>
   <si>
     <t>Folio/F4 70Gram; Folio/F4 70Gram; Folio/F4 70Gram;</t>
   </si>
   <si>
     <t>01/08/2025 11:16:30</t>
   </si>
   <si>
     <t>Materai; Materai; Materai;</t>
   </si>
   <si>
     <t>10000; 10000; 10000;</t>
   </si>
   <si>
+    <t>05/08/2025</t>
+  </si>
+  <si>
+    <t>05/08/2025 08:37:56</t>
+  </si>
+  <si>
+    <t>Map; Map; Karbon; Paper Clips; Ballpoint; Post It / Sticky Note; Binder Clip; Binder Clip; Amplop Putih; Ordner; Binder Clip; Buku Kwitansi;</t>
+  </si>
+  <si>
+    <t>Map Plastik Zipper; Bufalo; Pembulatan; Kecil; Tulis; Plastik; Besar; Kecil; Uk 114x160mm; Besar; Sedang; Besar;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Kendaraan Bermotor Penumpang</t>
+  </si>
+  <si>
+    <t>05/08/2025 08:49:58</t>
+  </si>
+  <si>
+    <t>Sewa Kendaraan Roda Empat MPV standart; Sewa Minibus;</t>
+  </si>
+  <si>
+    <t>Sewa Kendaraan di tempat tujuan (yang berada di luar Daerah/Provinsi); Kapasitas / Isi Silinder (Maksimal) 2.500 cc;</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis</t>
+  </si>
+  <si>
+    <t>APBDP</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi</t>
+  </si>
+  <si>
+    <t>06/08/2025</t>
+  </si>
+  <si>
+    <t>06/08/2025 12:44:09</t>
+  </si>
+  <si>
+    <t>150.000.001 S/D 200.000.000 -</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis</t>
+  </si>
+  <si>
+    <t>Pejabat Pengadaan Barang/Jasa; Biaya Pengawasan Teknis; 1 M2 Rehabilitasi Ringan Gedung Negara Sederhana; Tim Teknis Pengadaan Jasa Kontruksi Anggota; Tim Teknis Pengadaan Jasa Kontruksi Sekretaris; Pejabat Pembuat Komitmen (Ppkom) Kegiatan Fisik Konstruksi; Biaya Perencanaan Teknis; 1 M2 Finishing Interior Ruang Rapat; Pejabat / Tim Pendukung Administrasi;</t>
+  </si>
+  <si>
+    <t>-; 150.000.001 S/D 200.000.000; ; Nilai Pagu Dana Diatas Rp. 50 Juta Sd. Rp. 200 Juta; Nilai Pagu Dana Diatas Rp. 50 Juta Sd. Rp. 200 Juta; Nilai Pagu Dana Diatas Rp. 100 Juta S.D Rp. 250 Juta; 150.000.001 S/D 200.000.000; Luas Ruangan 100 M2 ; Sudah Termasuk Ppn 11%; Nilai Pagu Dana S.D Rp. 200 Juta;</t>
+  </si>
+  <si>
+    <t>07/08/2025</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:14:26</t>
+  </si>
+  <si>
+    <t>21/08/2025</t>
+  </si>
+  <si>
+    <t>21/08/2025 13:30:55</t>
+  </si>
+  <si>
+    <t>Snelhekter Jepit; Spidol; Binder Clip; Isi Staples; Karbon; Post It / Sticky Note; Staples; Ordner; Ballpoint; Ballpoint; Dokumen Keeper;</t>
+  </si>
+  <si>
+    <t>Folder One Map Jepit (Clip File); Besar; Besar; Sedang; Pembulatan; Plastik; Sedang; Besar; Tulis; Tanda Tangan; 60 Lembar;</t>
+  </si>
+  <si>
+    <t>21/08/2025 13:32:19</t>
+  </si>
+  <si>
+    <t>21/08/2025 13:33:29</t>
+  </si>
+  <si>
+    <t>21/08/2025 13:40:30</t>
+  </si>
+  <si>
+    <t>08/09/2025</t>
+  </si>
+  <si>
+    <t>08/09/2025 11:00:15</t>
+  </si>
+  <si>
+    <t>Banner; Banner; Banner; Photo Copy; Photo Copy; Photo Copy; Banner; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 280 Gr; Bahan Fronlite 280 Gr; Bahan Fronlite 280 Gr; Folio/hvs; Folio/hvs; Folio/hvs; Bahan Fronlite 280 Gr; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>08/09/2025 12:06:08</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Air Mineral; Biaya Konsumsi (Makan); Air Mineral; Biaya Konsumsi (Kudapan/Snack); Air Mineral; Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>-; Gelas; -; Gelas; -; Gelas; -; -; -;</t>
+  </si>
+  <si>
+    <t>Belanja Pakaian Olahraga</t>
+  </si>
+  <si>
+    <t>Kaos Lengan Pendek; Kaos Lengan Pendek; Kaos Lengan Pendek;</t>
+  </si>
+  <si>
+    <t>Katun, Berkerah; Katun, Berkerah; Katun, Berkerah;</t>
+  </si>
+  <si>
+    <t>Photo Copy; Photo Copy; Banner; Photo Copy; Banner; Banner;</t>
+  </si>
+  <si>
+    <t>Folio/hvs; Folio/hvs; Bahan Fronlite 280 Gr; Folio/hvs; Bahan Fronlite 280 Gr; Bahan Fronlite 280 Gr;</t>
+  </si>
+  <si>
+    <t>Karbon; Buku Kwitansi; Ordner; Buku Block Note; Binder Clip; Buku Kwitansi; Karbon; Paper Clips; Ordner; Buku Kwitansi; Ballpoint; Post It / Sticky Note; Amplop Putih; Amplop Putih; Ballpoint; Ordner; Map; Paper Clips; Buku Block Note; Amplop Putih; Binder Clip; Map; Ballpoint; Post It / Sticky Note; Map; Paper Clips; Buku Block Note; Karbon;</t>
+  </si>
+  <si>
+    <t>Pembulatan; Besar; Besar; Isi 50 Lembar; Besar; Besar; Pembulatan; Kecil; Besar; Besar; Tulis; Plastik; Uk 114x160mm; Uk 114x160mm; Tulis; Besar; Map Plastik Zipper; Kecil; Isi 50 Lembar; Uk 114x160mm; Besar; Map Plastik Zipper; Tulis; Plastik; Map Plastik Zipper; Kecil; Isi 50 Lembar; Pembulatan;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Bangunan Gedung Tempat Pertemuan - PELATIHAN DAN SERTIFIKASI BIDANG MULTIMEDIA</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>08/09/2025 12:23:33</t>
+  </si>
+  <si>
+    <t>Banner; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Bahan Fronlite 280 Gr; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>08/09/2025 14:33:52</t>
+  </si>
+  <si>
+    <t>Karbon; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Pembulatan; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>08/09/2025 14:33:51</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Kantor</t>
+  </si>
+  <si>
+    <t>Pekerjaan Konstruksi</t>
+  </si>
+  <si>
+    <t>06/10/2025</t>
+  </si>
+  <si>
+    <t>06/10/2025 10:03:55</t>
+  </si>
+  <si>
+    <t>1 M2 Finishing Interior Ruang Rapat ; 1 M2 Rehabilitasi Ringan Gedung Negara Sederhana</t>
+  </si>
+  <si>
+    <t>L u a s R u a n g a n "d 1 0 0 M 2 ; S u d</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Personal Computer - PRACTICAL OFFICE ADVANCE (POA)</t>
+  </si>
+  <si>
+    <t>13/10/2025</t>
+  </si>
+  <si>
+    <t>13/10/2025 08:27:46</t>
+  </si>
+  <si>
+    <t>Sewa Laptop;</t>
+  </si>
+  <si>
+    <t>Laptop;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Personal Computer - MULTIMEDIA</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>13/10/2025 08:31:31</t>
+  </si>
+  <si>
+    <t>Sewa Laptop</t>
+  </si>
+  <si>
+    <t>Laptop</t>
+  </si>
+  <si>
     <t>Belanja Kursus Singkat/Pelatihan Bidang Multimedia</t>
   </si>
   <si>
-    <t>APBDP</t>
-[...2 lines deleted...]
-    <t>05/08/2025 08:14:39</t>
+    <t>23/10/2025</t>
+  </si>
+  <si>
+    <t>23/10/2025 09:26:54</t>
   </si>
   <si>
     <t>Biaya Uji Sertifikasi bidang Multimedia;Biaya Setor Pelatihan/Diklat</t>
   </si>
   <si>
     <t>Sertifikasi multimedia</t>
-  </si>
-[...172 lines deleted...]
-    <t>L u a s R u a n g a n "d 1 0 0 M 2 ; S u d</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1448,54 +1469,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y111"/>
+  <dimension ref="A1:Y112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E111" sqref="E111:Y111"/>
+      <selection activeCell="E112" sqref="E112:Y112"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="109.545" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="50.559" bestFit="true" customWidth="true" style="0"/>
@@ -8167,1655 +8188,1730 @@
       <c r="S89" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T89" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U89" s="4"/>
       <c r="V89" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W89" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X89" s="4" t="s">
         <v>279</v>
       </c>
       <c r="Y89" s="4" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:25">
       <c r="A90" s="5">
         <v>89</v>
       </c>
       <c r="B90" s="5">
-        <v>60184991</v>
+        <v>60202688</v>
       </c>
       <c r="C90" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D90" s="6">
+        <v>798600</v>
+      </c>
+      <c r="E90" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F90" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G90" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J90" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L90" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N90" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="D90" s="6">
-[...2 lines deleted...]
-      <c r="E90" s="4" t="s">
+      <c r="O90" s="5" t="s">
         <v>282</v>
-      </c>
-[...28 lines deleted...]
-        <v>283</v>
       </c>
       <c r="P90" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q90" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R90" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S90" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T90" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U90" s="4"/>
       <c r="V90" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W90" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X90" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="Y90" s="4" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="91" spans="1:25">
       <c r="A91" s="5">
         <v>90</v>
       </c>
       <c r="B91" s="5">
-        <v>60202688</v>
+        <v>60202838</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>53</v>
+        <v>285</v>
       </c>
       <c r="D91" s="6">
-        <v>798600</v>
+        <v>2500000</v>
       </c>
       <c r="E91" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F91" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G91" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H91" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L91" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N91" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="O91" s="5" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="P91" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q91" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R91" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S91" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T91" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U91" s="4"/>
       <c r="V91" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W91" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X91" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="Y91" s="4" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="92" spans="1:25">
       <c r="A92" s="5">
         <v>91</v>
       </c>
       <c r="B92" s="5">
-        <v>60202838</v>
+        <v>60217416</v>
       </c>
       <c r="C92" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D92" s="6">
+        <v>12000000</v>
+      </c>
+      <c r="E92" s="4" t="s">
         <v>290</v>
       </c>
-      <c r="D92" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="F92" s="4" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G92" s="4" t="s">
-        <v>28</v>
+        <v>291</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>30</v>
+        <v>273</v>
       </c>
       <c r="L92" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N92" s="5" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="O92" s="5" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="P92" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q92" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R92" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S92" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T92" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U92" s="4"/>
       <c r="V92" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W92" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X92" s="4" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="Y92" s="4" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="93" spans="1:25">
       <c r="A93" s="5">
         <v>92</v>
       </c>
       <c r="B93" s="5">
-        <v>60217416</v>
+        <v>60217435</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D93" s="6">
-        <v>12000000</v>
+        <v>10000000</v>
       </c>
       <c r="E93" s="4" t="s">
-        <v>282</v>
+        <v>26</v>
       </c>
       <c r="F93" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G93" s="4" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>273</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>273</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>273</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>273</v>
       </c>
       <c r="L93" s="5" t="s">
         <v>273</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N93" s="5" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="O93" s="5" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="P93" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q93" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R93" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S93" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T93" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U93" s="4"/>
       <c r="V93" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W93" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X93" s="4" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="Y93" s="4" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="94" spans="1:25">
       <c r="A94" s="5">
         <v>93</v>
       </c>
       <c r="B94" s="5">
-        <v>60217435</v>
+        <v>60226021</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>299</v>
+        <v>25</v>
       </c>
       <c r="D94" s="6">
-        <v>10000000</v>
+        <v>6075000</v>
       </c>
       <c r="E94" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F94" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G94" s="4" t="s">
-        <v>295</v>
+        <v>74</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>273</v>
+        <v>30</v>
       </c>
       <c r="L94" s="5" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N94" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="O94" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="P94" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q94" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R94" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S94" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T94" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U94" s="4"/>
       <c r="V94" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W94" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X94" s="4" t="s">
-        <v>300</v>
+        <v>181</v>
       </c>
       <c r="Y94" s="4" t="s">
-        <v>301</v>
+        <v>182</v>
       </c>
     </row>
     <row r="95" spans="1:25">
       <c r="A95" s="5">
         <v>94</v>
       </c>
       <c r="B95" s="5">
-        <v>60226021</v>
+        <v>60343244</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="D95" s="6">
-        <v>6075000</v>
+        <v>797660</v>
       </c>
       <c r="E95" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F95" s="4" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G95" s="4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="H95" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>30</v>
+        <v>273</v>
       </c>
       <c r="L95" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N95" s="5" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="O95" s="5" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="P95" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q95" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R95" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S95" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T95" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U95" s="4"/>
       <c r="V95" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W95" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X95" s="4" t="s">
-        <v>181</v>
+        <v>302</v>
       </c>
       <c r="Y95" s="4" t="s">
-        <v>182</v>
+        <v>303</v>
       </c>
     </row>
     <row r="96" spans="1:25">
       <c r="A96" s="5">
         <v>95</v>
       </c>
       <c r="B96" s="5">
-        <v>60343244</v>
+        <v>60343276</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D96" s="6">
-        <v>797660</v>
+        <v>272400</v>
       </c>
       <c r="E96" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F96" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G96" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H96" s="5" t="s">
         <v>273</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>273</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>273</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>273</v>
       </c>
       <c r="L96" s="5" t="s">
         <v>273</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N96" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="O96" s="5" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="P96" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q96" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R96" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S96" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T96" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U96" s="4"/>
       <c r="V96" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W96" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X96" s="4" t="s">
-        <v>306</v>
+        <v>85</v>
       </c>
       <c r="Y96" s="4" t="s">
-        <v>307</v>
+        <v>86</v>
       </c>
     </row>
     <row r="97" spans="1:25">
       <c r="A97" s="5">
         <v>96</v>
       </c>
       <c r="B97" s="5">
-        <v>60343276</v>
+        <v>60343305</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="D97" s="6">
-        <v>272400</v>
+        <v>417200</v>
       </c>
       <c r="E97" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F97" s="4" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G97" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H97" s="5" t="s">
         <v>273</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>273</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>273</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>273</v>
       </c>
       <c r="L97" s="5" t="s">
         <v>273</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N97" s="5" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="O97" s="5" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="P97" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q97" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R97" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S97" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T97" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U97" s="4"/>
       <c r="V97" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W97" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X97" s="4" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="Y97" s="4" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
     </row>
     <row r="98" spans="1:25">
       <c r="A98" s="5">
         <v>97</v>
       </c>
       <c r="B98" s="5">
-        <v>60343305</v>
+        <v>60343449</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="D98" s="6">
-        <v>417200</v>
+        <v>670800</v>
       </c>
       <c r="E98" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F98" s="4" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G98" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H98" s="5" t="s">
         <v>273</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>273</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>273</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>273</v>
       </c>
       <c r="L98" s="5" t="s">
         <v>273</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N98" s="5" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="O98" s="5" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="P98" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q98" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R98" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S98" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T98" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U98" s="4"/>
       <c r="V98" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W98" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X98" s="4" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="Y98" s="4" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
     </row>
     <row r="99" spans="1:25">
       <c r="A99" s="5">
         <v>98</v>
       </c>
       <c r="B99" s="5">
-        <v>60343449</v>
+        <v>60536656</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="D99" s="6">
-        <v>670800</v>
+        <v>2427000</v>
       </c>
       <c r="E99" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F99" s="4" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G99" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>273</v>
+        <v>30</v>
       </c>
       <c r="L99" s="5" t="s">
-        <v>273</v>
+        <v>29</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N99" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="O99" s="5" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="P99" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R99" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S99" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T99" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U99" s="4"/>
       <c r="V99" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W99" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X99" s="4" t="s">
-        <v>51</v>
+        <v>309</v>
       </c>
       <c r="Y99" s="4" t="s">
-        <v>52</v>
+        <v>310</v>
       </c>
     </row>
     <row r="100" spans="1:25">
       <c r="A100" s="5">
         <v>99</v>
       </c>
       <c r="B100" s="5">
-        <v>60536656</v>
+        <v>60538317</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="D100" s="6">
-        <v>2427000</v>
+        <v>48554700</v>
       </c>
       <c r="E100" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F100" s="4" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G100" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H100" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L100" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N100" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="O100" s="5" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="P100" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q100" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R100" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S100" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T100" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U100" s="4"/>
       <c r="V100" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W100" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X100" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="Y100" s="4" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="101" spans="1:25">
       <c r="A101" s="5">
         <v>100</v>
       </c>
       <c r="B101" s="5">
-        <v>60538317</v>
+        <v>60538386</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>25</v>
+        <v>314</v>
       </c>
       <c r="D101" s="6">
-        <v>48554700</v>
+        <v>7195200</v>
       </c>
       <c r="E101" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F101" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G101" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H101" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L101" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N101" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="O101" s="5" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="P101" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q101" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R101" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S101" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T101" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U101" s="4"/>
       <c r="V101" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W101" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X101" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="Y101" s="4" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="102" spans="1:25">
       <c r="A102" s="5">
         <v>101</v>
       </c>
       <c r="B102" s="5">
-        <v>60538386</v>
+        <v>60538468</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>318</v>
+        <v>79</v>
       </c>
       <c r="D102" s="6">
-        <v>7195200</v>
+        <v>2205200</v>
       </c>
       <c r="E102" s="4" t="s">
-        <v>26</v>
+        <v>290</v>
       </c>
       <c r="F102" s="4" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G102" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H102" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L102" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N102" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="O102" s="5" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="P102" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R102" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S102" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T102" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U102" s="4"/>
       <c r="V102" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W102" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X102" s="4" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="Y102" s="4" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
     </row>
     <row r="103" spans="1:25">
       <c r="A103" s="5">
         <v>102</v>
       </c>
       <c r="B103" s="5">
-        <v>60538468</v>
+        <v>60538495</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
       <c r="D103" s="6">
-        <v>2205200</v>
+        <v>3022500</v>
       </c>
       <c r="E103" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F103" s="4" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
       <c r="G103" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H103" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J103" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L103" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N103" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="O103" s="5" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="P103" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q103" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R103" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S103" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T103" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U103" s="4"/>
       <c r="V103" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W103" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X103" s="4" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="Y103" s="4" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:25">
       <c r="A104" s="5">
         <v>103</v>
       </c>
       <c r="B104" s="5">
-        <v>60538495</v>
+        <v>60538656</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>53</v>
+        <v>321</v>
       </c>
       <c r="D104" s="6">
-        <v>3022500</v>
+        <v>5833800</v>
       </c>
       <c r="E104" s="4" t="s">
-        <v>26</v>
+        <v>290</v>
       </c>
       <c r="F104" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G104" s="4" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>29</v>
+        <v>322</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>29</v>
+        <v>322</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>29</v>
+        <v>322</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L104" s="5" t="s">
-        <v>29</v>
+        <v>322</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N104" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="O104" s="5" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="P104" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q104" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R104" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S104" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T104" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U104" s="4"/>
       <c r="V104" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W104" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X104" s="4" t="s">
-        <v>323</v>
+        <v>257</v>
       </c>
       <c r="Y104" s="4" t="s">
-        <v>324</v>
+        <v>258</v>
       </c>
     </row>
     <row r="105" spans="1:25">
       <c r="A105" s="5">
         <v>104</v>
       </c>
       <c r="B105" s="5">
-        <v>60538656</v>
+        <v>60538990</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>325</v>
+        <v>79</v>
       </c>
       <c r="D105" s="6">
-        <v>5833800</v>
+        <v>738200</v>
       </c>
       <c r="E105" s="4" t="s">
-        <v>282</v>
+        <v>26</v>
       </c>
       <c r="F105" s="4" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G105" s="4" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>326</v>
+        <v>29</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>326</v>
+        <v>29</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>326</v>
+        <v>29</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L105" s="5" t="s">
-        <v>326</v>
+        <v>29</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N105" s="5" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="O105" s="5" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="P105" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q105" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R105" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S105" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T105" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U105" s="4"/>
       <c r="V105" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W105" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X105" s="4" t="s">
-        <v>257</v>
+        <v>324</v>
       </c>
       <c r="Y105" s="4" t="s">
-        <v>258</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:25">
       <c r="A106" s="5">
         <v>105</v>
       </c>
       <c r="B106" s="5">
-        <v>60538868</v>
+        <v>60541055</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>327</v>
+        <v>79</v>
       </c>
       <c r="D106" s="6">
-        <v>86371200</v>
+        <v>521200</v>
       </c>
       <c r="E106" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F106" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G106" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L106" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N106" s="5" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="O106" s="5" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="P106" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q106" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R106" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S106" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T106" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U106" s="4"/>
       <c r="V106" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W106" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X106" s="4" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="Y106" s="4" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
     </row>
     <row r="107" spans="1:25">
       <c r="A107" s="5">
         <v>106</v>
       </c>
       <c r="B107" s="5">
-        <v>60538990</v>
+        <v>60541165</v>
       </c>
       <c r="C107" s="4" t="s">
         <v>79</v>
       </c>
       <c r="D107" s="6">
-        <v>738200</v>
+        <v>484000</v>
       </c>
       <c r="E107" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F107" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G107" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H107" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L107" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N107" s="5" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="O107" s="5" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="P107" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q107" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R107" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S107" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T107" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U107" s="4"/>
       <c r="V107" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W107" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X107" s="4" t="s">
-        <v>332</v>
+        <v>81</v>
       </c>
       <c r="Y107" s="4" t="s">
-        <v>333</v>
+        <v>82</v>
       </c>
     </row>
     <row r="108" spans="1:25">
       <c r="A108" s="5">
         <v>107</v>
       </c>
       <c r="B108" s="5">
-        <v>60541055</v>
+        <v>60969352</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>79</v>
+        <v>330</v>
       </c>
       <c r="D108" s="6">
-        <v>521200</v>
+        <v>146043940</v>
       </c>
       <c r="E108" s="4" t="s">
-        <v>26</v>
+        <v>290</v>
       </c>
       <c r="F108" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G108" s="4" t="s">
-        <v>28</v>
+        <v>331</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>30</v>
+        <v>273</v>
       </c>
       <c r="L108" s="5" t="s">
-        <v>29</v>
+        <v>273</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N108" s="5" t="s">
-        <v>311</v>
+        <v>332</v>
       </c>
       <c r="O108" s="5" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="P108" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q108" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R108" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S108" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T108" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U108" s="4"/>
       <c r="V108" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W108" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X108" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="Y108" s="4" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="109" spans="1:25">
       <c r="A109" s="5">
         <v>108</v>
       </c>
       <c r="B109" s="5">
-        <v>60541165</v>
+        <v>61093652</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>79</v>
+        <v>336</v>
       </c>
       <c r="D109" s="6">
-        <v>484000</v>
+        <v>57580800</v>
       </c>
       <c r="E109" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F109" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G109" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H109" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L109" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N109" s="5" t="s">
-        <v>311</v>
+        <v>337</v>
       </c>
       <c r="O109" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="P109" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q109" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R109" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S109" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T109" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U109" s="4"/>
       <c r="V109" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W109" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X109" s="4" t="s">
-        <v>81</v>
+        <v>339</v>
       </c>
       <c r="Y109" s="4" t="s">
-        <v>82</v>
+        <v>340</v>
       </c>
     </row>
     <row r="110" spans="1:25">
       <c r="A110" s="5">
         <v>109</v>
       </c>
       <c r="B110" s="5">
-        <v>60969352</v>
+        <v>61093766</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D110" s="6">
-        <v>146043940</v>
+        <v>28790400</v>
       </c>
       <c r="E110" s="4" t="s">
-        <v>26</v>
+        <v>290</v>
       </c>
       <c r="F110" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G110" s="4" t="s">
-        <v>339</v>
+        <v>28</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>273</v>
+        <v>342</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>273</v>
+        <v>342</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>273</v>
+        <v>342</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>273</v>
+        <v>30</v>
       </c>
       <c r="L110" s="5" t="s">
-        <v>273</v>
+        <v>342</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N110" s="5" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="O110" s="5" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="P110" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q110" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R110" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S110" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T110" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U110" s="4"/>
       <c r="V110" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W110" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X110" s="4" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="Y110" s="4" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="111" spans="1:25">
-      <c r="A111" s="7" t="s">
-[...4 lines deleted...]
-      <c r="D111" s="9">
+      <c r="A111" s="5">
+        <v>110</v>
+      </c>
+      <c r="B111" s="5">
+        <v>61294645</v>
+      </c>
+      <c r="C111" s="4" t="s">
+        <v>346</v>
+      </c>
+      <c r="D111" s="6">
+        <v>29600000</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F111" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G111" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="J111" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="K111" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="L111" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N111" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="O111" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="P111" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q111" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R111" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S111" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T111" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U111" s="4"/>
+      <c r="V111" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W111" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X111" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="Y111" s="4" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="112" spans="1:25">
+      <c r="A112" s="7" t="s">
+        <v>351</v>
+      </c>
+      <c r="B112" s="8"/>
+      <c r="C112" s="8"/>
+      <c r="D112" s="9">
         <v>1049165286</v>
       </c>
-      <c r="E111" s="8"/>
-[...19 lines deleted...]
-      <c r="Y111" s="8"/>
+      <c r="E112" s="8"/>
+      <c r="F112" s="8"/>
+      <c r="G112" s="8"/>
+      <c r="H112" s="8"/>
+      <c r="I112" s="8"/>
+      <c r="J112" s="8"/>
+      <c r="K112" s="8"/>
+      <c r="L112" s="8"/>
+      <c r="M112" s="8"/>
+      <c r="N112" s="8"/>
+      <c r="O112" s="8"/>
+      <c r="P112" s="8"/>
+      <c r="Q112" s="8"/>
+      <c r="R112" s="8"/>
+      <c r="S112" s="8"/>
+      <c r="T112" s="8"/>
+      <c r="U112" s="8"/>
+      <c r="V112" s="8"/>
+      <c r="W112" s="8"/>
+      <c r="X112" s="8"/>
+      <c r="Y112" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A111:C111"/>
-    <mergeCell ref="E111:Y111"/>
+    <mergeCell ref="A112:C112"/>
+    <mergeCell ref="E112:Y112"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>