--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -89,417 +89,417 @@
   <si>
     <t>Status Pra DIPA</t>
   </si>
   <si>
     <t>Status PDN</t>
   </si>
   <si>
     <t>Status UKM</t>
   </si>
   <si>
     <t>Alasan Non UKM</t>
   </si>
   <si>
     <t>Status Konsolidasi</t>
   </si>
   <si>
     <t>Volume Pekerjaan</t>
   </si>
   <si>
     <t>Uraian Pekerjaan</t>
   </si>
   <si>
     <t>Spesifikasi Pekerjaan</t>
   </si>
   <si>
-    <t>Belanja Modal Jalan Kabupaten</t>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor</t>
   </si>
   <si>
     <t>APBD</t>
   </si>
   <si>
     <t>Pengadaan Langsung</t>
   </si>
   <si>
+    <t>Barang</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
+    <t>07/01/2025 09:36:44</t>
+  </si>
+  <si>
+    <t>'198301172010011009</t>
+  </si>
+  <si>
+    <t>ABD. SALAM ST</t>
+  </si>
+  <si>
+    <t>Non-PraDIPA</t>
+  </si>
+  <si>
+    <t>PDN</t>
+  </si>
+  <si>
+    <t>UKM</t>
+  </si>
+  <si>
+    <t>Non-Konsolidasi</t>
+  </si>
+  <si>
+    <t>1 Paket</t>
+  </si>
+  <si>
+    <t>Karbon;</t>
+  </si>
+  <si>
+    <t>Pembulatan;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>Jilid; Photo Copy;</t>
+  </si>
+  <si>
+    <t>Cover Mika / Bufalo; Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat/Bahan untuk Kegiatan Kantor Lainnya</t>
+  </si>
+  <si>
+    <t>APBDP</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>28/04/2025</t>
+  </si>
+  <si>
+    <t>28/04/2025 09:37:13</t>
+  </si>
+  <si>
+    <t>Gorden Jendela;</t>
+  </si>
+  <si>
+    <t>vertical blind;</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat</t>
+  </si>
+  <si>
+    <t>E-Purchasing</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Air Mineral (Botol); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>Rapat Biasa; Tanggung 600 Ml; -; Rapat Biasa; -;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Pendingin</t>
+  </si>
+  <si>
+    <t>Ac Split; Ac Split;</t>
+  </si>
+  <si>
+    <t>1 pk; 2 pk;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Mebel</t>
+  </si>
+  <si>
+    <t>Meja Kerja; Kursi Kerja Pejabat Ess. Iv; Kursi Tunggu;</t>
+  </si>
+  <si>
+    <t>Ukuran P= 120 cm, L = 60 cm, T = 75 cm, material kayu, bagian atas meja dilapisi kaca; Kursi Kerja Pejabat Eselon Iv; Kursi 4 seat bahan besi;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>Materai;</t>
+  </si>
+  <si>
+    <t>10000;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Penyimpan Perlengkapan Kantor</t>
+  </si>
+  <si>
+    <t>Lemari Arsip Plat Besi;</t>
+  </si>
+  <si>
+    <t>3 Pintu; Bahan Besi;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Bangunan Gedung Tempat Pendidikan #DAU EARMARK (Kelurahan Kauman)</t>
+  </si>
+  <si>
     <t>Pekerjaan Konstruksi</t>
   </si>
   <si>
-    <t>01/01/2025</t>
-[...32 lines deleted...]
-    <t>1 Paket</t>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>24/06/2025</t>
+  </si>
+  <si>
+    <t>24/06/2025 08:51:26</t>
+  </si>
+  <si>
+    <t>1 M2 Pembuatan Jalan Paving Baru Tipe 2; Karbon</t>
+  </si>
+  <si>
+    <t>; Pembulatan;</t>
+  </si>
+  <si>
+    <t>07/01/2025 10:16:18</t>
+  </si>
+  <si>
+    <t>Buku Block Note; Karbon; Amplop Putih; Snelhekter Zipper; Ballpoint; Pensil; Penghapus Karet / Stip Karet; Karbon;</t>
+  </si>
+  <si>
+    <t>Isi 50 Lembar; Pembulatan; Uk 114x160mm; Uk. folio bahan plastik transparan; Tulis; Tulis; Orange/ Biru/ Kuning; Pembulatan;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover</t>
+  </si>
+  <si>
+    <t>Kertas HVS;</t>
+  </si>
+  <si>
+    <t>Folio/F4 70Gram;</t>
+  </si>
+  <si>
+    <t>Jilid Buku</t>
+  </si>
+  <si>
+    <t>15 Buku</t>
+  </si>
+  <si>
+    <t>Jilid Buku;</t>
+  </si>
+  <si>
+    <t>Hard Cover;</t>
+  </si>
+  <si>
+    <t>Photo Copy</t>
+  </si>
+  <si>
+    <t>1000 Lembar</t>
+  </si>
+  <si>
+    <t>Photo Copy;</t>
+  </si>
+  <si>
+    <t>Folio/hvs;</t>
+  </si>
+  <si>
+    <t>Paket Buah (Loyang); Air Mineral (Botol); Biaya Konsumsi (Makan); Susu; Biaya Konsumsi (Kudapan/Snack); Biaya Konsumsi (Makan); Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>Buah Import/Lokal; Tanggung 600 Ml; -; Cair / Uht; -; -; -;</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Perlengkapan Dinas</t>
+  </si>
+  <si>
+    <t>17/04/2025</t>
+  </si>
+  <si>
+    <t>17/04/2025 19:04:19</t>
+  </si>
+  <si>
+    <t>Tas Pelatihan; Tas Pelatihan;</t>
+  </si>
+  <si>
+    <t>Model Ransel; Model Ransel;</t>
+  </si>
+  <si>
+    <t>Belanja Pakaian Olahraga</t>
+  </si>
+  <si>
+    <t>Penutup Badan; Penutup Badan;</t>
+  </si>
+  <si>
+    <t>Kaos Olahraga Lengan Panjang dan Berkerah; Kaos Olahraga Lengan Panjang dan Berkerah;</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Penyelenggaraan Acara</t>
+  </si>
+  <si>
+    <t>Jasa Lainnya</t>
+  </si>
+  <si>
+    <t>15/07/2025</t>
+  </si>
+  <si>
+    <t>15/07/2025 09:46:42</t>
+  </si>
+  <si>
+    <t>Sewa Backdrop; Sewa karpet; Sewa Kursi;</t>
+  </si>
+  <si>
+    <t>Kain Penutup Samping Terop; Karpet untuk event; Lipat, Busa;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Audio Visual</t>
+  </si>
+  <si>
+    <t>Sewa Sound System;</t>
+  </si>
+  <si>
+    <t>Kecil; 1000 Watt;</t>
+  </si>
+  <si>
+    <t>Belanja Sewa Hotel</t>
+  </si>
+  <si>
+    <t>07/01/2025 10:16:36</t>
+  </si>
+  <si>
+    <t>Sewa kamar hotel;</t>
+  </si>
+  <si>
+    <t>setara Superior Room;</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis #DAUEARMARK (Belanja Modal Bangunan Gedung Tempat Pendidikan) Kelurahan Kauman</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi</t>
+  </si>
+  <si>
+    <t>25/06/2025</t>
+  </si>
+  <si>
+    <t>25/06/2025 12:25:03</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis</t>
+  </si>
+  <si>
+    <t>100.000.001 S/D 150.000.000</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis #DAUEARMARK (Belanja Modal Bangunan Gedung Tempat Pendidikan) Kelurahan Kauman</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis;</t>
+  </si>
+  <si>
+    <t>100.000.001 S/D 150.000.000;</t>
+  </si>
+  <si>
+    <t>Biaya Pengawasan Teknis (Belanja Modal Jalan Kabupaten) Kelurahan Kauman</t>
+  </si>
+  <si>
+    <t>150.000.001 S/D 200.000.000;</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis (Belanja Modal Jalan Kabupaten) Kelurahan Kauman</t>
+  </si>
+  <si>
+    <t>Biaya Perencanaan Teknis;</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat ( SILPA DAU EARMARK 2024 )</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>19/09/2025 22:33:06</t>
+  </si>
+  <si>
+    <t>Air Mineral (Botol), Biaya Konsumsi (Kudapan/Snack), Biaya Konsumsi (Makan), Paket Buah (Loyang), Susu</t>
+  </si>
+  <si>
+    <t>Tanggung 600 Ml, Rapat Biasa, Rapat Biasa, Buah Import/Lokal, Cair / Uht</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor ( SILPA DAU EARMARK 2024 )</t>
+  </si>
+  <si>
+    <t>Amplop Putih, Ballpoint, Buku Block Note , Karbon, Snelhekter Zipper</t>
+  </si>
+  <si>
+    <t>Uk 114x160mm, Tulis, Isi 50 Lembar, Pembulatan, Uk. folio bahan plastik transparan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak ( SILPA DAU EARMARK 2024 )</t>
+  </si>
+  <si>
+    <t>20/09/2025</t>
+  </si>
+  <si>
+    <t>20/09/2025 07:37:17</t>
+  </si>
+  <si>
+    <t>Photo Copy, Jilid Buku, Banner</t>
+  </si>
+  <si>
+    <t>Folio/hvs, Hard Cover, Bahan Vinyl 240 Gr</t>
+  </si>
+  <si>
+    <t>Belanja Modal Jalan Kabupaten (KELURAHAN KAUMAN)</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>27/11/2025 09:10:44</t>
   </si>
   <si>
     <t>Aspal 2 Lapis (hrs L Tebal 4 Cm + Acbc L Tebal 6 Cm);</t>
   </si>
   <si>
     <t>;</t>
-  </si>
-[...313 lines deleted...]
-    <t>Folio/hvs, Hard Cover, Bahan Vinyl 240 Gr</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -977,2109 +977,2109 @@
       </c>
       <c r="T1" s="2" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="2" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:25">
       <c r="A2" s="5">
         <v>1</v>
       </c>
       <c r="B2" s="5">
-        <v>54572512</v>
+        <v>54572514</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D2" s="6">
-        <v>152195600</v>
+        <v>164800</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L2" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N2" s="5" t="s">
         <v>32</v>
       </c>
       <c r="O2" s="5" t="s">
         <v>33</v>
       </c>
       <c r="P2" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q2" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R2" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S2" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T2" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U2" s="4"/>
       <c r="V2" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W2" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X2" s="4" t="s">
         <v>41</v>
       </c>
       <c r="Y2" s="4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="3" spans="1:25">
       <c r="A3" s="5">
         <v>2</v>
       </c>
       <c r="B3" s="5">
-        <v>54572514</v>
+        <v>54572515</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>43</v>
       </c>
       <c r="D3" s="6">
-        <v>164800</v>
+        <v>820400</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G3" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="H3" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="K3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L3" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="M3" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="M3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N3" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O3" s="5" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="P3" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R3" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S3" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T3" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U3" s="4"/>
       <c r="V3" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W3" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X3" s="4" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="Y3" s="4" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4" spans="1:25">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="5">
-        <v>54572515</v>
+        <v>54572516</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D4" s="6">
-        <v>820400</v>
+        <v>10539000</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K4" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="L4" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O4" s="5" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="P4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U4" s="4"/>
       <c r="V4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X4" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y4" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:25">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5">
-        <v>54572516</v>
+        <v>54572517</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D5" s="6">
-        <v>10539000</v>
+        <v>16575750</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="G5" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N5" s="5" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="O5" s="5" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R5" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S5" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T5" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U5" s="4"/>
       <c r="V5" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X5" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="Y5" s="4" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="6" spans="1:25">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5">
-        <v>54572517</v>
+        <v>54572518</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D6" s="6">
-        <v>16575750</v>
+        <v>27611300</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="G6" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="P6" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R6" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S6" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T6" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U6" s="4"/>
       <c r="V6" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W6" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X6" s="4" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="Y6" s="4" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:25">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
-        <v>54572518</v>
+        <v>54572519</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D7" s="6">
-        <v>27611300</v>
+        <v>54961900</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="G7" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="H7" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L7" s="5" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="N7" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O7" s="5" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R7" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S7" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T7" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U7" s="4"/>
       <c r="V7" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W7" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X7" s="4" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="Y7" s="4" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:25">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
-        <v>54572519</v>
+        <v>54572520</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="D8" s="6">
-        <v>54961900</v>
+        <v>576000</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="4" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="G8" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J8" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="H8" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K8" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L8" s="5" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="N8" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O8" s="5" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R8" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S8" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T8" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U8" s="4"/>
       <c r="V8" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W8" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X8" s="4" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="Y8" s="4" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:25">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
-        <v>54572520</v>
+        <v>54572521</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D9" s="6">
-        <v>576000</v>
+        <v>18750000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="K9" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L9" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="L9" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M9" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N9" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O9" s="5" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R9" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S9" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T9" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U9" s="4"/>
       <c r="V9" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W9" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X9" s="4" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="Y9" s="4" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>54572521</v>
+        <v>54572522</v>
       </c>
       <c r="C10" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" s="6">
+        <v>101410250</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L10" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N10" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="D10" s="6">
-[...31 lines deleted...]
-      </c>
       <c r="O10" s="5" t="s">
-        <v>47</v>
+        <v>77</v>
       </c>
       <c r="P10" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R10" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S10" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T10" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U10" s="4"/>
       <c r="V10" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W10" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X10" s="4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y10" s="4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>54572522</v>
+        <v>54583957</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>79</v>
+        <v>25</v>
       </c>
       <c r="D11" s="6">
-        <v>101410250</v>
+        <v>14763700</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L11" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N11" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="O11" s="5" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>82</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T11" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U11" s="4"/>
       <c r="V11" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W11" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X11" s="4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="Y11" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>54583957</v>
+        <v>54583961</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="D12" s="6">
-        <v>14763700</v>
+        <v>1021500</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="G12" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N12" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O12" s="5" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S12" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T12" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U12" s="4"/>
       <c r="V12" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W12" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X12" s="4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="Y12" s="4" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>54583961</v>
+        <v>54583962</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>88</v>
+        <v>66</v>
       </c>
       <c r="D13" s="6">
-        <v>1021500</v>
+        <v>604800</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N13" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S13" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T13" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U13" s="4"/>
       <c r="V13" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W13" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X13" s="4" t="s">
-        <v>89</v>
+        <v>68</v>
       </c>
       <c r="Y13" s="4" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>54583962</v>
+        <v>54583963</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="D14" s="6">
-        <v>604800</v>
+        <v>1165500</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G14" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N14" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O14" s="5" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="P14" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R14" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S14" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T14" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U14" s="4"/>
       <c r="V14" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W14" s="4" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="X14" s="4" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="Y14" s="4" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>54583963</v>
+        <v>54583964</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D15" s="6">
-        <v>1165500</v>
+        <v>400000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N15" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O15" s="5" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R15" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S15" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T15" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U15" s="4"/>
       <c r="V15" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W15" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="X15" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="X15" s="4" t="s">
+      <c r="Y15" s="4" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>54583964</v>
+        <v>54583965</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>95</v>
+        <v>55</v>
       </c>
       <c r="D16" s="6">
-        <v>400000</v>
+        <v>37572500</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="G16" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="P16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S16" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T16" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U16" s="4"/>
       <c r="V16" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W16" s="4" t="s">
-        <v>96</v>
+        <v>40</v>
       </c>
       <c r="X16" s="4" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="Y16" s="4" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>54583965</v>
+        <v>54583966</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>61</v>
+        <v>96</v>
       </c>
       <c r="D17" s="6">
-        <v>37572500</v>
+        <v>55003600</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N17" s="5" t="s">
-        <v>46</v>
+        <v>97</v>
       </c>
       <c r="O17" s="5" t="s">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S17" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T17" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U17" s="4"/>
       <c r="V17" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W17" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X17" s="4" t="s">
         <v>99</v>
       </c>
       <c r="Y17" s="4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>54583966</v>
+        <v>54583968</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="D18" s="6">
-        <v>55003600</v>
+        <v>48200000</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="F18" s="4" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="G18" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="O18" s="5" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S18" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T18" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U18" s="4"/>
       <c r="V18" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W18" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X18" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="Y18" s="4" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>54583968</v>
+        <v>54583969</v>
       </c>
       <c r="C19" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D19" s="6">
+        <v>33298000</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G19" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L19" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N19" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="D19" s="6">
-[...31 lines deleted...]
-      </c>
       <c r="O19" s="5" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P19" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S19" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T19" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U19" s="4"/>
       <c r="V19" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W19" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X19" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Y19" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>54583969</v>
+        <v>54583971</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D20" s="6">
-        <v>33298000</v>
+        <v>3558600</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G20" s="4" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N20" s="5" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="O20" s="5" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="P20" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U20" s="4"/>
       <c r="V20" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W20" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X20" s="4" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="Y20" s="4" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>54583971</v>
+        <v>54583972</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D21" s="6">
-        <v>3558600</v>
+        <v>21517300</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F21" s="4" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="G21" s="4" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N21" s="5" t="s">
-        <v>111</v>
+        <v>32</v>
       </c>
       <c r="O21" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U21" s="4"/>
       <c r="V21" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W21" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X21" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="Y21" s="4" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>54583972</v>
+        <v>59139056</v>
       </c>
       <c r="C22" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D22" s="6">
+        <v>9000000</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G22" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="D22" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="H22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>63</v>
+        <v>50</v>
       </c>
       <c r="L22" s="5" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="O22" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U22" s="4"/>
       <c r="V22" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W22" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X22" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Y22" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>59139056</v>
+        <v>59140193</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D23" s="6">
-        <v>9000000</v>
+        <v>7500000</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="L23" s="5" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N23" s="5" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="O23" s="5" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S23" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U23" s="4"/>
       <c r="V23" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W23" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X23" s="4" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="Y23" s="4" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>59140193</v>
+        <v>59140876</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D24" s="6">
-        <v>7500000</v>
+        <v>10000000</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G24" s="4" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>56</v>
+        <v>31</v>
       </c>
       <c r="L24" s="5" t="s">
-        <v>80</v>
+        <v>31</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="N24" s="5" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="O24" s="5" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S24" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T24" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U24" s="4"/>
       <c r="V24" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W24" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X24" s="4" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="Y24" s="4" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>59140876</v>
+        <v>59141435</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="D25" s="6">
-        <v>10000000</v>
+        <v>12000000</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G25" s="4" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>31</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N25" s="5" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R25" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S25" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U25" s="4"/>
       <c r="V25" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W25" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X25" s="4" t="s">
         <v>129</v>
       </c>
       <c r="Y25" s="4" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>59141435</v>
+        <v>60701384</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D26" s="6">
-        <v>12000000</v>
+        <v>11991500</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="F26" s="4" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="G26" s="4" t="s">
-        <v>123</v>
+        <v>28</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="L26" s="5" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="N26" s="5" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U26" s="4"/>
       <c r="V26" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W26" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X26" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y26" s="4" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>60701384</v>
+        <v>60713245</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>135</v>
       </c>
       <c r="D27" s="6">
-        <v>11991500</v>
+        <v>3302330</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="G27" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="L27" s="5" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="N27" s="5" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S27" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T27" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U27" s="4"/>
       <c r="V27" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W27" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X27" s="4" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="Y27" s="4" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>60713245</v>
+        <v>60728742</v>
       </c>
       <c r="C28" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D28" s="6">
+        <v>1421000</v>
+      </c>
+      <c r="E28" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="G28" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L28" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N28" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="O28" s="5" t="s">
         <v>140</v>
-      </c>
-[...34 lines deleted...]
-        <v>137</v>
       </c>
       <c r="P28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R28" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S28" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U28" s="4"/>
       <c r="V28" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W28" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X28" s="4" t="s">
         <v>141</v>
       </c>
       <c r="Y28" s="4" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>60728742</v>
+        <v>61792815</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>143</v>
       </c>
       <c r="D29" s="6">
-        <v>1421000</v>
+        <v>152195600</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>62</v>
+        <v>27</v>
       </c>
       <c r="G29" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J29" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="H29" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K29" s="5" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="L29" s="5" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="N29" s="5" t="s">
         <v>144</v>
       </c>
       <c r="O29" s="5" t="s">
         <v>145</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R29" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S29" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T29" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U29" s="4"/>
       <c r="V29" s="5" t="s">
         <v>39</v>