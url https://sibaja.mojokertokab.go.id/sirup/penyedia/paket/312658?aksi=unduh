--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -2279,51 +2279,51 @@
       </c>
       <c r="W19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="Y19" s="4" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
         <v>60480830</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="D20" s="6">
         <v>166519350</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>59</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>110</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>110</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>110</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>120</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>121</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>30</v>
       </c>