--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -330,50 +330,62 @@
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor Alat Tulis Kantor</t>
   </si>
   <si>
     <t>18/09/2025 10:41:02</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Benda Pos</t>
   </si>
   <si>
     <t>18/09/2025 10:45:42</t>
   </si>
   <si>
     <t>Materai; Materai; Materai; Materai;</t>
   </si>
   <si>
     <t>10000;</t>
   </si>
   <si>
     <t>18/09/2025 10:50:01</t>
   </si>
   <si>
     <t>Materai;</t>
   </si>
   <si>
     <t>18/09/2025 11:00:50</t>
+  </si>
+  <si>
+    <t>Belanja Perjalanan Dinas Paket Meeting Dalam Kota</t>
+  </si>
+  <si>
+    <t>15/10/2025</t>
+  </si>
+  <si>
+    <t>15/10/2025 18:06:15</t>
+  </si>
+  <si>
+    <t>Sesuai DPA PAPBD 2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -734,54 +746,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y25"/>
+  <dimension ref="A1:Y26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E25" sqref="E25:Y25"/>
+      <selection activeCell="E26" sqref="E26:Y26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="50.559" bestFit="true" customWidth="true" style="0"/>
@@ -2578,84 +2590,159 @@
       </c>
       <c r="R24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T24" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U24" s="4"/>
       <c r="V24" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W24" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X24" s="4" t="s">
         <v>104</v>
       </c>
       <c r="Y24" s="4" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:25">
-      <c r="A25" s="7" t="s">
+      <c r="A25" s="5">
+        <v>24</v>
+      </c>
+      <c r="B25" s="5">
+        <v>61161244</v>
+      </c>
+      <c r="C25" s="4" t="s">
         <v>106</v>
       </c>
-      <c r="B25" s="8"/>
-[...24 lines deleted...]
-      <c r="Y25" s="8"/>
+      <c r="D25" s="6">
+        <v>23925000</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G25" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L25" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N25" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="O25" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="P25" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q25" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R25" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S25" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T25" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U25" s="4"/>
+      <c r="V25" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W25" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X25" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="Y25" s="4" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="26" spans="1:25">
+      <c r="A26" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" s="8"/>
+      <c r="C26" s="8"/>
+      <c r="D26" s="9">
+        <v>528340980</v>
+      </c>
+      <c r="E26" s="8"/>
+      <c r="F26" s="8"/>
+      <c r="G26" s="8"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="8"/>
+      <c r="J26" s="8"/>
+      <c r="K26" s="8"/>
+      <c r="L26" s="8"/>
+      <c r="M26" s="8"/>
+      <c r="N26" s="8"/>
+      <c r="O26" s="8"/>
+      <c r="P26" s="8"/>
+      <c r="Q26" s="8"/>
+      <c r="R26" s="8"/>
+      <c r="S26" s="8"/>
+      <c r="T26" s="8"/>
+      <c r="U26" s="8"/>
+      <c r="V26" s="8"/>
+      <c r="W26" s="8"/>
+      <c r="X26" s="8"/>
+      <c r="Y26" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A25:C25"/>
-    <mergeCell ref="E25:Y25"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="E26:Y26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>