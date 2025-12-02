--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -221,207 +221,216 @@
   <si>
     <t>Belanja Makanan dan Minuman Rapat Subkeg Pelayanan Kesehatan Gizi Masyarakat BOK UPTD Puskesmas Jatirejo</t>
   </si>
   <si>
     <t>06/05/2025</t>
   </si>
   <si>
     <t>06/05/2025 05:39:11</t>
   </si>
   <si>
     <t>Belanja makmin</t>
   </si>
   <si>
     <t>Sesuai dpa</t>
   </si>
   <si>
     <t>Belanja Natura dan Pakan-Natura dan Pakan Lainnya Sub Keg. Gizi Masyarakat BOK UPTD Puskesmas Jatirejo</t>
   </si>
   <si>
     <t>belanja natura</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Rapat Sub Keg Pelayanan Kesehatan Ibu Hamil BOK UPTD Puskesmas Jatirejo</t>
   </si>
   <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Keg UKBM BOK UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>06/05/2025 05:39:28</t>
+  </si>
+  <si>
+    <t>BELANJA MAKMIN</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Bakar dan Pelumas BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>02/07/2025</t>
+  </si>
+  <si>
+    <t>02/07/2025 17:21:26</t>
+  </si>
+  <si>
+    <t>bbm</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Ambulance BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>02/07/2025 17:19:48</t>
+  </si>
+  <si>
+    <t>belanja pemeliharaan ambulance</t>
+  </si>
+  <si>
+    <t>Belanja Kawat/Faksimili/Internet/TV Berlangganan BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>12/08/2025 11:56:20</t>
+  </si>
+  <si>
+    <t>Belanja Kawat/Faksimili/Internet/TV Berlangganan</t>
+  </si>
+  <si>
+    <t>Belanja Obat-Obatan - Obat Lainnya BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>belanja bahan kimia padat dan cair</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor - Kertas dan Cover BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>12/08/2025 11:56:39</t>
+  </si>
+  <si>
+    <t>Belanja kertas</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor - Alat Tulis Kantor BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>Belanja atk</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor - Bahan Komputer BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>belanja tinta printer</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman pada Fasilitas Pelayanan Urusan Kesehatan BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>Belanja makmin pasien</t>
+  </si>
+  <si>
+    <t>Belanja Obat-Obatan - Obat BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>Belanja obat</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan AC BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>belanja pemeliharaan ac</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Printer BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>belanja pemeliharaan printer</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan PC BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>belanja pemeliharaan pc</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Pengelolaan Sampah BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>Non-UKM</t>
+  </si>
+  <si>
+    <t>Kompetensi tidak sesuai dengan usaha kecil</t>
+  </si>
+  <si>
+    <t>belanja Sampah Medis dan Non Medis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Kantor Lainnya BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>belanja personal komputer</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan PC (Printer) BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>15/08/2025</t>
+  </si>
+  <si>
+    <t>15/08/2025 13:47:46</t>
+  </si>
+  <si>
+    <t>Belanja printer</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Pendingin BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Pendingin</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Laboratoriun Umum BLUD UPT Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>16/08/2025</t>
+  </si>
+  <si>
+    <t>16/08/2025 16:59:34</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Laboratorium</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Kedokteran Umum BLUD UPTD Puskesmas Jatirejo</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Kedokteran Umum</t>
+  </si>
+  <si>
     <t>Belanja Makanan dan Minuman Rapat Sub Keg Pelayanan Kesehatan Penyakit Menular dan Tidak Menular BOK UPTD Puskesmas Jatirejo</t>
   </si>
   <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>18/11/2025 13:38:24</t>
+  </si>
+  <si>
     <t>Belanja Makanan dan Minuman Rapat Sub Keg Operasional Pelayanan Pkm BOK UPTD Puskesmas Jatirejo</t>
   </si>
   <si>
-    <t>Belanja Makanan dan Minuman Rapat Sub Keg UKBM BOK UPTD Puskesmas Jatirejo</t>
-[...149 lines deleted...]
-    <t>Belanja Modal Alat Kedokteran Umum</t>
+    <t>18/11/2025 13:36:43</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -782,54 +791,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y32"/>
+  <dimension ref="A1:Y33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E32" sqref="E32:Y32"/>
+      <selection activeCell="E33" sqref="E33:Y33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="50.559" bestFit="true" customWidth="true" style="0"/>
@@ -1574,1657 +1583,1732 @@
       <c r="S10" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T10" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U10" s="4"/>
       <c r="V10" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W10" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="Y10" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>59243027</v>
+        <v>59243030</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="D11" s="6">
-        <v>6900000</v>
+        <v>2300000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="5" t="s">
         <v>62</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S11" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U11" s="4"/>
       <c r="V11" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W11" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X11" s="4" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="Y11" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>59243028</v>
+        <v>59926517</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D12" s="6">
-        <v>18240000</v>
+        <v>11380000</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F12" s="4" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="5" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="O12" s="5" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S12" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T12" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U12" s="4"/>
       <c r="V12" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W12" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X12" s="4" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="Y12" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>59243030</v>
+        <v>59926933</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="D13" s="6">
-        <v>2300000</v>
+        <v>5000000</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="5" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S13" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T13" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U13" s="4"/>
       <c r="V13" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W13" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X13" s="4" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="Y13" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>59926517</v>
+        <v>60194226</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D14" s="6">
-        <v>11380000</v>
+        <v>23000000</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="4" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N14" s="5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="O14" s="5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="P14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S14" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T14" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U14" s="4"/>
       <c r="V14" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W14" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X14" s="4" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="Y14" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>59926933</v>
+        <v>60194356</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D15" s="6">
-        <v>5000000</v>
+        <v>242009980</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N15" s="5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="O15" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S15" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T15" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U15" s="4"/>
       <c r="V15" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W15" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X15" s="4" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="Y15" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>60194226</v>
+        <v>60194396</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D16" s="6">
-        <v>23000000</v>
+        <v>11720474</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G16" s="4" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="P16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S16" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T16" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U16" s="4"/>
       <c r="V16" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X16" s="4" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="Y16" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>60194356</v>
+        <v>60194411</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D17" s="6">
-        <v>242009980</v>
+        <v>20000000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O17" s="5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T17" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U17" s="4"/>
       <c r="V17" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W17" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X17" s="4" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="Y17" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>60194396</v>
+        <v>60194435</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D18" s="6">
-        <v>11720474</v>
+        <v>15000000</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O18" s="5" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R18" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T18" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U18" s="4"/>
       <c r="V18" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X18" s="4" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="Y18" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>60194411</v>
+        <v>60194496</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D19" s="6">
-        <v>20000000</v>
+        <v>48000000</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F19" s="4" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O19" s="5" t="s">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="P19" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T19" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U19" s="4"/>
       <c r="V19" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X19" s="4" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="Y19" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>60194435</v>
+        <v>60194639</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D20" s="6">
-        <v>15000000</v>
+        <v>303606578</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O20" s="5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="P20" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R20" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U20" s="4"/>
       <c r="V20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W20" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X20" s="4" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="Y20" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>60194496</v>
+        <v>60194668</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D21" s="6">
-        <v>48000000</v>
+        <v>7000000</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G21" s="4" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O21" s="5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R21" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U21" s="4"/>
       <c r="V21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W21" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X21" s="4" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Y21" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>60194639</v>
+        <v>60194684</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D22" s="6">
-        <v>303606578</v>
+        <v>5000000</v>
       </c>
       <c r="E22" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F22" s="4" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="G22" s="4" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O22" s="5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R22" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U22" s="4"/>
       <c r="V22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W22" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X22" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Y22" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>60194668</v>
+        <v>60194699</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D23" s="6">
         <v>7000000</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>43</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O23" s="5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S23" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T23" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U23" s="4"/>
       <c r="V23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W23" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X23" s="4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="Y23" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>60194684</v>
+        <v>60194735</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D24" s="6">
-        <v>5000000</v>
+        <v>20000000</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>43</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O24" s="5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T24" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="U24" s="4"/>
+        <v>103</v>
+      </c>
+      <c r="U24" s="4" t="s">
+        <v>104</v>
+      </c>
       <c r="V24" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W24" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X24" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="Y24" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>60194699</v>
+        <v>60194780</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D25" s="6">
-        <v>7000000</v>
+        <v>25000000</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="4" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G25" s="4" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="5" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R25" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S25" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T25" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U25" s="4"/>
       <c r="V25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X25" s="4" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="Y25" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>60194735</v>
+        <v>60301454</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D26" s="6">
-        <v>20000000</v>
+        <v>12000000</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="4" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G26" s="4" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N26" s="5" t="s">
-        <v>82</v>
+        <v>109</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>83</v>
+        <v>110</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R26" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T26" s="5" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="U26" s="4"/>
       <c r="V26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W26" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X26" s="4" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="Y26" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>60194780</v>
+        <v>60301485</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D27" s="6">
-        <v>25000000</v>
+        <v>10000000</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="5" t="s">
-        <v>82</v>
+        <v>109</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>83</v>
+        <v>110</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S27" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T27" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U27" s="4"/>
       <c r="V27" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W27" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X27" s="4" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="Y27" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>60301454</v>
+        <v>60306439</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D28" s="6">
-        <v>12000000</v>
+        <v>2500000</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L28" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="5" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="P28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R28" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S28" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T28" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U28" s="4"/>
       <c r="V28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W28" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X28" s="4" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="Y28" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>60301485</v>
+        <v>60306441</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D29" s="6">
-        <v>10000000</v>
+        <v>30000000</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="5" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="O29" s="5" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R29" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S29" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T29" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U29" s="4"/>
       <c r="V29" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W29" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X29" s="4" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Y29" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>60306439</v>
+        <v>61753299</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D30" s="6">
-        <v>2500000</v>
+        <v>6900000</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>53</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="5" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="O30" s="5" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R30" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T30" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U30" s="4"/>
       <c r="V30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W30" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X30" s="4" t="s">
-        <v>119</v>
+        <v>60</v>
       </c>
       <c r="Y30" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>60306441</v>
+        <v>61753511</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D31" s="6">
-        <v>30000000</v>
+        <v>11160000</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>53</v>
+        <v>27</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N31" s="5" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="O31" s="5" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R31" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S31" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T31" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U31" s="4"/>
       <c r="V31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X31" s="4" t="s">
-        <v>121</v>
+        <v>60</v>
       </c>
       <c r="Y31" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:25">
-      <c r="A32" s="7" t="s">
-[...4 lines deleted...]
-      <c r="D32" s="9">
+      <c r="A32" s="5">
+        <v>31</v>
+      </c>
+      <c r="B32" s="5">
+        <v>61753627</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="D32" s="6">
+        <v>7080000</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="G32" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L32" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N32" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="O32" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="P32" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q32" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R32" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S32" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T32" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U32" s="4"/>
+      <c r="V32" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W32" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X32" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="Y32" s="4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="33" spans="1:25">
+      <c r="A33" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="B33" s="8"/>
+      <c r="C33" s="8"/>
+      <c r="D33" s="9">
         <v>1308389032</v>
       </c>
-      <c r="E32" s="8"/>
-[...19 lines deleted...]
-      <c r="Y32" s="8"/>
+      <c r="E33" s="8"/>
+      <c r="F33" s="8"/>
+      <c r="G33" s="8"/>
+      <c r="H33" s="8"/>
+      <c r="I33" s="8"/>
+      <c r="J33" s="8"/>
+      <c r="K33" s="8"/>
+      <c r="L33" s="8"/>
+      <c r="M33" s="8"/>
+      <c r="N33" s="8"/>
+      <c r="O33" s="8"/>
+      <c r="P33" s="8"/>
+      <c r="Q33" s="8"/>
+      <c r="R33" s="8"/>
+      <c r="S33" s="8"/>
+      <c r="T33" s="8"/>
+      <c r="U33" s="8"/>
+      <c r="V33" s="8"/>
+      <c r="W33" s="8"/>
+      <c r="X33" s="8"/>
+      <c r="Y33" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A32:C32"/>
-    <mergeCell ref="E32:Y32"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="E33:Y33"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>