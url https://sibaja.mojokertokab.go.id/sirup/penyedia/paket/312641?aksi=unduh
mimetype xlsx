--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -461,144 +461,153 @@
   <si>
     <t>Belanja Pemeliharaan Alat laboratorium BLUD UPTD. Puskesmas Pungging</t>
   </si>
   <si>
     <t>Biaya service alat fotometer Biaya service alat DL Analisis</t>
   </si>
   <si>
     <t>Belanja Pemeliharaan Komputer-Komputer Unit-Personal Computer BLUD UPTD. Puskesmas Pungging</t>
   </si>
   <si>
     <t>(Biaya Service Notebook / laptop ) (Biaya Service Personal Computer (CPU)) (Biaya Service Monitor Computer ) (Biaya Service Printer )</t>
   </si>
   <si>
     <t>Belanja Pemeliharaan Jaringan Listrik-Jaringan Distribusi BLUD UPTD. Puskesmas Pungging</t>
   </si>
   <si>
     <t>pemeliharaan jaringan listrik perbaikan MCB terbakar</t>
   </si>
   <si>
     <t>Belanja modal alat pendingin BLUD UPTD. Puskesmas Pungging</t>
   </si>
   <si>
     <t>Ac standing 3 pk AC 1 PK Kipas angin Exhaustfan</t>
   </si>
   <si>
+    <t>Belanja suku cadang-suku cadang lainnya BLUD UPTD. Puskesmas Pungging</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 14:52:04</t>
+  </si>
+  <si>
+    <t>Belanja suku cadang-suku cadang lainnya BLUD UPTD. Puskesmas Pungging charger alat fogging</t>
+  </si>
+  <si>
+    <t>charger alat fogging</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Gedung- Bangunan Gedung Tempat Kerja-Bangunan Gedung Kantor BLUD UPTD. Puskesmas Pungging</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Gedung- Bangunan Gedung Tempat Kerja-Bangunan Gedung Kantor BLUD UPTD. Puskesmas Pungging pemeliharaan bangunan</t>
+  </si>
+  <si>
+    <t>pemeliharaan bangunan</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Instalasi-Instalasi Air Bersih/Air Baku-Instalasi Air Bersih/Air Baku Lainnya BLUD UPTD. Puskesmas Pungging</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Instalasi-Instalasi Air Bersih/Air Baku-Instalasi Air Bersih/Air Baku Lainnya BLUD UPTD. Puskesmas Pungging pemeliharaan jaringan air bersih</t>
+  </si>
+  <si>
+    <t>pemeliharaan jaringan air bersih</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Jaringan-Jaringan Telepon-Jaringan Telepon Lainnya BLUD UPTD. Puskesmas Pungging</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Jaringan-Jaringan Telepon-Jaringan Telepon Lainnya BLUD UPTD. Puskesmas Pungging perbaikan jaringan internet</t>
+  </si>
+  <si>
+    <t>perbaikan jaringan internet</t>
+  </si>
+  <si>
+    <t>Belanja Barang dan Jasa BOK Puskesmas-BOK Puskesmas Pungging-Pelayanan Kesehatan Gizi Masyarakat (Pakan Natura)</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>19/09/2025 11:59:57</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan Natura # BOK, Persiapan pemberian makanan tambahan berbasis pangan lokal bagi ibu hamil kek dan balita gizi kurang tingkat kab/kota dan puskesmas (-) Pelatihan tim pelaksana dalam penyiapan pemberian makanan tambahan berbasis pangan lokal bagi ibu hamil kek dan balita gizi kurang tingkat kab/kota dan puskesmas - Belanja Bahan Makanan untuk praktik PMT 1 paket x 1 hari x 2 kali # BOK, Penyediaan bahan makanan tambahan berbasis pangan lokal bagi ibu hamil kek dan balita gizi kurang (-) Belanja bahan, dan penyiapan PMT lokal Balita gizi kurang - Pemberian Makanan Tambahan (DAK NF Kesehatan), Spek : Lokal balita 106 orang x 56 hari x 1 kali # BOK, Penyediaan bahan makanan tambahan berbasis pangan lokal bagi ibu hamil kek dan balita gizi kurang (-) Belanja bahan, dan penyiapan PMT lokal Bumil KEK - Pemberian Makanan Tambahan (DAK NF Kesehatan), Spek : Lokal bumil 25 orang x 120 hari x 1 kali</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan Natura</t>
+  </si>
+  <si>
+    <t>Belanja Barang dan Jasa BOK Puskesmas-BOK Puskesmas Pungging-Pelayanan Kesehatan Penyakit Menular dan Tidak Menular (Makmin Rapat)</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat # BOK, Pemberdayaan masyarakat serta pembinaan kader kesehatan dalam penanggulangan permasalahan P2P dan Penyehatan Lingkungan (a) Pertemuan Pemberdayaan kader dalam melakukan pencegahan dan pengendalian penyakit menular di masyarakat - Makan 42 kotak x 1 kali x 1 tahun - Snack 42 kotak x 1 kali x 1 tahun (b) Pemberdayaan kader dalam rangka penyelenggaraan program imunisasi dan surveilans PD3I - Makan 37 kotak x 1 kali x 1 tahun - Snack 37 kotak x 1 kali x 1 tahun (c) Pertemuan Pemberdayaan kader masyarakat melalui pemicuan untuk implementasi seluruh pilar STBM - Makan 42 kotak x 1 kali x 1 tahun - Snack 42 kotak x 1 kali x 1 tahun (d) Pertemuan pemberdayaan kader masyarakat dalam melakukan deteksi dini penyakit tidak menular - Makan 36 kotak x 2 kali x 1 tahun - Snack 36 kotak x 2 kali x 1 tahun</t>
+  </si>
+  <si>
+    <t>Belanja Barang dan Jasa BOK Puskesmas-BOK Puskesmas Pungging- Operasional Pelayanan Puskesmas (Makmin)</t>
+  </si>
+  <si>
+    <t>19/09/2025 12:04:09</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat # BOK, Upaya penguatan perencana melalui Mini Lokakarya (-) Pelaksanaan lokakarya mini bulanan puskesmas - Snack 52 kotak x 10 bulan x 1 kali (-) Pelaksanaan lokakarya mini lintas sektor triwulanan - Makan 45 kotak x 4 kali x 1 tahun - Snack 45 kotak x 4 kali x 1 tahun</t>
+  </si>
+  <si>
+    <t>Belanja Barang dan Jasa BOK Puskesmas-BOK Puskesmas Pungging-Ibu Hamil (Makmin Rapat)</t>
+  </si>
+  <si>
+    <t>19/09/2025 12:08:33</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat # BOK, Pelaksanaan kelas ibu (-) Pelaksanaan kelas ibu hamil - Makan 14 kotak x 13 lokasi x 4 kali - Snack 14 kotak x 13 lokasi x 4 kali (-) Pelaksanaan kelas ibu balita - Makan 26 kotak x 1 hari x 13 lokasi x 6 kali - Snack 26 kotak x 1 hari x 13 lokasi x 6 kali</t>
+  </si>
+  <si>
     <t>Belanja modal alat rumah tangga lainnya BLUD UPTD. Puskesmas Pungging</t>
   </si>
   <si>
+    <t>24/10/2025</t>
+  </si>
+  <si>
+    <t>24/10/2025 07:50:18</t>
+  </si>
+  <si>
     <t>Gorden Stavol Setrika Magic com</t>
   </si>
   <si>
     <t>Belanja Modal Alat kedokteran umum BLUD UPTD. Puskesmas Pungging</t>
   </si>
   <si>
+    <t>24/10/2025 07:51:59</t>
+  </si>
+  <si>
     <t>Peakflowmeter Heacting set Regulator oksigen Besar Regulator oksigen Kecil tangga injak bed pasien THT Set</t>
-  </si>
-[...82 lines deleted...]
-    <t>Belanja Makanan dan Minuman Rapat # BOK, Pelaksanaan kelas ibu (-) Pelaksanaan kelas ibu hamil - Makan 14 kotak x 13 lokasi x 4 kali - Snack 14 kotak x 13 lokasi x 4 kali (-) Pelaksanaan kelas ibu balita - Makan 26 kotak x 1 hari x 13 lokasi x 6 kali - Snack 26 kotak x 1 hari x 13 lokasi x 6 kali</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4171,1098 +4180,1098 @@
       <c r="S42" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U42" s="4"/>
       <c r="V42" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W42" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X42" s="4" t="s">
         <v>148</v>
       </c>
       <c r="Y42" s="4" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>60661326</v>
+        <v>60663864</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>149</v>
       </c>
       <c r="D43" s="6">
-        <v>6360000</v>
+        <v>1500000</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="L43" s="5" t="s">
-        <v>30</v>
+        <v>151</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N43" s="5" t="s">
         <v>96</v>
       </c>
       <c r="O43" s="5" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U43" s="4"/>
       <c r="V43" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W43" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X43" s="4" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="Y43" s="4" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>60661457</v>
+        <v>60664096</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D44" s="6">
-        <v>5100000</v>
+        <v>9900000</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G44" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>29</v>
+        <v>150</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>30</v>
+        <v>150</v>
       </c>
       <c r="L44" s="5" t="s">
-        <v>30</v>
+        <v>151</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N44" s="5" t="s">
         <v>96</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>139</v>
+        <v>152</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U44" s="4"/>
       <c r="V44" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W44" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X44" s="4" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="Y44" s="4" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>60663864</v>
+        <v>60664239</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D45" s="6">
-        <v>1500000</v>
+        <v>22001111</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G45" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="L45" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N45" s="5" t="s">
         <v>96</v>
       </c>
       <c r="O45" s="5" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S45" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T45" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U45" s="4"/>
       <c r="V45" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W45" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X45" s="4" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="Y45" s="4" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>60664096</v>
+        <v>60664321</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D46" s="6">
-        <v>9900000</v>
+        <v>800000</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>58</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="L46" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N46" s="5" t="s">
         <v>96</v>
       </c>
       <c r="O46" s="5" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="P46" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W46" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X46" s="4" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="Y46" s="4" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>60664239</v>
+        <v>60721210</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D47" s="6">
-        <v>22001111</v>
+        <v>70011200</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>26</v>
+        <v>77</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G47" s="4" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>154</v>
+        <v>30</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>154</v>
+        <v>30</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>154</v>
+        <v>30</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>154</v>
+        <v>30</v>
       </c>
       <c r="L47" s="5" t="s">
-        <v>155</v>
+        <v>30</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N47" s="5" t="s">
-        <v>96</v>
+        <v>165</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W47" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X47" s="4" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="Y47" s="4" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>60664321</v>
+        <v>60721289</v>
       </c>
       <c r="C48" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="D48" s="6">
+        <v>112928000</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F48" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="G48" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K48" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L48" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N48" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="D48" s="6">
-[...31 lines deleted...]
-      </c>
       <c r="O48" s="5" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="P48" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S48" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T48" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U48" s="4"/>
       <c r="V48" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W48" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X48" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="Y48" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>60721210</v>
+        <v>60721392</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D49" s="6">
-        <v>70011200</v>
+        <v>6050000</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N49" s="5" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="O49" s="5" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S49" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T49" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U49" s="4"/>
       <c r="V49" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W49" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X49" s="4" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="Y49" s="4" t="s">
-        <v>172</v>
+        <v>84</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>60721289</v>
+        <v>60721402</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D50" s="6">
-        <v>112928000</v>
+        <v>3600000</v>
       </c>
       <c r="E50" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N50" s="5" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="O50" s="5" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="P50" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S50" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T50" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U50" s="4"/>
       <c r="V50" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W50" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X50" s="4" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="Y50" s="4" t="s">
-        <v>172</v>
+        <v>84</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>60721392</v>
+        <v>60721443</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D51" s="6">
-        <v>6050000</v>
+        <v>14140000</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N51" s="5" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="O51" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="P51" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R51" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S51" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U51" s="4"/>
       <c r="V51" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W51" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X51" s="4" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="Y51" s="4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>60721402</v>
+        <v>60721467</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D52" s="6">
-        <v>3600000</v>
+        <v>5260000</v>
       </c>
       <c r="E52" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N52" s="5" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="O52" s="5" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="P52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R52" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S52" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T52" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U52" s="4"/>
       <c r="V52" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W52" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X52" s="4" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="Y52" s="4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>60721443</v>
+        <v>60721498</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D53" s="6">
-        <v>14140000</v>
+        <v>42900000</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N53" s="5" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="O53" s="5" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="P53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R53" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S53" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T53" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U53" s="4"/>
       <c r="V53" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W53" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X53" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="Y53" s="4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>60721467</v>
+        <v>60721513</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D54" s="6">
-        <v>5260000</v>
+        <v>94900000</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>77</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="O54" s="5" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="P54" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R54" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S54" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T54" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U54" s="4"/>
       <c r="V54" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W54" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X54" s="4" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="Y54" s="4" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>60721498</v>
+        <v>61313407</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D55" s="6">
-        <v>42900000</v>
+        <v>2926000</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N55" s="5" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="O55" s="5" t="s">
         <v>179</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R55" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S55" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T55" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U55" s="4"/>
       <c r="V55" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W55" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X55" s="4" t="s">
         <v>180</v>
       </c>
       <c r="Y55" s="4" t="s">
-        <v>84</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>60721513</v>
+        <v>61313428</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D56" s="6">
-        <v>94900000</v>
+        <v>8534000</v>
       </c>
       <c r="E56" s="4" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="F56" s="4" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N56" s="5" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="P56" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S56" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T56" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U56" s="4"/>
       <c r="V56" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W56" s="4" t="s">
         <v>40</v>
       </c>
       <c r="X56" s="4" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="Y56" s="4" t="s">
-        <v>84</v>
+        <v>183</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57" s="7" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B57" s="8"/>
       <c r="C57" s="8"/>
       <c r="D57" s="9">
         <v>1147943826</v>
       </c>
       <c r="E57" s="8"/>
       <c r="F57" s="8"/>
       <c r="G57" s="8"/>
       <c r="H57" s="8"/>
       <c r="I57" s="8"/>
       <c r="J57" s="8"/>
       <c r="K57" s="8"/>
       <c r="L57" s="8"/>
       <c r="M57" s="8"/>
       <c r="N57" s="8"/>
       <c r="O57" s="8"/>
       <c r="P57" s="8"/>
       <c r="Q57" s="8"/>
       <c r="R57" s="8"/>
       <c r="S57" s="8"/>
       <c r="T57" s="8"/>
       <c r="U57" s="8"/>
       <c r="V57" s="8"/>
       <c r="W57" s="8"/>