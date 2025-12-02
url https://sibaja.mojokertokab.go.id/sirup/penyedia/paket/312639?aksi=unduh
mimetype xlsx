--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -593,120 +593,126 @@
   <si>
     <t>Belanja Jasa Pengolahan Sampah</t>
   </si>
   <si>
     <t>11/09/2025 10:49:12</t>
   </si>
   <si>
     <t>Belaja jasa pembuangan sampah medis dan non medis</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Supir</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>17/09/2025</t>
   </si>
   <si>
     <t>17/09/2025 09:42:42</t>
   </si>
   <si>
     <t>3 Bulan</t>
   </si>
   <si>
-    <t>PEMELIHARAAN GEDUNG ( PEMELIHARAAN ATAP BOCOR, TALANG DAN LANTAI)</t>
-[...4 lines deleted...]
-  <si>
     <t>BOK - Pelaksanaan kelas ibu hamil dan ibu balita</t>
   </si>
   <si>
     <t>19/09/2025</t>
   </si>
   <si>
     <t>19/09/2025 10:21:57</t>
   </si>
   <si>
     <t>BOK - Pelaksanaan kelas ibu hamil dan ibu balita ( makan dan minum)</t>
   </si>
   <si>
     <t>PAKET MAKAN MINUM</t>
   </si>
   <si>
     <t>BOK - Pelaksanaan penyuluhan dan pelayanan kesehatan reproduksi, KB, praktik P2GP dan pencegahan kekerasan pada perempuan, anak dan kesehatan penyandang disabilitas</t>
   </si>
   <si>
     <t>19/09/2025 10:20:34</t>
   </si>
   <si>
     <t>BOK - Pelaksanaan penyuluhan dan pelayanan kesehatan reproduksi, KB, praktik P2GP dan pencegahan kekerasan pada perempuan, anak dan kesehatan penyandang disabilitas (Makan dan Minum)</t>
   </si>
   <si>
     <t>BOK - Pemberdayaan kader dalam rangka pencegahan penyakit menular dan tidak menular</t>
   </si>
   <si>
     <t>BOK - Pemberdayaan kader dalam rangka pencegahan penyakit menular dan tidak menular( Makan Minum)</t>
   </si>
   <si>
     <t>BOK - Pelaksanaan lokakarya mini lintas sektor triwulan</t>
   </si>
   <si>
     <t>BOK - Pelaksanaan lokakarya mini lintas sektor triwulan ( Makan dan Minum )</t>
   </si>
   <si>
     <t>BOK - Pelaksanaan lokakarya mini bulanan puskesmas</t>
   </si>
   <si>
     <t>BOK - Pelaksanaan lokakarya mini bulanan puskesmas ( Makan dan minum )</t>
   </si>
   <si>
     <t>20/09/2025</t>
   </si>
   <si>
     <t>20/09/2025 19:56:50</t>
   </si>
   <si>
+    <t>PEMELIHARAAN GEDUNG ( PEMELIHARAAN PLAFON, ATAP BOCOR, TALANG DAN INSTALASI SANITASI AIR HUJAN)</t>
+  </si>
+  <si>
+    <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>04/11/2025 08:30:41</t>
+  </si>
+  <si>
     <t>Belanja Jasa Konsultasi Pengawasan Rekayasa -Jasa Pengawas Pekerjaan Konstruksi Bangunan Gedung</t>
   </si>
   <si>
-    <t>02/10/2025</t>
-[...5 lines deleted...]
-    <t>Belanja Jasa Konsultasi Pengawasan pembangunan TPS B3</t>
+    <t>20/11/2025</t>
+  </si>
+  <si>
+    <t>20/11/2025 11:55:34</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultasi Pengawasan pembangunan TPS B3 dan Pemeliharaan Gedung</t>
   </si>
   <si>
     <t>Belanja Jasa Konsultasi Perencanaan Rekayasa -Jasa Desain Rekayasa Untuk Konstruksi Pondasi serta struktur Bangunan</t>
   </si>
   <si>
-    <t>Belanja Jasa Konsultasi Perencanaan pembangunan TPS B3</t>
+    <t>20/11/2025 11:55:20</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Konsultasi Perencanaan pembangunan TPS B3 dan pemeliharaan gedung</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4940,1028 +4946,1028 @@
       <c r="S51" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T51" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U51" s="4"/>
       <c r="V51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W51" s="4" t="s">
         <v>192</v>
       </c>
       <c r="X51" s="4" t="s">
         <v>188</v>
       </c>
       <c r="Y51" s="4" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>60676101</v>
+        <v>60716459</v>
       </c>
       <c r="C52" s="4" t="s">
         <v>193</v>
       </c>
       <c r="D52" s="6">
-        <v>17200000</v>
+        <v>11250000</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="F52" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G52" s="4" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N52" s="5" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="O52" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P52" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R52" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S52" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T52" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U52" s="4"/>
       <c r="V52" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W52" s="4" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="X52" s="4" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="Y52" s="4" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>60716459</v>
+        <v>60716577</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D53" s="6">
-        <v>11250000</v>
+        <v>54750000</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F53" s="4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>49</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L53" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N53" s="5" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O53" s="5" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P53" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R53" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S53" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T53" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U53" s="4"/>
       <c r="V53" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W53" s="4" t="s">
         <v>81</v>
       </c>
       <c r="X53" s="4" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="Y53" s="4" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>60716577</v>
+        <v>60716797</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D54" s="6">
-        <v>54750000</v>
+        <v>21600000</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G54" s="4" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O54" s="5" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="P54" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R54" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S54" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T54" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U54" s="4"/>
       <c r="V54" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W54" s="4" t="s">
         <v>81</v>
       </c>
       <c r="X54" s="4" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="Y54" s="4" t="s">
-        <v>199</v>
+        <v>83</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>60716797</v>
+        <v>60717555</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D55" s="6">
-        <v>21600000</v>
+        <v>10000000</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G55" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N55" s="5" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O55" s="5" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S55" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T55" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U55" s="4"/>
       <c r="V55" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W55" s="4" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="X55" s="4" t="s">
         <v>202</v>
       </c>
       <c r="Y55" s="4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>60717555</v>
+        <v>60717578</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D56" s="6">
         <v>10000000</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F56" s="4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G56" s="4" t="s">
         <v>49</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N56" s="5" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P56" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T56" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U56" s="4"/>
       <c r="V56" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W56" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X56" s="4" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="Y56" s="4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="57" spans="1:25">
       <c r="A57" s="5">
         <v>56</v>
       </c>
       <c r="B57" s="5">
-        <v>60717578</v>
+        <v>60717703</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>203</v>
       </c>
       <c r="D57" s="6">
-        <v>10000000</v>
+        <v>8300000</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F57" s="4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>49</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L57" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N57" s="5" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O57" s="5" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P57" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q57" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R57" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S57" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T57" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U57" s="4"/>
       <c r="V57" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W57" s="4" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="X57" s="4" t="s">
         <v>204</v>
       </c>
       <c r="Y57" s="4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="58" spans="1:25">
       <c r="A58" s="5">
         <v>57</v>
       </c>
       <c r="B58" s="5">
-        <v>60717703</v>
+        <v>60717777</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D58" s="6">
-        <v>8300000</v>
+        <v>4900000</v>
       </c>
       <c r="E58" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F58" s="4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G58" s="4" t="s">
         <v>49</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K58" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L58" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M58" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N58" s="5" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O58" s="5" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P58" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q58" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R58" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S58" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T58" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U58" s="4"/>
       <c r="V58" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W58" s="4" t="s">
         <v>81</v>
       </c>
       <c r="X58" s="4" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="Y58" s="4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="59" spans="1:25">
       <c r="A59" s="5">
         <v>58</v>
       </c>
       <c r="B59" s="5">
-        <v>60717777</v>
+        <v>60717832</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>205</v>
       </c>
       <c r="D59" s="6">
-        <v>4900000</v>
+        <v>7360000</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F59" s="4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>49</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L59" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N59" s="5" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O59" s="5" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P59" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q59" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R59" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S59" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T59" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U59" s="4"/>
       <c r="V59" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W59" s="4" t="s">
         <v>81</v>
       </c>
       <c r="X59" s="4" t="s">
         <v>206</v>
       </c>
       <c r="Y59" s="4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="60" spans="1:25">
       <c r="A60" s="5">
         <v>59</v>
       </c>
       <c r="B60" s="5">
-        <v>60717832</v>
+        <v>60718120</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D60" s="6">
-        <v>7360000</v>
+        <v>4160000</v>
       </c>
       <c r="E60" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F60" s="4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G60" s="4" t="s">
         <v>49</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N60" s="5" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="O60" s="5" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P60" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q60" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R60" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S60" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T60" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U60" s="4"/>
       <c r="V60" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W60" s="4" t="s">
         <v>81</v>
       </c>
       <c r="X60" s="4" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="Y60" s="4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="61" spans="1:25">
       <c r="A61" s="5">
         <v>60</v>
       </c>
       <c r="B61" s="5">
-        <v>60718120</v>
+        <v>60732779</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="D61" s="6">
-        <v>4160000</v>
+        <v>5466000</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>78</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G61" s="4" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="H61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L61" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N61" s="5" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="O61" s="5" t="s">
-        <v>197</v>
+        <v>208</v>
       </c>
       <c r="P61" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q61" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R61" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S61" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T61" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U61" s="4"/>
       <c r="V61" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W61" s="4" t="s">
         <v>81</v>
       </c>
       <c r="X61" s="4" t="s">
-        <v>208</v>
+        <v>200</v>
       </c>
       <c r="Y61" s="4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="62" spans="1:25">
       <c r="A62" s="5">
         <v>61</v>
       </c>
       <c r="B62" s="5">
-        <v>60732779</v>
+        <v>61501302</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="D62" s="6">
-        <v>5466000</v>
+        <v>25000000</v>
       </c>
       <c r="E62" s="4" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="F62" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G62" s="4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L62" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N62" s="5" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="O62" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P62" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q62" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R62" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S62" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T62" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U62" s="4"/>
       <c r="V62" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W62" s="4" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="X62" s="4" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="Y62" s="4" t="s">
-        <v>83</v>
+        <v>209</v>
       </c>
     </row>
     <row r="63" spans="1:25">
       <c r="A63" s="5">
         <v>62</v>
       </c>
       <c r="B63" s="5">
-        <v>60931921</v>
+        <v>61786176</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D63" s="6">
         <v>2500000</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F63" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>49</v>
       </c>
       <c r="H63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L63" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N63" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="O63" s="5" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="P63" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q63" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R63" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S63" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T63" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U63" s="4"/>
       <c r="V63" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W63" s="4" t="s">
         <v>60</v>
       </c>
       <c r="X63" s="4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="Y63" s="4" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="64" spans="1:25">
       <c r="A64" s="5">
         <v>63</v>
       </c>
       <c r="B64" s="5">
-        <v>60931976</v>
+        <v>61786227</v>
       </c>
       <c r="C64" s="4" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D64" s="6">
         <v>3000000</v>
       </c>
       <c r="E64" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F64" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G64" s="4" t="s">
         <v>49</v>
       </c>
       <c r="H64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L64" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N64" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="O64" s="5" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="P64" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R64" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S64" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T64" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U64" s="4"/>
       <c r="V64" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W64" s="4" t="s">
         <v>60</v>
       </c>
       <c r="X64" s="4" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="Y64" s="4" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="65" spans="1:25">
       <c r="A65" s="7" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B65" s="8"/>
       <c r="C65" s="8"/>
       <c r="D65" s="9">
-        <v>1060607862</v>
+        <v>1068407862</v>
       </c>
       <c r="E65" s="8"/>
       <c r="F65" s="8"/>
       <c r="G65" s="8"/>
       <c r="H65" s="8"/>
       <c r="I65" s="8"/>
       <c r="J65" s="8"/>
       <c r="K65" s="8"/>
       <c r="L65" s="8"/>
       <c r="M65" s="8"/>
       <c r="N65" s="8"/>
       <c r="O65" s="8"/>
       <c r="P65" s="8"/>
       <c r="Q65" s="8"/>
       <c r="R65" s="8"/>
       <c r="S65" s="8"/>
       <c r="T65" s="8"/>
       <c r="U65" s="8"/>
       <c r="V65" s="8"/>
       <c r="W65" s="8"/>
       <c r="X65" s="8"/>
       <c r="Y65" s="8"/>
     </row>
   </sheetData>
   <mergeCells>