--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -110,212 +110,224 @@
   <si>
     <t>Spesifikasi Pekerjaan</t>
   </si>
   <si>
     <t>Belanja Bahan-Bahan Kimia - BLUD Puskesmas Jetis</t>
   </si>
   <si>
     <t>BLUD</t>
   </si>
   <si>
     <t>E-Purchasing</t>
   </si>
   <si>
     <t>Barang</t>
   </si>
   <si>
     <t>01/04/2025</t>
   </si>
   <si>
     <t>01/12/2025</t>
   </si>
   <si>
     <t>11/09/2025</t>
   </si>
   <si>
+    <t>10/11/2025 12:37:31</t>
+  </si>
+  <si>
+    <t>'197902052009012008</t>
+  </si>
+  <si>
+    <t>dr. Nurcahyati Akbar Kusuma Wardani</t>
+  </si>
+  <si>
+    <t>Non-PraDIPA</t>
+  </si>
+  <si>
+    <t>PDN</t>
+  </si>
+  <si>
+    <t>UKM</t>
+  </si>
+  <si>
+    <t>Non-Konsolidasi</t>
+  </si>
+  <si>
+    <t>1 Tahun</t>
+  </si>
+  <si>
+    <t>Belanja bahan kimia</t>
+  </si>
+  <si>
+    <t>Bahan kimia cair maupun padat</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Alat Tulis Kantor- BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>11/09/2025 09:13:50</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Alat Tulis Kantor</t>
+  </si>
+  <si>
+    <t>Belanja bulpoin, paper clip, buku tulis, isi staples, folio, odner</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>300 rim</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Kertas dan Cover</t>
+  </si>
+  <si>
+    <t>Kertas HVS F4 70 gram</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Perabot Kantor - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>Pengadaan Langsung</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Perabot Kantor</t>
+  </si>
+  <si>
+    <t>Berupa tisu, cairan pencuci tangan, detergen, pembersih lantai, kapur barus, pembersih kamar mandi</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Listrik - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>30/09/2025 11:57:22</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Listrik</t>
+  </si>
+  <si>
+    <t>Lampu LED, Stop kontak</t>
+  </si>
+  <si>
+    <t>Belanja Obat-Obatan-Obat - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>15/11/2025</t>
+  </si>
+  <si>
+    <t>15/11/2025 12:13:56</t>
+  </si>
+  <si>
+    <t>Belanja Obat-Obatan-Obat</t>
+  </si>
+  <si>
+    <t>Belanja Obat-Obatan-Obat puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan-Natura - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan-Natura</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan-Natura selama 1 tahun</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Pada Fasilitas Pelayanan Urusan Kesehatan - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Pada Fasilitas Pelayanan Urusan Kesehatan</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Pada Fasilitas Pelayanan Urusan Kesehatan selama 1 tahun</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Bahan Cetak berupa fotokopi, cetak resep, dan cetak hasil pemeriksaan lab</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Benda Pos - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>13/04/2025</t>
+  </si>
+  <si>
+    <t>13/04/2025 16:45:46</t>
+  </si>
+  <si>
+    <t>100 Buah</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Benda Pos</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Benda Pos - Belanja materai</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Darat Bermotor-Kendaraan Bermotor Khusus - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>Jasa Lainnya</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Darat Bermotor-Kendaraan Bermotor Khusus</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Darat Bermotor-Kendaraan Bermotor Khusus- operasional dalam lingkungan</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Rumah Tangga-Alat Pendingin- BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
+    <t>25/10/2025</t>
+  </si>
+  <si>
+    <t>25/10/2025 10:01:42</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Rumah Tangga-Alat Pendingin</t>
+  </si>
+  <si>
+    <t>Pemeliharaan Sarana Kantor Spek = Ac Slpiit</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Komputer-Peralatan Komputer-Peralatan Personal Computer - BLUD Puskesmas Jetis</t>
+  </si>
+  <si>
     <t>11/09/2025 09:15:06</t>
   </si>
   <si>
-    <t>'197902052009012008</t>
-[...157 lines deleted...]
-  <si>
     <t>Belanja Pemeliharaan Komputer-Peralatan Komputer-Peralatan Personal Computer</t>
   </si>
   <si>
     <t>Pemeliharaan Sarana Kantor Spek = Personal Computer/Notebook</t>
   </si>
   <si>
     <t>Belanja Pemeliharaan Komputer-Peralatan Komputer-Peralatan Komputer Lainnya - BLUD Puskesmas Jetis</t>
   </si>
   <si>
     <t>Belanja Pemeliharaan Komputer-Peralatan Komputer-Peralatan Komputer Lainnya</t>
   </si>
   <si>
     <t>Pemeliharaan Sarana Kantor Spek = Printer</t>
   </si>
   <si>
     <t>Belanja Modal Meubelair - BLUD Puksesmas Jetis</t>
   </si>
   <si>
     <t>11/09/2025 08:15:12</t>
   </si>
   <si>
     <t>Belanja Modal Meubelair</t>
   </si>
   <si>
     <t>Kursi rapat dan kursi rapat pimpinan</t>
@@ -480,50 +492,56 @@
     <t>Belanja Makmin Pelaksanaan Kelas ibu balita BOK PKM JETIS PL</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Jamuan Tamu - BLUD Puskesmas Jetis (PL)</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Jamuan Tamu</t>
   </si>
   <si>
     <t>Belanja Makanan dan Minuman Jamuan Tamu berupa makan minum dan belanja snack</t>
   </si>
   <si>
     <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Komputer</t>
   </si>
   <si>
     <t>BELANJA MAKMIN KEGIATAN Pemberdayaan kader dalam rangka pencegahan dan pengendalian penyakit menular BOK PKM JETIS PL</t>
   </si>
   <si>
     <t>Belanja bahan, dan penyiapan PMT lokal Bumil KEK BOK PKM JETIS V6</t>
   </si>
   <si>
     <t>1208 PAKET</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-bahan Lainnya</t>
+  </si>
+  <si>
+    <t>Belanja BMHP</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -884,54 +902,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y41"/>
+  <dimension ref="A1:Y42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E41" sqref="E41:Y41"/>
+      <selection activeCell="E42" sqref="E42:Y42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="244.083" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -1382,123 +1400,123 @@
       <c r="U6" s="4"/>
       <c r="V6" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X6" s="4" t="s">
         <v>57</v>
       </c>
       <c r="Y6" s="4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:25">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
         <v>55028783</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="D7" s="6">
-        <v>100000000</v>
+        <v>90000000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="5" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="O7" s="5" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S7" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T7" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U7" s="4"/>
       <c r="V7" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X7" s="4" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="Y7" s="4" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:25">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
         <v>55070786</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D8" s="6">
         <v>36000000</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>30</v>
       </c>
@@ -1515,140 +1533,140 @@
         <v>56</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S8" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T8" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U8" s="4"/>
       <c r="V8" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W8" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X8" s="4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="Y8" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:25">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
         <v>55072295</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D9" s="6">
-        <v>5000000</v>
+        <v>2250000</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="5" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="O9" s="5" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S9" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T9" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U9" s="4"/>
       <c r="V9" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W9" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X9" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="Y9" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
         <v>55073471</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D10" s="6">
         <v>6675000</v>
       </c>
       <c r="E10" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>30</v>
       </c>
@@ -1665,2341 +1683,2416 @@
         <v>56</v>
       </c>
       <c r="P10" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S10" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T10" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U10" s="4"/>
       <c r="V10" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W10" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X10" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="Y10" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
         <v>55075164</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D11" s="6">
         <v>1100000</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S11" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U11" s="4"/>
       <c r="V11" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W11" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="X11" s="4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="Y11" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
         <v>55076517</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D12" s="6">
-        <v>18000000</v>
+        <v>17000000</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G12" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="5" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="O12" s="5" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S12" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T12" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U12" s="4"/>
       <c r="V12" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W12" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X12" s="4" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="Y12" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
         <v>55077884</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D13" s="6">
-        <v>15000000</v>
+        <v>18400000</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="5" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S13" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T13" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U13" s="4"/>
       <c r="V13" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W13" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X13" s="4" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="Y13" s="4" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
         <v>55081303</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D14" s="6">
         <v>2000000</v>
       </c>
       <c r="E14" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G14" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O14" s="5" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
       <c r="P14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S14" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T14" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U14" s="4"/>
       <c r="V14" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W14" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X14" s="4" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="Y14" s="4" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
         <v>55081804</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D15" s="6">
         <v>3000000</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F15" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L15" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N15" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O15" s="5" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S15" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T15" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U15" s="4"/>
       <c r="V15" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W15" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X15" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="Y15" s="4" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
         <v>55083412</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D16" s="6">
         <v>45000000</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="P16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S16" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T16" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U16" s="4"/>
       <c r="V16" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X16" s="4" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="Y16" s="4" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
         <v>57791291</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D17" s="6">
         <v>1250000</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L17" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="N17" s="5" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="O17" s="5" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T17" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U17" s="4"/>
       <c r="V17" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W17" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X17" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="Y17" s="4" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
         <v>57791313</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D18" s="6">
         <v>750000</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L18" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="O18" s="5" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R18" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T18" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U18" s="4"/>
       <c r="V18" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W18" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X18" s="4" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Y18" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
         <v>57791322</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D19" s="6">
         <v>38528000</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="O19" s="5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P19" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T19" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U19" s="4"/>
       <c r="V19" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W19" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="X19" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y19" s="4" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
         <v>57791346</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D20" s="6">
         <v>50747200</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O20" s="5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P20" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R20" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U20" s="4"/>
       <c r="V20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W20" s="4" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="X20" s="4" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="Y20" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
         <v>57791442</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D21" s="6">
         <v>15400000</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="5" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="O21" s="5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R21" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U21" s="4"/>
       <c r="V21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W21" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X21" s="4" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Y21" s="4" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
         <v>57791464</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D22" s="6">
         <v>23100000</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F22" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="O22" s="5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R22" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U22" s="4"/>
       <c r="V22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W22" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X22" s="4" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Y22" s="4" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
         <v>57792791</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D23" s="6">
         <v>4500000</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O23" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S23" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T23" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U23" s="4"/>
       <c r="V23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W23" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X23" s="4" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="Y23" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
         <v>57793181</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D24" s="6">
         <v>1200000</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G24" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O24" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T24" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U24" s="4"/>
       <c r="V24" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W24" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X24" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Y24" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
         <v>57793200</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D25" s="6">
         <v>2400000</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G25" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R25" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S25" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T25" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U25" s="4"/>
       <c r="V25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W25" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X25" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Y25" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
         <v>57793221</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D26" s="6">
         <v>1200000</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G26" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N26" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R26" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T26" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U26" s="4"/>
       <c r="V26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W26" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X26" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Y26" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
         <v>57793238</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D27" s="6">
         <v>1600000</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="5" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S27" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T27" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U27" s="4"/>
       <c r="V27" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W27" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X27" s="4" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="Y27" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
         <v>57793289</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D28" s="6">
         <v>4500000</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G28" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L28" s="5" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="5" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="P28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R28" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S28" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T28" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U28" s="4"/>
       <c r="V28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W28" s="4" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="X28" s="4" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="Y28" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
         <v>57793352</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D29" s="6">
         <v>7000000</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G29" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="5" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="O29" s="5" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R29" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S29" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T29" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U29" s="4"/>
       <c r="V29" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W29" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X29" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Y29" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
         <v>57793447</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D30" s="6">
         <v>4000000</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G30" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="5" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="O30" s="5" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R30" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T30" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U30" s="4"/>
       <c r="V30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W30" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X30" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Y30" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
         <v>57793469</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D31" s="6">
         <v>56000</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N31" s="5" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="O31" s="5" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R31" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S31" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T31" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U31" s="4"/>
       <c r="V31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="4" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="X31" s="4" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="Y31" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
         <v>59285963</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D32" s="6">
         <v>6300000</v>
       </c>
       <c r="E32" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L32" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="P32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X32" s="4" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="Y32" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
         <v>59411528</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="D33" s="6">
         <v>1250000</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="5" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="O33" s="5" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X33" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="Y33" s="4" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
         <v>59411530</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D34" s="6">
         <v>750000</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="5" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="O34" s="5" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="P34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R34" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U34" s="4"/>
       <c r="V34" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W34" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X34" s="4" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Y34" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
         <v>59416334</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="D35" s="6">
         <v>15400000</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="5" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="O35" s="5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="4"/>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
         <v>59416352</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D36" s="6">
         <v>23100000</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L36" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="5" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T36" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="4"/>
       <c r="V36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W36" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X36" s="4" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Y36" s="4" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
         <v>60096665</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D37" s="6">
         <v>4800000</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F37" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="L37" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="N37" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O37" s="5" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W37" s="4">
         <v>1</v>
       </c>
       <c r="X37" s="4" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="Y37" s="4" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
         <v>60100942</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D38" s="6">
         <v>4985000</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L38" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="5" t="s">
         <v>55</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>56</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W38" s="4">
         <v>1</v>
       </c>
       <c r="X38" s="4" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="Y38" s="4" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
         <v>60582086</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D39" s="6">
         <v>1200000</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>51</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L39" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O39" s="5" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U39" s="4"/>
       <c r="V39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W39" s="4" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="X39" s="4" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Y39" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
         <v>60655967</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D40" s="6">
         <v>25972000</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U40" s="4"/>
       <c r="V40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W40" s="4" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="X40" s="4" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="Y40" s="4" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="41" spans="1:25">
-      <c r="A41" s="7" t="s">
-[...27 lines deleted...]
-      <c r="Y41" s="8"/>
+      <c r="A41" s="5">
+        <v>40</v>
+      </c>
+      <c r="B41" s="5">
+        <v>61619258</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="D41" s="6">
+        <v>5000000</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G41" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L41" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N41" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="O41" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="P41" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q41" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R41" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S41" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T41" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U41" s="4"/>
+      <c r="V41" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W41" s="4">
+        <v>1</v>
+      </c>
+      <c r="X41" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="Y41" s="4" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="42" spans="1:25">
+      <c r="A42" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="B42" s="8"/>
+      <c r="C42" s="8"/>
+      <c r="D42" s="9">
+        <v>528518200</v>
+      </c>
+      <c r="E42" s="8"/>
+      <c r="F42" s="8"/>
+      <c r="G42" s="8"/>
+      <c r="H42" s="8"/>
+      <c r="I42" s="8"/>
+      <c r="J42" s="8"/>
+      <c r="K42" s="8"/>
+      <c r="L42" s="8"/>
+      <c r="M42" s="8"/>
+      <c r="N42" s="8"/>
+      <c r="O42" s="8"/>
+      <c r="P42" s="8"/>
+      <c r="Q42" s="8"/>
+      <c r="R42" s="8"/>
+      <c r="S42" s="8"/>
+      <c r="T42" s="8"/>
+      <c r="U42" s="8"/>
+      <c r="V42" s="8"/>
+      <c r="W42" s="8"/>
+      <c r="X42" s="8"/>
+      <c r="Y42" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A41:C41"/>
-    <mergeCell ref="E41:Y41"/>
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="E42:Y42"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>