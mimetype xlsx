--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -375,50 +375,59 @@
     <t>18/04/2025 13:13:29</t>
   </si>
   <si>
     <t>pulsa untuk internet</t>
   </si>
   <si>
     <t>Puskesmas berlangganan/sewa per bulan atau pertahun atau pembelian pulsa</t>
   </si>
   <si>
     <t>BELANJA LANGGANAN SIMPUS BOK PKM KUPANG</t>
   </si>
   <si>
     <t>LANGGANAN SIMPUS</t>
   </si>
   <si>
     <t>BELANJA LANGGANAN SIMPUS</t>
   </si>
   <si>
     <t>BELANJA MAKMIN KEGIATAN Pelaksanaan lokakarya mini bulanan puskesmas BOK PKM KUPANG</t>
   </si>
   <si>
     <t>BELANJA MAKMIN KEGIATAN Pelaksanaan lokakarya mini lintas sektor triwulanan BOK PKM KUPANG</t>
   </si>
   <si>
     <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>BELANJA MAKMIN KEGIATAN Asesment Tingkat Keterampilan Kader Purwa/Madya/Utama oleh puskesmas BOK PKM KUPANG</t>
+  </si>
+  <si>
+    <t>19/11/2025 07:52:10</t>
+  </si>
+  <si>
+    <t>BELANJA MAKMIN KONSUMSI RAPAT</t>
   </si>
   <si>
     <t>BELANJA Penggandaan Form Penilaian BOK PKM KUPANG</t>
   </si>
   <si>
     <t>18/04/2025 13:21:23</t>
   </si>
   <si>
     <t>Penggandaan Form Penilaian</t>
   </si>
   <si>
     <t>BELANJA Penggandaan Form Penilaian</t>
   </si>
   <si>
     <t>01/10/2025</t>
   </si>
   <si>
     <t>Belanja Alat Tulis Kantor ( Fotocopy) BLUD Puskesmas Kupang th 2025</t>
   </si>
   <si>
     <t>21/08/2025</t>
   </si>
   <si>
     <t>21/08/2025 09:14:40</t>
   </si>
@@ -851,54 +860,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y50"/>
+  <dimension ref="A1:Y51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E50" sqref="E50:Y50"/>
+      <selection activeCell="E51" sqref="E51:Y51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="50.559" bestFit="true" customWidth="true" style="0"/>
@@ -3672,657 +3681,657 @@
       <c r="S37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W37" s="4" t="s">
         <v>86</v>
       </c>
       <c r="X37" s="4" t="s">
         <v>87</v>
       </c>
       <c r="Y37" s="4" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>57984731</v>
+        <v>57984639</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>121</v>
       </c>
       <c r="D38" s="6">
-        <v>1840000</v>
+        <v>4600000</v>
       </c>
       <c r="E38" s="4" t="s">
         <v>82</v>
       </c>
       <c r="F38" s="4" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L38" s="5" t="s">
-        <v>45</v>
+        <v>120</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>111</v>
+        <v>84</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>122</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W38" s="4" t="s">
         <v>86</v>
       </c>
       <c r="X38" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y38" s="4" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>59314727</v>
+        <v>57984731</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="D39" s="6">
-        <v>3000000</v>
+        <v>1840000</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>82</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L39" s="5" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N39" s="5" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="O39" s="5" t="s">
-        <v>85</v>
+        <v>125</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U39" s="4"/>
       <c r="V39" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W39" s="4" t="s">
         <v>86</v>
       </c>
       <c r="X39" s="4" t="s">
-        <v>87</v>
+        <v>126</v>
       </c>
       <c r="Y39" s="4" t="s">
-        <v>102</v>
+        <v>127</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>59315061</v>
+        <v>59314727</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D40" s="6">
-        <v>1250000</v>
+        <v>3000000</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>82</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>120</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L40" s="5" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="O40" s="5" t="s">
         <v>85</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U40" s="4"/>
       <c r="V40" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W40" s="4" t="s">
         <v>86</v>
       </c>
       <c r="X40" s="4" t="s">
         <v>87</v>
       </c>
       <c r="Y40" s="4" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>60337235</v>
+        <v>59315061</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="D41" s="6">
-        <v>5257616</v>
+        <v>1250000</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="F41" s="4" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>44</v>
+        <v>120</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="L41" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="O41" s="5" t="s">
-        <v>128</v>
+        <v>85</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S41" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T41" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U41" s="4"/>
       <c r="V41" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W41" s="4" t="s">
-        <v>46</v>
+        <v>86</v>
       </c>
       <c r="X41" s="4" t="s">
-        <v>126</v>
+        <v>87</v>
       </c>
       <c r="Y41" s="4" t="s">
-        <v>41</v>
+        <v>102</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>60349370</v>
+        <v>60337235</v>
       </c>
       <c r="C42" s="4" t="s">
         <v>129</v>
       </c>
       <c r="D42" s="6">
-        <v>9000000</v>
+        <v>5257616</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="G42" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="L42" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N42" s="5" t="s">
         <v>130</v>
       </c>
       <c r="O42" s="5" t="s">
         <v>131</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S42" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U42" s="4"/>
       <c r="V42" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W42" s="4" t="s">
         <v>46</v>
       </c>
       <c r="X42" s="4" t="s">
         <v>129</v>
       </c>
       <c r="Y42" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>60349811</v>
+        <v>60349370</v>
       </c>
       <c r="C43" s="4" t="s">
         <v>132</v>
       </c>
       <c r="D43" s="6">
-        <v>5850000</v>
+        <v>9000000</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>48</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="L43" s="5" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N43" s="5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="O43" s="5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U43" s="4"/>
       <c r="V43" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W43" s="4" t="s">
         <v>46</v>
       </c>
       <c r="X43" s="4" t="s">
         <v>132</v>
       </c>
       <c r="Y43" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>60350172</v>
+        <v>60349811</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D44" s="6">
-        <v>9820000</v>
+        <v>5850000</v>
       </c>
       <c r="E44" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F44" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G44" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>48</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>48</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U44" s="4"/>
       <c r="V44" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W44" s="4" t="s">
         <v>46</v>
       </c>
       <c r="X44" s="4" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="Y44" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>60519220</v>
+        <v>60350172</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D45" s="6">
-        <v>50325502</v>
+        <v>9820000</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G45" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>48</v>
       </c>
       <c r="L45" s="5" t="s">
         <v>48</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N45" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="O45" s="5" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S45" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T45" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U45" s="4"/>
       <c r="V45" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W45" s="4" t="s">
         <v>46</v>
       </c>
       <c r="X45" s="4" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="Y45" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>60628302</v>
+        <v>60519220</v>
       </c>
       <c r="C46" s="4" t="s">
         <v>138</v>
       </c>
       <c r="D46" s="6">
-        <v>105818713</v>
+        <v>50325502</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>48</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>48</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>48</v>
       </c>
       <c r="L46" s="5" t="s">
         <v>48</v>
       </c>
@@ -4347,305 +4356,380 @@
       <c r="S46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W46" s="4" t="s">
         <v>46</v>
       </c>
       <c r="X46" s="4" t="s">
         <v>138</v>
       </c>
       <c r="Y46" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>60630049</v>
+        <v>60628302</v>
       </c>
       <c r="C47" s="4" t="s">
         <v>141</v>
       </c>
       <c r="D47" s="6">
-        <v>70372044</v>
+        <v>105818713</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G47" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="L47" s="5" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N47" s="5" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W47" s="4" t="s">
         <v>46</v>
       </c>
       <c r="X47" s="4" t="s">
         <v>141</v>
       </c>
       <c r="Y47" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>60733461</v>
+        <v>60630049</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>92</v>
+        <v>144</v>
       </c>
       <c r="D48" s="6">
-        <v>47794500</v>
+        <v>70372044</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="F48" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G48" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>125</v>
+        <v>44</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="L48" s="5" t="s">
-        <v>125</v>
+        <v>29</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N48" s="5" t="s">
-        <v>93</v>
+        <v>142</v>
       </c>
       <c r="O48" s="5" t="s">
-        <v>85</v>
+        <v>143</v>
       </c>
       <c r="P48" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S48" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T48" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U48" s="4"/>
       <c r="V48" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W48" s="4" t="s">
-        <v>86</v>
+        <v>46</v>
       </c>
       <c r="X48" s="4" t="s">
-        <v>94</v>
+        <v>144</v>
       </c>
       <c r="Y48" s="4" t="s">
-        <v>91</v>
+        <v>41</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>60767291</v>
+        <v>60733461</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>142</v>
+        <v>92</v>
       </c>
       <c r="D49" s="6">
-        <v>22300000</v>
+        <v>47794500</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>29</v>
+        <v>120</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>48</v>
+        <v>128</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L49" s="5" t="s">
-        <v>48</v>
+        <v>128</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>31</v>
       </c>
       <c r="N49" s="5" t="s">
-        <v>143</v>
+        <v>93</v>
       </c>
       <c r="O49" s="5" t="s">
-        <v>144</v>
+        <v>85</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>34</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>35</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="S49" s="5" t="s">
         <v>37</v>
       </c>
       <c r="T49" s="5" t="s">
         <v>38</v>
       </c>
       <c r="U49" s="4"/>
       <c r="V49" s="5" t="s">
         <v>39</v>
       </c>
       <c r="W49" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="X49" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y49" s="4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="50" spans="1:25">
+      <c r="A50" s="5">
+        <v>49</v>
+      </c>
+      <c r="B50" s="5">
+        <v>60767291</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D50" s="6">
+        <v>22300000</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F50" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G50" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K50" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="L50" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N50" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="O50" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="P50" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q50" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="R50" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="S50" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="T50" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="U50" s="4"/>
+      <c r="V50" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="W50" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="X49" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Y49" s="4" t="s">
+      <c r="X50" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="Y50" s="4" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="50" spans="1:25">
-[...28 lines deleted...]
-      <c r="Y50" s="8"/>
+    <row r="51" spans="1:25">
+      <c r="A51" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="B51" s="8"/>
+      <c r="C51" s="8"/>
+      <c r="D51" s="9">
+        <v>740705433</v>
+      </c>
+      <c r="E51" s="8"/>
+      <c r="F51" s="8"/>
+      <c r="G51" s="8"/>
+      <c r="H51" s="8"/>
+      <c r="I51" s="8"/>
+      <c r="J51" s="8"/>
+      <c r="K51" s="8"/>
+      <c r="L51" s="8"/>
+      <c r="M51" s="8"/>
+      <c r="N51" s="8"/>
+      <c r="O51" s="8"/>
+      <c r="P51" s="8"/>
+      <c r="Q51" s="8"/>
+      <c r="R51" s="8"/>
+      <c r="S51" s="8"/>
+      <c r="T51" s="8"/>
+      <c r="U51" s="8"/>
+      <c r="V51" s="8"/>
+      <c r="W51" s="8"/>
+      <c r="X51" s="8"/>
+      <c r="Y51" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A50:C50"/>
-    <mergeCell ref="E50:Y50"/>
+    <mergeCell ref="A51:C51"/>
+    <mergeCell ref="E51:Y51"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>