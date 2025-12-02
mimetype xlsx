--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -437,60 +437,57 @@
   <si>
     <t>17/09/2025 10:19:48</t>
   </si>
   <si>
     <t>Belanja Obat-obatan BLUD Pkm Kedungsari</t>
   </si>
   <si>
     <t>Belanja jasa Tenaga Supir BLUD UPTD Puskesmas Kedungsari</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>17/09/2025 12:07:52</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Supir</t>
   </si>
   <si>
     <t>Belanja Natura dan Pakan Natura dan Pakan Lainnya - Pengelolaan Pelayanan Kesehatan Gizi Masyarakat - BOK Puskesmas Kedungsari</t>
   </si>
   <si>
-    <t>19/09/2025</t>
-[...2 lines deleted...]
-    <t>19/09/2025 13:23:13</t>
+    <t>18/10/2025</t>
+  </si>
+  <si>
+    <t>18/10/2025 10:03:58</t>
   </si>
   <si>
     <t>Belanja Natura dan Pakan Natura dan Pakan Lainnya - Pengelolaan Pelayanan Kesehatan Gizi Masyaraka</t>
-  </si>
-[...1 lines deleted...]
-    <t>19/09/2025 13:26:28</t>
   </si>
   <si>
     <t>Belanja Modal Belanja Modal Mebel BLUD UPTD Puskesmas Kedungsari</t>
   </si>
   <si>
     <t>08/10/2025</t>
   </si>
   <si>
     <t>08/10/2025 14:09:04</t>
   </si>
   <si>
     <t>Belanja Kursi Tunggu</t>
   </si>
   <si>
     <t>Belanja Pemeliharaan Alat Angkutan- Alat Angkutan Darat Bermotor- Alat Angkutan Darat Bermotor Lainnya BLUD UPT Puskesmas Kedungsari</t>
   </si>
   <si>
     <t>Belanja servis ambulance</t>
   </si>
   <si>
     <t>Belanja Jasa Pengelolaan Sampah BLUD UPT Puskesmas Kedungsari</t>
   </si>
   <si>
     <t>Belanja Pegelolaan Sampah</t>
   </si>
@@ -3183,51 +3180,51 @@
       <c r="U30" s="4"/>
       <c r="V30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W30" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X30" s="4" t="s">
         <v>139</v>
       </c>
       <c r="Y30" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
         <v>60722547</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>140</v>
       </c>
       <c r="D31" s="6">
-        <v>93091400</v>
+        <v>90747900</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>62</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>49</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>49</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>49</v>
       </c>
@@ -3258,344 +3255,344 @@
       <c r="U31" s="4"/>
       <c r="V31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="4" t="s">
         <v>52</v>
       </c>
       <c r="X31" s="4" t="s">
         <v>143</v>
       </c>
       <c r="Y31" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
         <v>60722617</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>140</v>
       </c>
       <c r="D32" s="6">
-        <v>10836000</v>
+        <v>13179500</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>62</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G32" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>49</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="5" t="s">
         <v>141</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="P32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
         <v>52</v>
       </c>
       <c r="X32" s="4" t="s">
         <v>143</v>
       </c>
       <c r="Y32" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
         <v>61030243</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D33" s="6">
         <v>10000000</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="5" t="s">
         <v>49</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>49</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>49</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="O33" s="5" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X33" s="4" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="Y33" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
         <v>61030304</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D34" s="6">
         <v>4000000</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>48</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>49</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>49</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>49</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>49</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>49</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="O34" s="5" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="P34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R34" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U34" s="4"/>
       <c r="V34" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W34" s="4" t="s">
         <v>52</v>
       </c>
       <c r="X34" s="4" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="Y34" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
         <v>61030349</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D35" s="6">
         <v>3500000</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>47</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>48</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>77</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>77</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>77</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>77</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>77</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="O35" s="5" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>58</v>
       </c>
       <c r="U35" s="4" t="s">
         <v>59</v>
       </c>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="Y35" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="7" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B36" s="8"/>
       <c r="C36" s="8"/>
       <c r="D36" s="9">
         <v>594185663</v>
       </c>
       <c r="E36" s="8"/>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
       <c r="I36" s="8"/>
       <c r="J36" s="8"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8"/>
       <c r="P36" s="8"/>
       <c r="Q36" s="8"/>
       <c r="R36" s="8"/>
       <c r="S36" s="8"/>
       <c r="T36" s="8"/>
       <c r="U36" s="8"/>
       <c r="V36" s="8"/>
       <c r="W36" s="8"/>