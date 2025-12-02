--- v0 (2025-10-13)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -149,396 +149,384 @@
   <si>
     <t>UKM</t>
   </si>
   <si>
     <t>Non-Konsolidasi</t>
   </si>
   <si>
     <t>1 Tahun</t>
   </si>
   <si>
     <t>Belanja bahan /isi tabung gas BLUD UPTD Puskesmas Lespadangan (Isi tabung gas oksigen)</t>
   </si>
   <si>
     <t>Belanja Alat/ Bahan Alat Kantor Benda Pos BLUD UPTD Puskesmas Lespadangan</t>
   </si>
   <si>
     <t>Pengadaan Langsung</t>
   </si>
   <si>
     <t>12/01/2025 20:52:47</t>
   </si>
   <si>
     <t>Belanja Alat/ Bahan Alat Kantor Benda Pos BLUD UPTD Puskesmas Lespadangan (Belanja Materai Benda Pos)</t>
   </si>
   <si>
+    <t>Belanja Jasa Audit /Surveilance ISO BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Jasa Konsultansi</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>12/01/2025 20:51:33</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Audit /Surveilance ISO BLUD UPTD Puskesmas Lespadangan (Jasa Audit BLUD / KAP)</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan untuk kegiatan Kantor- Alat Tulis Kantor BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>26/02/2025</t>
+  </si>
+  <si>
+    <t>26/02/2025 19:48:44</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan untuk kegiatan Kantor- Alat Tulis Kantor BLUD UPTD Puskesmas Lespadangan (Belanja Map, Buku Tulis, Bulpoin dll)</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan Kegiatan Kantor - Kertas dan Cover BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan Kegiatan Kantor - Kertas dan Cover BLUD UPTD Puskesmas Lespadangan (Belanja Kertas, Amplop, Post it)</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan kegiatan Kantor - Bahan Komputer BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Gedung - Bangunan Gedung Tempat Kerja- Bangunan Gedung Kantor BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Pekerjaan Konstruksi</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Gedung - Bangunan Gedung Tempat Kerja- Bangunan Gedung Kantor BLUD UPTD Puskesmas Lespadangan (Perbaikan bangunan gedung dan kantor)</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular - (Pemantauan dan Penjangkauan Lost to Follow Up HIV AIDS dan PIMS) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>APBD</t>
+  </si>
+  <si>
+    <t>02/03/2025</t>
+  </si>
+  <si>
+    <t>02/03/2025 10:07:01</t>
+  </si>
+  <si>
+    <t>1 Paket</t>
+  </si>
+  <si>
+    <t>Penggandaan Form Kegiatan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular - (Pemantauan dan penjangkauan Lost to Follow Up HIV AIDS dan PIMS) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular - (Pemberian Obat Pencegahan Massal (POPM) Kecacingan) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular - (Pemantauan Minum Oralit dan Zinc pada Balita Diare) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Kawat/Faksimili/Internet/TV Berlangganan Sub Kegiatan Operasional Pelayanan Puskesmas - (Langganan SIMPUS) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Dikecualikan</t>
+  </si>
+  <si>
+    <t>Jasa Lainnya</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>02/03/2025 10:06:21</t>
+  </si>
+  <si>
+    <t>Sewa Langganan</t>
+  </si>
+  <si>
+    <t>Belanja Kawat/Faksimili/Internet/TV Berlangganan Sub Kegiatan Operasional Pelayanan Puskesmas - (Dukungan Internet dalam Implementasi Dashboard ILP dan ASIK) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Sewa langganan atau pembelian pulsa</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor-Alat Tulis Kantor Sub Kegiatan Bimbingan Teknis dan Supervisi Pengembangan dan Pelaksanaan Upaya Kesehatan Bersumber Daya Masyarakat (UKBM) - (Asesment Tingkat Keterampilan Kader Purwa/Madya/Utama oleh puskesmas) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>02/03/2025 10:08:22</t>
+  </si>
+  <si>
+    <t>Penggandaan Form Penilaian dan Karbon (Pembulatan)</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Pengelolaan Pelayanan Kesehatan Gizi Masyarakat - (Pembekalan Tim Pelaksana dalam penyiapan pemberian makanan tambahan berbasis pangan lokal bagi Bumil KEK dan Risiko KEK serta Balita Bermasalah Gizi tingkat kab/kota dan puskesmas) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>24/04/2025</t>
+  </si>
+  <si>
+    <t>24/04/2025 09:16:03</t>
+  </si>
+  <si>
+    <t>Snack dan Nasi Kotak</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan-Natura dan Pakan Lainnya Sub Kegiatan Pengelolaan Pelayanan Kesehatan Gizi Masyarakat - (Belanja bahan PMT Lokal Balita Bermasalah Gizi) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Bahan Pangan termasuk (Jasa memasak dan administrasi)</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan-Natura dan Pakan Lainnya Sub Kegiatan Pengelolaan Pelayanan Kesehatan Gizi Masyarakat - (Belanja bahan PMT Lokal Bumil KEK dan Risiko KEK) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan-Natura dan Pakan Lainnya Sub Kegiatan Pengelolaan Pelayanan Kesehatan Gizi Masyarakat - (Belanja bahan, dan penyiapan PMT Lokal Bumil KEK dan Risiko KEK) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Natura dan Pakan-Natura dan Pakan Lainnya Sub Kegiatan Pengelolaan Pelayanan Kesehatan Gizi Masyarakat - (Pembekalan tim pelaksana dalam penyiapan pemberian makanan tambahan berbasis pangan lokal bagi Bumil KEK dan Risiko KEK serta Balita Bermasalah Gizi tingkat kab/kota dan puskesmas) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Pembelian Bahan Makanan untuk praktik (Penyediaan bahan makanan tambahan berbasis pangan loka bagi Balita Gizi Kurang) dan Pembelian Bahan Makanan untuk praktik (Penyediaan bahan makanan tambahan berbasis pangan loka bagi Ibu Hamil KEK)</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Pengelolaan Pelayanan Kesehatan Ibu Hamil - (Pelaksanaan Kelas Ibu Balita) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>24/04/2025 09:17:38</t>
+  </si>
+  <si>
+    <t>Snack dan Nasi kotak</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Pengelolaan Pelayanan Kesehatan Ibu Hamil - (Pelaksanaan Kelas Ibu Hamil) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>14/08/2025 21:35:56</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak BLUD UPTD Puskesmas Lespadangan (Foto copi /Pengggandaan)</t>
+  </si>
+  <si>
+    <t>14/08/2025</t>
+  </si>
+  <si>
+    <t>14/08/2025 21:36:33</t>
+  </si>
+  <si>
+    <t>Belanja Alat/Bahan untuk Kegiatan Kantor- Bahan Cetak BLUD UPTD Puskesmas Lespadangan (Cetak Benner, Cetak Resep)</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan Kegiatan Kantor -Alat Listrik BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan Kegiatan Kantor -Alat Listrik BLUD UPTD Puskesmas Lespadangan (Belanja Baterai, Lampu Listrik, dll)</t>
+  </si>
+  <si>
+    <t>Belanja Penambahan Daya Listrik BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Penambahan Daya Listrik BLUD UPTD Puskesmas Lespadangan (Tambah daya listrik induk puskesmas)</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Jaringan-Jaringan internet BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Jaringan-Jaringan internet BLUD UPTD Puskesmas Lespadangan (Pemeliharaan Jaringan Internet )</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Jaringan-Jaringan Listrik-Jaringan Listrik Lainnya BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Jaringan-Jaringan Listrik-Jaringan Listrik Lainnya BLUD UPTD Puskesmas Lespadangan(kabel listrik, Stop kontak,dll)</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Angkutan - Alat Angkutan Darat Bermotor- Kendaraan BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Angkutan - Alat Angkutan Darat Bermotor- Kendaraan BLUD UPTD Puskesmas Lespadangan (Ambulan APV dan Ambulan Panther)</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Kalibrasi BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Kalibrasi BLUD UPTD Puskesmas Lespadangan (Kalibrasi alat medis dan alat laboratorium) BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan Kegiatan Kantor -Perabotan Kantor BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>04/09/2025</t>
+  </si>
+  <si>
+    <t>09/09/2025 12:18:36</t>
+  </si>
+  <si>
+    <t>Belanja Alat/ Bahan Kegiatan Kantor -Perabotan Kantor BLUD UPTD Puskesmas Lespadangan ( Belanja Kresek, Bahan Kimia Pembersih, Detergen dll)</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga- Alat Rumah Tangga -Alat Pendingin BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga- Alat Rumah Tangga -Alat Pendingin BLUD UPTD Puskesmas Lespadangan (Pemeliharaan AC)</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>16/09/2025</t>
+  </si>
+  <si>
+    <t>16/09/2025 18:58:55</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya BLUD UPTD Puskesmas Lespadangan (Kertas Puyer)</t>
+  </si>
+  <si>
+    <t>Belanja Obat-obat- obatan BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Obat-obat- obatan BLUD UPTD Puskesmas Lespadangan (Belanja kebutuhan Obat-obatan)</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Bimbingan Teknis dan Supervisi Pengembangan dan Pelaksanaan Upaya Kesehatan Bersumber Daya Masyarakat (UKBM) - (Asesment Tingkat Keterampilan Kader Purwa/Madya/Utama oleh puskesmas) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>17/09/2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 21:14:47</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Operasional Pelayanan Puskesmas - (Pelaksanaan Lokakarya Mini Bulanan Puskesmas) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>17/09/2025 21:15:15</t>
+  </si>
+  <si>
+    <t>Snack</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Operasional Pelayanan Puskesmas - (Pelaksanaan Lokakarya Mini Lintas Sektor Triwulanan) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular - (Pemberdayaan Kader Masyarakat dalam rangka Pencegahan Penyakit Menular) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>17/09/2025 21:15:35</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular - (Pemberdayaan Kader Masyarakat dalam rangka Pelaksanaan Deteksi Dini Faktor Risiko Penyakit Tidak Menular) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular - (Pemberdayaan Kader Masyarakat dalam rangka Pelaksanaan Imunisasi dan Surveilans PD3I) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Pelayanan Kesehatan Penyakit Menular dan Tidak Menular - (Pemberdayaan Kader Masyarakat dalam rangka Pemicuan untuk Implementasi seluruh pilar STBM) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Pengelolaan Pelayanan Kesehatan Reproduksi - (Pelaksanaan penyuluhan dan pelayanan Kespro dan KB, praktik P2GP dan pencegahan kekerasan pada perempuan dan anak dan kesehatan penyandang disabilitas) BOK UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>17/09/2025 21:15:55</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>29/10/2025 15:45:00</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-Bahan Lainnya BLUD UPTD Puskesmas Lespadangan(bahan kimia, Alat kedokteran habis pakai,dll)</t>
+  </si>
+  <si>
     <t>Belanja Tagihan Telepon BLUD UPTD Puskesmas Lespadangan</t>
   </si>
   <si>
-    <t>Dikecualikan</t>
-[...10 lines deleted...]
-  <si>
     <t>Belanja Tagihan Telepon BLUD UPTD Puskesmas Lespadangan (Pembayaran Tagihan Telepon)</t>
   </si>
   <si>
+    <t>Belanja Pemeliharaan Komputer- Peralatan Komputer - Peralatan Komputer Lainnya BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Komputer- Peralatan Komputer - Peralatan Komputer Lainnya BLUD UPTD Puskesmas Lespadangan (Pemeliharaan Komputer, Printer dll)</t>
+  </si>
+  <si>
     <t>Belanja Kawat/Faksimili/Internet/Tv Berlangganan BLUD UPTD Puskesmas Lespadangan</t>
   </si>
   <si>
-    <t>10/01/2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Belanja Kawat/Faksimili/Internet/Tv Berlangganan BLUD UPTD Puskesmas Lespadangan (Biaya langganan speedy, Internet Puskesmas)</t>
   </si>
   <si>
-    <t>Belanja Jasa Audit /Surveilance ISO BLUD UPTD Puskesmas Lespadangan</t>
-[...106 lines deleted...]
-  <si>
     <t>Belanja Jasa Pengolahan Sampah BLUD UPTD Puskesmas Lespadangan</t>
   </si>
   <si>
-    <t>20/03/2025</t>
-[...2 lines deleted...]
-    <t>20/03/2025 02:43:00</t>
+    <t>21/11/2025</t>
+  </si>
+  <si>
+    <t>21/11/2025 10:57:58</t>
   </si>
   <si>
     <t>Belanja Jasa Pengolahan Sampah BLUD UPTD Puskesmas Lespadangan (Sampah B3 PT PRIA)</t>
   </si>
   <si>
-    <t>Belanja Makanan dan Minuman Rapat Sub Kegiatan Pengelolaan Pelayanan Kesehatan Gizi Masyarakat - (Pembekalan Tim Pelaksana dalam penyiapan pemberian makanan tambahan berbasis pangan lokal bagi Bumil KEK dan Risiko KEK serta Balita Bermasalah Gizi tingkat kab/kota dan puskesmas) BOK UPTD Puskesmas Lespadangan</t>
-[...62 lines deleted...]
-    <t>Belanja Alat/ Bahan Kegiatan Kantor -Alat Listrik BLUD UPTD Puskesmas Lespadangan (Belanja Baterai, Lampu Listrik, dll)</t>
+    <t>Belanja Bahan-bahan Bakar dan Pelumas BLUD UPTD Puskesmas Lespadangan</t>
+  </si>
+  <si>
+    <t>Belanja Bahan-bahan Bakar dan Pelumas (pertalite, pertamax,biosolar,dexlite) BLUD UPTD Puskesmas Lespadangan</t>
   </si>
   <si>
     <t>Belanja Tagihan Listrik BLUD UPTD Puskesmas Lespadangan</t>
   </si>
   <si>
     <t>Belanja Tagihan Listrik BLUD UPTD Puskesmas Lespadangan (Pembayaran tagihan listrik)</t>
-  </si>
-[...124 lines deleted...]
-    <t>17/09/2025 21:15:55</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -899,54 +887,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y49"/>
+  <dimension ref="A1:Y48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E49" sqref="E49:Y49"/>
+      <selection activeCell="E48" sqref="E48:Y48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="384.478" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="17.567" bestFit="true" customWidth="true" style="0"/>
@@ -1166,3455 +1154,3380 @@
       <c r="S3" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T3" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U3" s="4"/>
       <c r="V3" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W3" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>41</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="4" spans="1:25">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="5">
-        <v>54448437</v>
+        <v>54521311</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>45</v>
       </c>
       <c r="D4" s="6">
-        <v>540000</v>
+        <v>14000000</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="G4" s="4" t="s">
+      <c r="H4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N4" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="H4" s="5" t="s">
-[...17 lines deleted...]
-      <c r="N4" s="5" t="s">
+      <c r="O4" s="5" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="P4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U4" s="4"/>
       <c r="V4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X4" s="4" t="s">
         <v>45</v>
       </c>
       <c r="Y4" s="4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:25">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5">
-        <v>54520237</v>
+        <v>57640318</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D5" s="6">
-        <v>10800000</v>
+        <v>3798175</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G5" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O5" s="5" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S5" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T5" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U5" s="4"/>
       <c r="V5" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X5" s="4" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Y5" s="4" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:25">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5">
-        <v>54521311</v>
+        <v>57640389</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D6" s="6">
-        <v>14000000</v>
+        <v>4085875</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G6" s="4" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="O6" s="5" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="P6" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S6" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T6" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U6" s="4"/>
       <c r="V6" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X6" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y6" s="4" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:25">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
-        <v>55363891</v>
+        <v>57640739</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D7" s="6">
-        <v>1000000</v>
+        <v>4410000</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="5" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="O7" s="5" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S7" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T7" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U7" s="4"/>
       <c r="V7" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X7" s="4" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="Y7" s="4" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:25">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
-        <v>57640318</v>
+        <v>57640846</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="D8" s="6">
-        <v>3798175</v>
+        <v>6000000</v>
       </c>
       <c r="E8" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F8" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="4" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="5" t="s">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="O8" s="5" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S8" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T8" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U8" s="4"/>
       <c r="V8" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W8" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X8" s="4" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="Y8" s="4" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
     </row>
     <row r="9" spans="1:25">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
-        <v>57640389</v>
+        <v>57779855</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="D9" s="6">
-        <v>4085875</v>
+        <v>100000</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="O9" s="5" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S9" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T9" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U9" s="4"/>
       <c r="V9" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W9" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X9" s="4" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="Y9" s="4" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>57640739</v>
+        <v>57779875</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D10" s="6">
-        <v>4410000</v>
+        <v>100000</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L10" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="O10" s="5" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="P10" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S10" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T10" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U10" s="4"/>
       <c r="V10" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W10" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X10" s="4" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="Y10" s="4" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>57640846</v>
+        <v>57779899</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D11" s="6">
-        <v>6000000</v>
+        <v>100000</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>71</v>
+        <v>28</v>
       </c>
       <c r="H11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L11" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="5" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S11" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U11" s="4"/>
       <c r="V11" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W11" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X11" s="4" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="Y11" s="4" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>57779855</v>
+        <v>57780773</v>
       </c>
       <c r="C12" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" s="6">
+        <v>13560000</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N12" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="O12" s="5" t="s">
         <v>73</v>
-      </c>
-[...34 lines deleted...]
-        <v>76</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S12" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T12" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U12" s="4"/>
       <c r="V12" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W12" s="4" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="X12" s="4" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="Y12" s="4" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>57779875</v>
+        <v>57780798</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D13" s="6">
-        <v>100000</v>
+        <v>400000</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G13" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L13" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="5" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S13" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T13" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U13" s="4"/>
       <c r="V13" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W13" s="4" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="X13" s="4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="Y13" s="4" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>57779899</v>
+        <v>57781609</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D14" s="6">
-        <v>100000</v>
+        <v>270000</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L14" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N14" s="5" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="O14" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="P14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S14" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T14" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U14" s="4"/>
       <c r="V14" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W14" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="X14" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y14" s="4" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>57780773</v>
+        <v>59092688</v>
       </c>
       <c r="C15" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" s="6">
+        <v>12000000</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L15" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N15" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="O15" s="5" t="s">
         <v>82</v>
-      </c>
-[...34 lines deleted...]
-        <v>84</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S15" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T15" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U15" s="4"/>
       <c r="V15" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W15" s="4" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="X15" s="4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="Y15" s="4" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>57780798</v>
+        <v>59092712</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D16" s="6">
-        <v>400000</v>
+        <v>34199200</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G16" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="P16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S16" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T16" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U16" s="4"/>
       <c r="V16" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W16" s="4" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="X16" s="4" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="Y16" s="4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>57781609</v>
+        <v>59092735</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D17" s="6">
-        <v>270000</v>
+        <v>33540000</v>
       </c>
       <c r="E17" s="4" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="5" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="O17" s="5" t="s">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T17" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U17" s="4"/>
       <c r="V17" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W17" s="4" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="X17" s="4" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="Y17" s="4" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>58493174</v>
+        <v>59092754</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D18" s="6">
-        <v>4800000</v>
+        <v>3000000</v>
       </c>
       <c r="E18" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F18" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G18" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="O18" s="5" t="s">
-        <v>93</v>
+        <v>82</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R18" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T18" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U18" s="4"/>
       <c r="V18" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W18" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X18" s="4" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="Y18" s="4" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>59092688</v>
+        <v>59092813</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D19" s="6">
-        <v>12000000</v>
+        <v>3000000</v>
       </c>
       <c r="E19" s="4" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="O19" s="5" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="P19" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T19" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U19" s="4"/>
       <c r="V19" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W19" s="4" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="X19" s="4" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="Y19" s="4" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>59092712</v>
+        <v>59092829</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="D20" s="6">
-        <v>34199200</v>
+        <v>2000000</v>
       </c>
       <c r="E20" s="4" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="F20" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="5" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="O20" s="5" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="P20" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R20" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T20" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U20" s="4"/>
       <c r="V20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W20" s="4" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="X20" s="4" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
       <c r="Y20" s="4" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>59092735</v>
+        <v>60198336</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="D21" s="6">
-        <v>33540000</v>
+        <v>2500000</v>
       </c>
       <c r="E21" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="O21" s="5" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R21" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T21" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U21" s="4"/>
       <c r="V21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W21" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X21" s="4" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="Y21" s="4" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>59092754</v>
+        <v>60198456</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="D22" s="6">
-        <v>3000000</v>
+        <v>995000</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F22" s="4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="O22" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R22" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U22" s="4"/>
       <c r="V22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W22" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X22" s="4" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="Y22" s="4" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>59092813</v>
+        <v>60198503</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D23" s="6">
-        <v>3000000</v>
+        <v>4485000</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L23" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="O23" s="5" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S23" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T23" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U23" s="4"/>
       <c r="V23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W23" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X23" s="4" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="Y23" s="4" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>59092829</v>
+        <v>60198695</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="D24" s="6">
-        <v>2000000</v>
+        <v>14110000</v>
       </c>
       <c r="E24" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F24" s="4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G24" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="O24" s="5" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T24" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U24" s="4"/>
       <c r="V24" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W24" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X24" s="4" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="Y24" s="4" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>60198336</v>
+        <v>60294689</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D25" s="6">
-        <v>2500000</v>
+        <v>9990000</v>
       </c>
       <c r="E25" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G25" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="5" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R25" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S25" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T25" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U25" s="4"/>
       <c r="V25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X25" s="4" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="Y25" s="4" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>60198456</v>
+        <v>60294700</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D26" s="6">
-        <v>995000</v>
+        <v>17950000</v>
       </c>
       <c r="E26" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G26" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L26" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N26" s="5" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R26" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T26" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U26" s="4"/>
       <c r="V26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W26" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X26" s="4" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="Y26" s="4" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>60198503</v>
+        <v>60294715</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="D27" s="6">
-        <v>4485000</v>
+        <v>2800000</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>42</v>
       </c>
       <c r="G27" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L27" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="5" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S27" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T27" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U27" s="4"/>
       <c r="V27" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W27" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X27" s="4" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="Y27" s="4" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>60198616</v>
+        <v>60294966</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="D28" s="6">
-        <v>24000000</v>
+        <v>4000000</v>
       </c>
       <c r="E28" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F28" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G28" s="4" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>29</v>
+        <v>112</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>29</v>
+        <v>112</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>29</v>
+        <v>112</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L28" s="5" t="s">
-        <v>29</v>
+        <v>112</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="5" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>53</v>
+        <v>99</v>
       </c>
       <c r="P28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R28" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S28" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T28" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U28" s="4"/>
       <c r="V28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W28" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X28" s="4" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="Y28" s="4" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>60198695</v>
+        <v>60513110</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D29" s="6">
-        <v>14110000</v>
+        <v>5065350</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="5" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="O29" s="5" t="s">
-        <v>53</v>
+        <v>116</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R29" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S29" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T29" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U29" s="4"/>
       <c r="V29" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W29" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X29" s="4" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="Y29" s="4" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>60294689</v>
+        <v>60513196</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D30" s="6">
-        <v>9990000</v>
+        <v>1500000</v>
       </c>
       <c r="E30" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G30" s="4" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L30" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="5" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="O30" s="5" t="s">
-        <v>53</v>
+        <v>116</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R30" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T30" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U30" s="4"/>
       <c r="V30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W30" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X30" s="4" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="Y30" s="4" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>60294700</v>
+        <v>60667909</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D31" s="6">
-        <v>17950000</v>
+        <v>1300000</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G31" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N31" s="5" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="O31" s="5" t="s">
-        <v>53</v>
+        <v>122</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R31" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S31" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T31" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U31" s="4"/>
       <c r="V31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X31" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="Y31" s="4" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>60294709</v>
+        <v>60667990</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D32" s="6">
-        <v>4050000</v>
+        <v>56997380</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G32" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>53</v>
+        <v>122</v>
       </c>
       <c r="P32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X32" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="Y32" s="4" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>60294715</v>
+        <v>60690746</v>
       </c>
       <c r="C33" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D33" s="6">
+        <v>2200000</v>
+      </c>
+      <c r="E33" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G33" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L33" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N33" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="D33" s="6">
-[...31 lines deleted...]
-      </c>
       <c r="O33" s="5" t="s">
-        <v>53</v>
+        <v>128</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X33" s="4" t="s">
-        <v>127</v>
+        <v>83</v>
       </c>
       <c r="Y33" s="4" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>60294966</v>
+        <v>60690775</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>129</v>
       </c>
       <c r="D34" s="6">
-        <v>4000000</v>
+        <v>8400000</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F34" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G34" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H34" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L34" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N34" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="O34" s="5" t="s">
         <v>130</v>
-      </c>
-[...19 lines deleted...]
-        <v>113</v>
       </c>
       <c r="P34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R34" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U34" s="4"/>
       <c r="V34" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W34" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X34" s="4" t="s">
         <v>131</v>
       </c>
       <c r="Y34" s="4" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>60513110</v>
+        <v>60690785</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>132</v>
       </c>
       <c r="D35" s="6">
-        <v>5065350</v>
+        <v>3600000</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N35" s="5" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="O35" s="5" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="4"/>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X35" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="Y35" s="4" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>60513196</v>
+        <v>60690794</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="D36" s="6">
-        <v>1500000</v>
+        <v>1100000</v>
       </c>
       <c r="E36" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F36" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G36" s="4" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="H36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="5" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="O36" s="5" t="s">
         <v>134</v>
       </c>
       <c r="P36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T36" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="4"/>
       <c r="V36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W36" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X36" s="4" t="s">
-        <v>136</v>
+        <v>83</v>
       </c>
       <c r="Y36" s="4" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>60667909</v>
+        <v>60690800</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="D37" s="6">
-        <v>1300000</v>
+        <v>1100000</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="5" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="O37" s="5" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W37" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X37" s="4" t="s">
-        <v>138</v>
+        <v>83</v>
       </c>
       <c r="Y37" s="4" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>60667924</v>
+        <v>60690804</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D38" s="6">
-        <v>39004880</v>
+        <v>1100000</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F38" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G38" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L38" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="O38" s="5" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W38" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X38" s="4" t="s">
-        <v>138</v>
+        <v>83</v>
       </c>
       <c r="Y38" s="4" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>60667990</v>
+        <v>60690808</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="D39" s="6">
-        <v>56997380</v>
+        <v>1100000</v>
       </c>
       <c r="E39" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F39" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G39" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="5" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="O39" s="5" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U39" s="4"/>
       <c r="V39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W39" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X39" s="4" t="s">
-        <v>143</v>
+        <v>83</v>
       </c>
       <c r="Y39" s="4" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>60667998</v>
+        <v>60690814</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="D40" s="6">
-        <v>6470000</v>
+        <v>8000000</v>
       </c>
       <c r="E40" s="4" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="F40" s="4" t="s">
-        <v>46</v>
+        <v>27</v>
       </c>
       <c r="G40" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="O40" s="5" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U40" s="4"/>
       <c r="V40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W40" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X40" s="4" t="s">
-        <v>145</v>
+        <v>83</v>
       </c>
       <c r="Y40" s="4" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>60690746</v>
+        <v>61408579</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>147</v>
+        <v>120</v>
       </c>
       <c r="D41" s="6">
-        <v>2200000</v>
+        <v>38701776</v>
       </c>
       <c r="E41" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L41" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="O41" s="5" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T41" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U41" s="4"/>
       <c r="V41" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W41" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X41" s="4" t="s">
-        <v>98</v>
+        <v>120</v>
       </c>
       <c r="Y41" s="4" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>60690775</v>
+        <v>61408830</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="D42" s="6">
-        <v>8400000</v>
+        <v>340000</v>
       </c>
       <c r="E42" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="G42" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N42" s="5" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="O42" s="5" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R42" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U42" s="4"/>
       <c r="V42" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W42" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X42" s="4" t="s">
-        <v>152</v>
+        <v>143</v>
       </c>
       <c r="Y42" s="4" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>60690785</v>
+        <v>61409500</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>153</v>
+        <v>145</v>
       </c>
       <c r="D43" s="6">
-        <v>3600000</v>
+        <v>2140000</v>
       </c>
       <c r="E43" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L43" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N43" s="5" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="O43" s="5" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U43" s="4"/>
       <c r="V43" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W43" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X43" s="4" t="s">
-        <v>98</v>
+        <v>145</v>
       </c>
       <c r="Y43" s="4" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>60690794</v>
+        <v>61409680</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="D44" s="6">
-        <v>1100000</v>
+        <v>9054000</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F44" s="4" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="G44" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U44" s="4"/>
       <c r="V44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W44" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X44" s="4" t="s">
-        <v>98</v>
+        <v>147</v>
       </c>
       <c r="Y44" s="4" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>60690800</v>
+        <v>61799152</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="D45" s="6">
-        <v>1100000</v>
+        <v>2920000</v>
       </c>
       <c r="E45" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F45" s="4" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="G45" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L45" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N45" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="O45" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R45" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T45" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U45" s="4"/>
       <c r="V45" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W45" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X45" s="4" t="s">
-        <v>98</v>
+        <v>149</v>
       </c>
       <c r="Y45" s="4" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>60690804</v>
+        <v>61799203</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D46" s="6">
-        <v>1100000</v>
+        <v>5727500</v>
       </c>
       <c r="E46" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F46" s="4" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="G46" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L46" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N46" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="O46" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="P46" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W46" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X46" s="4" t="s">
-        <v>98</v>
+        <v>153</v>
       </c>
       <c r="Y46" s="4" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>60690808</v>
+        <v>61800617</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="D47" s="6">
-        <v>1100000</v>
+        <v>24400000</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="F47" s="4" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="G47" s="4" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L47" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N47" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W47" s="4" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="X47" s="4" t="s">
-        <v>98</v>
+        <v>155</v>
       </c>
       <c r="Y47" s="4" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="48" spans="1:25">
-      <c r="A48" s="5">
-[...102 lines deleted...]
-      <c r="Y49" s="8"/>
+      <c r="A48" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="B48" s="8"/>
+      <c r="C48" s="8"/>
+      <c r="D48" s="9">
+        <v>368029256</v>
+      </c>
+      <c r="E48" s="8"/>
+      <c r="F48" s="8"/>
+      <c r="G48" s="8"/>
+      <c r="H48" s="8"/>
+      <c r="I48" s="8"/>
+      <c r="J48" s="8"/>
+      <c r="K48" s="8"/>
+      <c r="L48" s="8"/>
+      <c r="M48" s="8"/>
+      <c r="N48" s="8"/>
+      <c r="O48" s="8"/>
+      <c r="P48" s="8"/>
+      <c r="Q48" s="8"/>
+      <c r="R48" s="8"/>
+      <c r="S48" s="8"/>
+      <c r="T48" s="8"/>
+      <c r="U48" s="8"/>
+      <c r="V48" s="8"/>
+      <c r="W48" s="8"/>
+      <c r="X48" s="8"/>
+      <c r="Y48" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A49:C49"/>
-    <mergeCell ref="E49:Y49"/>
+    <mergeCell ref="A48:C48"/>
+    <mergeCell ref="E48:Y48"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>