--- v0 (2025-10-12)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Kode RUP</t>
   </si>
   <si>
     <t>Nama Paket</t>
   </si>
   <si>
     <t>Pagu</t>
   </si>
   <si>
     <t>Sumber Dana</t>
   </si>
   <si>
     <t>Metode Pengadaan</t>
   </si>
   <si>
     <t>Jenis Pengadaan</t>
   </si>
   <si>
     <t>Tanggal Awal Pemilihan</t>
   </si>
   <si>
@@ -89,654 +89,723 @@
   <si>
     <t>Status Pra DIPA</t>
   </si>
   <si>
     <t>Status PDN</t>
   </si>
   <si>
     <t>Status UKM</t>
   </si>
   <si>
     <t>Alasan Non UKM</t>
   </si>
   <si>
     <t>Status Konsolidasi</t>
   </si>
   <si>
     <t>Volume Pekerjaan</t>
   </si>
   <si>
     <t>Uraian Pekerjaan</t>
   </si>
   <si>
     <t>Spesifikasi Pekerjaan</t>
   </si>
   <si>
+    <t>Belanja Jasa Kebersihan Puskesmas BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>BLUD</t>
+  </si>
+  <si>
+    <t>E-Purchasing</t>
+  </si>
+  <si>
+    <t>Jasa Lainnya</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>01/12/2025</t>
+  </si>
+  <si>
+    <t>08/01/2025</t>
+  </si>
+  <si>
+    <t>09/01/2025 07:22:59</t>
+  </si>
+  <si>
+    <t>'197805202007012007</t>
+  </si>
+  <si>
+    <t>drg. Cahyarti Sumirat</t>
+  </si>
+  <si>
+    <t>Non-PraDIPA</t>
+  </si>
+  <si>
+    <t>PDN</t>
+  </si>
+  <si>
+    <t>UKM</t>
+  </si>
+  <si>
+    <t>Non-Konsolidasi</t>
+  </si>
+  <si>
+    <t>1 paket</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Tenaga Kebersihan Kantor</t>
+  </si>
+  <si>
+    <t>sesuai DPA</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Audit / Surveillance ISO BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>Pengadaan Langsung</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Kantor Audit Publik</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Kantor dan Rumah Tangga-Alat Kantor BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>Belanja Service Genset; Belanja Service CCTV</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Pencucian Pakaian, Alat Kesenian dan Kebudayaan, serta Alat Rumah Tangga BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>13/03/2025</t>
+  </si>
+  <si>
+    <t>13/03/2025 13:44:32</t>
+  </si>
+  <si>
+    <t>Belanja Jasa Laundry Sprei Rawat Inap</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat - Pelaksanaan Kelas Ibu Hamil BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>APBD</t>
+  </si>
+  <si>
+    <t>Barang</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>01/04/2025</t>
+  </si>
+  <si>
+    <t>23/04/2025</t>
+  </si>
+  <si>
+    <t>23/04/2025 13:08:24</t>
+  </si>
+  <si>
+    <t>20 Kotak x 15 Desa x 4 Kali</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Snack);</t>
+  </si>
+  <si>
+    <t>Standar 3; Standar 2;</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat - Pelatihan tim pelaksana dalam penyiapan pemberian makanan tambahan berbasis pangan lokal bagi ibu hamil kek dan balita gizi kurang tingkat kab/kota dan puskesmas BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>23/04/2025 13:28:21</t>
+  </si>
+  <si>
+    <t>5 Kotak x 72 Posyandu x 1 Hari ; 5 Kotak x 4 hari x 1 kali</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Makan); Biaya Konsumsi (Snack); Bagi Petugas dan Kader</t>
+  </si>
+  <si>
+    <t>Standar 3; Standar 2; 5 Kotak x 72 Posyandu x 1 Hari ; Bagi Petugas 5 Kotak x 4 hari x 1 kali ; Bagi Kader</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Praktik Masak untuk Bahan dan penyiapan PMT lokal balita gizi kurang - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>1 Paket x 4 hari x 1 tahun</t>
+  </si>
+  <si>
+    <t>Bahan, dan penyiapan PMT lokal Balita gizi kurang;</t>
+  </si>
+  <si>
+    <t>Bahan, dan penyiapan PMT untuk bahan praktik masak lokal Balita gizi kurang;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Praktik Masak untuk Bahan dan penyiapan PMT lokal bumil kek - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>Bahan Praktik Masak;</t>
+  </si>
+  <si>
+    <t>Bahan Praktik Masak untuk Bahan dan penyiapan PMT lokal bumil kek (Bahan Praktik Masak)</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat Pelaksanaan Penyuluhan Kesehatan Reproduksi di Sekolah - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>23/04/2025 13:39:00</t>
+  </si>
+  <si>
+    <t>35 kotak x 1 sekolah x 15 desa</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat - Pelaksanaan penyuluhan dan pelayanan KB, praktik P2GP dan kesehatan reproduksi,d pencegahan kekerasan pada perempuan dan anak dan kesehatan penyandang disabilitas - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>35 kotak x 1 kali x 1 tahun</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Rumah Tangga-Alat Pendingin BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>04/08/2025</t>
+  </si>
+  <si>
+    <t>04/08/2025 09:45:31</t>
+  </si>
+  <si>
+    <t>Belanja service AC 2 PK; Belanja service AC 1 PK; Belanja service Kulkas</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan Internet Puskesmas BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>Dikecualikan</t>
+  </si>
+  <si>
+    <t>04/08/2025 09:44:59</t>
+  </si>
+  <si>
+    <t>Non-UKM</t>
+  </si>
+  <si>
+    <t>Kompetensi tidak sesuai dengan usaha kecil</t>
+  </si>
+  <si>
+    <t>Belanja Aplikasi Epuskesmas</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Bangunan Gedung- Bangunan Gedung Tempat Kerja-Bangunan Kesehatan BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>04/08/2025 09:44:04</t>
+  </si>
+  <si>
+    <t>Pemeliharaan gedung bangunan (bangunan tempat sampah medis); Pemeliharaan lantai kamar mandi puskesmas</t>
+  </si>
+  <si>
+    <t>Belanja Perangko, Materai dan Benda Pos BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>04/08/2025 09:43:29</t>
+  </si>
+  <si>
+    <t>Belanja Materai 10.000</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Laboratorium-Alat Laboratorium Standarisasi Kalibrasi dan Instrumentasi-Alat Laboratorium Uji BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>06/08/2025</t>
+  </si>
+  <si>
+    <t>06/08/2025 15:41:04</t>
+  </si>
+  <si>
+    <t>Belanja Kalibrasi Alat Medis</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Pendingin</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
+    <t>06/08/2025 15:43:50</t>
+  </si>
+  <si>
+    <t>belanja modal AC dan kipas angin</t>
+  </si>
+  <si>
+    <t>AC 1 PK</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan alat kedokteran gigi</t>
+  </si>
+  <si>
+    <t>Belanja pemeliharaan gigi</t>
+  </si>
+  <si>
+    <t>Pemeliharaan dental unit</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Komputer-Komputer Unit-Personal Komputer BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>11/09/2025</t>
+  </si>
+  <si>
+    <t>11/09/2025 09:32:07</t>
+  </si>
+  <si>
+    <t>Belanja Service komputer; Belanja service Laptop; Belanja service printer</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Natura dan Pakan-Natura BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>12/09/2025</t>
+  </si>
+  <si>
+    <t>12/09/2025 21:48:31</t>
+  </si>
+  <si>
+    <t>Belanja Beras; LPG; Minyak Goreng; Gula Pasir; Telur Ayam; Daging sapi; daging ayam; Buah; Tahu; Tempe; Sayuran; Bumbu; Kacang Hijau; Teh Celup; Bawang Merah; Bawang Putih</t>
+  </si>
+  <si>
+    <t>Belanja pakaian olahraga, sprei,</t>
+  </si>
+  <si>
+    <t>12/09/2025 21:48:14</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat Asesment Tingkat Keterampilan Kader Purwa/Madya/Utama oleh Puskesmas - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>15/09/2025</t>
+  </si>
+  <si>
+    <t>20/09/2025 10:40:59</t>
+  </si>
+  <si>
+    <t>46 kotak x 2 kali x 1 tahun</t>
+  </si>
+  <si>
+    <t>Standar 3;Standar 2;</t>
+  </si>
+  <si>
+    <t>Belanja Modal Mebelair</t>
+  </si>
+  <si>
+    <t>18/09/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025 13:53:00</t>
+  </si>
+  <si>
+    <t>belanja Modal Mebelair ( Kursi rapat, Kursi taman, kursi tunggu, Backdrop, gorden rawat inap, lemari filling kabinet)</t>
+  </si>
+  <si>
+    <t>( Kursi rapat, Kursi taman, kursi tunggu, Backdrop, )</t>
+  </si>
+  <si>
+    <t>Belanja Modal Personal Komputer dan soundsystem BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 13:52:45</t>
+  </si>
+  <si>
+    <t>Belanja PC Core i5</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat Pelaksanaan Lokakarya Mini Bulanan Puskesmas - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:06:57</t>
+  </si>
+  <si>
+    <t>50 kotak x1 kali x 12 bulan</t>
+  </si>
+  <si>
+    <t>Biaya Konsumsi (Kudapan/Snack);</t>
+  </si>
+  <si>
+    <t>Standar 2;</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat - Pelaksanaan Lokakarya Mini Triwulan Puskesmas BOK UPTD Puskesmas Sook</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:06:47</t>
+  </si>
+  <si>
+    <t>50 kotak x4 kali x 1 tahun</t>
+  </si>
+  <si>
+    <t>Standar 3; Standar 2</t>
+  </si>
+  <si>
+    <t>Belanja Modal alat rumah tangga lainnya ( Home Use )</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>18/09/2025 13:57:59</t>
+  </si>
+  <si>
+    <t>Belanja Gorden rawat inap dan UGD</t>
+  </si>
+  <si>
+    <t>Gorden Rawat inap Dan UGD ( Hospital )</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat Pemberdayaan kader masyarakat terlibat dalam pelaksanaan deteksi dini faktor risiko penyakit tidak menular - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:10:04</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat Pemberdayaan kader masyarakat terlibat dalam pelaksanaan imunisasi dan surveilans PD3I - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:10:16</t>
+  </si>
+  <si>
+    <t>30 kotak x 1 kali x 1 tahun</t>
+  </si>
+  <si>
+    <t>Belanja bahan, dan penyiapan PMT lokal Bumil KEK - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:08:56</t>
+  </si>
+  <si>
+    <t>120 Hari x 36 kasus x 1 Tahun</t>
+  </si>
+  <si>
+    <t>Bahan, dan penyiapan PMT lokal Bumil Kek;</t>
+  </si>
+  <si>
+    <t>DAK;</t>
+  </si>
+  <si>
+    <t>Belanja Bahan, dan Penyiapan PMT Lokal Balita Gizi Kurang - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:08:46</t>
+  </si>
+  <si>
+    <t>14 hari x 42 kasus x 1 kali ; 56 hari x 26 kasus x 1 kali28 hari x 30 kasus x 1 kali ;</t>
+  </si>
+  <si>
+    <t>14 hari x 42 kasus x 1 kali = Penyediaan bahan makanan tambahan berbasis pangan loka bagi Balita (Tetap) 28 hari x 30 kasus x 1 kali = Penyediaan bahan makanan tambahan berbasis pangan loka bagi Balita Berat Badan Kurang 56 hari x 26 kasus x 1 kali = Penyediaan bahan makanan tambahan berbasis pangan loka bagi Balita gizi kurang (Snack)</t>
+  </si>
+  <si>
+    <t>Belanja Modal Peralatan studio audio</t>
+  </si>
+  <si>
+    <t>Belanja Soudsystem</t>
+  </si>
+  <si>
+    <t>Soudsystem 2 mic</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat - Pelaksanaan Kelas Ibu Balita - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:09:17</t>
+  </si>
+  <si>
+    <t>25 Kotak x 15 Desa x 3 Kali</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum RapatPemberdayaan kader masyarakat melalui pemicuan untuk implementasi seluruh pilar STBM - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 14:07:11</t>
+  </si>
+  <si>
+    <t>Belanja Kertas dan Cover Puskesmas BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 13:52:35</t>
+  </si>
+  <si>
+    <t>Belanja Kertas HVS 60 gram; Belanja Kertas HVS 70 gr; Belanja Kertas Nomor Antrian, belanja kertas etiket obat dan identitas pasien</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Obat-obatan Puskesmas BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>18/09/2025 13:52:14</t>
+  </si>
+  <si>
+    <t>Belanja Obat-obatan Padat; Belanja Obat-obatan cair; Belanja Obat-obatan Salep; Belanja Obat-obatan Serbuk; Belanja Obat-obatan Gigi</t>
+  </si>
+  <si>
+    <t>Belanja Alat Listrik dan Elektronik BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>16/10/2025</t>
+  </si>
+  <si>
+    <t>16/10/2025 12:25:33</t>
+  </si>
+  <si>
+    <t>Belanja Bola Lampu LED 18 W; Belanja Bola Lampu LED 9 W; Belanja Baterai, Belanja Bola Lampu besar</t>
+  </si>
+  <si>
+    <t>Belanja Makan dan Minum Rapat Pemberdayaan kader masyarakat dalam pencegahan penyakit menular - BOK UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>17/10/2025</t>
+  </si>
+  <si>
+    <t>17/10/2025 09:37:59</t>
+  </si>
+  <si>
+    <t>Belanja Bahan Komputer BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>06/11/2025</t>
+  </si>
+  <si>
+    <t>06/11/2025 11:51:18</t>
+  </si>
+  <si>
+    <t>Belanja Tinta Printer Hitam (Printer HP); Belanja Tinta Printer warna (Printer HP); Belanja Tinta Printer Hitam (Printer Canon); Belanja Tinta Printer Warna (Printer Canon); Belanja Tinta Printer Hitam (Printer Epson); Belanja Tinta Printer Warna (Printer Epson); Belanja Tinta Printer Hitam (Printer HP Smart Tank 615); Belanja Tinta Printer Warna (Printer HP Smart Tank 615); Belanja Tinta Printer Hitam (Printer HP Smart Tank 520); Belanja Tinta Printer Warna (Printer HP Smart Tank 520); Belanja Mouse; Belanja Katrid Printer</t>
+  </si>
+  <si>
     <t>Belanja Barang untuk dijual / diserahkan kepada Masyarakat BLUD UPTD Puskesmas Sooko</t>
   </si>
   <si>
-    <t>BLUD</t>
-[...40 lines deleted...]
-  <si>
     <t>Belanja Kresek kecil; Belanja Plastik klip besar; Belanja plastik klip kecil</t>
   </si>
   <si>
-    <t>sesuai DPA</t>
-[...11 lines deleted...]
-    <t>Belanja Jasa Tenaga Kebersihan Kantor</t>
+    <t>Belanja Kursus Pelatihan dan Bimbingan Teknis</t>
+  </si>
+  <si>
+    <t>01/10/2025</t>
+  </si>
+  <si>
+    <t>01/11/2025</t>
+  </si>
+  <si>
+    <t>06/11/2025 13:47:52</t>
+  </si>
+  <si>
+    <t>Belanja Kursus Jambore Kapus</t>
+  </si>
+  <si>
+    <t>Kursus Jambore Kapus</t>
+  </si>
+  <si>
+    <t>Belanja Alat Tulis Kantor Puskesmas BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>12/11/2025</t>
+  </si>
+  <si>
+    <t>12/11/2025 13:42:12</t>
+  </si>
+  <si>
+    <t>Belanja Spidol Marker; Dokumen Keeper; Binder Klip; Map kertas; Snell Plastik; Snell Kertas; Buku Ekspedisi; Buku Folio; Buku Tulis; Odner; Lem Kertas; Isolasi; Double tape; Gunting; Isi Staples sedang; Staples; Balpoin; Correction Pen; Tinta stempel; Pervorator; Endbook; Belanja Barang Cetakan (Blanko 1 Muka; Blanko 2 muka; Foto; Spanduk; Banner; Penggandaan)</t>
+  </si>
+  <si>
+    <t>Belanja modal alat penyimpan perlengkapan kantor</t>
+  </si>
+  <si>
+    <t>12/11/2025 13:41:41</t>
+  </si>
+  <si>
+    <t>Belanja Lemari filling kabinet</t>
+  </si>
+  <si>
+    <t>Filling Kabinet Besar dan Kecil</t>
+  </si>
+  <si>
+    <t>Belanja Modal Alat Kedokteran Umum BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>12/11/2025 13:41:30</t>
+  </si>
+  <si>
+    <t>Belanja blender obat, opthalmoskop, transfer bed</t>
+  </si>
+  <si>
+    <t>Belanja bahan-bahan lainnya</t>
+  </si>
+  <si>
+    <t>12/11/2025 13:41:56</t>
+  </si>
+  <si>
+    <t>belanja peak flow meter dan termometer ruangan</t>
+  </si>
+  <si>
+    <t>peak flow meter dan termometer ruangan</t>
+  </si>
+  <si>
+    <t>Belanja Suku Cadang - Suku Cadang Alat Angkutan Darat BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:35:04</t>
+  </si>
+  <si>
+    <t>Belanja Accu Ambulan Panther Ns 70; Belanja Accu Mobil APV GS N50 Z; Belanja Ban Mobil Panther Brigestone Techno T370 seri 70 185/70 Dr 13; Belanja Ban Luar Ambulance APV Brigestone Turanza Ar-10 (seri 55) 215/55 Vr 17</t>
+  </si>
+  <si>
+    <t>Belanja Suku Cadang - Suku Cadang Kedokteran BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:34:51</t>
+  </si>
+  <si>
+    <t>Belanja Catgut/Benang Bedah No 3/0 + jarum bedah; Nasal Slag (Canul Oxygen Anak); Folley Catheter; Jarum Akupuntur; Hand scound steril; Hand scound PP; Hand Gloves; Kasa Pembalut; Kasa Pembalut Hidrofil; Kasa Kompres; Kertas Puyer; Kertas ECG; Masker; Masker N95; Mess; Urin Bag standard; USG Jelly; Plester woven; Alat suntik sekali pakai; Alkohol swab; Oxymeter Pulse; Kasur bayi; Klorin 1 lt</t>
+  </si>
+  <si>
+    <t>Belanja Perabot Kantor BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:34:37</t>
+  </si>
+  <si>
+    <t>Belanja Kantong Sampah Medis (Hitam); Belanja kresek jumbo (Kuning); Belanja Kresek jumbo (Hitam); Belanja Sabun cuci bubuk, tissue, pengharum ruangan</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:34:28</t>
+  </si>
+  <si>
+    <t>Belanja Makanan dan Minuman Rapat KAP; Belanja Makanan dan Minuman Prolanis Bulanan; Belanja Makanan Sahur Petugas Kesehatan; Belanja Makanan BUka Puasa Petugas Kesehatan, makan minum psien rawat inap</t>
   </si>
   <si>
     <t>Belanja Jasa Tenaga Teknisi Mekanik dan Listrik BLUD UPTD Puskesmas Sooko</t>
   </si>
   <si>
+    <t>28/11/2025 11:34:20</t>
+  </si>
+  <si>
     <t>Belanja Pemeliharaan Jaringan Listrik</t>
   </si>
   <si>
-    <t>Belanja Jasa Audit / Surveillance ISO BLUD UPTD Puskesmas Sooko</t>
-[...8 lines deleted...]
-    <t>Belanja Service Genset; Belanja Service CCTV</t>
+    <t>Belanja Jasa Pengambilan / Pengumpulan / Pengangkutan Sampah BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:34:09</t>
+  </si>
+  <si>
+    <t>Belanja Jasa biaya Sampah / Limbah Medis dan non medis</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan PDAM BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:33:59</t>
+  </si>
+  <si>
+    <t>Belanja Biaya PDAM</t>
+  </si>
+  <si>
+    <t>Belanja Tagihan Listrik BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:33:50</t>
+  </si>
+  <si>
+    <t>Belanja Biaya Listrik</t>
+  </si>
+  <si>
+    <t>Belanja Pemeliharaan Alat Angkutan-Alat Angkutan Apung Bermotor-Alat Kendaraan Bermotor BLUD UPTD Puskesmas Sooko</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:33:36</t>
+  </si>
+  <si>
+    <t>Belanja Service Kendaraan Puskesmas (1 mobil Ambulan, 1 mobil Pusling); Service AC Mobil</t>
   </si>
   <si>
     <t>Belanja Pemeliharaan Alat Kedokteran Umum BLUD UPTD Puskesmas Sooko</t>
   </si>
   <si>
+    <t>28/11/2025 11:33:23</t>
+  </si>
+  <si>
     <t>Belanja pemeliharaan alat kedokteran umum</t>
   </si>
   <si>
-    <t>Belanja Jasa Pencucian Pakaian, Alat Kesenian dan Kebudayaan, serta Alat Rumah Tangga BLUD UPTD Puskesmas Sooko</t>
-[...97 lines deleted...]
-  <si>
     <t>Belanja Bahan Kimia Puskesmas BLUD UPTD Puskesmas Sooko</t>
   </si>
   <si>
-    <t>04/08/2025</t>
-[...2 lines deleted...]
-    <t>04/08/2025 09:46:36</t>
+    <t>28/11/2025 11:32:51</t>
   </si>
   <si>
     <t>Belanja Bahan Kimia Padat; Belanja Bahan Kimia Cair</t>
   </si>
   <si>
-    <t>Belanja Pemeliharaan Alat Rumah Tangga-Alat Pendingin BLUD UPTD Puskesmas Sooko</t>
-[...7 lines deleted...]
-  <si>
     <t>Belanja Bahan Bakar Minyak / Gas dan Pelumas BLUD UPTD Puskesmas Sooko</t>
   </si>
   <si>
-    <t>Dikecualikan</t>
-[...8 lines deleted...]
-    <t>Kompetensi tidak sesuai dengan usaha kecil</t>
+    <t>28/11/2025 11:32:41</t>
   </si>
   <si>
     <t>Belanja BBM Solar; Belanja BBM Premium / Pertalite; Belanja Oli / Pelumas</t>
   </si>
   <si>
-    <t>Belanja Tagihan Internet Puskesmas BLUD UPTD Puskesmas Sooko</t>
-[...377 lines deleted...]
-    <t>Belanja Obat-obatan Padat; Belanja Obat-obatan cair; Belanja Obat-obatan Salep; Belanja Obat-obatan Serbuk; Belanja Obat-obatan Gigi</t>
+    <t>Belanja Sewa hotel</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>28/11/2025 11:40:34</t>
+  </si>
+  <si>
+    <t>belanja sewa hotel / penginapan</t>
+  </si>
+  <si>
+    <t>Penginapan</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1097,54 +1166,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y57"/>
+  <dimension ref="A1:Y59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E57" sqref="E57:Y57"/>
+      <selection activeCell="E59" sqref="E59:Y59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="261.793" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="29.279" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="30.421" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.849" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="20.995" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="50.559" bestFit="true" customWidth="true" style="0"/>
@@ -1214,57 +1283,57 @@
       </c>
       <c r="T1" s="2" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="2" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="2" spans="1:25">
       <c r="A2" s="5">
         <v>1</v>
       </c>
       <c r="B2" s="5">
-        <v>54674403</v>
+        <v>54674470</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D2" s="6">
-        <v>3290000</v>
+        <v>100800000</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H2" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L2" s="5" t="s">
         <v>29</v>
       </c>
@@ -1289,4142 +1358,4292 @@
       <c r="S2" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T2" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U2" s="4"/>
       <c r="V2" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W2" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X2" s="4" t="s">
         <v>40</v>
       </c>
       <c r="Y2" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:25">
       <c r="A3" s="5">
         <v>2</v>
       </c>
       <c r="B3" s="5">
-        <v>54674470</v>
+        <v>54674563</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D3" s="6">
-        <v>100800000</v>
+        <v>19000000</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G3" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="5" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R3" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S3" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T3" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U3" s="4"/>
       <c r="V3" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W3" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X3" s="4" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:25">
       <c r="A4" s="5">
         <v>3</v>
       </c>
       <c r="B4" s="5">
-        <v>54674492</v>
+        <v>54674612</v>
       </c>
       <c r="C4" s="4" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D4" s="6">
-        <v>1965000</v>
+        <v>1241600</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G4" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L4" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="5" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U4" s="4"/>
       <c r="V4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X4" s="4" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="Y4" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:25">
       <c r="A5" s="5">
         <v>4</v>
       </c>
       <c r="B5" s="5">
-        <v>54674563</v>
+        <v>58213018</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D5" s="6">
-        <v>19000000</v>
+        <v>4000000</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G5" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="5" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="O5" s="5" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S5" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T5" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U5" s="4"/>
       <c r="V5" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X5" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Y5" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:25">
       <c r="A6" s="5">
         <v>5</v>
       </c>
       <c r="B6" s="5">
-        <v>54674612</v>
+        <v>59080931</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D6" s="6">
-        <v>1241600</v>
+        <v>60000000</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G6" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L6" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="P6" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q6" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S6" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T6" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U6" s="4"/>
       <c r="V6" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W6" s="4" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="X6" s="4" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="Y6" s="4" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7" spans="1:25">
       <c r="A7" s="5">
         <v>6</v>
       </c>
       <c r="B7" s="5">
-        <v>54674637</v>
+        <v>59081392</v>
       </c>
       <c r="C7" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" s="6">
+        <v>19000000</v>
+      </c>
+      <c r="E7" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="D7" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G7" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L7" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="5" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="O7" s="5" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="P7" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S7" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T7" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U7" s="4"/>
       <c r="V7" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W7" s="4" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="X7" s="4" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="Y7" s="4" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:25">
       <c r="A8" s="5">
         <v>7</v>
       </c>
       <c r="B8" s="5">
-        <v>58213018</v>
+        <v>59081454</v>
       </c>
       <c r="C8" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" s="6">
+        <v>3000000</v>
+      </c>
+      <c r="E8" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="D8" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="I8" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L8" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="O8" s="5" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q8" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S8" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T8" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U8" s="4"/>
       <c r="V8" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W8" s="4" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="X8" s="4" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="Y8" s="4" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:25">
       <c r="A9" s="5">
         <v>8</v>
       </c>
       <c r="B9" s="5">
-        <v>59080931</v>
+        <v>59081466</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="D9" s="6">
-        <v>60000000</v>
+        <v>3000000</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F9" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G9" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="O9" s="5" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q9" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S9" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T9" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U9" s="4"/>
       <c r="V9" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W9" s="4" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="X9" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="Y9" s="4" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" s="5">
         <v>9</v>
       </c>
       <c r="B10" s="5">
-        <v>59081392</v>
+        <v>59081765</v>
       </c>
       <c r="C10" s="4" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="D10" s="6">
-        <v>19000000</v>
+        <v>26250000</v>
       </c>
       <c r="E10" s="4" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F10" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G10" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L10" s="5" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="O10" s="5" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="P10" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q10" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S10" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T10" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U10" s="4"/>
       <c r="V10" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W10" s="4" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="X10" s="4" t="s">
-        <v>71</v>
+        <v>59</v>
       </c>
       <c r="Y10" s="4" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" s="5">
         <v>10</v>
       </c>
       <c r="B11" s="5">
-        <v>59081454</v>
+        <v>59081781</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D11" s="6">
-        <v>3000000</v>
+        <v>1750000</v>
       </c>
       <c r="E11" s="4" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L11" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="O11" s="5" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S11" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T11" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U11" s="4"/>
       <c r="V11" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W11" s="4" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="X11" s="4" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="Y11" s="4" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" s="5">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>59081466</v>
+        <v>60194047</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D12" s="6">
-        <v>3000000</v>
+        <v>9000000</v>
       </c>
       <c r="E12" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F12" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L12" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="5" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="O12" s="5" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S12" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T12" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U12" s="4"/>
       <c r="V12" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W12" s="4" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="X12" s="4" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="Y12" s="4" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" s="5">
         <v>12</v>
       </c>
       <c r="B13" s="5">
-        <v>59081765</v>
+        <v>60194175</v>
       </c>
       <c r="C13" s="4" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D13" s="6">
-        <v>26250000</v>
+        <v>13404000</v>
       </c>
       <c r="E13" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F13" s="4" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L13" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="5" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S13" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T13" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="U13" s="4"/>
+        <v>86</v>
+      </c>
+      <c r="U13" s="4" t="s">
+        <v>87</v>
+      </c>
       <c r="V13" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W13" s="4" t="s">
-        <v>82</v>
+        <v>39</v>
       </c>
       <c r="X13" s="4" t="s">
-        <v>65</v>
+        <v>88</v>
       </c>
       <c r="Y13" s="4" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" s="5">
         <v>13</v>
       </c>
       <c r="B14" s="5">
-        <v>59081781</v>
+        <v>60194276</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="D14" s="6">
-        <v>1750000</v>
+        <v>34000000</v>
       </c>
       <c r="E14" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F14" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G14" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="L14" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N14" s="5" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="O14" s="5" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="P14" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q14" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S14" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T14" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U14" s="4"/>
       <c r="V14" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W14" s="4" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="X14" s="4" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="Y14" s="4" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" s="5">
         <v>14</v>
       </c>
       <c r="B15" s="5">
-        <v>59082067</v>
+        <v>60194407</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D15" s="6">
-        <v>1750000</v>
+        <v>2046000</v>
       </c>
       <c r="E15" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G15" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L15" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N15" s="5" t="s">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="O15" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="P15" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q15" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R15" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S15" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T15" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="P15" s="4" t="s">
-[...14 lines deleted...]
-      <c r="U15" s="4"/>
+      <c r="U15" s="4" t="s">
+        <v>87</v>
+      </c>
       <c r="V15" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W15" s="4" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="X15" s="4" t="s">
-        <v>65</v>
+        <v>94</v>
       </c>
       <c r="Y15" s="4" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" s="5">
         <v>15</v>
       </c>
       <c r="B16" s="5">
-        <v>60193904</v>
+        <v>60219239</v>
       </c>
       <c r="C16" s="4" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="D16" s="6">
-        <v>97870000</v>
+        <v>10500000</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L16" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="P16" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S16" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T16" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U16" s="4"/>
       <c r="V16" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W16" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X16" s="4" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="Y16" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" s="5">
         <v>16</v>
       </c>
       <c r="B17" s="5">
-        <v>60194047</v>
+        <v>60219519</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="D17" s="6">
-        <v>9000000</v>
+        <v>12550000</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G17" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="L17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="5" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="O17" s="5" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R17" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S17" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T17" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U17" s="4"/>
       <c r="V17" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W17" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X17" s="4" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="Y17" s="4" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" s="5">
         <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>60194093</v>
+        <v>60221160</v>
       </c>
       <c r="C18" s="4" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="D18" s="6">
-        <v>19470650</v>
+        <v>22500000</v>
       </c>
       <c r="E18" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F18" s="4" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="G18" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="L18" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="O18" s="5" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R18" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S18" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T18" s="5" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="U18" s="4"/>
       <c r="V18" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W18" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X18" s="4" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="Y18" s="4" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" s="5">
         <v>18</v>
       </c>
       <c r="B19" s="5">
-        <v>60194175</v>
+        <v>60584836</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="D19" s="6">
-        <v>13404000</v>
+        <v>11014400</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F19" s="4" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="G19" s="4" t="s">
-        <v>44</v>
+        <v>28</v>
       </c>
       <c r="H19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>88</v>
+        <v>108</v>
       </c>
       <c r="O19" s="5" t="s">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="P19" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q19" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R19" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S19" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T19" s="5" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="U19" s="4"/>
       <c r="V19" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W19" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X19" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="Y19" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" s="5">
         <v>19</v>
       </c>
       <c r="B20" s="5">
-        <v>60194196</v>
+        <v>60612045</v>
       </c>
       <c r="C20" s="4" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="D20" s="6">
-        <v>92204000</v>
+        <v>42078000</v>
       </c>
       <c r="E20" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F20" s="4" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="G20" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="N20" s="5" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="O20" s="5" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="P20" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q20" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R20" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S20" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T20" s="5" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="U20" s="4"/>
       <c r="V20" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W20" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X20" s="4" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="Y20" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" s="5">
         <v>20</v>
       </c>
       <c r="B21" s="5">
-        <v>60194239</v>
+        <v>60612114</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="D21" s="6">
-        <v>33600000</v>
+        <v>17780000</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G21" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="L21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="5" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="O21" s="5" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R21" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S21" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T21" s="5" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="U21" s="4"/>
       <c r="V21" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W21" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X21" s="4" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="Y21" s="4" t="s">
-        <v>41</v>
+        <v>115</v>
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" s="5">
         <v>21</v>
       </c>
       <c r="B22" s="5">
-        <v>60194276</v>
+        <v>60631053</v>
       </c>
       <c r="C22" s="4" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="D22" s="6">
-        <v>34000000</v>
+        <v>4600000</v>
       </c>
       <c r="E22" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F22" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G22" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>60</v>
+        <v>119</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="L22" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>88</v>
+        <v>120</v>
       </c>
       <c r="O22" s="5" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R22" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S22" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T22" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U22" s="4"/>
       <c r="V22" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W22" s="4" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="X22" s="4" t="s">
-        <v>111</v>
+        <v>59</v>
       </c>
       <c r="Y22" s="4" t="s">
-        <v>41</v>
+        <v>123</v>
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" s="5">
         <v>22</v>
       </c>
       <c r="B23" s="5">
-        <v>60194314</v>
+        <v>60703915</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="D23" s="6">
-        <v>3675000</v>
+        <v>46000000</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F23" s="4" t="s">
-        <v>95</v>
+        <v>27</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="L23" s="5" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="5" t="s">
-        <v>88</v>
+        <v>125</v>
       </c>
       <c r="O23" s="5" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="P23" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q23" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S23" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T23" s="5" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="U23" s="4"/>
       <c r="V23" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W23" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X23" s="4" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="Y23" s="4" t="s">
-        <v>41</v>
+        <v>128</v>
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" s="5">
         <v>23</v>
       </c>
       <c r="B24" s="5">
-        <v>60194407</v>
+        <v>60703969</v>
       </c>
       <c r="C24" s="4" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="D24" s="6">
-        <v>2046000</v>
+        <v>39300000</v>
       </c>
       <c r="E24" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G24" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="5" t="s">
-        <v>88</v>
+        <v>125</v>
       </c>
       <c r="O24" s="5" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R24" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S24" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T24" s="5" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="U24" s="4"/>
       <c r="V24" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W24" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X24" s="4" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="Y24" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" s="5">
         <v>24</v>
       </c>
       <c r="B25" s="5">
-        <v>60202639</v>
+        <v>60704315</v>
       </c>
       <c r="C25" s="4" t="s">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="D25" s="6">
-        <v>7916700</v>
+        <v>18000000</v>
       </c>
       <c r="E25" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F25" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G25" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L25" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N25" s="5" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="O25" s="5" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R25" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S25" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T25" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U25" s="4"/>
       <c r="V25" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W25" s="4" t="s">
-        <v>39</v>
+        <v>134</v>
       </c>
       <c r="X25" s="4" t="s">
-        <v>121</v>
+        <v>135</v>
       </c>
       <c r="Y25" s="4" t="s">
-        <v>41</v>
+        <v>136</v>
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" s="5">
         <v>25</v>
       </c>
       <c r="B26" s="5">
-        <v>60218969</v>
+        <v>60704324</v>
       </c>
       <c r="C26" s="4" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="D26" s="6">
-        <v>8971750</v>
+        <v>10000000</v>
       </c>
       <c r="E26" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F26" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G26" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L26" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N26" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>120</v>
+        <v>138</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R26" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S26" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T26" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U26" s="4"/>
       <c r="V26" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W26" s="4" t="s">
-        <v>39</v>
+        <v>139</v>
       </c>
       <c r="X26" s="4" t="s">
-        <v>124</v>
+        <v>59</v>
       </c>
       <c r="Y26" s="4" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" s="5">
         <v>26</v>
       </c>
       <c r="B27" s="5">
-        <v>60219011</v>
+        <v>60704343</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="D27" s="6">
-        <v>6197500</v>
+        <v>30000000</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>29</v>
+        <v>142</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>29</v>
+        <v>142</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>29</v>
+        <v>142</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>30</v>
+        <v>142</v>
       </c>
       <c r="L27" s="5" t="s">
-        <v>29</v>
+        <v>142</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N27" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="O27" s="5" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R27" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S27" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T27" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U27" s="4"/>
       <c r="V27" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W27" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X27" s="4" t="s">
-        <v>126</v>
+        <v>144</v>
       </c>
       <c r="Y27" s="4" t="s">
-        <v>41</v>
+        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" s="5">
         <v>27</v>
       </c>
       <c r="B28" s="5">
-        <v>60219082</v>
+        <v>60704383</v>
       </c>
       <c r="C28" s="4" t="s">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="D28" s="6">
-        <v>6500000</v>
+        <v>1750000</v>
       </c>
       <c r="E28" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F28" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G28" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L28" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N28" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="P28" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R28" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S28" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T28" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U28" s="4"/>
       <c r="V28" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W28" s="4" t="s">
-        <v>39</v>
+        <v>78</v>
       </c>
       <c r="X28" s="4" t="s">
-        <v>128</v>
+        <v>59</v>
       </c>
       <c r="Y28" s="4" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" s="5">
         <v>28</v>
       </c>
       <c r="B29" s="5">
-        <v>60219109</v>
+        <v>60704404</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="D29" s="6">
-        <v>5000000</v>
+        <v>1500000</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L29" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N29" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="O29" s="5" t="s">
-        <v>120</v>
+        <v>149</v>
       </c>
       <c r="P29" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q29" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R29" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S29" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T29" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U29" s="4"/>
       <c r="V29" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W29" s="4" t="s">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="X29" s="4" t="s">
-        <v>130</v>
+        <v>59</v>
       </c>
       <c r="Y29" s="4" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30" s="5">
         <v>29</v>
       </c>
       <c r="B30" s="5">
-        <v>60219239</v>
+        <v>60704430</v>
       </c>
       <c r="C30" s="4" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="D30" s="6">
-        <v>10500000</v>
+        <v>92880000</v>
       </c>
       <c r="E30" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F30" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G30" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L30" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N30" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="O30" s="5" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R30" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S30" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T30" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U30" s="4"/>
       <c r="V30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W30" s="4" t="s">
-        <v>39</v>
+        <v>153</v>
       </c>
       <c r="X30" s="4" t="s">
-        <v>133</v>
+        <v>154</v>
       </c>
       <c r="Y30" s="4" t="s">
-        <v>41</v>
+        <v>155</v>
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" s="5">
         <v>30</v>
       </c>
       <c r="B31" s="5">
-        <v>60219519</v>
+        <v>60704443</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>134</v>
+        <v>156</v>
       </c>
       <c r="D31" s="6">
-        <v>12550000</v>
+        <v>56814800</v>
       </c>
       <c r="E31" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F31" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G31" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>135</v>
+        <v>54</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>135</v>
+        <v>62</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>135</v>
+        <v>55</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>135</v>
+        <v>30</v>
       </c>
       <c r="L31" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="M31" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N31" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="O31" s="5" t="s">
-        <v>120</v>
+        <v>157</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R31" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S31" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T31" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U31" s="4"/>
       <c r="V31" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W31" s="4" t="s">
-        <v>39</v>
+        <v>158</v>
       </c>
       <c r="X31" s="4" t="s">
-        <v>136</v>
+        <v>69</v>
       </c>
       <c r="Y31" s="4" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" s="5">
         <v>31</v>
       </c>
       <c r="B32" s="5">
-        <v>60221160</v>
+        <v>60704458</v>
       </c>
       <c r="C32" s="4" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="D32" s="6">
-        <v>22500000</v>
+        <v>4500000</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F32" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G32" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="L32" s="5" t="s">
-        <v>29</v>
+        <v>142</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="P32" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q32" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R32" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S32" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T32" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U32" s="4"/>
       <c r="V32" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W32" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X32" s="4" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="Y32" s="4" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" s="5">
         <v>32</v>
       </c>
       <c r="B33" s="5">
-        <v>60584836</v>
+        <v>60704464</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
       <c r="D33" s="6">
-        <v>11014400</v>
+        <v>56250000</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G33" s="4" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L33" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N33" s="5" t="s">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="O33" s="5" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R33" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S33" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T33" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U33" s="4"/>
       <c r="V33" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W33" s="4" t="s">
-        <v>39</v>
+        <v>165</v>
       </c>
       <c r="X33" s="4" t="s">
-        <v>144</v>
+        <v>59</v>
       </c>
       <c r="Y33" s="4" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:25">
       <c r="A34" s="5">
         <v>33</v>
       </c>
       <c r="B34" s="5">
-        <v>60584890</v>
+        <v>60705056</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="D34" s="6">
-        <v>25000000</v>
+        <v>1500000</v>
       </c>
       <c r="E34" s="4" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="F34" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G34" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L34" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N34" s="5" t="s">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="O34" s="5" t="s">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="P34" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q34" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R34" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S34" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T34" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U34" s="4"/>
       <c r="V34" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W34" s="4" t="s">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="X34" s="4" t="s">
-        <v>147</v>
+        <v>59</v>
       </c>
       <c r="Y34" s="4" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:25">
       <c r="A35" s="5">
         <v>34</v>
       </c>
       <c r="B35" s="5">
-        <v>60612045</v>
+        <v>60705059</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>148</v>
+        <v>168</v>
       </c>
       <c r="D35" s="6">
-        <v>42078000</v>
+        <v>29488900</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>27</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L35" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N35" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="O35" s="5" t="s">
-        <v>150</v>
+        <v>169</v>
       </c>
       <c r="P35" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q35" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R35" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S35" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T35" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U35" s="4"/>
       <c r="V35" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W35" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>151</v>
+        <v>170</v>
       </c>
       <c r="Y35" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="36" spans="1:25">
       <c r="A36" s="5">
         <v>35</v>
       </c>
       <c r="B36" s="5">
-        <v>60612114</v>
+        <v>60705162</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>152</v>
+        <v>171</v>
       </c>
       <c r="D36" s="6">
-        <v>17780000</v>
+        <v>387702520</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F36" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G36" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>135</v>
+        <v>29</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>135</v>
+        <v>30</v>
       </c>
       <c r="L36" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N36" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>153</v>
+        <v>172</v>
       </c>
       <c r="P36" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q36" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R36" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S36" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T36" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U36" s="4"/>
       <c r="V36" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W36" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X36" s="4" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="Y36" s="4" t="s">
-        <v>152</v>
+        <v>41</v>
       </c>
     </row>
     <row r="37" spans="1:25">
       <c r="A37" s="5">
         <v>36</v>
       </c>
       <c r="B37" s="5">
-        <v>60612150</v>
+        <v>61175702</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>154</v>
+        <v>174</v>
       </c>
       <c r="D37" s="6">
-        <v>65160000</v>
+        <v>6697500</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G37" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L37" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N37" s="5" t="s">
-        <v>149</v>
+        <v>175</v>
       </c>
       <c r="O37" s="5" t="s">
-        <v>155</v>
+        <v>176</v>
       </c>
       <c r="P37" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q37" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R37" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S37" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T37" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U37" s="4"/>
       <c r="V37" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W37" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X37" s="4" t="s">
-        <v>156</v>
+        <v>177</v>
       </c>
       <c r="Y37" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="38" spans="1:25">
       <c r="A38" s="5">
         <v>37</v>
       </c>
       <c r="B38" s="5">
-        <v>60631053</v>
+        <v>61189702</v>
       </c>
       <c r="C38" s="4" t="s">
-        <v>157</v>
+        <v>178</v>
       </c>
       <c r="D38" s="6">
-        <v>4600000</v>
+        <v>1750000</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F38" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G38" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>158</v>
+        <v>62</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>159</v>
+        <v>55</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L38" s="5" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="O38" s="5" t="s">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R38" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S38" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T38" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U38" s="4"/>
       <c r="V38" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W38" s="4" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
       <c r="X38" s="4" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="Y38" s="4" t="s">
-        <v>163</v>
+        <v>60</v>
       </c>
     </row>
     <row r="39" spans="1:25">
       <c r="A39" s="5">
         <v>38</v>
       </c>
       <c r="B39" s="5">
-        <v>60703736</v>
+        <v>61566126</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
       <c r="D39" s="6">
-        <v>63397700</v>
+        <v>6689750</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G39" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L39" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="5" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="O39" s="5" t="s">
-        <v>166</v>
+        <v>183</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R39" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S39" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T39" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U39" s="4"/>
       <c r="V39" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W39" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X39" s="4" t="s">
-        <v>167</v>
+        <v>184</v>
       </c>
       <c r="Y39" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:25">
       <c r="A40" s="5">
         <v>39</v>
       </c>
       <c r="B40" s="5">
-        <v>60703758</v>
+        <v>61566670</v>
       </c>
       <c r="C40" s="4" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
       <c r="D40" s="6">
-        <v>44901204</v>
+        <v>4535000</v>
       </c>
       <c r="E40" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F40" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G40" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>169</v>
+        <v>183</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R40" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S40" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T40" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U40" s="4"/>
       <c r="V40" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W40" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X40" s="4" t="s">
-        <v>170</v>
+        <v>186</v>
       </c>
       <c r="Y40" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="41" spans="1:25">
       <c r="A41" s="5">
         <v>40</v>
       </c>
       <c r="B41" s="5">
-        <v>60703915</v>
+        <v>61570096</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>171</v>
+        <v>187</v>
       </c>
       <c r="D41" s="6">
-        <v>46000000</v>
+        <v>3902500</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="L41" s="5" t="s">
-        <v>135</v>
+        <v>188</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="N41" s="5" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="O41" s="5" t="s">
-        <v>172</v>
+        <v>190</v>
       </c>
       <c r="P41" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q41" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S41" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T41" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U41" s="4"/>
       <c r="V41" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W41" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X41" s="4" t="s">
-        <v>173</v>
+        <v>191</v>
       </c>
       <c r="Y41" s="4" t="s">
-        <v>174</v>
+        <v>192</v>
       </c>
     </row>
     <row r="42" spans="1:25">
       <c r="A42" s="5">
         <v>41</v>
       </c>
       <c r="B42" s="5">
-        <v>60703969</v>
+        <v>61666430</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
       <c r="D42" s="6">
-        <v>39300000</v>
+        <v>43597927</v>
       </c>
       <c r="E42" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F42" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G42" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L42" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N42" s="5" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
       <c r="O42" s="5" t="s">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R42" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S42" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T42" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U42" s="4"/>
       <c r="V42" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W42" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X42" s="4" t="s">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="Y42" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="43" spans="1:25">
       <c r="A43" s="5">
         <v>42</v>
       </c>
       <c r="B43" s="5">
-        <v>60704073</v>
+        <v>61666503</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="D43" s="6">
-        <v>5500000</v>
+        <v>7824999</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F43" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G43" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>179</v>
+        <v>142</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>179</v>
+        <v>142</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>179</v>
+        <v>142</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="L43" s="5" t="s">
-        <v>179</v>
+        <v>142</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N43" s="5" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
       <c r="O43" s="5" t="s">
-        <v>181</v>
+        <v>198</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R43" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S43" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T43" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U43" s="4"/>
       <c r="V43" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W43" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X43" s="4" t="s">
-        <v>182</v>
+        <v>199</v>
       </c>
       <c r="Y43" s="4" t="s">
-        <v>183</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:25">
       <c r="A44" s="5">
         <v>43</v>
       </c>
       <c r="B44" s="5">
-        <v>60704315</v>
+        <v>61666585</v>
       </c>
       <c r="C44" s="4" t="s">
-        <v>184</v>
+        <v>201</v>
       </c>
       <c r="D44" s="6">
-        <v>18000000</v>
+        <v>22675001</v>
       </c>
       <c r="E44" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F44" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G44" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>185</v>
+        <v>202</v>
       </c>
       <c r="P44" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q44" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R44" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S44" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T44" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U44" s="4"/>
       <c r="V44" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W44" s="4" t="s">
-        <v>186</v>
+        <v>39</v>
       </c>
       <c r="X44" s="4" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="Y44" s="4" t="s">
-        <v>188</v>
+        <v>41</v>
       </c>
     </row>
     <row r="45" spans="1:25">
       <c r="A45" s="5">
         <v>44</v>
       </c>
       <c r="B45" s="5">
-        <v>60704324</v>
+        <v>61666893</v>
       </c>
       <c r="C45" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D45" s="6">
+        <v>960000</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="G45" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="D45" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="I45" s="5" t="s">
-        <v>68</v>
+        <v>189</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>68</v>
+        <v>189</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>30</v>
+        <v>189</v>
       </c>
       <c r="L45" s="5" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N45" s="5" t="s">
-        <v>165</v>
+        <v>194</v>
       </c>
       <c r="O45" s="5" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="P45" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q45" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R45" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S45" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T45" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U45" s="4"/>
       <c r="V45" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W45" s="4" t="s">
-        <v>191</v>
+        <v>39</v>
       </c>
       <c r="X45" s="4" t="s">
-        <v>65</v>
+        <v>206</v>
       </c>
       <c r="Y45" s="4" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
     </row>
     <row r="46" spans="1:25">
       <c r="A46" s="5">
         <v>45</v>
       </c>
       <c r="B46" s="5">
-        <v>60704343</v>
+        <v>61875809</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>193</v>
+        <v>208</v>
       </c>
       <c r="D46" s="6">
-        <v>30000000</v>
+        <v>1500000</v>
       </c>
       <c r="E46" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F46" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G46" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="L46" s="5" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N46" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O46" s="5" t="s">
-        <v>181</v>
+        <v>210</v>
       </c>
       <c r="P46" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R46" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S46" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T46" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U46" s="4"/>
       <c r="V46" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W46" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X46" s="4" t="s">
-        <v>194</v>
+        <v>211</v>
       </c>
       <c r="Y46" s="4" t="s">
-        <v>195</v>
+        <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:25">
       <c r="A47" s="5">
         <v>46</v>
       </c>
       <c r="B47" s="5">
-        <v>60704383</v>
+        <v>61875848</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="D47" s="6">
-        <v>1750000</v>
+        <v>57431177</v>
       </c>
       <c r="E47" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F47" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G47" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L47" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N47" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O47" s="5" t="s">
-        <v>197</v>
+        <v>213</v>
       </c>
       <c r="P47" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q47" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R47" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S47" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T47" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U47" s="4"/>
       <c r="V47" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W47" s="4" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="X47" s="4" t="s">
-        <v>65</v>
+        <v>214</v>
       </c>
       <c r="Y47" s="4" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="48" spans="1:25">
       <c r="A48" s="5">
         <v>47</v>
       </c>
       <c r="B48" s="5">
-        <v>60704404</v>
+        <v>61875890</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>198</v>
+        <v>215</v>
       </c>
       <c r="D48" s="6">
-        <v>1500000</v>
+        <v>10080700</v>
       </c>
       <c r="E48" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F48" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G48" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L48" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N48" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O48" s="5" t="s">
-        <v>199</v>
+        <v>216</v>
       </c>
       <c r="P48" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q48" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R48" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S48" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T48" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U48" s="4"/>
       <c r="V48" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W48" s="4" t="s">
-        <v>200</v>
+        <v>39</v>
       </c>
       <c r="X48" s="4" t="s">
-        <v>65</v>
+        <v>217</v>
       </c>
       <c r="Y48" s="4" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="49" spans="1:25">
       <c r="A49" s="5">
         <v>48</v>
       </c>
       <c r="B49" s="5">
-        <v>60704430</v>
+        <v>61875930</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="D49" s="6">
-        <v>92880000</v>
+        <v>60298000</v>
       </c>
       <c r="E49" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F49" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G49" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L49" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N49" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O49" s="5" t="s">
-        <v>202</v>
+        <v>219</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R49" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T49" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U49" s="4"/>
       <c r="V49" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W49" s="4" t="s">
-        <v>203</v>
+        <v>39</v>
       </c>
       <c r="X49" s="4" t="s">
-        <v>204</v>
+        <v>220</v>
       </c>
       <c r="Y49" s="4" t="s">
-        <v>205</v>
+        <v>41</v>
       </c>
     </row>
     <row r="50" spans="1:25">
       <c r="A50" s="5">
         <v>49</v>
       </c>
       <c r="B50" s="5">
-        <v>60704443</v>
+        <v>61876042</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="D50" s="6">
-        <v>56814800</v>
+        <v>393000</v>
       </c>
       <c r="E50" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F50" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G50" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L50" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N50" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O50" s="5" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="P50" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q50" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R50" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S50" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T50" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U50" s="4"/>
       <c r="V50" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W50" s="4" t="s">
-        <v>208</v>
+        <v>39</v>
       </c>
       <c r="X50" s="4" t="s">
-        <v>75</v>
+        <v>223</v>
       </c>
       <c r="Y50" s="4" t="s">
-        <v>209</v>
+        <v>41</v>
       </c>
     </row>
     <row r="51" spans="1:25">
       <c r="A51" s="5">
         <v>50</v>
       </c>
       <c r="B51" s="5">
-        <v>60704458</v>
+        <v>61876076</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="D51" s="6">
-        <v>4500000</v>
+        <v>23100000</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F51" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G51" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
       <c r="L51" s="5" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N51" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O51" s="5" t="s">
-        <v>181</v>
+        <v>225</v>
       </c>
       <c r="P51" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q51" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R51" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S51" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T51" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="U51" s="4"/>
+        <v>86</v>
+      </c>
+      <c r="U51" s="4" t="s">
+        <v>87</v>
+      </c>
       <c r="V51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W51" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X51" s="4" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="Y51" s="4" t="s">
-        <v>212</v>
+        <v>41</v>
       </c>
     </row>
     <row r="52" spans="1:25">
       <c r="A52" s="5">
         <v>51</v>
       </c>
       <c r="B52" s="5">
-        <v>60704464</v>
+        <v>61876156</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="D52" s="6">
-        <v>56250000</v>
+        <v>2241750</v>
       </c>
       <c r="E52" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F52" s="4" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="G52" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N52" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O52" s="5" t="s">
-        <v>214</v>
+        <v>228</v>
       </c>
       <c r="P52" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q52" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R52" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S52" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T52" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="U52" s="4"/>
+        <v>86</v>
+      </c>
+      <c r="U52" s="4" t="s">
+        <v>87</v>
+      </c>
       <c r="V52" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W52" s="4" t="s">
-        <v>215</v>
+        <v>39</v>
       </c>
       <c r="X52" s="4" t="s">
-        <v>65</v>
+        <v>229</v>
       </c>
       <c r="Y52" s="4" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="53" spans="1:25">
       <c r="A53" s="5">
         <v>52</v>
       </c>
       <c r="B53" s="5">
-        <v>60705056</v>
+        <v>61876275</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>216</v>
+        <v>230</v>
       </c>
       <c r="D53" s="6">
-        <v>1500000</v>
+        <v>90976340</v>
       </c>
       <c r="E53" s="4" t="s">
-        <v>59</v>
+        <v>26</v>
       </c>
       <c r="F53" s="4" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L53" s="5" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N53" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O53" s="5" t="s">
-        <v>217</v>
+        <v>231</v>
       </c>
       <c r="P53" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q53" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R53" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S53" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T53" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="U53" s="4"/>
+        <v>86</v>
+      </c>
+      <c r="U53" s="4" t="s">
+        <v>87</v>
+      </c>
       <c r="V53" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W53" s="4" t="s">
-        <v>200</v>
+        <v>39</v>
       </c>
       <c r="X53" s="4" t="s">
-        <v>65</v>
+        <v>232</v>
       </c>
       <c r="Y53" s="4" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
     </row>
     <row r="54" spans="1:25">
       <c r="A54" s="5">
         <v>53</v>
       </c>
       <c r="B54" s="5">
-        <v>60705059</v>
+        <v>61876294</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="D54" s="6">
-        <v>29488900</v>
+        <v>5900000</v>
       </c>
       <c r="E54" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F54" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G54" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L54" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O54" s="5" t="s">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="P54" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q54" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R54" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S54" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T54" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U54" s="4"/>
       <c r="V54" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W54" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X54" s="4" t="s">
-        <v>220</v>
+        <v>235</v>
       </c>
       <c r="Y54" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="55" spans="1:25">
       <c r="A55" s="5">
         <v>54</v>
       </c>
       <c r="B55" s="5">
-        <v>60705079</v>
+        <v>61876409</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>221</v>
+        <v>236</v>
       </c>
       <c r="D55" s="6">
-        <v>10498700</v>
+        <v>6665000</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>43</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>28</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L55" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N55" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O55" s="5" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R55" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S55" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T55" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U55" s="4"/>
       <c r="V55" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W55" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X55" s="4" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="Y55" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="56" spans="1:25">
       <c r="A56" s="5">
         <v>55</v>
       </c>
       <c r="B56" s="5">
-        <v>60705162</v>
+        <v>61876458</v>
       </c>
       <c r="C56" s="4" t="s">
-        <v>224</v>
+        <v>239</v>
       </c>
       <c r="D56" s="6">
-        <v>387702520</v>
+        <v>83715000</v>
       </c>
       <c r="E56" s="4" t="s">
         <v>26</v>
       </c>
       <c r="F56" s="4" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="G56" s="4" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L56" s="5" t="s">
         <v>29</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>30</v>
       </c>
       <c r="N56" s="5" t="s">
-        <v>165</v>
+        <v>209</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="P56" s="4" t="s">
         <v>33</v>
       </c>
       <c r="Q56" s="4" t="s">
         <v>34</v>
       </c>
       <c r="R56" s="5" t="s">
         <v>35</v>
       </c>
       <c r="S56" s="5" t="s">
         <v>36</v>
       </c>
       <c r="T56" s="5" t="s">
         <v>37</v>
       </c>
       <c r="U56" s="4"/>
       <c r="V56" s="5" t="s">
         <v>38</v>
       </c>
       <c r="W56" s="4" t="s">
         <v>39</v>
       </c>
       <c r="X56" s="4" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="Y56" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="57" spans="1:25">
-      <c r="A57" s="7" t="s">
-[...27 lines deleted...]
-      <c r="Y57" s="8"/>
+      <c r="A57" s="5">
+        <v>56</v>
+      </c>
+      <c r="B57" s="5">
+        <v>61876485</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="D57" s="6">
+        <v>17239800</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F57" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="G57" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K57" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="L57" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N57" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="O57" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="P57" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q57" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R57" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S57" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T57" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="U57" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="V57" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W57" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X57" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="Y57" s="4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="58" spans="1:25">
+      <c r="A58" s="5">
+        <v>57</v>
+      </c>
+      <c r="B58" s="5">
+        <v>61876809</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="D58" s="6">
+        <v>950000</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F58" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="K58" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="L58" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="N58" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="O58" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="P58" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q58" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="R58" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S58" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="T58" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="U58" s="4"/>
+      <c r="V58" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="W58" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="X58" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="Y58" s="4" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="59" spans="1:25">
+      <c r="A59" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="B59" s="8"/>
+      <c r="C59" s="8"/>
+      <c r="D59" s="9">
+        <v>1652323664</v>
+      </c>
+      <c r="E59" s="8"/>
+      <c r="F59" s="8"/>
+      <c r="G59" s="8"/>
+      <c r="H59" s="8"/>
+      <c r="I59" s="8"/>
+      <c r="J59" s="8"/>
+      <c r="K59" s="8"/>
+      <c r="L59" s="8"/>
+      <c r="M59" s="8"/>
+      <c r="N59" s="8"/>
+      <c r="O59" s="8"/>
+      <c r="P59" s="8"/>
+      <c r="Q59" s="8"/>
+      <c r="R59" s="8"/>
+      <c r="S59" s="8"/>
+      <c r="T59" s="8"/>
+      <c r="U59" s="8"/>
+      <c r="V59" s="8"/>
+      <c r="W59" s="8"/>
+      <c r="X59" s="8"/>
+      <c r="Y59" s="8"/>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A57:C57"/>
-    <mergeCell ref="E57:Y57"/>
+    <mergeCell ref="A59:C59"/>
+    <mergeCell ref="E59:Y59"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>